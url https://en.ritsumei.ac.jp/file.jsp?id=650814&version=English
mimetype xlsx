--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,151 +12,164 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20415"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
   <workbookPr saveExternalLinkValues="0" codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\国際入学課\課内共有\2_英語基準入試\26_入学手続\262_入学手続\277_COE申請関連書類\学生用COE申請用書類\7. 2025年9月からのCOE申請書変更に伴う作業ファイル\作業中\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\国際入学課\課内共有\2_英語基準入試\26_入学手続\262_入学手続\277_COE申請関連書類\学生用COE申請用書類\1. フォーム＆指示書_編集作業用\26S\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83D1D768-2644-428B-BE82-3BFBE53A2A78}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4B7FFB0-C9C5-4096-AEBF-387D38D3C971}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="12135" windowHeight="11295" xr2:uid="{6D49FE58-8463-46F7-893D-FBF3FD76BFA8}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6D49FE58-8463-46F7-893D-FBF3FD76BFA8}"/>
   </bookViews>
   <sheets>
     <sheet name="Form 1" sheetId="36" r:id="rId1"/>
     <sheet name="Form 2" sheetId="32" r:id="rId2"/>
     <sheet name="Form 3-1" sheetId="37" r:id="rId3"/>
     <sheet name="Form 3-2" sheetId="38" r:id="rId4"/>
     <sheet name="1 申請人" sheetId="20" state="hidden" r:id="rId5"/>
     <sheet name="2 申請人" sheetId="21" state="hidden" r:id="rId6"/>
     <sheet name="経費支弁者2人目" sheetId="30" state="hidden" r:id="rId7"/>
     <sheet name="3　申請人" sheetId="22" state="hidden" r:id="rId8"/>
     <sheet name="４ 所属機関" sheetId="39" state="hidden" r:id="rId9"/>
     <sheet name="5 所属機関" sheetId="40" state="hidden" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'1 申請人'!$A$1:$AQ$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'2 申請人'!$A$1:$AH$93</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'3　申請人'!$A$1:$AH$84</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'４ 所属機関'!$A$1:$AJ$72</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'5 所属機関'!$A$1:$AJ$78</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Form 1'!$A$1:$P$141</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Form 2'!$A$1:$Q$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Form 3-1'!$A$1:$K$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Form 3-2'!$A$1:$K$51</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M120" i="36" l="1"/>
   <c r="G17" i="20" l="1"/>
   <c r="G14" i="39" l="1"/>
   <c r="G11" i="39"/>
   <c r="J73" i="36" l="1"/>
   <c r="L88" i="21" l="1"/>
   <c r="M124" i="36" l="1"/>
   <c r="M137" i="36" l="1"/>
   <c r="M139" i="36" s="1"/>
   <c r="M127" i="36"/>
   <c r="H139" i="36" s="1"/>
   <c r="V11" i="21"/>
   <c r="B9" i="30"/>
   <c r="B8" i="30"/>
   <c r="B7" i="30"/>
   <c r="B6" i="30"/>
   <c r="B5" i="30"/>
   <c r="B3" i="30"/>
   <c r="B4" i="30"/>
   <c r="B2" i="30"/>
   <c r="H91" i="21"/>
   <c r="AA88" i="21"/>
   <c r="AA85" i="21"/>
   <c r="G85" i="21"/>
   <c r="G83" i="21"/>
   <c r="AK73" i="20"/>
   <c r="S73" i="20"/>
   <c r="J61" i="20"/>
   <c r="AC55" i="20"/>
   <c r="R55" i="20"/>
   <c r="N55" i="20"/>
   <c r="H55" i="20"/>
   <c r="AM35" i="20"/>
   <c r="AI35" i="20"/>
   <c r="AC35" i="20"/>
   <c r="I35" i="20"/>
   <c r="X26" i="20"/>
   <c r="G57" i="22" l="1"/>
   <c r="I32" i="20"/>
   <c r="I29" i="20"/>
   <c r="F54" i="22"/>
   <c r="Y8" i="21"/>
   <c r="F8" i="21"/>
-  <c r="E67" i="20" l="1"/>
-  <c r="Q29" i="32"/>
+  <c r="Q29" i="32" l="1"/>
+  <c r="E67" i="20" s="1"/>
   <c r="G20" i="20" l="1"/>
   <c r="L4" i="39" s="1"/>
   <c r="AN83" i="20"/>
   <c r="AJ83" i="20"/>
   <c r="AE83" i="20"/>
   <c r="Q83" i="20"/>
   <c r="E26" i="20"/>
   <c r="P23" i="20"/>
   <c r="AM17" i="20"/>
   <c r="AI17" i="20"/>
   <c r="AC17" i="20"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1465" uniqueCount="815">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1466" uniqueCount="815">
   <si>
     <t>□</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Year</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Month</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Day</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Male</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>□</t>
   </si>
   <si>
     <t>Female</t>
@@ -4631,57 +4644,50 @@
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>国　Country</t>
     <rPh sb="0" eb="1">
       <t>クニ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>州・省・県　State/Region/Province</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>同伴者の有無 Accompanying person(s)</t>
     <rPh sb="0" eb="3">
       <t>ドウハンシャ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ウム</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t xml:space="preserve">➡「はい」と回答した人は、Form2に入力して下さい。 If you answered 'yes' above, complete Form2. </t>
-[...5 lines deleted...]
-  <si>
     <t>過去の日本出入国歴 Detail of past entries into Japan</t>
     <rPh sb="0" eb="2">
       <t>カコ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ニホン</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>シュツニュウ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>コク</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>レキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Example</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>日本入国予定日 Expected date of entry to Japan</t>
     <rPh sb="0" eb="2">
@@ -5094,193 +5100,50 @@
     </rPh>
     <phoneticPr fontId="100"/>
   </si>
   <si>
     <t>申請者との関係 
 Relationship with Applicant</t>
     <rPh sb="0" eb="3">
       <t>シンセイシャ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>カンケイ</t>
     </rPh>
     <phoneticPr fontId="100"/>
   </si>
   <si>
     <t>記入日 Date</t>
     <rPh sb="0" eb="3">
       <t>キニュウビ</t>
     </rPh>
     <phoneticPr fontId="100"/>
   </si>
   <si>
     <t>年 Year</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
-    </rPh>
-[...141 lines deleted...]
-      <t>テイシュツ</t>
     </rPh>
     <phoneticPr fontId="100"/>
   </si>
   <si>
     <t>申請者との関係及び申請者の経費支弁を引受けた経緯について具体的に記載してください。
 Please describe your relationship with the above-mentioned applicant and the circumstances under which you decided to support financially the applicant’s stay in Japan.</t>
     <phoneticPr fontId="100"/>
   </si>
   <si>
     <t>所属キャンパス  Campus</t>
     <rPh sb="0" eb="2">
       <t>ショゾク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>出生地 
 Place of Birth</t>
     <rPh sb="0" eb="3">
       <t>シュッセイチ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>現在の職業 Current Occupation</t>
@@ -6415,96 +6278,539 @@
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>in CAPITAL LETTERS</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve"> as written on your passport.</t>
     </r>
     <rPh sb="7" eb="9">
       <t>キサイ</t>
     </rPh>
     <rPh sb="19" eb="22">
       <t>オオモジ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>*経費支弁者が主婦（夫）の場合は「なし」、経費支弁者が年金受給者の場合は「年金受給者」と記入して下さい。
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">*会社員の場合は会社の代表番号、自営業の場合は業務に使用している番号を記入して下さい。
 Enter the main number of company if s/he is a company employee, or the telephone number used for business if s/he is self-employed. </t>
     <rPh sb="1" eb="3">
       <t>カイシャ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>イン</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>バアイ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>カイシャ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ダイヒョウ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>バンゴウ</t>
     </rPh>
     <rPh sb="16" eb="19">
       <t>ジエイギョウ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>バアイ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ギョウム</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>シヨウ</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>バンゴウ</t>
     </rPh>
     <rPh sb="35" eb="37">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="39" eb="40">
       <t>クダ</t>
     </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t>経費の一部または全部を奨学金で支弁する場合のみ入力して下さい。</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*授業料減免については記載不要です。</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1" tint="0.249977111117893"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+Enter only if all or part of tuition fee and your living costs in Japan will be funded by scholarship organization.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*The information of tuition fee reduction is not required to filli in.</t>
+    </r>
+    <rPh sb="23" eb="25">
+      <t>ニュウリョク</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>クダ</t>
+    </rPh>
+    <rPh sb="32" eb="37">
+      <t>ジュギョウリョウゲンメン</t>
+    </rPh>
+    <rPh sb="42" eb="44">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>フヨウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*日本入国後のアルバイトは経費支弁方法に含まれません。
+Part-time work after entry to Japan cannot be considered as a method of paying expenses.</t>
+    <rPh sb="20" eb="21">
+      <t>フク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Form 2（過去の日本出入国歴）、Form 3（経費支弁書）の入力に進んでください。 ➡
+Please proceed to Form 2 (Detail of past entries into Japan)  &amp; Form 3 (Statement of Financial Support). ➡</t>
+    <rPh sb="7" eb="9">
+      <t>カコ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ニホン</t>
+    </rPh>
+    <rPh sb="12" eb="16">
+      <t>シュツニュウコクレキ</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>ニュウリョク</t>
+    </rPh>
+    <rPh sb="35" eb="36">
+      <t>スス</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">経費支弁書
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1" tint="0.249977111117893"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>Statement of Financial Support</t>
+    </r>
+    <rPh sb="0" eb="5">
+      <t>ケイヒシベンショ</t>
+    </rPh>
+    <phoneticPr fontId="100"/>
+  </si>
+  <si>
+    <t>*パスポートの記載通りにアルファベット大文字で入力して下さい。
+Type his/her FULL name in CAPITAL LETTERS as written on their passport.</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>高等学校からの学歴 
+Educational Background starting from high school</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*生まれてから現在までのすべての日本出入国歴を記入してください Please list all the information from birth to present</t>
+    <rPh sb="16" eb="18">
+      <t>ニホン</t>
+    </rPh>
+    <rPh sb="18" eb="21">
+      <t>シュツニュウコク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka</t>
+  </si>
+  <si>
+    <t>市・郡 City</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>パスポート発行年月日　Passport Issuance Date</t>
+    <rPh sb="5" eb="7">
+      <t>ハッコウ</t>
+    </rPh>
+    <rPh sb="7" eb="10">
+      <t>ネンガッピ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>➡過去にCOEを取得したことがある人は、一番最近の取得情報（取得時期、受入機関、身分）を以下に記入してください。For those who have obtained a COE in the past, please provide information on the most recent acquisition (time of acquisition, host institution, and status).</t>
+    <rPh sb="1" eb="3">
+      <t>カコ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>シュトク</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>ヒト</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>イチバン</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>サイキン</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>シュトク</t>
+    </rPh>
+    <rPh sb="27" eb="29">
+      <t>ジョウホウ</t>
+    </rPh>
+    <rPh sb="30" eb="32">
+      <t>シュトク</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>ジキ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>ウケイレ</t>
+    </rPh>
+    <rPh sb="37" eb="39">
+      <t>キカン</t>
+    </rPh>
+    <rPh sb="40" eb="42">
+      <t>ミブン</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>イカ</t>
+    </rPh>
+    <rPh sb="47" eb="49">
+      <t>キニュウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>キャンパス（日本語基準）</t>
+    <rPh sb="6" eb="11">
+      <t>ニホンゴキジュン</t>
+    </rPh>
+    <phoneticPr fontId="121"/>
+  </si>
+  <si>
+    <t>キャンパス（英語基準）</t>
+    <rPh sb="6" eb="8">
+      <t>エイゴ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>キジュン</t>
+    </rPh>
+    <phoneticPr fontId="121"/>
+  </si>
+  <si>
+    <t>京都 衣笠キャンパス Kinugasa Campus in Kyoto</t>
+  </si>
+  <si>
+    <t>滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga</t>
+  </si>
+  <si>
+    <t>学部/研究科（日本語基準）</t>
+    <rPh sb="0" eb="2">
+      <t>ガクブ</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ケンキュウカ</t>
+    </rPh>
+    <rPh sb="7" eb="10">
+      <t>ニホンゴ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>キジュン</t>
+    </rPh>
+    <phoneticPr fontId="121"/>
+  </si>
+  <si>
+    <t>学部/研究科（英語基準）</t>
+    <rPh sb="0" eb="2">
+      <t>ガクブ</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ケンキュウカ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>エイゴ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>キジュン</t>
+    </rPh>
+    <phoneticPr fontId="121"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">第一経費支弁者
+Your 1st Financial Supporter
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*Form 3-1も記入してください。
+Please also complete Form 3-1.</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>ダイイチ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ケイヒ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>シベン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="47" eb="49">
+      <t>キニュウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">第二経費支弁者（必要な場合）
+Your 2nd Financial Supporter (if required)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*Form 3-2も記入してください。
+Please also complete Form 3-2.</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>ダイニ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ケイヒ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>シベン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>バアイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t xml:space="preserve">在留カード番号 / 特別永住者証明書番号
+Residence Card or Special Permanent Resident Certificate Number </t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>性別 Gender</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>配偶者の有無 Marital Status</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>国籍 Nationality</t>
+    <rPh sb="0" eb="2">
+      <t>コクセキ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">国籍 Nationality
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*複数の国籍がある場合は全て記載してください
+If you have more than one nationality, please list them all.</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>コクセキ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>フクスウ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>コクセキ</t>
+    </rPh>
+    <rPh sb="24" eb="26">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>スベ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>キサイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*第二国籍 Second Nationality</t>
+    <rPh sb="1" eb="2">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ニ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>コクセキ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*第三国籍 Third Nationality</t>
+    <rPh sb="1" eb="3">
+      <t>ダイサン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>コクセキ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t xml:space="preserve">*現在働いておらず学校に通っていない場合は「なし」と記入して下さい。現在学校に在籍中の場合は「学生」と記入してください。
+If you are not currently working and do not attend school, enter "None". If you are currently attending school/university, enter "Student". </t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*入学時期に基づき国際入学課にて入力します。入国予定日は変更しても構いません。
+IAO fill in this section according to the date of enrollment. The date can be changed at a later date.</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>日本での年間生活費には、少なくとも120万円（10万円／月）を見積もって下さい。Minimum living expenses for a year in Japan is 1,200,000 JPY (100,000 JPY/month).</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>経費支弁情報　Information of Financial Support</t>
+    <rPh sb="0" eb="2">
+      <t>ケイヒ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>シベン</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>ジョウホウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t xml:space="preserve">➡「はい」と回答した人は、Form 2に入力して下さい。 If you answered 'yes' above, complete Form 2. </t>
+    <rPh sb="20" eb="22">
+      <t>ニュウリョク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>➡①②のどちらかで「はい」と回答した人は、以下に記入して下さい。 If you answered 'yes' above ① or ②, complete the following.</t>
+    <rPh sb="14" eb="16">
+      <t>カイトウ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>ヒト</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>イカ</t>
+    </rPh>
+    <rPh sb="24" eb="26">
+      <t>キニュウ</t>
+    </rPh>
+    <rPh sb="28" eb="29">
+      <t>クダ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*経費支弁者が主婦（夫）の場合は「なし」、経費支弁者が年金受給者の場合は「年金受給者」と記入して下さい。
+Enter "None" if s/he is a homemaker, or "Pensioner" if s/he is a pensioner.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="9"/>
         <color theme="1" tint="0.249977111117893"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>1年間の</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1" tint="0.249977111117893"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>経費支弁金額</t>
     </r>
@@ -6539,517 +6845,224 @@
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>for 1 year</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1" tint="0.249977111117893"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>*左記の合計金額ではありません
-not the total shown on the left</t>
+NOT the total shown on the left</t>
     </r>
     <rPh sb="1" eb="3">
       <t>ネンカン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ケイヒ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>シベン</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>キンガク</t>
     </rPh>
     <rPh sb="41" eb="43">
       <t>サキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <r>
-[...43 lines deleted...]
-    <rPh sb="42" eb="44">
+    <t>　私は、上記の者の日本滞在について、経費支弁を引き受けた経緯を説明するとともに、経費支弁について証明いたします。私は上記の者が立命館大学に留学する間の総費用について、責任を持って負担いたします。また、上記の者が在留期間更新許可申請を行う際には、送金証明書又は本人名義の預金通帳(送金事実、経費支弁事実が記載されたもの)の写し等で、生活費等の支弁事実を明らかにする書類を提出します。
+ I hereby certify that I will provide financial support to the above-mentioned applicant for the duration of his/her stay in Japan. I will be responsible for the total cost for the duration of the applicant’s study abroad at Ritsumeikan University. Furthermore, when the applicant applies to extend his/her status of residence, I agree to provide documents, such as certificates of remittance and/or photocopies of bank statements to show as proof of paying such living expenses and other fees.</t>
+    <rPh sb="1" eb="2">
+      <t>ワタシ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>ジョウキ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>モノ</t>
+    </rPh>
+    <rPh sb="9" eb="13">
+      <t>ニホンタイザイ</t>
+    </rPh>
+    <rPh sb="18" eb="22">
+      <t>ケイヒシベン</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>ヒ</t>
+    </rPh>
+    <rPh sb="25" eb="26">
+      <t>ウ</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>ケイイ</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>セツメイ</t>
+    </rPh>
+    <rPh sb="40" eb="44">
+      <t>ケイヒシベン</t>
+    </rPh>
+    <rPh sb="48" eb="50">
+      <t>ショウメイ</t>
+    </rPh>
+    <rPh sb="56" eb="57">
+      <t>ワタシ</t>
+    </rPh>
+    <rPh sb="58" eb="60">
+      <t>ジョウキ</t>
+    </rPh>
+    <rPh sb="61" eb="62">
+      <t>モノ</t>
+    </rPh>
+    <rPh sb="63" eb="68">
+      <t>リツメイカンダイガク</t>
+    </rPh>
+    <rPh sb="69" eb="71">
+      <t>リュウガク</t>
+    </rPh>
+    <rPh sb="73" eb="74">
+      <t>アイダ</t>
+    </rPh>
+    <rPh sb="75" eb="78">
+      <t>ソウヒヨウ</t>
+    </rPh>
+    <rPh sb="83" eb="85">
+      <t>セキニン</t>
+    </rPh>
+    <rPh sb="86" eb="87">
+      <t>モ</t>
+    </rPh>
+    <rPh sb="89" eb="91">
+      <t>フタン</t>
+    </rPh>
+    <rPh sb="100" eb="102">
+      <t>ジョウキ</t>
+    </rPh>
+    <rPh sb="103" eb="104">
+      <t>モノ</t>
+    </rPh>
+    <rPh sb="105" eb="107">
+      <t>ザイリュウ</t>
+    </rPh>
+    <rPh sb="107" eb="111">
+      <t>キカンコウシン</t>
+    </rPh>
+    <rPh sb="111" eb="115">
+      <t>キョカシンセイ</t>
+    </rPh>
+    <rPh sb="116" eb="117">
+      <t>オコナ</t>
+    </rPh>
+    <rPh sb="118" eb="119">
+      <t>サイ</t>
+    </rPh>
+    <rPh sb="122" eb="127">
+      <t>ソウキンショウメイショ</t>
+    </rPh>
+    <rPh sb="127" eb="128">
+      <t>マタ</t>
+    </rPh>
+    <rPh sb="129" eb="133">
+      <t>ホンニンメイギ</t>
+    </rPh>
+    <rPh sb="134" eb="136">
+      <t>ヨキン</t>
+    </rPh>
+    <rPh sb="136" eb="138">
+      <t>ツウチョウ</t>
+    </rPh>
+    <rPh sb="139" eb="141">
+      <t>ソウキン</t>
+    </rPh>
+    <rPh sb="141" eb="143">
+      <t>ジジツ</t>
+    </rPh>
+    <rPh sb="144" eb="148">
+      <t>ケイヒシベン</t>
+    </rPh>
+    <rPh sb="148" eb="150">
+      <t>ジジツ</t>
+    </rPh>
+    <rPh sb="151" eb="153">
       <t>キサイ</t>
     </rPh>
-    <rPh sb="44" eb="46">
-[...49 lines deleted...]
-      <t>ケイヒシベンショ</t>
+    <rPh sb="160" eb="161">
+      <t>ウツ</t>
+    </rPh>
+    <rPh sb="162" eb="163">
+      <t>ナド</t>
+    </rPh>
+    <rPh sb="165" eb="168">
+      <t>セイカツヒ</t>
+    </rPh>
+    <rPh sb="168" eb="169">
+      <t>ナド</t>
+    </rPh>
+    <rPh sb="170" eb="174">
+      <t>シベンジジツ</t>
+    </rPh>
+    <rPh sb="175" eb="176">
+      <t>アキ</t>
+    </rPh>
+    <rPh sb="181" eb="183">
+      <t>ショルイ</t>
+    </rPh>
+    <rPh sb="184" eb="186">
+      <t>テイシュツ</t>
     </rPh>
     <phoneticPr fontId="100"/>
   </si>
   <si>
-    <t>*パスポートの記載通りにアルファベット大文字で入力して下さい。
-Type his/her FULL name in CAPITAL LETTERS as written on their passport.</t>
+    <t>*部屋番号まですべて記入してください。Enter full address details, including room number.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>*部屋番号まですべて記入してください。
-Enter full address details incuding room number.</t>
+Enter full address details, including room number.</t>
     <rPh sb="1" eb="5">
       <t>ヘヤバンゴウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>キニュウ</t>
-    </rPh>
-[...331 lines deleted...]
-      <t>ジョウホウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
     <numFmt numFmtId="177" formatCode="#,##0;&quot;△ &quot;#,##0"/>
     <numFmt numFmtId="178" formatCode="#,##0_);\(#,##0\)"/>
   </numFmts>
   <fonts count="125" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
@@ -10412,2631 +10425,2220 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="3" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="14" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="96" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1213">
+  <cellXfs count="1018">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...138 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="47" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="47" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="49" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="176" fontId="47" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="176" fontId="47" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...63 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="57" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...127 lines deleted...]
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...68 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...115 lines deleted...]
-    <xf numFmtId="0" fontId="49" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="42" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="42" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="24" borderId="62" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="85" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="86" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="86" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="91" fillId="20" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="93" fillId="25" borderId="0" xfId="42" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="62" xfId="42" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="24" borderId="62" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="83" fillId="18" borderId="62" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="18" borderId="62" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="42" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="42" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="42" applyFont="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="38" fontId="20" fillId="23" borderId="12" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="97" fillId="0" borderId="0" xfId="44" applyFont="1"/>
     <xf numFmtId="0" fontId="98" fillId="0" borderId="0" xfId="44" applyFont="1"/>
     <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="44" applyFont="1"/>
-    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="101" fillId="0" borderId="0" xfId="44" applyFont="1"/>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="44" applyFont="1"/>
     <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1"/>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="98" fillId="0" borderId="0" xfId="44" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="44" applyFont="1"/>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="105" fillId="0" borderId="0" xfId="44" applyFont="1"/>
-    <xf numFmtId="0" fontId="89" fillId="23" borderId="43" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="23" borderId="43" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="23" borderId="82" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="23" borderId="82" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="89" fillId="23" borderId="145" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="23" borderId="145" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="83" fillId="18" borderId="90" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="18" borderId="90" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="91" fillId="20" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="91" fillId="20" borderId="147" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="148" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="148" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="83" fillId="21" borderId="62" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="23" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="23" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="0" borderId="115" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="115" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="91" fillId="28" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="91" fillId="28" borderId="149" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="82" fillId="28" borderId="62" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="47" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="43" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="145" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="112" fillId="30" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="112" fillId="30" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="112" fillId="29" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="112" fillId="29" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="171" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="171" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="29" borderId="171" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="171" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="90" fillId="0" borderId="171" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="111" fillId="30" borderId="171" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="172" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="31" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="31" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="171" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="76" fillId="0" borderId="171" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="111" fillId="29" borderId="171" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="88" fillId="31" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="31" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="115" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="116" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="118" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...82 lines deleted...]
-    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="122" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="123" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="123" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="123" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="123" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="23" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="23" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="150" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="151" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="190" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="190" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="191" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="191" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="23" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="23" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="18" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="18" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="18" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="169" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="169" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="26" borderId="169" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="26" borderId="170" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="32" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="32" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="23" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="32" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="32" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="32" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="32" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="154" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="154" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="155" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="155" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="156" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="156" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="156" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="157" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="153" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="153" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="152" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="152" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="160" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="160" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="161" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="161" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="23" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="158" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="158" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="159" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="159" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="23" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="77" fillId="28" borderId="84" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="77" fillId="28" borderId="81" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="162" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="162" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="163" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="163" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="180" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="180" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="181" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="181" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="182" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="182" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="183" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="183" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="23" borderId="114" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="23" borderId="114" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="0" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="94" fillId="0" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="94" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="29" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="29" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="29" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="178" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="178" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="179" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="179" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="77" fillId="28" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="131" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="132" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="19" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="19" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="19" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="19" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="19" borderId="130" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="19" borderId="130" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="87" fillId="23" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="87" fillId="23" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="87" fillId="23" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="87" fillId="23" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="38" fontId="86" fillId="28" borderId="86" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="86" fillId="28" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="86" fillId="28" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="86" fillId="28" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="86" fillId="28" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="87" fillId="23" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="87" fillId="23" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="87" fillId="23" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="38" fontId="86" fillId="28" borderId="43" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="164" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="164" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="165" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="165" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="87" fillId="23" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="0" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="0" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="86" fillId="28" borderId="88" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="86" fillId="28" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="194" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="194" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="195" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="195" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="139" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="140" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="140" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="140" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="196" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="38" fontId="86" fillId="23" borderId="171" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="38" fontId="86" fillId="23" borderId="171" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="23" borderId="171" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="23" borderId="171" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="29" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="29" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="176" fontId="86" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="86" fillId="23" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="86" fillId="23" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="28" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="21" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="23" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="23" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="23" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="23" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="23" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="23" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="87" fillId="28" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="87" fillId="28" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="87" fillId="28" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="30" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="30" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="30" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="30" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="30" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="30" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="110" fillId="30" borderId="117" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="30" borderId="117" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="110" fillId="30" borderId="118" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="110" fillId="30" borderId="118" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="106" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="106" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="88" fillId="23" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="92" fillId="23" borderId="166" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="92" fillId="23" borderId="166" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="92" fillId="23" borderId="167" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="92" fillId="23" borderId="167" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="92" fillId="23" borderId="168" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="92" fillId="23" borderId="168" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="95" fillId="0" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="95" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="124" fillId="28" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="124" fillId="28" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="124" fillId="28" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="124" fillId="28" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="124" fillId="28" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="124" fillId="28" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="99" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="99" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="173" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="173" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="174" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="174" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="174" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="175" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="176" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="177" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="177" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="174" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="32" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="32" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="32" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="32" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="187" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="188" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="188" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="188" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="189" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="184" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="185" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="186" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="192" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="192" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="193" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="193" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="0" borderId="17" xfId="42" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="24" borderId="63" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="24" borderId="71" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="76" fillId="24" borderId="64" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="105" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="23" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="22" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -13112,1290 +12714,1078 @@
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="19" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="17" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="18" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="23" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="22" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="21" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="20" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="15" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="26" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="25" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="24" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="139" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="139" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="140" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="140" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="0" borderId="141" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="141" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="62" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="91" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="86" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="89" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="86" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="89" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="134" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="134" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="99" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="46" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="42" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="83" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="133" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="133" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="91" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="91" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="86" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="86" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="89" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="89" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="26" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="92" fillId="23" borderId="44" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="23" borderId="44" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="23" borderId="45" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="23" borderId="45" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="92" fillId="23" borderId="135" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="92" fillId="23" borderId="135" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    <xf numFmtId="14" fontId="35" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="35" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="19" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="19" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="19" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="19" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="19" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="19" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="19" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="19" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="19" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="67" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="67" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="176" fontId="73" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="73" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="73" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="73" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="65" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="20" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="20" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="65" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="23" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="107" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="107" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="107" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="67" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="67" fillId="0" borderId="17" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="177" fontId="67" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="177" fontId="67" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="67" fillId="19" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="67" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="67" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="67" fillId="19" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...6 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="19" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="106" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="106" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="106" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="68" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="68" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="68" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="68" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="68" fillId="23" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="22" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="22" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
-      <protection locked="0"/>
-[...28 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="53" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="53" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="53" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="68" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="49" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="53" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="71" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="69" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="53" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="53" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="68" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="117" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="117" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="117" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="117" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="45">
     <cellStyle name="20 % - Accent1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20 % - Accent2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20 % - Accent3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20 % - Accent4" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20 % - Accent5" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20 % - Accent6" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40 % - Accent1" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40 % - Accent2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40 % - Accent3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40 % - Accent4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40 % - Accent5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40 % - Accent6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60 % - Accent1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60 % - Accent2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60 % - Accent3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60 % - Accent4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60 % - Accent5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60 % - Accent6" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Accent1" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Accent2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Accent3" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
@@ -14443,51 +13833,51 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>22412</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>33618</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1994648</xdr:colOff>
+      <xdr:colOff>1988298</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>259430</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="図 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1A8BD2A-4A89-4AED-9053-A1089E55AADE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
@@ -14517,52 +13907,52 @@
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>66674</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>42</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>152399</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Group 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="8466667" y="595841"/>
-          <a:ext cx="1776941" cy="2297641"/>
+          <a:off x="7747000" y="588432"/>
+          <a:ext cx="1604433" cy="2294467"/>
           <a:chOff x="631" y="79"/>
           <a:chExt cx="125" cy="168"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="631" y="79"/>
             <a:ext cx="125" cy="168"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -15609,4165 +14999,3823 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{643F1CA2-9557-48E8-B285-DB77D288ACCB}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
-  <dimension ref="A1:AB351"/>
+  <dimension ref="A1:Z351"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="96" zoomScaleNormal="100" zoomScaleSheetLayoutView="96" workbookViewId="0"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:O1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="18.75" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="17.5" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.25" style="273" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="22" max="16384" width="9" style="268"/>
+    <col min="1" max="1" width="3.26953125" style="191" customWidth="1"/>
+    <col min="2" max="2" width="3.90625" style="189" customWidth="1"/>
+    <col min="3" max="3" width="40.453125" style="190" customWidth="1"/>
+    <col min="4" max="15" width="8.90625" style="191" customWidth="1"/>
+    <col min="16" max="16" width="3.26953125" style="189" customWidth="1"/>
+    <col min="17" max="17" width="9" style="189"/>
+    <col min="18" max="18" width="57.453125" style="329" hidden="1" customWidth="1"/>
+    <col min="19" max="19" width="41.6328125" style="329" hidden="1" customWidth="1"/>
+    <col min="20" max="20" width="40.90625" style="189" hidden="1" customWidth="1"/>
+    <col min="21" max="21" width="36.26953125" style="189" hidden="1" customWidth="1"/>
+    <col min="22" max="16384" width="9" style="189"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="52.5" customHeight="1" x14ac:dyDescent="0.15">
-[...50 lines deleted...]
-      <c r="E3" s="342" t="s">
+    <row r="1" spans="1:21" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="323"/>
+      <c r="B1" s="663" t="s">
+        <v>725</v>
+      </c>
+      <c r="C1" s="663"/>
+      <c r="D1" s="663"/>
+      <c r="E1" s="663"/>
+      <c r="F1" s="663"/>
+      <c r="G1" s="663"/>
+      <c r="H1" s="663"/>
+      <c r="I1" s="663"/>
+      <c r="J1" s="663"/>
+      <c r="K1" s="663"/>
+      <c r="L1" s="663"/>
+      <c r="M1" s="663"/>
+      <c r="N1" s="663"/>
+      <c r="O1" s="663"/>
+    </row>
+    <row r="2" spans="1:21" ht="10" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="323"/>
+      <c r="B2" s="299"/>
+      <c r="C2" s="299"/>
+      <c r="D2" s="299"/>
+      <c r="E2" s="299"/>
+      <c r="F2" s="299"/>
+      <c r="G2" s="299"/>
+      <c r="H2" s="299"/>
+      <c r="I2" s="299"/>
+      <c r="J2" s="299"/>
+      <c r="K2" s="299"/>
+      <c r="L2" s="299"/>
+      <c r="M2" s="299"/>
+      <c r="N2" s="299"/>
+      <c r="O2" s="299"/>
+    </row>
+    <row r="3" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="324"/>
+      <c r="B3" s="248"/>
+      <c r="C3" s="248"/>
+      <c r="D3" s="265"/>
+      <c r="E3" s="199" t="s">
         <v>559</v>
       </c>
-      <c r="F3" s="340"/>
-[...9 lines deleted...]
-      <c r="R3" s="439" t="s">
+      <c r="G3" s="248"/>
+      <c r="H3" s="248"/>
+      <c r="I3" s="248"/>
+      <c r="J3" s="248"/>
+      <c r="K3" s="248"/>
+      <c r="L3" s="248"/>
+      <c r="M3" s="248"/>
+      <c r="N3" s="248"/>
+      <c r="O3" s="248"/>
+      <c r="R3" s="330" t="s">
+        <v>793</v>
+      </c>
+      <c r="S3" s="330" t="s">
+        <v>794</v>
+      </c>
+      <c r="T3" s="330" t="s">
+        <v>789</v>
+      </c>
+      <c r="U3" s="330" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="191"/>
+      <c r="C4" s="249"/>
+      <c r="D4" s="204"/>
+      <c r="E4" s="200" t="s">
+        <v>593</v>
+      </c>
+      <c r="O4" s="189"/>
+      <c r="R4" s="330" t="s">
+        <v>682</v>
+      </c>
+      <c r="S4" s="330" t="s">
+        <v>684</v>
+      </c>
+      <c r="T4" s="330" t="s">
+        <v>791</v>
+      </c>
+      <c r="U4" s="330" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21" ht="10" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="191"/>
+      <c r="C5" s="249"/>
+      <c r="O5" s="189"/>
+      <c r="R5" s="330" t="s">
+        <v>683</v>
+      </c>
+      <c r="S5" s="330" t="s">
+        <v>693</v>
+      </c>
+      <c r="T5" s="330" t="s">
+        <v>785</v>
+      </c>
+      <c r="U5" s="330" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="191">
+        <v>1</v>
+      </c>
+      <c r="B6" s="664" t="s">
+        <v>761</v>
+      </c>
+      <c r="C6" s="665"/>
+      <c r="D6" s="668"/>
+      <c r="E6" s="668"/>
+      <c r="F6" s="668"/>
+      <c r="G6" s="670" t="s">
+        <v>762</v>
+      </c>
+      <c r="H6" s="665"/>
+      <c r="I6" s="665"/>
+      <c r="J6" s="666" t="s">
+        <v>697</v>
+      </c>
+      <c r="K6" s="666"/>
+      <c r="L6" s="666"/>
+      <c r="M6" s="666"/>
+      <c r="N6" s="666"/>
+      <c r="O6" s="667"/>
+      <c r="R6" s="330" t="s">
+        <v>684</v>
+      </c>
+      <c r="S6" s="330" t="s">
+        <v>696</v>
+      </c>
+      <c r="T6" s="330" t="s">
+        <v>792</v>
+      </c>
+      <c r="U6" s="330"/>
+    </row>
+    <row r="7" spans="1:21" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="191">
+        <v>2</v>
+      </c>
+      <c r="B7" s="445" t="s">
+        <v>772</v>
+      </c>
+      <c r="C7" s="446"/>
+      <c r="D7" s="669"/>
+      <c r="E7" s="669"/>
+      <c r="F7" s="669"/>
+      <c r="G7" s="671" t="s">
+        <v>763</v>
+      </c>
+      <c r="H7" s="672"/>
+      <c r="I7" s="672"/>
+      <c r="J7" s="447"/>
+      <c r="K7" s="447"/>
+      <c r="L7" s="447"/>
+      <c r="M7" s="447"/>
+      <c r="N7" s="447"/>
+      <c r="O7" s="448"/>
+      <c r="R7" s="330" t="s">
+        <v>685</v>
+      </c>
+      <c r="S7" s="330" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="191">
+        <v>3</v>
+      </c>
+      <c r="B8" s="418" t="s">
+        <v>662</v>
+      </c>
+      <c r="C8" s="419"/>
+      <c r="D8" s="420"/>
+      <c r="E8" s="420"/>
+      <c r="F8" s="420"/>
+      <c r="G8" s="420"/>
+      <c r="H8" s="420"/>
+      <c r="I8" s="420"/>
+      <c r="J8" s="420"/>
+      <c r="K8" s="420"/>
+      <c r="L8" s="420"/>
+      <c r="M8" s="420"/>
+      <c r="N8" s="420"/>
+      <c r="O8" s="421"/>
+      <c r="R8" s="330" t="s">
+        <v>686</v>
+      </c>
+      <c r="S8" s="330"/>
+    </row>
+    <row r="9" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="191">
+        <v>4</v>
+      </c>
+      <c r="B9" s="378" t="s">
+        <v>560</v>
+      </c>
+      <c r="C9" s="379"/>
+      <c r="D9" s="460" t="s">
+        <v>600</v>
+      </c>
+      <c r="E9" s="461"/>
+      <c r="F9" s="461"/>
+      <c r="G9" s="461"/>
+      <c r="H9" s="461"/>
+      <c r="I9" s="461"/>
+      <c r="J9" s="462"/>
+      <c r="K9" s="462"/>
+      <c r="L9" s="462"/>
+      <c r="M9" s="462"/>
+      <c r="N9" s="463"/>
+      <c r="O9" s="464"/>
+      <c r="R9" s="330" t="s">
+        <v>687</v>
+      </c>
+      <c r="S9" s="330"/>
+    </row>
+    <row r="10" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="378"/>
+      <c r="C10" s="379"/>
+      <c r="D10" s="369" t="s">
+        <v>562</v>
+      </c>
+      <c r="E10" s="370"/>
+      <c r="F10" s="370"/>
+      <c r="G10" s="370"/>
+      <c r="H10" s="370"/>
+      <c r="I10" s="370"/>
+      <c r="J10" s="371"/>
+      <c r="K10" s="371"/>
+      <c r="L10" s="371"/>
+      <c r="M10" s="371"/>
+      <c r="N10" s="371"/>
+      <c r="O10" s="372"/>
+      <c r="R10" s="330" t="s">
+        <v>688</v>
+      </c>
+      <c r="S10" s="330"/>
+    </row>
+    <row r="11" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="378"/>
+      <c r="C11" s="379"/>
+      <c r="D11" s="373" t="s">
+        <v>563</v>
+      </c>
+      <c r="E11" s="374"/>
+      <c r="F11" s="374"/>
+      <c r="G11" s="374"/>
+      <c r="H11" s="374"/>
+      <c r="I11" s="374"/>
+      <c r="J11" s="371"/>
+      <c r="K11" s="371"/>
+      <c r="L11" s="371"/>
+      <c r="M11" s="371"/>
+      <c r="N11" s="371"/>
+      <c r="O11" s="372"/>
+      <c r="R11" s="330" t="s">
+        <v>689</v>
+      </c>
+      <c r="S11" s="330"/>
+    </row>
+    <row r="12" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="378"/>
+      <c r="C12" s="379"/>
+      <c r="D12" s="375" t="s">
+        <v>564</v>
+      </c>
+      <c r="E12" s="376"/>
+      <c r="F12" s="376"/>
+      <c r="G12" s="376"/>
+      <c r="H12" s="376"/>
+      <c r="I12" s="376"/>
+      <c r="J12" s="201" t="s">
+        <v>549</v>
+      </c>
+      <c r="K12" s="266"/>
+      <c r="L12" s="201" t="s">
+        <v>561</v>
+      </c>
+      <c r="M12" s="266"/>
+      <c r="N12" s="201" t="s">
+        <v>551</v>
+      </c>
+      <c r="O12" s="267"/>
+      <c r="R12" s="330" t="s">
+        <v>690</v>
+      </c>
+      <c r="S12" s="330"/>
+    </row>
+    <row r="13" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="191">
+        <v>5</v>
+      </c>
+      <c r="B13" s="337" t="s">
+        <v>572</v>
+      </c>
+      <c r="C13" s="377"/>
+      <c r="D13" s="449"/>
+      <c r="E13" s="450"/>
+      <c r="F13" s="450"/>
+      <c r="G13" s="450"/>
+      <c r="H13" s="450"/>
+      <c r="I13" s="450"/>
+      <c r="J13" s="450"/>
+      <c r="K13" s="450"/>
+      <c r="L13" s="450"/>
+      <c r="M13" s="450"/>
+      <c r="N13" s="450"/>
+      <c r="O13" s="451"/>
+      <c r="P13" s="203"/>
+      <c r="R13" s="330" t="s">
+        <v>691</v>
+      </c>
+      <c r="S13" s="330"/>
+    </row>
+    <row r="14" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="380"/>
+      <c r="C14" s="381"/>
+      <c r="D14" s="393" t="s">
+        <v>776</v>
+      </c>
+      <c r="E14" s="390"/>
+      <c r="F14" s="390"/>
+      <c r="G14" s="390"/>
+      <c r="H14" s="390"/>
+      <c r="I14" s="390"/>
+      <c r="J14" s="390"/>
+      <c r="K14" s="390"/>
+      <c r="L14" s="390"/>
+      <c r="M14" s="390"/>
+      <c r="N14" s="390"/>
+      <c r="O14" s="391"/>
+      <c r="P14" s="203"/>
+      <c r="R14" s="330" t="s">
+        <v>692</v>
+      </c>
+      <c r="S14" s="330"/>
+    </row>
+    <row r="15" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="191">
+        <v>6</v>
+      </c>
+      <c r="B15" s="337" t="s">
+        <v>801</v>
+      </c>
+      <c r="C15" s="338"/>
+      <c r="D15" s="355" t="s">
+        <v>800</v>
+      </c>
+      <c r="E15" s="356"/>
+      <c r="F15" s="356"/>
+      <c r="G15" s="356"/>
+      <c r="H15" s="347"/>
+      <c r="I15" s="347"/>
+      <c r="J15" s="347"/>
+      <c r="K15" s="347"/>
+      <c r="L15" s="347"/>
+      <c r="M15" s="347"/>
+      <c r="N15" s="347"/>
+      <c r="O15" s="348"/>
+      <c r="P15" s="203"/>
+      <c r="R15" s="330" t="s">
+        <v>693</v>
+      </c>
+      <c r="S15" s="330"/>
+    </row>
+    <row r="16" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="339"/>
+      <c r="C16" s="340"/>
+      <c r="D16" s="335" t="s">
+        <v>802</v>
+      </c>
+      <c r="E16" s="336"/>
+      <c r="F16" s="336"/>
+      <c r="G16" s="336"/>
+      <c r="H16" s="343"/>
+      <c r="I16" s="343"/>
+      <c r="J16" s="343"/>
+      <c r="K16" s="343"/>
+      <c r="L16" s="343"/>
+      <c r="M16" s="343"/>
+      <c r="N16" s="343"/>
+      <c r="O16" s="344"/>
+      <c r="P16" s="203"/>
+      <c r="R16" s="330" t="s">
+        <v>694</v>
+      </c>
+      <c r="S16" s="330"/>
+    </row>
+    <row r="17" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="341"/>
+      <c r="C17" s="342"/>
+      <c r="D17" s="359" t="s">
+        <v>803</v>
+      </c>
+      <c r="E17" s="360"/>
+      <c r="F17" s="360"/>
+      <c r="G17" s="360"/>
+      <c r="H17" s="345"/>
+      <c r="I17" s="345"/>
+      <c r="J17" s="345"/>
+      <c r="K17" s="345"/>
+      <c r="L17" s="345"/>
+      <c r="M17" s="345"/>
+      <c r="N17" s="345"/>
+      <c r="O17" s="346"/>
+      <c r="P17" s="203"/>
+      <c r="R17" s="330" t="s">
+        <v>695</v>
+      </c>
+      <c r="S17" s="330"/>
+    </row>
+    <row r="18" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="191">
+        <v>7</v>
+      </c>
+      <c r="B18" s="357" t="s">
+        <v>798</v>
+      </c>
+      <c r="C18" s="358"/>
+      <c r="D18" s="349"/>
+      <c r="E18" s="350"/>
+      <c r="F18" s="350"/>
+      <c r="G18" s="350"/>
+      <c r="H18" s="351" t="s">
         <v>799</v>
       </c>
-      <c r="S3" s="439" t="s">
-[...33 lines deleted...]
-      <c r="T4" s="439" t="s">
+      <c r="I18" s="352"/>
+      <c r="J18" s="352"/>
+      <c r="K18" s="352"/>
+      <c r="L18" s="353"/>
+      <c r="M18" s="353"/>
+      <c r="N18" s="353"/>
+      <c r="O18" s="354"/>
+      <c r="P18" s="203"/>
+      <c r="R18" s="330" t="s">
+        <v>696</v>
+      </c>
+      <c r="S18" s="330"/>
+    </row>
+    <row r="19" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A19" s="191">
+        <v>8</v>
+      </c>
+      <c r="B19" s="452" t="s">
+        <v>565</v>
+      </c>
+      <c r="C19" s="453"/>
+      <c r="D19" s="332" t="s">
+        <v>549</v>
+      </c>
+      <c r="E19" s="333"/>
+      <c r="F19" s="334" t="s">
+        <v>561</v>
+      </c>
+      <c r="G19" s="333"/>
+      <c r="H19" s="334" t="s">
+        <v>551</v>
+      </c>
+      <c r="I19" s="333"/>
+      <c r="J19" s="454"/>
+      <c r="K19" s="454"/>
+      <c r="L19" s="454"/>
+      <c r="M19" s="423"/>
+      <c r="N19" s="423"/>
+      <c r="O19" s="424"/>
+      <c r="P19" s="203"/>
+      <c r="R19" s="330" t="s">
+        <v>697</v>
+      </c>
+      <c r="S19" s="330"/>
+    </row>
+    <row r="20" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="191">
+        <v>9</v>
+      </c>
+      <c r="B20" s="337" t="s">
+        <v>663</v>
+      </c>
+      <c r="C20" s="377"/>
+      <c r="D20" s="425" t="s">
+        <v>606</v>
+      </c>
+      <c r="E20" s="426"/>
+      <c r="F20" s="426"/>
+      <c r="G20" s="426"/>
+      <c r="H20" s="426"/>
+      <c r="I20" s="426"/>
+      <c r="J20" s="347"/>
+      <c r="K20" s="347"/>
+      <c r="L20" s="347"/>
+      <c r="M20" s="347"/>
+      <c r="N20" s="347"/>
+      <c r="O20" s="348"/>
+      <c r="P20" s="203"/>
+      <c r="R20" s="330" t="s">
+        <v>698</v>
+      </c>
+      <c r="S20" s="330"/>
+    </row>
+    <row r="21" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="378"/>
+      <c r="C21" s="379"/>
+      <c r="D21" s="429" t="s">
+        <v>680</v>
+      </c>
+      <c r="E21" s="430"/>
+      <c r="F21" s="430"/>
+      <c r="G21" s="430"/>
+      <c r="H21" s="430"/>
+      <c r="I21" s="430"/>
+      <c r="J21" s="343"/>
+      <c r="K21" s="343"/>
+      <c r="L21" s="343"/>
+      <c r="M21" s="343"/>
+      <c r="N21" s="343"/>
+      <c r="O21" s="344"/>
+      <c r="P21" s="203"/>
+      <c r="R21" s="330" t="s">
+        <v>699</v>
+      </c>
+      <c r="S21" s="330"/>
+    </row>
+    <row r="22" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="380"/>
+      <c r="C22" s="381"/>
+      <c r="D22" s="427" t="s">
+        <v>764</v>
+      </c>
+      <c r="E22" s="428"/>
+      <c r="F22" s="428"/>
+      <c r="G22" s="428"/>
+      <c r="H22" s="428"/>
+      <c r="I22" s="428"/>
+      <c r="J22" s="345"/>
+      <c r="K22" s="345"/>
+      <c r="L22" s="345"/>
+      <c r="M22" s="345"/>
+      <c r="N22" s="345"/>
+      <c r="O22" s="346"/>
+      <c r="P22" s="203"/>
+      <c r="R22" s="330" t="s">
+        <v>700</v>
+      </c>
+      <c r="S22" s="330"/>
+    </row>
+    <row r="23" spans="1:19" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="191">
+        <v>10</v>
+      </c>
+      <c r="B23" s="673" t="s">
+        <v>664</v>
+      </c>
+      <c r="C23" s="338"/>
+      <c r="D23" s="392"/>
+      <c r="E23" s="384"/>
+      <c r="F23" s="384"/>
+      <c r="G23" s="384"/>
+      <c r="H23" s="384"/>
+      <c r="I23" s="384"/>
+      <c r="J23" s="384"/>
+      <c r="K23" s="384"/>
+      <c r="L23" s="384"/>
+      <c r="M23" s="384"/>
+      <c r="N23" s="384"/>
+      <c r="O23" s="385"/>
+      <c r="P23" s="203"/>
+      <c r="R23" s="330" t="s">
+        <v>701</v>
+      </c>
+      <c r="S23" s="330"/>
+    </row>
+    <row r="24" spans="1:19" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="341"/>
+      <c r="C24" s="342"/>
+      <c r="D24" s="393" t="s">
+        <v>804</v>
+      </c>
+      <c r="E24" s="394"/>
+      <c r="F24" s="394"/>
+      <c r="G24" s="394"/>
+      <c r="H24" s="394"/>
+      <c r="I24" s="394"/>
+      <c r="J24" s="394"/>
+      <c r="K24" s="394"/>
+      <c r="L24" s="394"/>
+      <c r="M24" s="394"/>
+      <c r="N24" s="394"/>
+      <c r="O24" s="395"/>
+      <c r="P24" s="203"/>
+      <c r="R24" s="330" t="s">
+        <v>702</v>
+      </c>
+      <c r="S24" s="330"/>
+    </row>
+    <row r="25" spans="1:19" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="191">
+        <v>11</v>
+      </c>
+      <c r="B25" s="673" t="s">
+        <v>665</v>
+      </c>
+      <c r="C25" s="338"/>
+      <c r="D25" s="392"/>
+      <c r="E25" s="384"/>
+      <c r="F25" s="384"/>
+      <c r="G25" s="384"/>
+      <c r="H25" s="384"/>
+      <c r="I25" s="384"/>
+      <c r="J25" s="384"/>
+      <c r="K25" s="384"/>
+      <c r="L25" s="384"/>
+      <c r="M25" s="384"/>
+      <c r="N25" s="384"/>
+      <c r="O25" s="385"/>
+      <c r="P25" s="203"/>
+      <c r="R25" s="330" t="s">
+        <v>703</v>
+      </c>
+      <c r="S25" s="330"/>
+    </row>
+    <row r="26" spans="1:19" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="341"/>
+      <c r="C26" s="342"/>
+      <c r="D26" s="393" t="s">
+        <v>765</v>
+      </c>
+      <c r="E26" s="394"/>
+      <c r="F26" s="394"/>
+      <c r="G26" s="394"/>
+      <c r="H26" s="394"/>
+      <c r="I26" s="394"/>
+      <c r="J26" s="394"/>
+      <c r="K26" s="394"/>
+      <c r="L26" s="394"/>
+      <c r="M26" s="394"/>
+      <c r="N26" s="394"/>
+      <c r="O26" s="395"/>
+      <c r="P26" s="203"/>
+      <c r="R26" s="330" t="s">
+        <v>704</v>
+      </c>
+      <c r="S26" s="330"/>
+    </row>
+    <row r="27" spans="1:19" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="191">
+        <v>12</v>
+      </c>
+      <c r="B27" s="396" t="s">
+        <v>555</v>
+      </c>
+      <c r="C27" s="397"/>
+      <c r="D27" s="398"/>
+      <c r="E27" s="399"/>
+      <c r="F27" s="399"/>
+      <c r="G27" s="399"/>
+      <c r="H27" s="399"/>
+      <c r="I27" s="399"/>
+      <c r="J27" s="399"/>
+      <c r="K27" s="399"/>
+      <c r="L27" s="399"/>
+      <c r="M27" s="399"/>
+      <c r="N27" s="399"/>
+      <c r="O27" s="400"/>
+      <c r="P27" s="203"/>
+      <c r="R27" s="330" t="s">
+        <v>705</v>
+      </c>
+      <c r="S27" s="330"/>
+    </row>
+    <row r="28" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="191">
+        <v>13</v>
+      </c>
+      <c r="B28" s="681" t="s">
+        <v>666</v>
+      </c>
+      <c r="C28" s="682"/>
+      <c r="D28" s="674" t="s">
+        <v>596</v>
+      </c>
+      <c r="E28" s="675"/>
+      <c r="F28" s="675"/>
+      <c r="G28" s="268"/>
+      <c r="H28" s="676" t="s">
+        <v>597</v>
+      </c>
+      <c r="I28" s="676"/>
+      <c r="J28" s="676"/>
+      <c r="K28" s="676"/>
+      <c r="L28" s="399"/>
+      <c r="M28" s="399"/>
+      <c r="N28" s="399"/>
+      <c r="O28" s="400"/>
+      <c r="R28" s="330" t="s">
+        <v>706</v>
+      </c>
+      <c r="S28" s="330"/>
+    </row>
+    <row r="29" spans="1:19" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="191">
+        <v>14</v>
+      </c>
+      <c r="B29" s="401" t="s">
+        <v>667</v>
+      </c>
+      <c r="C29" s="402"/>
+      <c r="D29" s="683"/>
+      <c r="E29" s="684"/>
+      <c r="F29" s="684"/>
+      <c r="G29" s="684"/>
+      <c r="H29" s="684"/>
+      <c r="I29" s="684"/>
+      <c r="J29" s="684"/>
+      <c r="K29" s="684"/>
+      <c r="L29" s="684"/>
+      <c r="M29" s="684"/>
+      <c r="N29" s="684"/>
+      <c r="O29" s="685"/>
+      <c r="R29" s="330" t="s">
+        <v>707</v>
+      </c>
+      <c r="S29" s="330"/>
+    </row>
+    <row r="30" spans="1:19" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="191">
+        <v>15</v>
+      </c>
+      <c r="B30" s="584" t="s">
+        <v>787</v>
+      </c>
+      <c r="C30" s="585"/>
+      <c r="D30" s="586" t="s">
+        <v>549</v>
+      </c>
+      <c r="E30" s="587"/>
+      <c r="F30" s="588"/>
+      <c r="G30" s="588"/>
+      <c r="H30" s="587" t="s">
+        <v>561</v>
+      </c>
+      <c r="I30" s="587"/>
+      <c r="J30" s="588"/>
+      <c r="K30" s="588"/>
+      <c r="L30" s="587" t="s">
+        <v>551</v>
+      </c>
+      <c r="M30" s="587"/>
+      <c r="N30" s="588"/>
+      <c r="O30" s="589"/>
+      <c r="R30" s="330" t="s">
+        <v>708</v>
+      </c>
+      <c r="S30" s="330"/>
+    </row>
+    <row r="31" spans="1:19" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="191">
+        <v>16</v>
+      </c>
+      <c r="B31" s="686" t="s">
+        <v>668</v>
+      </c>
+      <c r="C31" s="687"/>
+      <c r="D31" s="677" t="s">
+        <v>549</v>
+      </c>
+      <c r="E31" s="678"/>
+      <c r="F31" s="679"/>
+      <c r="G31" s="679"/>
+      <c r="H31" s="678" t="s">
+        <v>561</v>
+      </c>
+      <c r="I31" s="678"/>
+      <c r="J31" s="679"/>
+      <c r="K31" s="679"/>
+      <c r="L31" s="678" t="s">
+        <v>551</v>
+      </c>
+      <c r="M31" s="678"/>
+      <c r="N31" s="679"/>
+      <c r="O31" s="680"/>
+      <c r="R31" s="330" t="s">
+        <v>709</v>
+      </c>
+      <c r="S31" s="330"/>
+    </row>
+    <row r="32" spans="1:19" ht="21" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="191">
+        <v>17</v>
+      </c>
+      <c r="B32" s="337" t="s">
+        <v>611</v>
+      </c>
+      <c r="C32" s="377"/>
+      <c r="D32" s="382" t="s">
+        <v>549</v>
+      </c>
+      <c r="E32" s="383"/>
+      <c r="F32" s="384">
+        <v>2026</v>
+      </c>
+      <c r="G32" s="384"/>
+      <c r="H32" s="383" t="s">
+        <v>561</v>
+      </c>
+      <c r="I32" s="383"/>
+      <c r="J32" s="384">
+        <v>3</v>
+      </c>
+      <c r="K32" s="384"/>
+      <c r="L32" s="383" t="s">
+        <v>551</v>
+      </c>
+      <c r="M32" s="383"/>
+      <c r="N32" s="384">
+        <v>1</v>
+      </c>
+      <c r="O32" s="385"/>
+      <c r="R32" s="330" t="s">
+        <v>710</v>
+      </c>
+      <c r="S32" s="330"/>
+    </row>
+    <row r="33" spans="1:19" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="378"/>
+      <c r="C33" s="379"/>
+      <c r="D33" s="386" t="s">
+        <v>805</v>
+      </c>
+      <c r="E33" s="387"/>
+      <c r="F33" s="387"/>
+      <c r="G33" s="387"/>
+      <c r="H33" s="387"/>
+      <c r="I33" s="387"/>
+      <c r="J33" s="387"/>
+      <c r="K33" s="387"/>
+      <c r="L33" s="387"/>
+      <c r="M33" s="387"/>
+      <c r="N33" s="387"/>
+      <c r="O33" s="388"/>
+      <c r="R33" s="330" t="s">
+        <v>711</v>
+      </c>
+      <c r="S33" s="330"/>
+    </row>
+    <row r="34" spans="1:19" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="380"/>
+      <c r="C34" s="381"/>
+      <c r="D34" s="389"/>
+      <c r="E34" s="390"/>
+      <c r="F34" s="390"/>
+      <c r="G34" s="390"/>
+      <c r="H34" s="390"/>
+      <c r="I34" s="390"/>
+      <c r="J34" s="390"/>
+      <c r="K34" s="390"/>
+      <c r="L34" s="390"/>
+      <c r="M34" s="390"/>
+      <c r="N34" s="390"/>
+      <c r="O34" s="391"/>
+      <c r="R34" s="330" t="s">
+        <v>712</v>
+      </c>
+      <c r="S34" s="330"/>
+    </row>
+    <row r="35" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="191">
+        <v>18</v>
+      </c>
+      <c r="B35" s="361" t="s">
+        <v>608</v>
+      </c>
+      <c r="C35" s="362"/>
+      <c r="D35" s="363" t="s">
+        <v>603</v>
+      </c>
+      <c r="E35" s="364"/>
+      <c r="F35" s="364"/>
+      <c r="G35" s="364"/>
+      <c r="H35" s="364"/>
+      <c r="I35" s="364"/>
+      <c r="J35" s="364"/>
+      <c r="K35" s="364"/>
+      <c r="L35" s="364"/>
+      <c r="M35" s="364"/>
+      <c r="N35" s="353"/>
+      <c r="O35" s="354"/>
+      <c r="R35" s="330" t="s">
+        <v>713</v>
+      </c>
+      <c r="S35" s="330"/>
+    </row>
+    <row r="36" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="191">
+        <v>19</v>
+      </c>
+      <c r="B36" s="361" t="s">
+        <v>602</v>
+      </c>
+      <c r="C36" s="362"/>
+      <c r="D36" s="436"/>
+      <c r="E36" s="353"/>
+      <c r="F36" s="353"/>
+      <c r="G36" s="353"/>
+      <c r="H36" s="353"/>
+      <c r="I36" s="353"/>
+      <c r="J36" s="353"/>
+      <c r="K36" s="353"/>
+      <c r="L36" s="353"/>
+      <c r="M36" s="353"/>
+      <c r="N36" s="353"/>
+      <c r="O36" s="354"/>
+      <c r="R36" s="330" t="s">
+        <v>714</v>
+      </c>
+      <c r="S36" s="330"/>
+    </row>
+    <row r="37" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="191">
+        <v>20</v>
+      </c>
+      <c r="B37" s="437" t="s">
+        <v>669</v>
+      </c>
+      <c r="C37" s="438"/>
+      <c r="D37" s="425" t="s">
+        <v>606</v>
+      </c>
+      <c r="E37" s="426"/>
+      <c r="F37" s="426"/>
+      <c r="G37" s="426"/>
+      <c r="H37" s="426"/>
+      <c r="I37" s="426"/>
+      <c r="J37" s="347"/>
+      <c r="K37" s="347"/>
+      <c r="L37" s="347"/>
+      <c r="M37" s="347"/>
+      <c r="N37" s="347"/>
+      <c r="O37" s="348"/>
+      <c r="R37" s="330" t="s">
+        <v>715</v>
+      </c>
+      <c r="S37" s="330"/>
+    </row>
+    <row r="38" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="439"/>
+      <c r="C38" s="440"/>
+      <c r="D38" s="429" t="s">
+        <v>607</v>
+      </c>
+      <c r="E38" s="430"/>
+      <c r="F38" s="430"/>
+      <c r="G38" s="430"/>
+      <c r="H38" s="430"/>
+      <c r="I38" s="430"/>
+      <c r="J38" s="343"/>
+      <c r="K38" s="343"/>
+      <c r="L38" s="343"/>
+      <c r="M38" s="343"/>
+      <c r="N38" s="343"/>
+      <c r="O38" s="344"/>
+      <c r="R38" s="330" t="s">
+        <v>716</v>
+      </c>
+      <c r="S38" s="330"/>
+    </row>
+    <row r="39" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="439"/>
+      <c r="C39" s="440"/>
+      <c r="D39" s="365" t="s">
+        <v>786</v>
+      </c>
+      <c r="E39" s="366"/>
+      <c r="F39" s="366"/>
+      <c r="G39" s="366"/>
+      <c r="H39" s="366"/>
+      <c r="I39" s="366"/>
+      <c r="J39" s="367"/>
+      <c r="K39" s="367"/>
+      <c r="L39" s="367"/>
+      <c r="M39" s="367"/>
+      <c r="N39" s="367"/>
+      <c r="O39" s="368"/>
+      <c r="R39" s="330" t="s">
+        <v>717</v>
+      </c>
+      <c r="S39" s="330"/>
+    </row>
+    <row r="40" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="191">
+        <v>21</v>
+      </c>
+      <c r="B40" s="487" t="s">
+        <v>567</v>
+      </c>
+      <c r="C40" s="488"/>
+      <c r="D40" s="493" t="s">
+        <v>604</v>
+      </c>
+      <c r="E40" s="383"/>
+      <c r="F40" s="383"/>
+      <c r="G40" s="383"/>
+      <c r="H40" s="383"/>
+      <c r="I40" s="383"/>
+      <c r="J40" s="383"/>
+      <c r="K40" s="383"/>
+      <c r="L40" s="383"/>
+      <c r="M40" s="383"/>
+      <c r="N40" s="443"/>
+      <c r="O40" s="444"/>
+      <c r="R40" s="330" t="s">
+        <v>718</v>
+      </c>
+      <c r="S40" s="330"/>
+    </row>
+    <row r="41" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="380"/>
+      <c r="C41" s="489"/>
+      <c r="D41" s="490" t="s">
+        <v>808</v>
+      </c>
+      <c r="E41" s="491"/>
+      <c r="F41" s="491"/>
+      <c r="G41" s="491"/>
+      <c r="H41" s="491"/>
+      <c r="I41" s="491"/>
+      <c r="J41" s="491"/>
+      <c r="K41" s="491"/>
+      <c r="L41" s="491"/>
+      <c r="M41" s="491"/>
+      <c r="N41" s="491"/>
+      <c r="O41" s="492"/>
+      <c r="R41" s="330" t="s">
+        <v>719</v>
+      </c>
+      <c r="S41" s="330"/>
+    </row>
+    <row r="42" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="191">
+        <v>22</v>
+      </c>
+      <c r="B42" s="337" t="s">
+        <v>601</v>
+      </c>
+      <c r="C42" s="377"/>
+      <c r="D42" s="382" t="s">
+        <v>643</v>
+      </c>
+      <c r="E42" s="383"/>
+      <c r="F42" s="383"/>
+      <c r="G42" s="383"/>
+      <c r="H42" s="383"/>
+      <c r="I42" s="383"/>
+      <c r="J42" s="383"/>
+      <c r="K42" s="383"/>
+      <c r="L42" s="383"/>
+      <c r="M42" s="383"/>
+      <c r="N42" s="443"/>
+      <c r="O42" s="444"/>
+      <c r="R42" s="330" t="s">
+        <v>720</v>
+      </c>
+      <c r="S42" s="330"/>
+    </row>
+    <row r="43" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="378"/>
+      <c r="C43" s="379"/>
+      <c r="D43" s="386" t="s">
+        <v>773</v>
+      </c>
+      <c r="E43" s="387"/>
+      <c r="F43" s="387"/>
+      <c r="G43" s="387"/>
+      <c r="H43" s="387"/>
+      <c r="I43" s="387"/>
+      <c r="J43" s="387"/>
+      <c r="K43" s="387"/>
+      <c r="L43" s="387"/>
+      <c r="M43" s="387"/>
+      <c r="N43" s="387"/>
+      <c r="O43" s="388"/>
+      <c r="S43" s="330"/>
+    </row>
+    <row r="44" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="378"/>
+      <c r="C44" s="379"/>
+      <c r="D44" s="498"/>
+      <c r="E44" s="499"/>
+      <c r="F44" s="499"/>
+      <c r="G44" s="499"/>
+      <c r="H44" s="499"/>
+      <c r="I44" s="499"/>
+      <c r="J44" s="499"/>
+      <c r="K44" s="499"/>
+      <c r="L44" s="499"/>
+      <c r="M44" s="499"/>
+      <c r="N44" s="499"/>
+      <c r="O44" s="500"/>
+      <c r="S44" s="330"/>
+    </row>
+    <row r="45" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="378"/>
+      <c r="C45" s="379"/>
+      <c r="D45" s="373" t="s">
+        <v>568</v>
+      </c>
+      <c r="E45" s="374"/>
+      <c r="F45" s="374"/>
+      <c r="G45" s="374"/>
+      <c r="H45" s="374"/>
+      <c r="I45" s="374"/>
+      <c r="J45" s="374"/>
+      <c r="K45" s="374"/>
+      <c r="L45" s="374"/>
+      <c r="M45" s="374"/>
+      <c r="N45" s="269"/>
+      <c r="O45" s="212" t="s">
+        <v>569</v>
+      </c>
+      <c r="S45" s="330"/>
+    </row>
+    <row r="46" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="378"/>
+      <c r="C46" s="379"/>
+      <c r="D46" s="483" t="s">
+        <v>605</v>
+      </c>
+      <c r="E46" s="484"/>
+      <c r="F46" s="484"/>
+      <c r="G46" s="484"/>
+      <c r="H46" s="484"/>
+      <c r="I46" s="484"/>
+      <c r="J46" s="484"/>
+      <c r="K46" s="484"/>
+      <c r="L46" s="484"/>
+      <c r="M46" s="484"/>
+      <c r="N46" s="501"/>
+      <c r="O46" s="502"/>
+    </row>
+    <row r="47" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="378"/>
+      <c r="C47" s="379"/>
+      <c r="D47" s="494" t="s">
+        <v>775</v>
+      </c>
+      <c r="E47" s="495"/>
+      <c r="F47" s="495"/>
+      <c r="G47" s="495"/>
+      <c r="H47" s="495"/>
+      <c r="I47" s="495"/>
+      <c r="J47" s="495"/>
+      <c r="K47" s="495"/>
+      <c r="L47" s="495"/>
+      <c r="M47" s="495"/>
+      <c r="N47" s="327"/>
+      <c r="O47" s="328" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="378"/>
+      <c r="C48" s="379"/>
+      <c r="D48" s="512" t="s">
+        <v>788</v>
+      </c>
+      <c r="E48" s="513"/>
+      <c r="F48" s="513"/>
+      <c r="G48" s="513"/>
+      <c r="H48" s="513"/>
+      <c r="I48" s="513"/>
+      <c r="J48" s="513"/>
+      <c r="K48" s="513"/>
+      <c r="L48" s="513"/>
+      <c r="M48" s="513"/>
+      <c r="N48" s="513"/>
+      <c r="O48" s="514"/>
+    </row>
+    <row r="49" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="380"/>
+      <c r="C49" s="381"/>
+      <c r="D49" s="660"/>
+      <c r="E49" s="661"/>
+      <c r="F49" s="661"/>
+      <c r="G49" s="661"/>
+      <c r="H49" s="661"/>
+      <c r="I49" s="661"/>
+      <c r="J49" s="661"/>
+      <c r="K49" s="661"/>
+      <c r="L49" s="661"/>
+      <c r="M49" s="661"/>
+      <c r="N49" s="661"/>
+      <c r="O49" s="662"/>
+    </row>
+    <row r="50" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="191">
+        <v>23</v>
+      </c>
+      <c r="B50" s="337" t="s">
+        <v>670</v>
+      </c>
+      <c r="C50" s="377"/>
+      <c r="D50" s="503" t="s">
+        <v>767</v>
+      </c>
+      <c r="E50" s="504"/>
+      <c r="F50" s="504"/>
+      <c r="G50" s="504"/>
+      <c r="H50" s="504"/>
+      <c r="I50" s="504"/>
+      <c r="J50" s="504"/>
+      <c r="K50" s="504"/>
+      <c r="L50" s="504"/>
+      <c r="M50" s="504"/>
+      <c r="N50" s="443"/>
+      <c r="O50" s="444"/>
+    </row>
+    <row r="51" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="380"/>
+      <c r="C51" s="381"/>
+      <c r="D51" s="505"/>
+      <c r="E51" s="506"/>
+      <c r="F51" s="506"/>
+      <c r="G51" s="506"/>
+      <c r="H51" s="506"/>
+      <c r="I51" s="506"/>
+      <c r="J51" s="506"/>
+      <c r="K51" s="506"/>
+      <c r="L51" s="506"/>
+      <c r="M51" s="506"/>
+      <c r="N51" s="507"/>
+      <c r="O51" s="508"/>
+    </row>
+    <row r="52" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="191">
+        <v>24</v>
+      </c>
+      <c r="B52" s="378" t="s">
+        <v>570</v>
+      </c>
+      <c r="C52" s="340"/>
+      <c r="D52" s="496" t="s">
+        <v>766</v>
+      </c>
+      <c r="E52" s="497"/>
+      <c r="F52" s="497"/>
+      <c r="G52" s="497"/>
+      <c r="H52" s="497"/>
+      <c r="I52" s="497"/>
+      <c r="J52" s="497"/>
+      <c r="K52" s="497"/>
+      <c r="L52" s="497"/>
+      <c r="M52" s="497"/>
+      <c r="N52" s="473"/>
+      <c r="O52" s="474"/>
+    </row>
+    <row r="53" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="339"/>
+      <c r="C53" s="340"/>
+      <c r="D53" s="373" t="s">
+        <v>774</v>
+      </c>
+      <c r="E53" s="374"/>
+      <c r="F53" s="374"/>
+      <c r="G53" s="374"/>
+      <c r="H53" s="374"/>
+      <c r="I53" s="374"/>
+      <c r="J53" s="374"/>
+      <c r="K53" s="374"/>
+      <c r="L53" s="374"/>
+      <c r="M53" s="374"/>
+      <c r="N53" s="269"/>
+      <c r="O53" s="212" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="339"/>
+      <c r="C54" s="340"/>
+      <c r="D54" s="494" t="s">
+        <v>624</v>
+      </c>
+      <c r="E54" s="495"/>
+      <c r="F54" s="495"/>
+      <c r="G54" s="495"/>
+      <c r="H54" s="495"/>
+      <c r="I54" s="495"/>
+      <c r="J54" s="213" t="s">
+        <v>549</v>
+      </c>
+      <c r="K54" s="270"/>
+      <c r="L54" s="213" t="s">
+        <v>561</v>
+      </c>
+      <c r="M54" s="270"/>
+      <c r="N54" s="213" t="s">
+        <v>551</v>
+      </c>
+      <c r="O54" s="271"/>
+    </row>
+    <row r="55" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="191">
+        <v>25</v>
+      </c>
+      <c r="B55" s="337" t="s">
+        <v>571</v>
+      </c>
+      <c r="C55" s="377"/>
+      <c r="D55" s="496" t="s">
+        <v>618</v>
+      </c>
+      <c r="E55" s="497"/>
+      <c r="F55" s="497"/>
+      <c r="G55" s="497"/>
+      <c r="H55" s="497"/>
+      <c r="I55" s="497"/>
+      <c r="J55" s="497"/>
+      <c r="K55" s="497"/>
+      <c r="L55" s="497"/>
+      <c r="M55" s="497"/>
+      <c r="N55" s="473"/>
+      <c r="O55" s="474"/>
+    </row>
+    <row r="56" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="378"/>
+      <c r="C56" s="379"/>
+      <c r="D56" s="475" t="s">
+        <v>619</v>
+      </c>
+      <c r="E56" s="476"/>
+      <c r="F56" s="476"/>
+      <c r="G56" s="476"/>
+      <c r="H56" s="476"/>
+      <c r="I56" s="476"/>
+      <c r="J56" s="476"/>
+      <c r="K56" s="476"/>
+      <c r="L56" s="476"/>
+      <c r="M56" s="476"/>
+      <c r="N56" s="477"/>
+      <c r="O56" s="478"/>
+    </row>
+    <row r="57" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="378"/>
+      <c r="C57" s="379"/>
+      <c r="D57" s="509" t="s">
+        <v>809</v>
+      </c>
+      <c r="E57" s="510"/>
+      <c r="F57" s="510"/>
+      <c r="G57" s="510"/>
+      <c r="H57" s="510"/>
+      <c r="I57" s="510"/>
+      <c r="J57" s="510"/>
+      <c r="K57" s="510"/>
+      <c r="L57" s="510"/>
+      <c r="M57" s="510"/>
+      <c r="N57" s="510"/>
+      <c r="O57" s="511"/>
+    </row>
+    <row r="58" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="378"/>
+      <c r="C58" s="379"/>
+      <c r="D58" s="441" t="s">
+        <v>572</v>
+      </c>
+      <c r="E58" s="442"/>
+      <c r="F58" s="442"/>
+      <c r="G58" s="442"/>
+      <c r="H58" s="442"/>
+      <c r="I58" s="442"/>
+      <c r="J58" s="456"/>
+      <c r="K58" s="456"/>
+      <c r="L58" s="456"/>
+      <c r="M58" s="456"/>
+      <c r="N58" s="456"/>
+      <c r="O58" s="457"/>
+    </row>
+    <row r="59" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="378"/>
+      <c r="C59" s="379"/>
+      <c r="D59" s="441" t="s">
+        <v>565</v>
+      </c>
+      <c r="E59" s="442"/>
+      <c r="F59" s="442"/>
+      <c r="G59" s="442"/>
+      <c r="H59" s="442"/>
+      <c r="I59" s="442"/>
+      <c r="J59" s="246" t="s">
+        <v>549</v>
+      </c>
+      <c r="K59" s="272"/>
+      <c r="L59" s="246" t="s">
+        <v>550</v>
+      </c>
+      <c r="M59" s="272"/>
+      <c r="N59" s="246" t="s">
+        <v>551</v>
+      </c>
+      <c r="O59" s="273"/>
+    </row>
+    <row r="60" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="378"/>
+      <c r="C60" s="379"/>
+      <c r="D60" s="441" t="s">
+        <v>566</v>
+      </c>
+      <c r="E60" s="442"/>
+      <c r="F60" s="442"/>
+      <c r="G60" s="442"/>
+      <c r="H60" s="442"/>
+      <c r="I60" s="442"/>
+      <c r="J60" s="456"/>
+      <c r="K60" s="456"/>
+      <c r="L60" s="456"/>
+      <c r="M60" s="456"/>
+      <c r="N60" s="456"/>
+      <c r="O60" s="457"/>
+    </row>
+    <row r="61" spans="1:15" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="378"/>
+      <c r="C61" s="379"/>
+      <c r="D61" s="441" t="s">
+        <v>573</v>
+      </c>
+      <c r="E61" s="442"/>
+      <c r="F61" s="442"/>
+      <c r="G61" s="442"/>
+      <c r="H61" s="442"/>
+      <c r="I61" s="442"/>
+      <c r="J61" s="456"/>
+      <c r="K61" s="456"/>
+      <c r="L61" s="456"/>
+      <c r="M61" s="456"/>
+      <c r="N61" s="456"/>
+      <c r="O61" s="457"/>
+    </row>
+    <row r="62" spans="1:15" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="378"/>
+      <c r="C62" s="379"/>
+      <c r="D62" s="483" t="s">
+        <v>574</v>
+      </c>
+      <c r="E62" s="484"/>
+      <c r="F62" s="484"/>
+      <c r="G62" s="484"/>
+      <c r="H62" s="484"/>
+      <c r="I62" s="484"/>
+      <c r="J62" s="456"/>
+      <c r="K62" s="456"/>
+      <c r="L62" s="456"/>
+      <c r="M62" s="456"/>
+      <c r="N62" s="456"/>
+      <c r="O62" s="457"/>
+    </row>
+    <row r="63" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="378"/>
+      <c r="C63" s="379"/>
+      <c r="D63" s="485" t="s">
         <v>797</v>
       </c>
-      <c r="U4" s="439" t="s">
-[...1037 lines deleted...]
-      <c r="B37" s="556" t="s">
+      <c r="E63" s="486"/>
+      <c r="F63" s="486"/>
+      <c r="G63" s="486"/>
+      <c r="H63" s="486"/>
+      <c r="I63" s="486"/>
+      <c r="J63" s="456"/>
+      <c r="K63" s="456"/>
+      <c r="L63" s="456"/>
+      <c r="M63" s="616"/>
+      <c r="N63" s="616"/>
+      <c r="O63" s="617"/>
+    </row>
+    <row r="64" spans="1:15" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="471"/>
+      <c r="C64" s="472"/>
+      <c r="D64" s="479" t="s">
+        <v>625</v>
+      </c>
+      <c r="E64" s="480"/>
+      <c r="F64" s="480"/>
+      <c r="G64" s="480"/>
+      <c r="H64" s="480"/>
+      <c r="I64" s="480"/>
+      <c r="J64" s="480"/>
+      <c r="K64" s="480"/>
+      <c r="L64" s="480"/>
+      <c r="M64" s="480"/>
+      <c r="N64" s="481"/>
+      <c r="O64" s="482"/>
+    </row>
+    <row r="65" spans="1:15" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="250"/>
+      <c r="C65" s="251"/>
+      <c r="D65" s="252"/>
+      <c r="E65" s="252"/>
+      <c r="F65" s="252"/>
+      <c r="G65" s="252"/>
+      <c r="H65" s="252"/>
+      <c r="I65" s="252"/>
+      <c r="J65" s="253"/>
+      <c r="K65" s="252"/>
+      <c r="L65" s="252"/>
+      <c r="M65" s="253"/>
+      <c r="N65" s="252"/>
+      <c r="O65" s="252"/>
+    </row>
+    <row r="66" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="465" t="s">
+        <v>594</v>
+      </c>
+      <c r="C66" s="466"/>
+      <c r="D66" s="466"/>
+      <c r="E66" s="466"/>
+      <c r="F66" s="466"/>
+      <c r="G66" s="466"/>
+      <c r="H66" s="466"/>
+      <c r="I66" s="466"/>
+      <c r="J66" s="466"/>
+      <c r="K66" s="466"/>
+      <c r="L66" s="466"/>
+      <c r="M66" s="466"/>
+      <c r="N66" s="466"/>
+      <c r="O66" s="467"/>
+    </row>
+    <row r="67" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="326">
+        <v>26</v>
+      </c>
+      <c r="B67" s="337" t="s">
         <v>671</v>
       </c>
-      <c r="C37" s="557"/>
-[...693 lines deleted...]
-      <c r="D67" s="581" t="s">
+      <c r="C67" s="338"/>
+      <c r="D67" s="382" t="s">
         <v>575</v>
       </c>
-      <c r="E67" s="582"/>
-[...8 lines deleted...]
-      <c r="N67" s="549" t="s">
+      <c r="E67" s="383"/>
+      <c r="F67" s="383"/>
+      <c r="G67" s="383"/>
+      <c r="H67" s="383"/>
+      <c r="I67" s="383"/>
+      <c r="J67" s="431"/>
+      <c r="K67" s="431"/>
+      <c r="L67" s="431"/>
+      <c r="M67" s="431"/>
+      <c r="N67" s="432" t="s">
         <v>581</v>
       </c>
-      <c r="O67" s="550"/>
-[...5 lines deleted...]
-      <c r="D68" s="579" t="s">
+      <c r="O67" s="433"/>
+    </row>
+    <row r="68" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="339"/>
+      <c r="C68" s="340"/>
+      <c r="D68" s="458" t="s">
         <v>576</v>
       </c>
-      <c r="E68" s="580"/>
-[...8 lines deleted...]
-      <c r="N68" s="549" t="s">
+      <c r="E68" s="459"/>
+      <c r="F68" s="459"/>
+      <c r="G68" s="459"/>
+      <c r="H68" s="459"/>
+      <c r="I68" s="459"/>
+      <c r="J68" s="431"/>
+      <c r="K68" s="431"/>
+      <c r="L68" s="431"/>
+      <c r="M68" s="431"/>
+      <c r="N68" s="432" t="s">
         <v>582</v>
       </c>
-      <c r="O68" s="550"/>
-[...5 lines deleted...]
-      <c r="D69" s="579" t="s">
+      <c r="O68" s="433"/>
+    </row>
+    <row r="69" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="339"/>
+      <c r="C69" s="340"/>
+      <c r="D69" s="458" t="s">
         <v>577</v>
       </c>
-      <c r="E69" s="580"/>
-[...8 lines deleted...]
-      <c r="N69" s="549" t="s">
+      <c r="E69" s="459"/>
+      <c r="F69" s="459"/>
+      <c r="G69" s="459"/>
+      <c r="H69" s="459"/>
+      <c r="I69" s="459"/>
+      <c r="J69" s="431"/>
+      <c r="K69" s="431"/>
+      <c r="L69" s="431"/>
+      <c r="M69" s="431"/>
+      <c r="N69" s="432" t="s">
         <v>582</v>
       </c>
-      <c r="O69" s="550"/>
-[...5 lines deleted...]
-      <c r="D70" s="579" t="s">
+      <c r="O69" s="433"/>
+    </row>
+    <row r="70" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="339"/>
+      <c r="C70" s="340"/>
+      <c r="D70" s="458" t="s">
         <v>578</v>
       </c>
-      <c r="E70" s="580"/>
-[...8 lines deleted...]
-      <c r="N70" s="549" t="s">
+      <c r="E70" s="459"/>
+      <c r="F70" s="459"/>
+      <c r="G70" s="459"/>
+      <c r="H70" s="459"/>
+      <c r="I70" s="459"/>
+      <c r="J70" s="431"/>
+      <c r="K70" s="431"/>
+      <c r="L70" s="431"/>
+      <c r="M70" s="431"/>
+      <c r="N70" s="432" t="s">
         <v>582</v>
       </c>
-      <c r="O70" s="550"/>
-[...5 lines deleted...]
-      <c r="D71" s="579" t="s">
+      <c r="O70" s="433"/>
+    </row>
+    <row r="71" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="339"/>
+      <c r="C71" s="340"/>
+      <c r="D71" s="458" t="s">
         <v>579</v>
       </c>
-      <c r="E71" s="580"/>
-[...8 lines deleted...]
-      <c r="N71" s="549" t="s">
+      <c r="E71" s="459"/>
+      <c r="F71" s="459"/>
+      <c r="G71" s="459"/>
+      <c r="H71" s="459"/>
+      <c r="I71" s="459"/>
+      <c r="J71" s="431"/>
+      <c r="K71" s="431"/>
+      <c r="L71" s="431"/>
+      <c r="M71" s="431"/>
+      <c r="N71" s="432" t="s">
         <v>582</v>
       </c>
-      <c r="O71" s="550"/>
-[...5 lines deleted...]
-      <c r="D72" s="594" t="s">
+      <c r="O71" s="433"/>
+    </row>
+    <row r="72" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="339"/>
+      <c r="C72" s="340"/>
+      <c r="D72" s="369" t="s">
         <v>580</v>
       </c>
-      <c r="E72" s="595"/>
-[...8 lines deleted...]
-      <c r="N72" s="549" t="s">
+      <c r="E72" s="370"/>
+      <c r="F72" s="370"/>
+      <c r="G72" s="370"/>
+      <c r="H72" s="370"/>
+      <c r="I72" s="370"/>
+      <c r="J72" s="431"/>
+      <c r="K72" s="431"/>
+      <c r="L72" s="431"/>
+      <c r="M72" s="431"/>
+      <c r="N72" s="432" t="s">
         <v>582</v>
       </c>
-      <c r="O72" s="550"/>
-[...5 lines deleted...]
-      <c r="D73" s="551" t="s">
+      <c r="O72" s="433"/>
+    </row>
+    <row r="73" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="341"/>
+      <c r="C73" s="342"/>
+      <c r="D73" s="434" t="s">
         <v>583</v>
       </c>
-      <c r="E73" s="552"/>
-[...4 lines deleted...]
-      <c r="J73" s="533" t="str">
+      <c r="E73" s="435"/>
+      <c r="F73" s="435"/>
+      <c r="G73" s="435"/>
+      <c r="H73" s="435"/>
+      <c r="I73" s="435"/>
+      <c r="J73" s="422" t="str">
         <f>IF(SUM(J67:M72)=0, "0", SUM(J67:M72))</f>
         <v>0</v>
       </c>
-      <c r="K73" s="533"/>
-[...2 lines deleted...]
-      <c r="N73" s="527" t="s">
+      <c r="K73" s="422"/>
+      <c r="L73" s="422"/>
+      <c r="M73" s="422"/>
+      <c r="N73" s="416" t="s">
         <v>581</v>
       </c>
-      <c r="O73" s="528"/>
-[...2 lines deleted...]
-      <c r="A74" s="432">
+      <c r="O73" s="417"/>
+    </row>
+    <row r="74" spans="1:15" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="191">
         <v>27</v>
       </c>
-      <c r="B74" s="448" t="s">
-[...3 lines deleted...]
-      <c r="D74" s="591" t="s">
+      <c r="B74" s="337" t="s">
+        <v>783</v>
+      </c>
+      <c r="C74" s="377"/>
+      <c r="D74" s="468" t="s">
+        <v>768</v>
+      </c>
+      <c r="E74" s="469"/>
+      <c r="F74" s="469"/>
+      <c r="G74" s="469"/>
+      <c r="H74" s="469"/>
+      <c r="I74" s="469"/>
+      <c r="J74" s="469"/>
+      <c r="K74" s="469"/>
+      <c r="L74" s="469"/>
+      <c r="M74" s="469"/>
+      <c r="N74" s="469"/>
+      <c r="O74" s="470"/>
+    </row>
+    <row r="75" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="378"/>
+      <c r="C75" s="379"/>
+      <c r="D75" s="455" t="s">
+        <v>584</v>
+      </c>
+      <c r="E75" s="412"/>
+      <c r="F75" s="245" t="s">
+        <v>549</v>
+      </c>
+      <c r="G75" s="274"/>
+      <c r="H75" s="245" t="s">
+        <v>561</v>
+      </c>
+      <c r="I75" s="274"/>
+      <c r="J75" s="411" t="s">
+        <v>672</v>
+      </c>
+      <c r="K75" s="412"/>
+      <c r="L75" s="245" t="s">
+        <v>549</v>
+      </c>
+      <c r="M75" s="274"/>
+      <c r="N75" s="245" t="s">
+        <v>561</v>
+      </c>
+      <c r="O75" s="275"/>
+    </row>
+    <row r="76" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="378"/>
+      <c r="C76" s="379"/>
+      <c r="D76" s="413" t="s">
+        <v>585</v>
+      </c>
+      <c r="E76" s="412"/>
+      <c r="F76" s="414"/>
+      <c r="G76" s="414"/>
+      <c r="H76" s="414"/>
+      <c r="I76" s="414"/>
+      <c r="J76" s="411" t="s">
+        <v>586</v>
+      </c>
+      <c r="K76" s="412"/>
+      <c r="L76" s="414"/>
+      <c r="M76" s="414"/>
+      <c r="N76" s="414"/>
+      <c r="O76" s="415"/>
+    </row>
+    <row r="77" spans="1:15" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="378"/>
+      <c r="C77" s="379"/>
+      <c r="D77" s="403" t="s">
+        <v>587</v>
+      </c>
+      <c r="E77" s="404"/>
+      <c r="F77" s="408"/>
+      <c r="G77" s="408"/>
+      <c r="H77" s="408"/>
+      <c r="I77" s="408"/>
+      <c r="J77" s="405" t="s">
+        <v>588</v>
+      </c>
+      <c r="K77" s="405"/>
+      <c r="L77" s="406"/>
+      <c r="M77" s="406"/>
+      <c r="N77" s="406"/>
+      <c r="O77" s="407"/>
+    </row>
+    <row r="78" spans="1:15" ht="48" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="378"/>
+      <c r="C78" s="379"/>
+      <c r="D78" s="409" t="s">
+        <v>584</v>
+      </c>
+      <c r="E78" s="410"/>
+      <c r="F78" s="254" t="s">
+        <v>549</v>
+      </c>
+      <c r="G78" s="276"/>
+      <c r="H78" s="254" t="s">
+        <v>561</v>
+      </c>
+      <c r="I78" s="276"/>
+      <c r="J78" s="411" t="s">
+        <v>672</v>
+      </c>
+      <c r="K78" s="412"/>
+      <c r="L78" s="254" t="s">
+        <v>549</v>
+      </c>
+      <c r="M78" s="276"/>
+      <c r="N78" s="254" t="s">
+        <v>561</v>
+      </c>
+      <c r="O78" s="277"/>
+    </row>
+    <row r="79" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="378"/>
+      <c r="C79" s="379"/>
+      <c r="D79" s="413" t="s">
+        <v>585</v>
+      </c>
+      <c r="E79" s="412"/>
+      <c r="F79" s="414"/>
+      <c r="G79" s="414"/>
+      <c r="H79" s="414"/>
+      <c r="I79" s="414"/>
+      <c r="J79" s="411" t="s">
+        <v>586</v>
+      </c>
+      <c r="K79" s="412"/>
+      <c r="L79" s="414"/>
+      <c r="M79" s="414"/>
+      <c r="N79" s="414"/>
+      <c r="O79" s="415"/>
+    </row>
+    <row r="80" spans="1:15" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="378"/>
+      <c r="C80" s="379"/>
+      <c r="D80" s="403" t="s">
+        <v>587</v>
+      </c>
+      <c r="E80" s="404"/>
+      <c r="F80" s="408"/>
+      <c r="G80" s="408"/>
+      <c r="H80" s="408"/>
+      <c r="I80" s="408"/>
+      <c r="J80" s="405" t="s">
+        <v>588</v>
+      </c>
+      <c r="K80" s="405"/>
+      <c r="L80" s="406"/>
+      <c r="M80" s="406"/>
+      <c r="N80" s="406"/>
+      <c r="O80" s="407"/>
+    </row>
+    <row r="81" spans="1:26" ht="48" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="378"/>
+      <c r="C81" s="379"/>
+      <c r="D81" s="409" t="s">
+        <v>584</v>
+      </c>
+      <c r="E81" s="410"/>
+      <c r="F81" s="254" t="s">
+        <v>549</v>
+      </c>
+      <c r="G81" s="276"/>
+      <c r="H81" s="254" t="s">
+        <v>561</v>
+      </c>
+      <c r="I81" s="276"/>
+      <c r="J81" s="411" t="s">
+        <v>672</v>
+      </c>
+      <c r="K81" s="412"/>
+      <c r="L81" s="254" t="s">
+        <v>549</v>
+      </c>
+      <c r="M81" s="276"/>
+      <c r="N81" s="254" t="s">
+        <v>561</v>
+      </c>
+      <c r="O81" s="277"/>
+    </row>
+    <row r="82" spans="1:26" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="378"/>
+      <c r="C82" s="379"/>
+      <c r="D82" s="413" t="s">
+        <v>585</v>
+      </c>
+      <c r="E82" s="412"/>
+      <c r="F82" s="414"/>
+      <c r="G82" s="414"/>
+      <c r="H82" s="414"/>
+      <c r="I82" s="414"/>
+      <c r="J82" s="411" t="s">
+        <v>586</v>
+      </c>
+      <c r="K82" s="412"/>
+      <c r="L82" s="414"/>
+      <c r="M82" s="414"/>
+      <c r="N82" s="414"/>
+      <c r="O82" s="415"/>
+    </row>
+    <row r="83" spans="1:26" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="380"/>
+      <c r="C83" s="381"/>
+      <c r="D83" s="403" t="s">
+        <v>587</v>
+      </c>
+      <c r="E83" s="404"/>
+      <c r="F83" s="408"/>
+      <c r="G83" s="408"/>
+      <c r="H83" s="408"/>
+      <c r="I83" s="408"/>
+      <c r="J83" s="405" t="s">
+        <v>588</v>
+      </c>
+      <c r="K83" s="405"/>
+      <c r="L83" s="406"/>
+      <c r="M83" s="406"/>
+      <c r="N83" s="406"/>
+      <c r="O83" s="407"/>
+    </row>
+    <row r="84" spans="1:26" ht="36" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="191">
+        <v>28</v>
+      </c>
+      <c r="B84" s="337" t="s">
+        <v>673</v>
+      </c>
+      <c r="C84" s="377"/>
+      <c r="D84" s="620" t="s">
+        <v>620</v>
+      </c>
+      <c r="E84" s="621"/>
+      <c r="F84" s="621"/>
+      <c r="G84" s="621"/>
+      <c r="H84" s="621"/>
+      <c r="I84" s="621"/>
+      <c r="J84" s="622"/>
+      <c r="K84" s="622"/>
+      <c r="L84" s="621"/>
+      <c r="M84" s="621"/>
+      <c r="N84" s="473"/>
+      <c r="O84" s="474"/>
+    </row>
+    <row r="85" spans="1:26" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="378"/>
+      <c r="C85" s="379"/>
+      <c r="D85" s="550" t="s">
+        <v>769</v>
+      </c>
+      <c r="E85" s="499"/>
+      <c r="F85" s="499"/>
+      <c r="G85" s="499"/>
+      <c r="H85" s="499"/>
+      <c r="I85" s="499"/>
+      <c r="J85" s="499"/>
+      <c r="K85" s="499"/>
+      <c r="L85" s="499"/>
+      <c r="M85" s="499"/>
+      <c r="N85" s="499"/>
+      <c r="O85" s="500"/>
+    </row>
+    <row r="86" spans="1:26" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="378"/>
+      <c r="C86" s="379"/>
+      <c r="D86" s="626" t="s">
+        <v>589</v>
+      </c>
+      <c r="E86" s="627"/>
+      <c r="F86" s="244" t="s">
+        <v>549</v>
+      </c>
+      <c r="G86" s="278"/>
+      <c r="H86" s="244" t="s">
+        <v>561</v>
+      </c>
+      <c r="I86" s="278"/>
+      <c r="J86" s="627" t="s">
+        <v>590</v>
+      </c>
+      <c r="K86" s="627"/>
+      <c r="L86" s="244" t="s">
+        <v>549</v>
+      </c>
+      <c r="M86" s="278"/>
+      <c r="N86" s="244" t="s">
+        <v>561</v>
+      </c>
+      <c r="O86" s="279"/>
+    </row>
+    <row r="87" spans="1:26" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="378"/>
+      <c r="C87" s="379"/>
+      <c r="D87" s="623" t="s">
+        <v>591</v>
+      </c>
+      <c r="E87" s="624"/>
+      <c r="F87" s="522"/>
+      <c r="G87" s="522"/>
+      <c r="H87" s="522"/>
+      <c r="I87" s="522"/>
+      <c r="J87" s="625" t="s">
+        <v>592</v>
+      </c>
+      <c r="K87" s="624"/>
+      <c r="L87" s="522"/>
+      <c r="M87" s="522"/>
+      <c r="N87" s="522"/>
+      <c r="O87" s="523"/>
+    </row>
+    <row r="88" spans="1:26" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="378"/>
+      <c r="C88" s="379"/>
+      <c r="D88" s="409" t="s">
+        <v>589</v>
+      </c>
+      <c r="E88" s="410"/>
+      <c r="F88" s="254" t="s">
+        <v>549</v>
+      </c>
+      <c r="G88" s="276"/>
+      <c r="H88" s="254" t="s">
+        <v>561</v>
+      </c>
+      <c r="I88" s="276"/>
+      <c r="J88" s="410" t="s">
+        <v>590</v>
+      </c>
+      <c r="K88" s="410"/>
+      <c r="L88" s="254" t="s">
+        <v>549</v>
+      </c>
+      <c r="M88" s="276"/>
+      <c r="N88" s="254" t="s">
+        <v>561</v>
+      </c>
+      <c r="O88" s="277"/>
+    </row>
+    <row r="89" spans="1:26" s="218" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="191"/>
+      <c r="B89" s="618"/>
+      <c r="C89" s="619"/>
+      <c r="D89" s="623" t="s">
+        <v>591</v>
+      </c>
+      <c r="E89" s="624"/>
+      <c r="F89" s="522"/>
+      <c r="G89" s="522"/>
+      <c r="H89" s="522"/>
+      <c r="I89" s="522"/>
+      <c r="J89" s="625" t="s">
+        <v>592</v>
+      </c>
+      <c r="K89" s="624"/>
+      <c r="L89" s="522"/>
+      <c r="M89" s="522"/>
+      <c r="N89" s="522"/>
+      <c r="O89" s="523"/>
+      <c r="P89" s="189"/>
+      <c r="Q89" s="189"/>
+      <c r="R89" s="329"/>
+      <c r="S89" s="329"/>
+      <c r="T89" s="189"/>
+      <c r="U89" s="189"/>
+      <c r="V89" s="189"/>
+      <c r="W89" s="189"/>
+      <c r="X89" s="189"/>
+      <c r="Y89" s="189"/>
+      <c r="Z89" s="189"/>
+    </row>
+    <row r="90" spans="1:26" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="191">
+        <v>29</v>
+      </c>
+      <c r="B90" s="487" t="s">
+        <v>621</v>
+      </c>
+      <c r="C90" s="488"/>
+      <c r="D90" s="635"/>
+      <c r="E90" s="636"/>
+      <c r="F90" s="636"/>
+      <c r="G90" s="636"/>
+      <c r="H90" s="636"/>
+      <c r="I90" s="636"/>
+      <c r="J90" s="637" t="s">
         <v>770</v>
       </c>
-      <c r="E74" s="592"/>
-[...27 lines deleted...]
-      <c r="J75" s="522" t="s">
+      <c r="K90" s="638"/>
+      <c r="L90" s="638"/>
+      <c r="M90" s="638"/>
+      <c r="N90" s="638"/>
+      <c r="O90" s="639"/>
+    </row>
+    <row r="91" spans="1:26" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="471"/>
+      <c r="C91" s="634"/>
+      <c r="D91" s="640"/>
+      <c r="E91" s="641"/>
+      <c r="F91" s="641"/>
+      <c r="G91" s="641"/>
+      <c r="H91" s="641"/>
+      <c r="I91" s="641"/>
+      <c r="J91" s="641"/>
+      <c r="K91" s="641"/>
+      <c r="L91" s="641"/>
+      <c r="M91" s="641"/>
+      <c r="N91" s="641"/>
+      <c r="O91" s="642"/>
+      <c r="R91" s="331"/>
+    </row>
+    <row r="92" spans="1:26" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="247"/>
+      <c r="C92" s="255"/>
+      <c r="D92" s="256"/>
+      <c r="E92" s="256"/>
+      <c r="F92" s="256"/>
+      <c r="G92" s="256"/>
+      <c r="H92" s="256"/>
+      <c r="I92" s="256"/>
+      <c r="J92" s="256"/>
+      <c r="K92" s="256"/>
+      <c r="L92" s="256"/>
+      <c r="M92" s="256"/>
+      <c r="N92" s="256"/>
+      <c r="O92" s="256"/>
+    </row>
+    <row r="93" spans="1:26" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C93" s="189"/>
+      <c r="D93" s="189"/>
+      <c r="E93" s="189"/>
+      <c r="F93" s="189"/>
+      <c r="G93" s="189"/>
+      <c r="H93" s="189"/>
+      <c r="I93" s="189"/>
+      <c r="J93" s="189"/>
+      <c r="K93" s="189"/>
+      <c r="L93" s="189"/>
+      <c r="M93" s="189"/>
+      <c r="N93" s="189"/>
+      <c r="O93" s="189"/>
+    </row>
+    <row r="94" spans="1:26" s="198" customFormat="1" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="191"/>
+      <c r="B94" s="628" t="s">
+        <v>807</v>
+      </c>
+      <c r="C94" s="629"/>
+      <c r="D94" s="629"/>
+      <c r="E94" s="629"/>
+      <c r="F94" s="629"/>
+      <c r="G94" s="629"/>
+      <c r="H94" s="629"/>
+      <c r="I94" s="629"/>
+      <c r="J94" s="629"/>
+      <c r="K94" s="629"/>
+      <c r="L94" s="629"/>
+      <c r="M94" s="629"/>
+      <c r="N94" s="629"/>
+      <c r="O94" s="630"/>
+      <c r="R94" s="331"/>
+      <c r="S94" s="331"/>
+    </row>
+    <row r="95" spans="1:26" s="198" customFormat="1" ht="21.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="191"/>
+      <c r="B95" s="631" t="s">
+        <v>721</v>
+      </c>
+      <c r="C95" s="632"/>
+      <c r="D95" s="632"/>
+      <c r="E95" s="632"/>
+      <c r="F95" s="632"/>
+      <c r="G95" s="632"/>
+      <c r="H95" s="632"/>
+      <c r="I95" s="632"/>
+      <c r="J95" s="632"/>
+      <c r="K95" s="632"/>
+      <c r="L95" s="632"/>
+      <c r="M95" s="632"/>
+      <c r="N95" s="632"/>
+      <c r="O95" s="633"/>
+      <c r="P95" s="189"/>
+      <c r="Q95" s="189"/>
+      <c r="R95" s="331"/>
+      <c r="S95" s="331"/>
+    </row>
+    <row r="96" spans="1:26" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="191">
+        <v>30</v>
+      </c>
+      <c r="B96" s="519" t="s">
+        <v>572</v>
+      </c>
+      <c r="C96" s="520"/>
+      <c r="D96" s="529"/>
+      <c r="E96" s="530"/>
+      <c r="F96" s="530"/>
+      <c r="G96" s="530"/>
+      <c r="H96" s="530"/>
+      <c r="I96" s="530"/>
+      <c r="J96" s="530"/>
+      <c r="K96" s="530"/>
+      <c r="L96" s="530"/>
+      <c r="M96" s="530"/>
+      <c r="N96" s="530"/>
+      <c r="O96" s="531"/>
+      <c r="P96" s="189"/>
+      <c r="Q96" s="189"/>
+      <c r="R96" s="331"/>
+      <c r="S96" s="331"/>
+    </row>
+    <row r="97" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="325">
+        <v>31</v>
+      </c>
+      <c r="B97" s="534" t="s">
+        <v>595</v>
+      </c>
+      <c r="C97" s="535"/>
+      <c r="D97" s="517"/>
+      <c r="E97" s="414"/>
+      <c r="F97" s="414"/>
+      <c r="G97" s="414"/>
+      <c r="H97" s="414"/>
+      <c r="I97" s="414"/>
+      <c r="J97" s="414"/>
+      <c r="K97" s="414"/>
+      <c r="L97" s="414"/>
+      <c r="M97" s="414"/>
+      <c r="N97" s="414"/>
+      <c r="O97" s="415"/>
+      <c r="R97" s="329"/>
+      <c r="S97" s="331"/>
+    </row>
+    <row r="98" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="191"/>
+      <c r="B98" s="536"/>
+      <c r="C98" s="537"/>
+      <c r="D98" s="538" t="s">
+        <v>813</v>
+      </c>
+      <c r="E98" s="539"/>
+      <c r="F98" s="539"/>
+      <c r="G98" s="539"/>
+      <c r="H98" s="539"/>
+      <c r="I98" s="539"/>
+      <c r="J98" s="539"/>
+      <c r="K98" s="539"/>
+      <c r="L98" s="539"/>
+      <c r="M98" s="539"/>
+      <c r="N98" s="539"/>
+      <c r="O98" s="540"/>
+      <c r="R98" s="329"/>
+      <c r="S98" s="331"/>
+    </row>
+    <row r="99" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="325">
+        <v>32</v>
+      </c>
+      <c r="B99" s="515" t="s">
         <v>674</v>
       </c>
-      <c r="K75" s="523"/>
-[...67 lines deleted...]
-      <c r="J78" s="522" t="s">
+      <c r="C99" s="516"/>
+      <c r="D99" s="483" t="s">
+        <v>596</v>
+      </c>
+      <c r="E99" s="484"/>
+      <c r="F99" s="484"/>
+      <c r="G99" s="274"/>
+      <c r="H99" s="518" t="s">
+        <v>597</v>
+      </c>
+      <c r="I99" s="518"/>
+      <c r="J99" s="518"/>
+      <c r="K99" s="518"/>
+      <c r="L99" s="414"/>
+      <c r="M99" s="414"/>
+      <c r="N99" s="414"/>
+      <c r="O99" s="415"/>
+      <c r="R99" s="331"/>
+      <c r="S99" s="331"/>
+    </row>
+    <row r="100" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="325">
+        <v>33</v>
+      </c>
+      <c r="B100" s="515" t="s">
+        <v>598</v>
+      </c>
+      <c r="C100" s="516"/>
+      <c r="D100" s="517"/>
+      <c r="E100" s="414"/>
+      <c r="F100" s="414"/>
+      <c r="G100" s="414"/>
+      <c r="H100" s="414"/>
+      <c r="I100" s="414"/>
+      <c r="J100" s="414"/>
+      <c r="K100" s="414"/>
+      <c r="L100" s="414"/>
+      <c r="M100" s="414"/>
+      <c r="N100" s="414"/>
+      <c r="O100" s="415"/>
+      <c r="P100" s="189"/>
+      <c r="Q100" s="189"/>
+      <c r="R100" s="331"/>
+      <c r="S100" s="331"/>
+    </row>
+    <row r="101" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="325">
+        <v>34</v>
+      </c>
+      <c r="B101" s="515" t="s">
+        <v>599</v>
+      </c>
+      <c r="C101" s="516"/>
+      <c r="D101" s="551"/>
+      <c r="E101" s="522"/>
+      <c r="F101" s="522"/>
+      <c r="G101" s="522"/>
+      <c r="H101" s="522"/>
+      <c r="I101" s="522"/>
+      <c r="J101" s="522"/>
+      <c r="K101" s="522"/>
+      <c r="L101" s="522"/>
+      <c r="M101" s="522"/>
+      <c r="N101" s="522"/>
+      <c r="O101" s="523"/>
+      <c r="R101" s="331"/>
+    </row>
+    <row r="102" spans="1:19" s="198" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="325"/>
+      <c r="B102" s="515"/>
+      <c r="C102" s="516"/>
+      <c r="D102" s="550" t="s">
+        <v>810</v>
+      </c>
+      <c r="E102" s="499"/>
+      <c r="F102" s="499"/>
+      <c r="G102" s="499"/>
+      <c r="H102" s="499"/>
+      <c r="I102" s="499"/>
+      <c r="J102" s="499"/>
+      <c r="K102" s="499"/>
+      <c r="L102" s="499"/>
+      <c r="M102" s="499"/>
+      <c r="N102" s="499"/>
+      <c r="O102" s="500"/>
+      <c r="R102" s="331"/>
+      <c r="S102" s="331"/>
+    </row>
+    <row r="103" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="325">
+        <v>35</v>
+      </c>
+      <c r="B103" s="515" t="s">
+        <v>675</v>
+      </c>
+      <c r="C103" s="516"/>
+      <c r="D103" s="517"/>
+      <c r="E103" s="414"/>
+      <c r="F103" s="414"/>
+      <c r="G103" s="414"/>
+      <c r="H103" s="414"/>
+      <c r="I103" s="414"/>
+      <c r="J103" s="414"/>
+      <c r="K103" s="414"/>
+      <c r="L103" s="414"/>
+      <c r="M103" s="414"/>
+      <c r="N103" s="414"/>
+      <c r="O103" s="415"/>
+      <c r="R103" s="331"/>
+      <c r="S103" s="331"/>
+    </row>
+    <row r="104" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="325">
+        <v>36</v>
+      </c>
+      <c r="B104" s="515" t="s">
+        <v>676</v>
+      </c>
+      <c r="C104" s="516"/>
+      <c r="D104" s="475" t="s">
+        <v>596</v>
+      </c>
+      <c r="E104" s="476"/>
+      <c r="F104" s="476"/>
+      <c r="G104" s="280"/>
+      <c r="H104" s="521" t="s">
+        <v>597</v>
+      </c>
+      <c r="I104" s="521"/>
+      <c r="J104" s="521"/>
+      <c r="K104" s="521"/>
+      <c r="L104" s="522"/>
+      <c r="M104" s="522"/>
+      <c r="N104" s="522"/>
+      <c r="O104" s="523"/>
+      <c r="R104" s="331"/>
+      <c r="S104" s="331"/>
+    </row>
+    <row r="105" spans="1:19" s="198" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="325"/>
+      <c r="B105" s="515"/>
+      <c r="C105" s="516"/>
+      <c r="D105" s="550" t="s">
+        <v>777</v>
+      </c>
+      <c r="E105" s="499"/>
+      <c r="F105" s="499"/>
+      <c r="G105" s="499"/>
+      <c r="H105" s="499"/>
+      <c r="I105" s="499"/>
+      <c r="J105" s="499"/>
+      <c r="K105" s="499"/>
+      <c r="L105" s="499"/>
+      <c r="M105" s="499"/>
+      <c r="N105" s="499"/>
+      <c r="O105" s="500"/>
+      <c r="R105" s="331"/>
+      <c r="S105" s="331"/>
+    </row>
+    <row r="106" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="325">
+        <v>37</v>
+      </c>
+      <c r="B106" s="532" t="s">
+        <v>645</v>
+      </c>
+      <c r="C106" s="533"/>
+      <c r="D106" s="524"/>
+      <c r="E106" s="525"/>
+      <c r="F106" s="525"/>
+      <c r="G106" s="525"/>
+      <c r="H106" s="525"/>
+      <c r="I106" s="525"/>
+      <c r="J106" s="525"/>
+      <c r="K106" s="525"/>
+      <c r="L106" s="525"/>
+      <c r="M106" s="525"/>
+      <c r="N106" s="525"/>
+      <c r="O106" s="257" t="s">
+        <v>626</v>
+      </c>
+      <c r="R106" s="329"/>
+      <c r="S106" s="331"/>
+    </row>
+    <row r="107" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="191"/>
+      <c r="B107" s="526" t="s">
+        <v>722</v>
+      </c>
+      <c r="C107" s="527"/>
+      <c r="D107" s="527"/>
+      <c r="E107" s="527"/>
+      <c r="F107" s="527"/>
+      <c r="G107" s="527"/>
+      <c r="H107" s="527"/>
+      <c r="I107" s="527"/>
+      <c r="J107" s="527"/>
+      <c r="K107" s="527"/>
+      <c r="L107" s="527"/>
+      <c r="M107" s="527"/>
+      <c r="N107" s="527"/>
+      <c r="O107" s="528"/>
+      <c r="R107" s="329"/>
+      <c r="S107" s="331"/>
+    </row>
+    <row r="108" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="325">
+        <v>38</v>
+      </c>
+      <c r="B108" s="519" t="s">
+        <v>572</v>
+      </c>
+      <c r="C108" s="520"/>
+      <c r="D108" s="529"/>
+      <c r="E108" s="530"/>
+      <c r="F108" s="530"/>
+      <c r="G108" s="530"/>
+      <c r="H108" s="530"/>
+      <c r="I108" s="530"/>
+      <c r="J108" s="530"/>
+      <c r="K108" s="530"/>
+      <c r="L108" s="530"/>
+      <c r="M108" s="530"/>
+      <c r="N108" s="530"/>
+      <c r="O108" s="531"/>
+      <c r="R108" s="331"/>
+      <c r="S108" s="331"/>
+    </row>
+    <row r="109" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="325">
+        <v>39</v>
+      </c>
+      <c r="B109" s="534" t="s">
+        <v>595</v>
+      </c>
+      <c r="C109" s="535"/>
+      <c r="D109" s="517"/>
+      <c r="E109" s="414"/>
+      <c r="F109" s="414"/>
+      <c r="G109" s="414"/>
+      <c r="H109" s="414"/>
+      <c r="I109" s="414"/>
+      <c r="J109" s="414"/>
+      <c r="K109" s="414"/>
+      <c r="L109" s="414"/>
+      <c r="M109" s="414"/>
+      <c r="N109" s="414"/>
+      <c r="O109" s="415"/>
+      <c r="P109" s="189"/>
+      <c r="Q109" s="189"/>
+      <c r="R109" s="329"/>
+      <c r="S109" s="331"/>
+    </row>
+    <row r="110" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="325"/>
+      <c r="B110" s="536"/>
+      <c r="C110" s="537"/>
+      <c r="D110" s="538" t="s">
+        <v>813</v>
+      </c>
+      <c r="E110" s="539"/>
+      <c r="F110" s="539"/>
+      <c r="G110" s="539"/>
+      <c r="H110" s="539"/>
+      <c r="I110" s="539"/>
+      <c r="J110" s="539"/>
+      <c r="K110" s="539"/>
+      <c r="L110" s="539"/>
+      <c r="M110" s="539"/>
+      <c r="N110" s="539"/>
+      <c r="O110" s="540"/>
+      <c r="P110" s="189"/>
+      <c r="Q110" s="189"/>
+      <c r="R110" s="329"/>
+      <c r="S110" s="331"/>
+    </row>
+    <row r="111" spans="1:19" s="198" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="325">
+        <v>40</v>
+      </c>
+      <c r="B111" s="515" t="s">
         <v>674</v>
       </c>
-      <c r="K78" s="523"/>
-[...126 lines deleted...]
-      <c r="B84" s="448" t="s">
+      <c r="C111" s="516"/>
+      <c r="D111" s="483" t="s">
+        <v>596</v>
+      </c>
+      <c r="E111" s="484"/>
+      <c r="F111" s="484"/>
+      <c r="G111" s="274"/>
+      <c r="H111" s="518" t="s">
+        <v>597</v>
+      </c>
+      <c r="I111" s="518"/>
+      <c r="J111" s="518"/>
+      <c r="K111" s="518"/>
+      <c r="L111" s="414"/>
+      <c r="M111" s="414"/>
+      <c r="N111" s="414"/>
+      <c r="O111" s="415"/>
+      <c r="R111" s="329"/>
+      <c r="S111" s="331"/>
+    </row>
+    <row r="112" spans="1:19" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="325">
+        <v>41</v>
+      </c>
+      <c r="B112" s="515" t="s">
+        <v>598</v>
+      </c>
+      <c r="C112" s="516"/>
+      <c r="D112" s="517"/>
+      <c r="E112" s="414"/>
+      <c r="F112" s="414"/>
+      <c r="G112" s="414"/>
+      <c r="H112" s="414"/>
+      <c r="I112" s="414"/>
+      <c r="J112" s="414"/>
+      <c r="K112" s="414"/>
+      <c r="L112" s="414"/>
+      <c r="M112" s="414"/>
+      <c r="N112" s="414"/>
+      <c r="O112" s="415"/>
+    </row>
+    <row r="113" spans="1:16" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="325">
+        <v>42</v>
+      </c>
+      <c r="B113" s="515" t="s">
+        <v>599</v>
+      </c>
+      <c r="C113" s="516"/>
+      <c r="D113" s="551"/>
+      <c r="E113" s="522"/>
+      <c r="F113" s="522"/>
+      <c r="G113" s="522"/>
+      <c r="H113" s="522"/>
+      <c r="I113" s="522"/>
+      <c r="J113" s="522"/>
+      <c r="K113" s="522"/>
+      <c r="L113" s="522"/>
+      <c r="M113" s="522"/>
+      <c r="N113" s="522"/>
+      <c r="O113" s="523"/>
+    </row>
+    <row r="114" spans="1:16" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="325"/>
+      <c r="B114" s="515"/>
+      <c r="C114" s="516"/>
+      <c r="D114" s="550" t="s">
+        <v>810</v>
+      </c>
+      <c r="E114" s="499"/>
+      <c r="F114" s="499"/>
+      <c r="G114" s="499"/>
+      <c r="H114" s="499"/>
+      <c r="I114" s="499"/>
+      <c r="J114" s="499"/>
+      <c r="K114" s="499"/>
+      <c r="L114" s="499"/>
+      <c r="M114" s="499"/>
+      <c r="N114" s="499"/>
+      <c r="O114" s="500"/>
+      <c r="P114" s="217"/>
+    </row>
+    <row r="115" spans="1:16" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="325">
+        <v>43</v>
+      </c>
+      <c r="B115" s="515" t="s">
         <v>675</v>
       </c>
-      <c r="C84" s="488"/>
-[...19 lines deleted...]
-      <c r="D85" s="755" t="s">
+      <c r="C115" s="516"/>
+      <c r="D115" s="517"/>
+      <c r="E115" s="414"/>
+      <c r="F115" s="414"/>
+      <c r="G115" s="414"/>
+      <c r="H115" s="414"/>
+      <c r="I115" s="414"/>
+      <c r="J115" s="414"/>
+      <c r="K115" s="414"/>
+      <c r="L115" s="414"/>
+      <c r="M115" s="414"/>
+      <c r="N115" s="414"/>
+      <c r="O115" s="415"/>
+      <c r="P115" s="217"/>
+    </row>
+    <row r="116" spans="1:16" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="325">
+        <v>44</v>
+      </c>
+      <c r="B116" s="515" t="s">
+        <v>676</v>
+      </c>
+      <c r="C116" s="516"/>
+      <c r="D116" s="475" t="s">
+        <v>596</v>
+      </c>
+      <c r="E116" s="476"/>
+      <c r="F116" s="476"/>
+      <c r="G116" s="280"/>
+      <c r="H116" s="521" t="s">
+        <v>597</v>
+      </c>
+      <c r="I116" s="521"/>
+      <c r="J116" s="521"/>
+      <c r="K116" s="521"/>
+      <c r="L116" s="522"/>
+      <c r="M116" s="522"/>
+      <c r="N116" s="522"/>
+      <c r="O116" s="523"/>
+      <c r="P116" s="217"/>
+    </row>
+    <row r="117" spans="1:16" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="325"/>
+      <c r="B117" s="515"/>
+      <c r="C117" s="516"/>
+      <c r="D117" s="550" t="s">
+        <v>777</v>
+      </c>
+      <c r="E117" s="499"/>
+      <c r="F117" s="499"/>
+      <c r="G117" s="499"/>
+      <c r="H117" s="499"/>
+      <c r="I117" s="499"/>
+      <c r="J117" s="499"/>
+      <c r="K117" s="499"/>
+      <c r="L117" s="499"/>
+      <c r="M117" s="499"/>
+      <c r="N117" s="499"/>
+      <c r="O117" s="500"/>
+      <c r="P117" s="217"/>
+    </row>
+    <row r="118" spans="1:16" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="191">
+        <v>45</v>
+      </c>
+      <c r="B118" s="548" t="s">
+        <v>645</v>
+      </c>
+      <c r="C118" s="549"/>
+      <c r="D118" s="524"/>
+      <c r="E118" s="525"/>
+      <c r="F118" s="525"/>
+      <c r="G118" s="525"/>
+      <c r="H118" s="525"/>
+      <c r="I118" s="525"/>
+      <c r="J118" s="525"/>
+      <c r="K118" s="525"/>
+      <c r="L118" s="525"/>
+      <c r="M118" s="525"/>
+      <c r="N118" s="525"/>
+      <c r="O118" s="257" t="s">
+        <v>626</v>
+      </c>
+      <c r="P118" s="217"/>
+    </row>
+    <row r="119" spans="1:16" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="325"/>
+      <c r="B119" s="545" t="s">
+        <v>638</v>
+      </c>
+      <c r="C119" s="546"/>
+      <c r="D119" s="546"/>
+      <c r="E119" s="546"/>
+      <c r="F119" s="546"/>
+      <c r="G119" s="546"/>
+      <c r="H119" s="546"/>
+      <c r="I119" s="546"/>
+      <c r="J119" s="546"/>
+      <c r="K119" s="546"/>
+      <c r="L119" s="546"/>
+      <c r="M119" s="546"/>
+      <c r="N119" s="546"/>
+      <c r="O119" s="547"/>
+      <c r="P119" s="216"/>
+    </row>
+    <row r="120" spans="1:16" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="191">
+        <v>46</v>
+      </c>
+      <c r="B120" s="596"/>
+      <c r="C120" s="598" t="s">
+        <v>631</v>
+      </c>
+      <c r="D120" s="600" t="s">
+        <v>679</v>
+      </c>
+      <c r="E120" s="601"/>
+      <c r="F120" s="601"/>
+      <c r="G120" s="601"/>
+      <c r="H120" s="601"/>
+      <c r="I120" s="601"/>
+      <c r="J120" s="601"/>
+      <c r="K120" s="601"/>
+      <c r="L120" s="601"/>
+      <c r="M120" s="602" t="str">
+        <f>_xlfn.IFS(J6=S4, "1,439,200", J6=S5,"1,331,600", J6=S6,"1,771,600",J6=S7,"2,400,000")</f>
+        <v>2,400,000</v>
+      </c>
+      <c r="N120" s="602"/>
+      <c r="O120" s="603" t="s">
+        <v>626</v>
+      </c>
+      <c r="P120" s="216"/>
+    </row>
+    <row r="121" spans="1:16" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="596"/>
+      <c r="C121" s="598"/>
+      <c r="D121" s="594"/>
+      <c r="E121" s="595"/>
+      <c r="F121" s="595"/>
+      <c r="G121" s="595"/>
+      <c r="H121" s="595"/>
+      <c r="I121" s="595"/>
+      <c r="J121" s="595"/>
+      <c r="K121" s="595"/>
+      <c r="L121" s="595"/>
+      <c r="M121" s="602"/>
+      <c r="N121" s="602"/>
+      <c r="O121" s="603"/>
+      <c r="P121" s="216"/>
+    </row>
+    <row r="122" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B122" s="596"/>
+      <c r="C122" s="598"/>
+      <c r="D122" s="592" t="s">
+        <v>642</v>
+      </c>
+      <c r="E122" s="593"/>
+      <c r="F122" s="593"/>
+      <c r="G122" s="593"/>
+      <c r="H122" s="593"/>
+      <c r="I122" s="593"/>
+      <c r="J122" s="593"/>
+      <c r="K122" s="593"/>
+      <c r="L122" s="593"/>
+      <c r="M122" s="604"/>
+      <c r="N122" s="604"/>
+      <c r="O122" s="605"/>
+      <c r="P122" s="216"/>
+    </row>
+    <row r="123" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="596"/>
+      <c r="C123" s="598"/>
+      <c r="D123" s="594"/>
+      <c r="E123" s="595"/>
+      <c r="F123" s="595"/>
+      <c r="G123" s="595"/>
+      <c r="H123" s="595"/>
+      <c r="I123" s="595"/>
+      <c r="J123" s="595"/>
+      <c r="K123" s="595"/>
+      <c r="L123" s="595"/>
+      <c r="M123" s="606"/>
+      <c r="N123" s="606"/>
+      <c r="O123" s="607"/>
+      <c r="P123" s="216"/>
+    </row>
+    <row r="124" spans="1:16" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B124" s="596"/>
+      <c r="C124" s="599"/>
+      <c r="D124" s="608" t="s">
+        <v>639</v>
+      </c>
+      <c r="E124" s="609"/>
+      <c r="F124" s="609"/>
+      <c r="G124" s="609"/>
+      <c r="H124" s="609"/>
+      <c r="I124" s="609"/>
+      <c r="J124" s="609"/>
+      <c r="K124" s="609"/>
+      <c r="L124" s="609"/>
+      <c r="M124" s="610" t="str">
+        <f>IFERROR(_xlfn.IFS(M122="いいえ NO",M120, M122="20％ 減免 Reduction", M120*0.8, M122="50％ 減免 Reduction", M120*0.5, M122="100％ 減免 Reduction", "0", M122="",M120), "")</f>
+        <v>2,400,000</v>
+      </c>
+      <c r="N124" s="610"/>
+      <c r="O124" s="258" t="s">
+        <v>626</v>
+      </c>
+      <c r="P124" s="216"/>
+    </row>
+    <row r="125" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="191">
+        <v>47</v>
+      </c>
+      <c r="B125" s="596"/>
+      <c r="C125" s="611" t="s">
+        <v>627</v>
+      </c>
+      <c r="D125" s="612" t="s">
+        <v>806</v>
+      </c>
+      <c r="E125" s="613"/>
+      <c r="F125" s="613"/>
+      <c r="G125" s="613"/>
+      <c r="H125" s="613"/>
+      <c r="I125" s="613"/>
+      <c r="J125" s="613"/>
+      <c r="K125" s="613"/>
+      <c r="L125" s="613"/>
+      <c r="M125" s="565"/>
+      <c r="N125" s="565"/>
+      <c r="O125" s="542" t="s">
+        <v>626</v>
+      </c>
+      <c r="P125" s="216"/>
+    </row>
+    <row r="126" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B126" s="596"/>
+      <c r="C126" s="598"/>
+      <c r="D126" s="614"/>
+      <c r="E126" s="615"/>
+      <c r="F126" s="615"/>
+      <c r="G126" s="615"/>
+      <c r="H126" s="615"/>
+      <c r="I126" s="615"/>
+      <c r="J126" s="615"/>
+      <c r="K126" s="615"/>
+      <c r="L126" s="615"/>
+      <c r="M126" s="567"/>
+      <c r="N126" s="567"/>
+      <c r="O126" s="543"/>
+      <c r="P126" s="216"/>
+    </row>
+    <row r="127" spans="1:16" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B127" s="597"/>
+      <c r="C127" s="297"/>
+      <c r="D127" s="288" t="s">
+        <v>630</v>
+      </c>
+      <c r="E127" s="544" t="s">
+        <v>629</v>
+      </c>
+      <c r="F127" s="544"/>
+      <c r="G127" s="544"/>
+      <c r="H127" s="544"/>
+      <c r="I127" s="544"/>
+      <c r="J127" s="544"/>
+      <c r="K127" s="544"/>
+      <c r="L127" s="544"/>
+      <c r="M127" s="541">
+        <f>IFERROR(M124+M125," ")</f>
+        <v>2400000</v>
+      </c>
+      <c r="N127" s="541"/>
+      <c r="O127" s="259" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B128" s="643" t="s">
+        <v>677</v>
+      </c>
+      <c r="C128" s="644"/>
+      <c r="D128" s="644"/>
+      <c r="E128" s="644"/>
+      <c r="F128" s="644"/>
+      <c r="G128" s="644"/>
+      <c r="H128" s="644"/>
+      <c r="I128" s="644"/>
+      <c r="J128" s="644"/>
+      <c r="K128" s="644"/>
+      <c r="L128" s="644"/>
+      <c r="M128" s="644"/>
+      <c r="N128" s="644"/>
+      <c r="O128" s="645"/>
+      <c r="P128" s="216"/>
+    </row>
+    <row r="129" spans="1:15" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B129" s="646"/>
+      <c r="C129" s="648" t="s">
         <v>771</v>
       </c>
-      <c r="E85" s="756"/>
-[...390 lines deleted...]
-      <c r="D102" s="680" t="s">
+      <c r="D129" s="649"/>
+      <c r="E129" s="649"/>
+      <c r="F129" s="649"/>
+      <c r="G129" s="649"/>
+      <c r="H129" s="649"/>
+      <c r="I129" s="649"/>
+      <c r="J129" s="649"/>
+      <c r="K129" s="649"/>
+      <c r="L129" s="650"/>
+      <c r="M129" s="651" t="s">
+        <v>811</v>
+      </c>
+      <c r="N129" s="652"/>
+      <c r="O129" s="653"/>
+    </row>
+    <row r="130" spans="1:15" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="191">
+        <v>48</v>
+      </c>
+      <c r="B130" s="647"/>
+      <c r="C130" s="362" t="s">
+        <v>795</v>
+      </c>
+      <c r="D130" s="559" t="s">
+        <v>635</v>
+      </c>
+      <c r="E130" s="560"/>
+      <c r="F130" s="561" t="s">
+        <v>633</v>
+      </c>
+      <c r="G130" s="562"/>
+      <c r="H130" s="562"/>
+      <c r="I130" s="562"/>
+      <c r="J130" s="563"/>
+      <c r="K130" s="563"/>
+      <c r="L130" s="260" t="s">
+        <v>626</v>
+      </c>
+      <c r="M130" s="564"/>
+      <c r="N130" s="565"/>
+      <c r="O130" s="568" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B131" s="647"/>
+      <c r="C131" s="362"/>
+      <c r="D131" s="570" t="s">
+        <v>632</v>
+      </c>
+      <c r="E131" s="571"/>
+      <c r="F131" s="570" t="s">
+        <v>640</v>
+      </c>
+      <c r="G131" s="572"/>
+      <c r="H131" s="572"/>
+      <c r="I131" s="572"/>
+      <c r="J131" s="573"/>
+      <c r="K131" s="573"/>
+      <c r="L131" s="261" t="s">
+        <v>626</v>
+      </c>
+      <c r="M131" s="566"/>
+      <c r="N131" s="567"/>
+      <c r="O131" s="569"/>
+    </row>
+    <row r="132" spans="1:15" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="191">
+        <v>49</v>
+      </c>
+      <c r="B132" s="647"/>
+      <c r="C132" s="362" t="s">
+        <v>796</v>
+      </c>
+      <c r="D132" s="559" t="s">
+        <v>635</v>
+      </c>
+      <c r="E132" s="560"/>
+      <c r="F132" s="561" t="s">
+        <v>633</v>
+      </c>
+      <c r="G132" s="562"/>
+      <c r="H132" s="562"/>
+      <c r="I132" s="562"/>
+      <c r="J132" s="563"/>
+      <c r="K132" s="563"/>
+      <c r="L132" s="260" t="s">
+        <v>626</v>
+      </c>
+      <c r="M132" s="564"/>
+      <c r="N132" s="565"/>
+      <c r="O132" s="568" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B133" s="647"/>
+      <c r="C133" s="362"/>
+      <c r="D133" s="570" t="s">
+        <v>632</v>
+      </c>
+      <c r="E133" s="571"/>
+      <c r="F133" s="570" t="s">
+        <v>641</v>
+      </c>
+      <c r="G133" s="572"/>
+      <c r="H133" s="572"/>
+      <c r="I133" s="572"/>
+      <c r="J133" s="573"/>
+      <c r="K133" s="573"/>
+      <c r="L133" s="261" t="s">
+        <v>626</v>
+      </c>
+      <c r="M133" s="566"/>
+      <c r="N133" s="567"/>
+      <c r="O133" s="569"/>
+    </row>
+    <row r="134" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="191">
+        <v>50</v>
+      </c>
+      <c r="B134" s="647"/>
+      <c r="C134" s="574" t="s">
+        <v>634</v>
+      </c>
+      <c r="D134" s="561" t="s">
+        <v>635</v>
+      </c>
+      <c r="E134" s="576"/>
+      <c r="F134" s="561" t="s">
+        <v>633</v>
+      </c>
+      <c r="G134" s="562"/>
+      <c r="H134" s="562"/>
+      <c r="I134" s="562"/>
+      <c r="J134" s="563"/>
+      <c r="K134" s="563"/>
+      <c r="L134" s="260" t="s">
+        <v>626</v>
+      </c>
+      <c r="M134" s="564"/>
+      <c r="N134" s="565"/>
+      <c r="O134" s="219" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="135" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="647"/>
+      <c r="C135" s="575"/>
+      <c r="D135" s="654" t="s">
         <v>779</v>
       </c>
-      <c r="E102" s="627"/>
-[...517 lines deleted...]
-      <c r="C125" s="743" t="s">
+      <c r="E135" s="655"/>
+      <c r="F135" s="655"/>
+      <c r="G135" s="655"/>
+      <c r="H135" s="655"/>
+      <c r="I135" s="655"/>
+      <c r="J135" s="655"/>
+      <c r="K135" s="655"/>
+      <c r="L135" s="655"/>
+      <c r="M135" s="655"/>
+      <c r="N135" s="655"/>
+      <c r="O135" s="656"/>
+    </row>
+    <row r="136" spans="1:15" ht="57.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="191">
+        <v>51</v>
+      </c>
+      <c r="B136" s="647"/>
+      <c r="C136" s="262" t="s">
+        <v>636</v>
+      </c>
+      <c r="D136" s="657" t="s">
+        <v>778</v>
+      </c>
+      <c r="E136" s="658"/>
+      <c r="F136" s="658"/>
+      <c r="G136" s="658"/>
+      <c r="H136" s="658"/>
+      <c r="I136" s="658"/>
+      <c r="J136" s="658"/>
+      <c r="K136" s="658"/>
+      <c r="L136" s="658"/>
+      <c r="M136" s="582"/>
+      <c r="N136" s="583"/>
+      <c r="O136" s="263" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B137" s="647"/>
+      <c r="C137" s="298"/>
+      <c r="D137" s="287" t="s">
         <v>628</v>
       </c>
-      <c r="D125" s="744" t="s">
-[...259 lines deleted...]
-      <c r="C136" s="357" t="s">
+      <c r="E137" s="659" t="s">
         <v>637</v>
       </c>
-      <c r="D136" s="792" t="s">
-[...33 lines deleted...]
-      <c r="M137" s="710">
+      <c r="F137" s="659"/>
+      <c r="G137" s="659"/>
+      <c r="H137" s="659"/>
+      <c r="I137" s="659"/>
+      <c r="J137" s="659"/>
+      <c r="K137" s="659"/>
+      <c r="L137" s="659"/>
+      <c r="M137" s="580">
         <f>SUM(M130:N136)</f>
         <v>0</v>
       </c>
-      <c r="N137" s="711"/>
-[...33 lines deleted...]
-      <c r="H139" s="721" t="str">
+      <c r="N137" s="581"/>
+      <c r="O137" s="219" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15" ht="36" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="577" t="s">
+        <v>723</v>
+      </c>
+      <c r="C138" s="578"/>
+      <c r="D138" s="578"/>
+      <c r="E138" s="578"/>
+      <c r="F138" s="578"/>
+      <c r="G138" s="578"/>
+      <c r="H138" s="578"/>
+      <c r="I138" s="578"/>
+      <c r="J138" s="578"/>
+      <c r="K138" s="578"/>
+      <c r="L138" s="578"/>
+      <c r="M138" s="578"/>
+      <c r="N138" s="578"/>
+      <c r="O138" s="579"/>
+    </row>
+    <row r="139" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B139" s="289"/>
+      <c r="C139" s="290"/>
+      <c r="D139" s="291"/>
+      <c r="E139" s="291"/>
+      <c r="F139" s="291"/>
+      <c r="G139" s="292" t="s">
+        <v>630</v>
+      </c>
+      <c r="H139" s="591">
         <f>IFERROR(M127,"")</f>
-        <v xml:space="preserve"> </v>
-[...11 lines deleted...]
-      <c r="M139" s="720">
+        <v>2400000</v>
+      </c>
+      <c r="I139" s="591"/>
+      <c r="J139" s="293" t="s">
+        <v>626</v>
+      </c>
+      <c r="K139" s="294" t="s">
+        <v>644</v>
+      </c>
+      <c r="L139" s="295" t="s">
+        <v>628</v>
+      </c>
+      <c r="M139" s="590">
         <f>M137</f>
         <v>0</v>
       </c>
-      <c r="N139" s="720"/>
-[...5 lines deleted...]
-      <c r="A140" s="432">
+      <c r="N139" s="590"/>
+      <c r="O139" s="296" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="191">
         <v>51</v>
       </c>
-      <c r="B140" s="682" t="s">
-[...566 lines deleted...]
-    <row r="351" ht="20.25" customHeight="1" x14ac:dyDescent="0.15"/>
+      <c r="B140" s="552" t="s">
+        <v>724</v>
+      </c>
+      <c r="C140" s="553"/>
+      <c r="D140" s="553"/>
+      <c r="E140" s="553"/>
+      <c r="F140" s="553"/>
+      <c r="G140" s="553"/>
+      <c r="H140" s="553"/>
+      <c r="I140" s="553"/>
+      <c r="J140" s="553"/>
+      <c r="K140" s="553"/>
+      <c r="L140" s="553"/>
+      <c r="M140" s="553"/>
+      <c r="N140" s="554"/>
+      <c r="O140" s="555"/>
+    </row>
+    <row r="141" spans="1:15" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B141" s="556" t="s">
+        <v>780</v>
+      </c>
+      <c r="C141" s="557"/>
+      <c r="D141" s="557"/>
+      <c r="E141" s="557"/>
+      <c r="F141" s="557"/>
+      <c r="G141" s="557"/>
+      <c r="H141" s="557"/>
+      <c r="I141" s="557"/>
+      <c r="J141" s="557"/>
+      <c r="K141" s="557"/>
+      <c r="L141" s="557"/>
+      <c r="M141" s="557"/>
+      <c r="N141" s="557"/>
+      <c r="O141" s="558"/>
+    </row>
+    <row r="142" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C142" s="189"/>
+      <c r="D142" s="189"/>
+      <c r="E142" s="189"/>
+      <c r="F142" s="189"/>
+      <c r="G142" s="189"/>
+      <c r="H142" s="189"/>
+      <c r="I142" s="189"/>
+      <c r="J142" s="189"/>
+      <c r="K142" s="189"/>
+      <c r="L142" s="189"/>
+      <c r="M142" s="189"/>
+      <c r="N142" s="189"/>
+      <c r="O142" s="189"/>
+    </row>
+    <row r="143" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C143" s="189"/>
+      <c r="D143" s="189"/>
+      <c r="E143" s="189"/>
+      <c r="F143" s="189"/>
+      <c r="G143" s="189"/>
+      <c r="H143" s="189"/>
+      <c r="I143" s="189"/>
+      <c r="J143" s="189"/>
+      <c r="K143" s="189"/>
+      <c r="L143" s="189"/>
+      <c r="M143" s="189"/>
+      <c r="N143" s="189"/>
+      <c r="O143" s="189"/>
+    </row>
+    <row r="144" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C144" s="189"/>
+      <c r="D144" s="189"/>
+      <c r="E144" s="189"/>
+      <c r="F144" s="189"/>
+      <c r="G144" s="189"/>
+      <c r="H144" s="189"/>
+      <c r="I144" s="189"/>
+      <c r="J144" s="189"/>
+      <c r="K144" s="189"/>
+      <c r="L144" s="189"/>
+      <c r="M144" s="189"/>
+      <c r="N144" s="189"/>
+      <c r="O144" s="189"/>
+    </row>
+    <row r="145" spans="3:15" x14ac:dyDescent="0.2">
+      <c r="C145" s="189"/>
+      <c r="D145" s="189"/>
+      <c r="E145" s="189"/>
+      <c r="F145" s="189"/>
+      <c r="G145" s="189"/>
+      <c r="H145" s="189"/>
+      <c r="I145" s="189"/>
+      <c r="J145" s="189"/>
+      <c r="K145" s="189"/>
+      <c r="L145" s="189"/>
+      <c r="M145" s="189"/>
+      <c r="N145" s="189"/>
+      <c r="O145" s="189"/>
+    </row>
+    <row r="146" spans="3:15" x14ac:dyDescent="0.2">
+      <c r="C146" s="189"/>
+      <c r="D146" s="189"/>
+      <c r="E146" s="189"/>
+      <c r="F146" s="189"/>
+      <c r="G146" s="189"/>
+      <c r="H146" s="189"/>
+      <c r="I146" s="189"/>
+      <c r="J146" s="189"/>
+      <c r="K146" s="189"/>
+      <c r="L146" s="189"/>
+      <c r="M146" s="189"/>
+      <c r="N146" s="189"/>
+      <c r="O146" s="189"/>
+    </row>
+    <row r="147" spans="3:15" x14ac:dyDescent="0.2">
+      <c r="C147" s="189"/>
+      <c r="D147" s="189"/>
+      <c r="E147" s="189"/>
+      <c r="F147" s="189"/>
+      <c r="G147" s="189"/>
+      <c r="H147" s="189"/>
+      <c r="I147" s="189"/>
+      <c r="J147" s="189"/>
+      <c r="K147" s="189"/>
+      <c r="L147" s="189"/>
+      <c r="M147" s="189"/>
+      <c r="N147" s="189"/>
+      <c r="O147" s="189"/>
+    </row>
+    <row r="148" spans="3:15" x14ac:dyDescent="0.2">
+      <c r="C148" s="189"/>
+      <c r="D148" s="189"/>
+      <c r="E148" s="189"/>
+      <c r="F148" s="189"/>
+      <c r="G148" s="189"/>
+      <c r="H148" s="189"/>
+      <c r="I148" s="189"/>
+      <c r="J148" s="189"/>
+      <c r="K148" s="189"/>
+      <c r="L148" s="189"/>
+      <c r="M148" s="189"/>
+      <c r="N148" s="189"/>
+      <c r="O148" s="189"/>
+    </row>
+    <row r="149" spans="3:15" x14ac:dyDescent="0.2">
+      <c r="C149" s="189"/>
+      <c r="D149" s="189"/>
+      <c r="E149" s="189"/>
+      <c r="F149" s="189"/>
+      <c r="G149" s="189"/>
+      <c r="H149" s="189"/>
+      <c r="I149" s="189"/>
+      <c r="J149" s="189"/>
+      <c r="K149" s="189"/>
+      <c r="L149" s="189"/>
+      <c r="M149" s="189"/>
+      <c r="N149" s="189"/>
+      <c r="O149" s="189"/>
+    </row>
+    <row r="150" spans="3:15" x14ac:dyDescent="0.2">
+      <c r="C150" s="189"/>
+      <c r="D150" s="189"/>
+      <c r="E150" s="189"/>
+      <c r="F150" s="189"/>
+      <c r="G150" s="189"/>
+      <c r="H150" s="189"/>
+      <c r="I150" s="189"/>
+      <c r="J150" s="189"/>
+      <c r="K150" s="189"/>
+      <c r="L150" s="189"/>
+      <c r="M150" s="189"/>
+      <c r="N150" s="189"/>
+      <c r="O150" s="189"/>
+    </row>
+    <row r="151" spans="3:15" x14ac:dyDescent="0.2">
+      <c r="C151" s="189"/>
+      <c r="D151" s="189"/>
+      <c r="E151" s="189"/>
+      <c r="F151" s="189"/>
+      <c r="G151" s="189"/>
+      <c r="H151" s="189"/>
+      <c r="I151" s="189"/>
+      <c r="J151" s="189"/>
+      <c r="K151" s="189"/>
+      <c r="L151" s="189"/>
+      <c r="M151" s="189"/>
+      <c r="N151" s="189"/>
+      <c r="O151" s="189"/>
+    </row>
+    <row r="152" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C152" s="189"/>
+      <c r="D152" s="189"/>
+      <c r="E152" s="189"/>
+      <c r="F152" s="189"/>
+      <c r="G152" s="189"/>
+      <c r="H152" s="189"/>
+      <c r="I152" s="189"/>
+      <c r="J152" s="189"/>
+      <c r="K152" s="189"/>
+      <c r="L152" s="189"/>
+      <c r="M152" s="189"/>
+      <c r="N152" s="189"/>
+      <c r="O152" s="189"/>
+    </row>
+    <row r="153" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C153" s="189"/>
+      <c r="D153" s="189"/>
+      <c r="E153" s="189"/>
+      <c r="F153" s="189"/>
+      <c r="G153" s="189"/>
+      <c r="H153" s="189"/>
+      <c r="I153" s="189"/>
+      <c r="J153" s="189"/>
+      <c r="K153" s="189"/>
+      <c r="L153" s="189"/>
+      <c r="M153" s="189"/>
+      <c r="N153" s="189"/>
+      <c r="O153" s="189"/>
+    </row>
+    <row r="154" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C154" s="189"/>
+      <c r="D154" s="189"/>
+      <c r="E154" s="189"/>
+      <c r="F154" s="189"/>
+      <c r="G154" s="189"/>
+      <c r="H154" s="189"/>
+      <c r="I154" s="189"/>
+      <c r="J154" s="189"/>
+      <c r="K154" s="189"/>
+      <c r="L154" s="189"/>
+      <c r="M154" s="189"/>
+      <c r="N154" s="189"/>
+      <c r="O154" s="189"/>
+    </row>
+    <row r="155" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C155" s="189"/>
+      <c r="D155" s="189"/>
+      <c r="E155" s="189"/>
+      <c r="F155" s="189"/>
+      <c r="G155" s="189"/>
+      <c r="H155" s="189"/>
+      <c r="I155" s="189"/>
+      <c r="J155" s="189"/>
+      <c r="K155" s="189"/>
+      <c r="L155" s="189"/>
+      <c r="M155" s="189"/>
+      <c r="N155" s="189"/>
+      <c r="O155" s="189"/>
+    </row>
+    <row r="156" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C156" s="189"/>
+      <c r="D156" s="189"/>
+      <c r="E156" s="189"/>
+      <c r="F156" s="189"/>
+      <c r="G156" s="189"/>
+      <c r="H156" s="189"/>
+      <c r="I156" s="189"/>
+      <c r="J156" s="189"/>
+      <c r="K156" s="189"/>
+      <c r="L156" s="189"/>
+      <c r="M156" s="189"/>
+      <c r="N156" s="189"/>
+      <c r="O156" s="189"/>
+    </row>
+    <row r="157" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C157" s="189"/>
+      <c r="D157" s="189"/>
+      <c r="E157" s="189"/>
+      <c r="F157" s="189"/>
+      <c r="G157" s="189"/>
+      <c r="H157" s="189"/>
+      <c r="I157" s="189"/>
+      <c r="J157" s="189"/>
+      <c r="K157" s="189"/>
+      <c r="L157" s="189"/>
+      <c r="M157" s="189"/>
+      <c r="N157" s="189"/>
+      <c r="O157" s="189"/>
+    </row>
+    <row r="158" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C158" s="189"/>
+      <c r="D158" s="189"/>
+      <c r="E158" s="189"/>
+      <c r="F158" s="189"/>
+      <c r="G158" s="189"/>
+      <c r="H158" s="189"/>
+      <c r="I158" s="189"/>
+      <c r="J158" s="189"/>
+      <c r="K158" s="189"/>
+      <c r="L158" s="189"/>
+      <c r="M158" s="189"/>
+      <c r="N158" s="189"/>
+      <c r="O158" s="189"/>
+    </row>
+    <row r="159" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C159" s="189"/>
+      <c r="D159" s="189"/>
+      <c r="E159" s="189"/>
+      <c r="F159" s="189"/>
+      <c r="G159" s="189"/>
+      <c r="H159" s="189"/>
+      <c r="I159" s="189"/>
+      <c r="J159" s="189"/>
+      <c r="K159" s="189"/>
+      <c r="L159" s="189"/>
+      <c r="M159" s="189"/>
+      <c r="N159" s="189"/>
+      <c r="O159" s="189"/>
+    </row>
+    <row r="160" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C160" s="189"/>
+      <c r="D160" s="189"/>
+      <c r="E160" s="189"/>
+      <c r="F160" s="189"/>
+      <c r="G160" s="189"/>
+      <c r="H160" s="189"/>
+      <c r="I160" s="189"/>
+      <c r="J160" s="189"/>
+      <c r="K160" s="189"/>
+      <c r="L160" s="189"/>
+      <c r="M160" s="189"/>
+      <c r="N160" s="189"/>
+      <c r="O160" s="189"/>
+    </row>
+    <row r="161" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C161" s="189"/>
+      <c r="D161" s="189"/>
+      <c r="E161" s="189"/>
+      <c r="F161" s="189"/>
+      <c r="G161" s="189"/>
+      <c r="H161" s="189"/>
+      <c r="I161" s="189"/>
+      <c r="J161" s="189"/>
+      <c r="K161" s="189"/>
+      <c r="L161" s="189"/>
+      <c r="M161" s="189"/>
+      <c r="N161" s="189"/>
+      <c r="O161" s="189"/>
+    </row>
+    <row r="162" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C162" s="189"/>
+      <c r="D162" s="189"/>
+      <c r="E162" s="189"/>
+      <c r="F162" s="189"/>
+      <c r="G162" s="189"/>
+      <c r="H162" s="189"/>
+      <c r="I162" s="189"/>
+      <c r="J162" s="189"/>
+      <c r="K162" s="189"/>
+      <c r="L162" s="189"/>
+      <c r="M162" s="189"/>
+      <c r="N162" s="189"/>
+      <c r="O162" s="189"/>
+    </row>
+    <row r="163" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C163" s="189"/>
+      <c r="D163" s="189"/>
+      <c r="E163" s="189"/>
+      <c r="F163" s="189"/>
+      <c r="G163" s="189"/>
+      <c r="H163" s="189"/>
+      <c r="I163" s="189"/>
+      <c r="J163" s="189"/>
+      <c r="K163" s="189"/>
+      <c r="L163" s="189"/>
+      <c r="M163" s="189"/>
+      <c r="N163" s="189"/>
+      <c r="O163" s="189"/>
+    </row>
+    <row r="164" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C164" s="189"/>
+      <c r="D164" s="189"/>
+      <c r="E164" s="189"/>
+      <c r="F164" s="189"/>
+      <c r="G164" s="189"/>
+      <c r="H164" s="189"/>
+      <c r="I164" s="189"/>
+      <c r="J164" s="189"/>
+      <c r="K164" s="189"/>
+      <c r="L164" s="189"/>
+      <c r="M164" s="189"/>
+      <c r="N164" s="189"/>
+      <c r="O164" s="189"/>
+    </row>
+    <row r="165" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" spans="3:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="310">
     <mergeCell ref="D49:O49"/>
     <mergeCell ref="B1:O1"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="J6:O6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="G6:I6"/>
     <mergeCell ref="G7:I7"/>
     <mergeCell ref="B23:C24"/>
     <mergeCell ref="D28:F28"/>
     <mergeCell ref="H28:K28"/>
     <mergeCell ref="L28:O28"/>
     <mergeCell ref="D31:E31"/>
     <mergeCell ref="F31:G31"/>
     <mergeCell ref="H31:I31"/>
     <mergeCell ref="J31:K31"/>
     <mergeCell ref="L31:M31"/>
     <mergeCell ref="N31:O31"/>
     <mergeCell ref="D25:O25"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="B25:C26"/>
     <mergeCell ref="D26:O26"/>
@@ -20102,12969 +19150,10314 @@
       <formula1>$S$8</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J6:O6" xr:uid="{AC45358C-440F-4052-92BB-63279E30D458}">
       <formula1>$S$4:$S$7</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L80:O80 L77:O77" xr:uid="{ACCBCDF0-B0F6-4552-A8F2-21778E2DABAA}">
       <formula1>"卒業 Graduated, 在学中 Currently Enrolled, 休学中 Leave of Absence, 交換留学参加中 Participating in Exchange Program, 退学 Withdrawal, 転校 Transferred, 高卒認定 Obtained GED"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Minimum living expenses for a year in Japan is 1,200,000 JPY (100,000 JPY/month)." sqref="M125:N126" xr:uid="{5F80F871-CCD2-4FBA-ADB2-F71D5957848D}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Submission of the Certificate of Bank Balance in your name is required." sqref="J134:K134" xr:uid="{6E4379AD-AC99-4F4A-B020-F19547544A37}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="92" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9DEFEB3-0894-4BB3-8FDE-9AB9577665E1}">
   <sheetPr codeName="Sheet11">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AT186"/>
+  <dimension ref="A1:AJ106"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="35" width="3.125" style="210" customWidth="1"/>
-    <col min="36" max="16384" width="2.625" style="210"/>
+    <col min="1" max="35" width="3.08984375" style="146" customWidth="1"/>
+    <col min="36" max="16384" width="2.6328125" style="146"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:36" s="214" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="238" t="s">
+    <row r="1" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="163" t="s">
         <v>479</v>
       </c>
-      <c r="B1" s="212"/>
-[...23 lines deleted...]
-      <c r="Z1" s="6" t="s">
+      <c r="Z1" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="AA1" s="133"/>
-[...10 lines deleted...]
-      <c r="A2" s="134" t="s">
+      <c r="AA1"/>
+      <c r="AB1"/>
+      <c r="AC1"/>
+      <c r="AD1"/>
+      <c r="AE1"/>
+    </row>
+    <row r="2" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8" t="s">
         <v>478</v>
       </c>
-      <c r="B2" s="239"/>
-[...23 lines deleted...]
-      <c r="Z2" s="134" t="s">
+      <c r="B2" s="164"/>
+      <c r="C2" s="164"/>
+      <c r="D2" s="164"/>
+      <c r="E2" s="164"/>
+      <c r="F2" s="164"/>
+      <c r="G2" s="164"/>
+      <c r="H2" s="164"/>
+      <c r="I2" s="164"/>
+      <c r="J2" s="165"/>
+      <c r="K2" s="164"/>
+      <c r="L2" s="164"/>
+      <c r="M2" s="164"/>
+      <c r="N2" s="164"/>
+      <c r="O2" s="164"/>
+      <c r="P2" s="164"/>
+      <c r="Q2" s="164"/>
+      <c r="R2" s="164"/>
+      <c r="S2" s="164"/>
+      <c r="T2" s="164"/>
+      <c r="U2" s="164"/>
+      <c r="V2" s="164"/>
+      <c r="W2" s="164"/>
+      <c r="X2" s="164"/>
+      <c r="Y2" s="164"/>
+      <c r="Z2" s="8" t="s">
         <v>272</v>
       </c>
-      <c r="AA2" s="6"/>
-[...47 lines deleted...]
-      <c r="A4" s="211" t="s">
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5"/>
+      <c r="AE2" s="5"/>
+      <c r="AF2" s="164"/>
+      <c r="AG2" s="164"/>
+      <c r="AH2" s="164"/>
+    </row>
+    <row r="3" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="317"/>
+      <c r="B3" s="318"/>
+      <c r="C3" s="318"/>
+      <c r="D3" s="318"/>
+      <c r="E3" s="318"/>
+      <c r="F3" s="318"/>
+      <c r="G3" s="318"/>
+      <c r="H3" s="318"/>
+      <c r="I3" s="318"/>
+      <c r="J3" s="318"/>
+      <c r="K3" s="318"/>
+      <c r="L3" s="318"/>
+      <c r="M3" s="318"/>
+      <c r="N3" s="318"/>
+      <c r="O3" s="318"/>
+      <c r="P3" s="318"/>
+      <c r="Q3" s="318"/>
+      <c r="R3" s="318"/>
+      <c r="S3" s="318"/>
+      <c r="T3" s="318"/>
+      <c r="U3" s="318"/>
+      <c r="V3" s="318"/>
+      <c r="W3" s="318"/>
+      <c r="X3" s="318"/>
+      <c r="Y3" s="318"/>
+      <c r="Z3" s="318"/>
+      <c r="AA3" s="318"/>
+      <c r="AB3" s="318"/>
+      <c r="AC3" s="318"/>
+      <c r="AD3" s="318"/>
+      <c r="AE3" s="318"/>
+      <c r="AF3" s="318"/>
+      <c r="AG3" s="318"/>
+      <c r="AH3" s="318"/>
+      <c r="AI3" s="319"/>
+    </row>
+    <row r="4" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="147" t="s">
         <v>477</v>
       </c>
-      <c r="B4" s="29"/>
-[...3 lines deleted...]
-      <c r="F4" s="10" t="s">
+      <c r="B4" s="24"/>
+      <c r="C4" s="24"/>
+      <c r="D4" s="24"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="8" t="s">
         <v>476</v>
       </c>
-      <c r="G4" s="29"/>
-[...30 lines deleted...]
-      <c r="A5" s="215"/>
+      <c r="G4" s="24"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="24"/>
+      <c r="J4" s="24"/>
+      <c r="K4" s="24"/>
+      <c r="L4" s="24"/>
+      <c r="M4" s="24"/>
+      <c r="N4" s="24"/>
+      <c r="O4" s="24"/>
+      <c r="P4" s="24"/>
+      <c r="Q4" s="24"/>
+      <c r="R4" s="24"/>
+      <c r="S4" s="24"/>
+      <c r="T4" s="24"/>
+      <c r="U4" s="24"/>
+      <c r="V4" s="24"/>
+      <c r="W4" s="24"/>
+      <c r="X4" s="24"/>
+      <c r="Y4" s="24"/>
+      <c r="Z4" s="24"/>
+      <c r="AA4" s="24"/>
+      <c r="AB4" s="24"/>
+      <c r="AC4" s="24"/>
+      <c r="AD4" s="24"/>
+      <c r="AE4" s="24"/>
+      <c r="AF4" s="24"/>
+      <c r="AG4" s="24"/>
+      <c r="AH4" s="24"/>
+      <c r="AI4" s="149"/>
+    </row>
+    <row r="5" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="150"/>
       <c r="B5" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="C5" s="24"/>
+      <c r="D5" s="24"/>
+      <c r="E5" s="24"/>
+      <c r="F5" s="24"/>
+      <c r="G5" s="24"/>
+      <c r="H5" s="24"/>
+      <c r="I5" s="24"/>
+      <c r="J5" s="24"/>
+      <c r="K5" s="24"/>
+      <c r="L5" s="24"/>
+      <c r="M5" s="24"/>
+      <c r="N5" s="24"/>
+      <c r="O5" s="24"/>
+      <c r="P5" s="24"/>
+      <c r="Q5" s="24"/>
+      <c r="R5" s="24"/>
+      <c r="S5" s="24"/>
+      <c r="T5" s="24"/>
+      <c r="U5" s="24"/>
+      <c r="V5" s="24"/>
+      <c r="W5" s="24"/>
+      <c r="X5" s="24"/>
+      <c r="Y5" s="24"/>
+      <c r="Z5" s="24"/>
+      <c r="AA5" s="24"/>
+      <c r="AB5" s="24"/>
+      <c r="AC5" s="24"/>
+      <c r="AD5" s="24"/>
+      <c r="AE5" s="24"/>
+      <c r="AF5" s="24"/>
+      <c r="AG5" s="24"/>
+      <c r="AH5" s="24"/>
+      <c r="AI5" s="149"/>
+    </row>
+    <row r="6" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="150"/>
+      <c r="B6" s="1002" t="s">
+        <v>754</v>
+      </c>
+      <c r="C6" s="1002"/>
+      <c r="D6" s="1002"/>
+      <c r="E6" s="1002"/>
+      <c r="F6" s="1002"/>
+      <c r="G6" s="1002"/>
+      <c r="H6" s="1002"/>
+      <c r="I6" s="1002"/>
+      <c r="J6" s="1002"/>
+      <c r="K6" s="1002"/>
+      <c r="L6" s="1002"/>
+      <c r="M6" s="1002"/>
+      <c r="N6" s="1002"/>
+      <c r="O6" s="1002"/>
+      <c r="P6" s="1002"/>
+      <c r="Q6" s="1002"/>
+      <c r="R6" s="1002"/>
+      <c r="S6" s="1002"/>
+      <c r="T6" s="1002"/>
+      <c r="U6" s="1002"/>
+      <c r="V6" s="1002"/>
+      <c r="W6" s="1002"/>
+      <c r="X6" s="1002"/>
+      <c r="Y6" s="1002"/>
+      <c r="Z6" s="1002"/>
+      <c r="AA6" s="1002"/>
+      <c r="AB6" s="1002"/>
+      <c r="AC6" s="1002"/>
+      <c r="AD6" s="1002"/>
+      <c r="AE6" s="1002"/>
+      <c r="AF6" s="1002"/>
+      <c r="AG6" s="1002"/>
+      <c r="AH6" s="1002"/>
+      <c r="AI6" s="149"/>
+    </row>
+    <row r="7" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="166"/>
+      <c r="B7" s="26"/>
+      <c r="C7" s="26"/>
+      <c r="D7" s="26"/>
+      <c r="E7" s="26"/>
+      <c r="F7" s="26"/>
+      <c r="G7" s="26"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="26"/>
+      <c r="J7" s="26"/>
+      <c r="K7" s="26"/>
+      <c r="L7" s="26"/>
+      <c r="M7" s="26"/>
+      <c r="N7" s="26"/>
+      <c r="O7" s="26"/>
+      <c r="P7" s="26"/>
+      <c r="Q7" s="26"/>
+      <c r="R7" s="26"/>
+      <c r="S7" s="26"/>
+      <c r="T7" s="26"/>
+      <c r="U7" s="26"/>
+      <c r="V7" s="26"/>
+      <c r="W7" s="26"/>
+      <c r="X7" s="26"/>
+      <c r="Y7" s="26"/>
+      <c r="Z7" s="26"/>
+      <c r="AA7" s="26"/>
+      <c r="AB7" s="26"/>
+      <c r="AC7" s="26"/>
+      <c r="AD7" s="26"/>
+      <c r="AE7" s="26"/>
+      <c r="AF7" s="26"/>
+      <c r="AG7" s="26"/>
+      <c r="AH7" s="26"/>
+      <c r="AI7" s="149"/>
+    </row>
+    <row r="8" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="150"/>
+      <c r="B8" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="28" t="s">
+        <v>475</v>
+      </c>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="H8" s="28" t="s">
+        <v>474</v>
+      </c>
+      <c r="I8" s="24"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="24"/>
+      <c r="L8" s="24"/>
+      <c r="M8" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="N8" s="28" t="s">
+        <v>473</v>
+      </c>
+      <c r="O8" s="24"/>
+      <c r="P8" s="24"/>
+      <c r="Q8" s="24"/>
+      <c r="R8" s="24"/>
+      <c r="S8" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="T8" s="28" t="s">
+        <v>472</v>
+      </c>
+      <c r="U8" s="24"/>
+      <c r="V8" s="24"/>
+      <c r="W8" s="24"/>
+      <c r="X8" s="24"/>
+      <c r="Y8" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="Z8" s="28" t="s">
+        <v>471</v>
+      </c>
+      <c r="AA8" s="24"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="24"/>
+      <c r="AD8" s="24"/>
+      <c r="AE8" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF8" s="28" t="s">
+        <v>470</v>
+      </c>
+      <c r="AG8" s="24"/>
+      <c r="AH8" s="24"/>
+      <c r="AI8" s="149"/>
+    </row>
+    <row r="9" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="150"/>
+      <c r="B9" s="24"/>
+      <c r="C9" s="8" t="s">
+        <v>469</v>
+      </c>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="8"/>
+      <c r="G9" s="8"/>
+      <c r="H9" s="8" t="s">
+        <v>468</v>
+      </c>
+      <c r="I9" s="24"/>
+      <c r="J9" s="8"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8" t="s">
+        <v>467</v>
+      </c>
+      <c r="O9" s="24"/>
+      <c r="P9" s="8"/>
+      <c r="Q9" s="8"/>
+      <c r="R9" s="24"/>
+      <c r="S9" s="301"/>
+      <c r="T9" s="8" t="s">
+        <v>466</v>
+      </c>
+      <c r="U9" s="301"/>
+      <c r="V9" s="301"/>
+      <c r="W9" s="301"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="301"/>
+      <c r="Z9" s="8" t="s">
+        <v>465</v>
+      </c>
+      <c r="AA9" s="301"/>
+      <c r="AB9" s="301"/>
+      <c r="AC9" s="301"/>
+      <c r="AD9" s="24"/>
+      <c r="AE9" s="8"/>
+      <c r="AF9" s="8" t="s">
+        <v>464</v>
+      </c>
+      <c r="AG9" s="24"/>
+      <c r="AH9" s="24"/>
+      <c r="AI9" s="149"/>
+    </row>
+    <row r="10" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="150"/>
+      <c r="B10" s="24"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="8"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="8"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="8"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="8"/>
+      <c r="Q10" s="8"/>
+      <c r="R10" s="24"/>
+      <c r="S10" s="301"/>
+      <c r="T10" s="8"/>
+      <c r="U10" s="301"/>
+      <c r="V10" s="301"/>
+      <c r="W10" s="301"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="301"/>
+      <c r="Z10" s="8"/>
+      <c r="AA10" s="301"/>
+      <c r="AB10" s="301"/>
+      <c r="AC10" s="301"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="8"/>
+      <c r="AF10" s="8"/>
+      <c r="AG10" s="24"/>
+      <c r="AH10" s="24"/>
+      <c r="AI10" s="149"/>
+    </row>
+    <row r="11" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="150"/>
+      <c r="B11" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="28" t="s">
+        <v>463</v>
+      </c>
+      <c r="D11" s="24"/>
+      <c r="E11" s="24"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="H11" s="35" t="s">
+        <v>462</v>
+      </c>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="N11" s="28" t="s">
+        <v>461</v>
+      </c>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="24"/>
+      <c r="S11" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="T11" s="28" t="s">
+        <v>460</v>
+      </c>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="Z11" s="28" t="s">
+        <v>459</v>
+      </c>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF11" s="28" t="s">
+        <v>458</v>
+      </c>
+      <c r="AG11" s="24"/>
+      <c r="AH11" s="24"/>
+      <c r="AI11" s="149"/>
+    </row>
+    <row r="12" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="150"/>
+      <c r="B12" s="24"/>
+      <c r="C12" s="8" t="s">
+        <v>457</v>
+      </c>
+      <c r="D12" s="8"/>
+      <c r="E12" s="8"/>
+      <c r="F12" s="8"/>
+      <c r="G12" s="8"/>
+      <c r="H12" s="8" t="s">
+        <v>456</v>
+      </c>
+      <c r="I12" s="24"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8" t="s">
+        <v>455</v>
+      </c>
+      <c r="O12" s="24"/>
+      <c r="P12" s="8"/>
+      <c r="Q12" s="8"/>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
+      <c r="T12" s="8" t="s">
+        <v>454</v>
+      </c>
+      <c r="U12" s="24"/>
+      <c r="V12" s="8"/>
+      <c r="W12" s="8"/>
+      <c r="X12" s="8"/>
+      <c r="Y12" s="8"/>
+      <c r="Z12" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="AA12" s="8"/>
+      <c r="AB12" s="8"/>
+      <c r="AC12" s="8"/>
+      <c r="AD12" s="24"/>
+      <c r="AE12" s="8"/>
+      <c r="AF12" s="8" t="s">
+        <v>452</v>
+      </c>
+      <c r="AG12" s="24"/>
+      <c r="AH12" s="24"/>
+      <c r="AI12" s="154"/>
+    </row>
+    <row r="13" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="150"/>
+      <c r="B13" s="24"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="8"/>
+      <c r="F13" s="8"/>
+      <c r="G13" s="8"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="8"/>
+      <c r="Q13" s="8"/>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
+      <c r="T13" s="8"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="8"/>
+      <c r="W13" s="8"/>
+      <c r="X13" s="8"/>
+      <c r="Y13" s="8"/>
+      <c r="Z13" s="8"/>
+      <c r="AA13" s="8"/>
+      <c r="AB13" s="8"/>
+      <c r="AC13" s="8"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="8"/>
+      <c r="AF13" s="8"/>
+      <c r="AG13" s="24"/>
+      <c r="AH13" s="24"/>
+      <c r="AI13" s="149"/>
+    </row>
+    <row r="14" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="150"/>
+      <c r="B14" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="28" t="s">
+        <v>451</v>
+      </c>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="956"/>
+      <c r="L14" s="956"/>
+      <c r="M14" s="956"/>
+      <c r="N14" s="956"/>
+      <c r="O14" s="956"/>
+      <c r="P14" s="956"/>
+      <c r="Q14" s="956"/>
+      <c r="R14" s="28" t="s">
+        <v>63</v>
+      </c>
+      <c r="S14" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="T14" s="28" t="s">
+        <v>450</v>
+      </c>
+      <c r="U14" s="24"/>
+      <c r="V14" s="24"/>
+      <c r="W14" s="24"/>
+      <c r="X14" s="24"/>
+      <c r="Y14" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="Z14" s="28" t="s">
+        <v>449</v>
+      </c>
+      <c r="AA14" s="24"/>
+      <c r="AB14" s="24"/>
+      <c r="AC14" s="24"/>
+      <c r="AD14" s="24"/>
+      <c r="AE14" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF14" s="28" t="s">
+        <v>448</v>
+      </c>
+      <c r="AG14" s="24"/>
+      <c r="AH14" s="24"/>
+      <c r="AI14" s="149"/>
+    </row>
+    <row r="15" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="150"/>
+      <c r="B15" s="24"/>
+      <c r="C15" s="866" t="s">
+        <v>447</v>
+      </c>
+      <c r="D15" s="867"/>
+      <c r="E15" s="867"/>
+      <c r="F15" s="867"/>
+      <c r="G15" s="867"/>
+      <c r="H15" s="867"/>
+      <c r="I15" s="867"/>
+      <c r="J15" s="867"/>
+      <c r="K15" s="956"/>
+      <c r="L15" s="956"/>
+      <c r="M15" s="956"/>
+      <c r="N15" s="956"/>
+      <c r="O15" s="956"/>
+      <c r="P15" s="956"/>
+      <c r="Q15" s="956"/>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="8" t="s">
+        <v>446</v>
+      </c>
+      <c r="U15" s="24"/>
+      <c r="V15" s="8"/>
+      <c r="W15" s="8"/>
+      <c r="X15" s="8"/>
+      <c r="Y15" s="8"/>
+      <c r="Z15" s="8" t="s">
+        <v>445</v>
+      </c>
+      <c r="AA15" s="8"/>
+      <c r="AB15" s="8"/>
+      <c r="AC15" s="8"/>
+      <c r="AD15" s="24"/>
+      <c r="AE15" s="8"/>
+      <c r="AF15" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="AG15" s="24"/>
+      <c r="AH15" s="24"/>
+      <c r="AI15" s="149"/>
+    </row>
+    <row r="16" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="150"/>
+      <c r="B16" s="24"/>
+      <c r="C16" s="300"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="19"/>
+      <c r="I16" s="19"/>
+      <c r="J16" s="19"/>
+      <c r="K16"/>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16"/>
+      <c r="Q16"/>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
+      <c r="T16" s="8"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="8"/>
+      <c r="W16" s="8"/>
+      <c r="X16" s="8"/>
+      <c r="Y16" s="8"/>
+      <c r="Z16" s="8"/>
+      <c r="AA16" s="8"/>
+      <c r="AB16" s="8"/>
+      <c r="AC16" s="8"/>
+      <c r="AD16" s="24"/>
+      <c r="AE16" s="8"/>
+      <c r="AF16" s="8"/>
+      <c r="AG16" s="24"/>
+      <c r="AH16" s="24"/>
+      <c r="AI16" s="149"/>
+    </row>
+    <row r="17" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="150"/>
+      <c r="B17" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="28" t="s">
+        <v>443</v>
+      </c>
+      <c r="D17" s="24"/>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="H17" s="28" t="s">
+        <v>442</v>
+      </c>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="N17" s="28" t="s">
+        <v>441</v>
+      </c>
+      <c r="O17" s="28"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="T17" s="28" t="s">
+        <v>440</v>
+      </c>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="Z17" s="28" t="s">
+        <v>439</v>
+      </c>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="149"/>
+    </row>
+    <row r="18" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="150"/>
+      <c r="B18" s="24"/>
+      <c r="C18" s="8" t="s">
+        <v>416</v>
+      </c>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="I18" s="24"/>
+      <c r="J18" s="8"/>
+      <c r="K18" s="8"/>
+      <c r="L18" s="8"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="8"/>
+      <c r="O18" s="8" t="s">
+        <v>437</v>
+      </c>
+      <c r="P18" s="8"/>
+      <c r="Q18" s="8"/>
+      <c r="R18" s="8"/>
+      <c r="S18" s="8"/>
+      <c r="T18" s="8" t="s">
+        <v>436</v>
+      </c>
+      <c r="U18" s="24"/>
+      <c r="V18" s="8"/>
+      <c r="W18" s="8"/>
+      <c r="X18" s="8"/>
+      <c r="Y18" s="8"/>
+      <c r="Z18" s="8" t="s">
+        <v>435</v>
+      </c>
+      <c r="AA18" s="8"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="149"/>
+    </row>
+    <row r="19" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="150"/>
+      <c r="B19" s="24"/>
+      <c r="C19" s="8"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="8"/>
+      <c r="G19" s="8"/>
+      <c r="H19" s="8"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="8"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="8"/>
+      <c r="P19" s="8"/>
+      <c r="Q19" s="8"/>
+      <c r="R19" s="8"/>
+      <c r="S19" s="8"/>
+      <c r="T19" s="8"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="8"/>
+      <c r="W19" s="8"/>
+      <c r="X19" s="8"/>
+      <c r="Y19" s="8"/>
+      <c r="Z19" s="8"/>
+      <c r="AA19" s="8"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="149"/>
+    </row>
+    <row r="20" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="150"/>
+      <c r="B20" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="28" t="s">
+        <v>434</v>
+      </c>
+      <c r="D20" s="24"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="980"/>
+      <c r="J20" s="980"/>
+      <c r="K20" s="980"/>
+      <c r="L20" s="980"/>
+      <c r="M20" s="980"/>
+      <c r="N20" s="167" t="s">
+        <v>63</v>
+      </c>
+      <c r="O20" s="24"/>
+      <c r="P20" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="Q20" s="28" t="s">
+        <v>433</v>
+      </c>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="24"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="Y20" s="28" t="s">
+        <v>241</v>
+      </c>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="980"/>
+      <c r="AC20" s="980"/>
+      <c r="AD20" s="980"/>
+      <c r="AE20" s="980"/>
+      <c r="AF20" s="980"/>
+      <c r="AG20" s="980"/>
+      <c r="AH20" s="28" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI20" s="149"/>
+    </row>
+    <row r="21" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="150"/>
+      <c r="B21" s="24"/>
+      <c r="C21" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="8"/>
+      <c r="G21" s="8"/>
+      <c r="H21" s="8"/>
+      <c r="I21" s="980"/>
+      <c r="J21" s="980"/>
+      <c r="K21" s="980"/>
+      <c r="L21" s="980"/>
+      <c r="M21" s="980"/>
+      <c r="N21" s="8"/>
+      <c r="O21" s="8"/>
+      <c r="P21" s="8"/>
+      <c r="Q21" s="8" t="s">
+        <v>431</v>
+      </c>
+      <c r="R21" s="8"/>
+      <c r="S21" s="8"/>
+      <c r="T21" s="8"/>
+      <c r="U21" s="8"/>
+      <c r="V21" s="8"/>
+      <c r="W21" s="8"/>
+      <c r="X21" s="8"/>
+      <c r="Y21" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z21" s="8"/>
+      <c r="AA21" s="8"/>
+      <c r="AB21" s="980"/>
+      <c r="AC21" s="980"/>
+      <c r="AD21" s="980"/>
+      <c r="AE21" s="980"/>
+      <c r="AF21" s="980"/>
+      <c r="AG21" s="980"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="149"/>
+    </row>
+    <row r="22" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="150"/>
+      <c r="B22" s="24"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22"/>
+      <c r="J22"/>
+      <c r="K22"/>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" s="8"/>
+      <c r="O22" s="8"/>
+      <c r="P22" s="8"/>
+      <c r="Q22" s="8"/>
+      <c r="R22" s="8"/>
+      <c r="S22" s="8"/>
+      <c r="T22" s="8"/>
+      <c r="U22" s="8"/>
+      <c r="V22" s="8"/>
+      <c r="W22" s="8"/>
+      <c r="X22" s="8"/>
+      <c r="Y22" s="8"/>
+      <c r="Z22" s="8"/>
+      <c r="AA22" s="8"/>
+      <c r="AB22"/>
+      <c r="AC22"/>
+      <c r="AD22"/>
+      <c r="AE22"/>
+      <c r="AF22"/>
+      <c r="AG22"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="149"/>
+    </row>
+    <row r="23" spans="1:35" s="85" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="B23" s="24"/>
+      <c r="C23" s="24"/>
+      <c r="D23" s="24"/>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="148"/>
+      <c r="U23" s="148"/>
+      <c r="V23" s="148"/>
+      <c r="W23" s="148"/>
+      <c r="X23" s="148"/>
+      <c r="Y23" s="148"/>
+      <c r="Z23" s="148"/>
+      <c r="AA23" s="148"/>
+      <c r="AB23" s="148"/>
+      <c r="AC23" s="148"/>
+      <c r="AD23" s="148"/>
+      <c r="AE23" s="148"/>
+      <c r="AF23" s="148"/>
+      <c r="AG23" s="148"/>
+      <c r="AH23" s="148"/>
+      <c r="AI23" s="84"/>
+    </row>
+    <row r="24" spans="1:35" s="85" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="18"/>
+      <c r="B24" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="C24" s="24"/>
+      <c r="D24" s="24"/>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="148"/>
+      <c r="U24" s="148"/>
+      <c r="V24" s="148"/>
+      <c r="W24" s="148"/>
+      <c r="X24" s="148"/>
+      <c r="Y24" s="148"/>
+      <c r="Z24" s="148"/>
+      <c r="AA24" s="148"/>
+      <c r="AB24" s="148"/>
+      <c r="AC24" s="148"/>
+      <c r="AD24" s="148"/>
+      <c r="AE24" s="148"/>
+      <c r="AF24" s="148"/>
+      <c r="AG24" s="148"/>
+      <c r="AH24" s="148"/>
+      <c r="AI24" s="84"/>
+    </row>
+    <row r="25" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="153"/>
+      <c r="B25" s="28" t="s">
+        <v>428</v>
+      </c>
+      <c r="C25" s="24"/>
+      <c r="D25" s="24"/>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="985"/>
+      <c r="L25" s="985"/>
+      <c r="M25" s="985"/>
+      <c r="N25" s="985"/>
+      <c r="O25" s="985"/>
+      <c r="P25" s="985"/>
+      <c r="Q25" s="985"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="AI25" s="149"/>
+    </row>
+    <row r="26" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="153"/>
+      <c r="B26" s="24"/>
+      <c r="C26" s="8" t="s">
+        <v>427</v>
+      </c>
+      <c r="D26" s="24"/>
+      <c r="E26" s="24"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="24"/>
+      <c r="H26" s="24"/>
+      <c r="I26" s="24"/>
+      <c r="J26" s="24"/>
+      <c r="K26" s="770"/>
+      <c r="L26" s="770"/>
+      <c r="M26" s="770"/>
+      <c r="N26" s="770"/>
+      <c r="O26" s="770"/>
+      <c r="P26" s="770"/>
+      <c r="Q26" s="770"/>
+      <c r="R26" s="24"/>
+      <c r="S26" s="24"/>
+      <c r="U26" s="168"/>
+      <c r="V26" s="168"/>
+      <c r="W26" s="168"/>
+      <c r="X26" s="168"/>
+      <c r="Y26" s="168"/>
+      <c r="AH26" s="168"/>
+      <c r="AI26" s="149"/>
+    </row>
+    <row r="27" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="169"/>
+      <c r="B27" s="24"/>
+      <c r="C27" s="24"/>
+      <c r="D27" s="24"/>
+      <c r="E27" s="24"/>
+      <c r="F27" s="24"/>
+      <c r="G27" s="24"/>
+      <c r="H27" s="24"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="26"/>
+      <c r="K27" s="26"/>
+      <c r="L27" s="26"/>
+      <c r="M27" s="26"/>
+      <c r="N27" s="24"/>
+      <c r="O27" s="24"/>
+      <c r="P27" s="24"/>
+      <c r="Q27" s="24"/>
+      <c r="R27" s="24"/>
+      <c r="S27" s="24"/>
+      <c r="U27" s="168"/>
+      <c r="V27" s="168"/>
+      <c r="W27" s="168"/>
+      <c r="X27" s="168"/>
+      <c r="Y27" s="168"/>
+      <c r="Z27" s="168"/>
+      <c r="AA27" s="168"/>
+      <c r="AB27" s="168"/>
+      <c r="AC27" s="168"/>
+      <c r="AD27" s="168"/>
+      <c r="AE27" s="168"/>
+      <c r="AF27" s="168"/>
+      <c r="AG27" s="168"/>
+      <c r="AH27" s="168"/>
+      <c r="AI27" s="149"/>
+    </row>
+    <row r="28" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="169"/>
+      <c r="B28" s="28" t="s">
+        <v>426</v>
+      </c>
+      <c r="C28" s="57"/>
+      <c r="D28" s="57"/>
+      <c r="E28" s="57"/>
+      <c r="F28" s="57"/>
+      <c r="G28" s="57"/>
+      <c r="H28" s="57"/>
+      <c r="I28" s="26"/>
+      <c r="J28" s="26"/>
+      <c r="K28" s="985"/>
+      <c r="L28" s="985"/>
+      <c r="M28" s="985"/>
+      <c r="N28" s="985"/>
+      <c r="O28" s="985"/>
+      <c r="P28" s="985"/>
+      <c r="Q28" s="985"/>
+      <c r="R28" s="24"/>
+      <c r="S28" s="24"/>
+      <c r="U28" s="170"/>
+      <c r="V28" s="170"/>
+      <c r="W28" s="170"/>
+      <c r="X28" s="170"/>
+      <c r="Y28" s="170"/>
+      <c r="Z28" s="170"/>
+      <c r="AA28" s="170"/>
+      <c r="AB28" s="168"/>
+      <c r="AC28" s="168"/>
+      <c r="AD28" s="168"/>
+      <c r="AE28" s="168"/>
+      <c r="AF28" s="168"/>
+      <c r="AG28" s="168"/>
+      <c r="AH28" s="168"/>
+      <c r="AI28" s="149"/>
+    </row>
+    <row r="29" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="169"/>
+      <c r="B29" s="24"/>
+      <c r="C29" s="56" t="s">
+        <v>425</v>
+      </c>
+      <c r="D29" s="57"/>
+      <c r="E29" s="57"/>
+      <c r="F29" s="57"/>
+      <c r="G29" s="57"/>
+      <c r="H29" s="57"/>
+      <c r="I29" s="26"/>
+      <c r="J29" s="26"/>
+      <c r="K29" s="770"/>
+      <c r="L29" s="770"/>
+      <c r="M29" s="770"/>
+      <c r="N29" s="770"/>
+      <c r="O29" s="770"/>
+      <c r="P29" s="770"/>
+      <c r="Q29" s="770"/>
+      <c r="R29" s="24"/>
+      <c r="S29" s="24"/>
+      <c r="U29" s="170"/>
+      <c r="V29" s="170"/>
+      <c r="W29" s="170"/>
+      <c r="X29" s="170"/>
+      <c r="Y29" s="170"/>
+      <c r="Z29" s="170"/>
+      <c r="AA29" s="170"/>
+      <c r="AB29" s="168"/>
+      <c r="AC29" s="168"/>
+      <c r="AD29" s="168"/>
+      <c r="AE29" s="168"/>
+      <c r="AF29" s="168"/>
+      <c r="AG29" s="168"/>
+      <c r="AH29" s="168"/>
+      <c r="AI29" s="149"/>
+    </row>
+    <row r="30" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="166"/>
+      <c r="B30" s="170"/>
+      <c r="C30" s="170"/>
+      <c r="D30" s="170"/>
+      <c r="E30" s="170"/>
+      <c r="F30" s="170"/>
+      <c r="G30" s="170"/>
+      <c r="H30" s="170"/>
+      <c r="I30" s="171"/>
+      <c r="J30" s="171"/>
+      <c r="K30" s="171"/>
+      <c r="L30" s="171"/>
+      <c r="M30" s="171"/>
+      <c r="U30" s="170"/>
+      <c r="V30" s="170"/>
+      <c r="W30" s="170"/>
+      <c r="X30" s="170"/>
+      <c r="Y30" s="170"/>
+      <c r="Z30" s="170"/>
+      <c r="AA30" s="170"/>
+      <c r="AB30" s="168"/>
+      <c r="AC30" s="168"/>
+      <c r="AD30" s="168"/>
+      <c r="AE30" s="168"/>
+      <c r="AF30" s="168"/>
+      <c r="AG30" s="168"/>
+      <c r="AH30" s="168"/>
+      <c r="AI30" s="149"/>
+    </row>
+    <row r="31" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="18" t="s">
+        <v>424</v>
+      </c>
+      <c r="AI31" s="149"/>
+    </row>
+    <row r="32" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="150"/>
+      <c r="B32" s="984" t="s">
+        <v>423</v>
+      </c>
+      <c r="C32" s="984"/>
+      <c r="D32" s="984"/>
+      <c r="E32" s="984"/>
+      <c r="F32" s="984"/>
+      <c r="G32" s="984"/>
+      <c r="H32" s="984"/>
+      <c r="I32" s="984"/>
+      <c r="J32" s="984"/>
+      <c r="K32" s="984"/>
+      <c r="L32" s="984"/>
+      <c r="M32" s="984"/>
+      <c r="N32" s="984"/>
+      <c r="O32" s="984"/>
+      <c r="P32" s="984"/>
+      <c r="Q32" s="984"/>
+      <c r="R32" s="984"/>
+      <c r="S32" s="984"/>
+      <c r="T32" s="984"/>
+      <c r="U32" s="984"/>
+      <c r="V32" s="984"/>
+      <c r="W32" s="984"/>
+      <c r="X32" s="984"/>
+      <c r="Y32" s="984"/>
+      <c r="Z32" s="984"/>
+      <c r="AA32" s="984"/>
+      <c r="AB32" s="984"/>
+      <c r="AC32" s="984"/>
+      <c r="AD32" s="984"/>
+      <c r="AE32" s="984"/>
+      <c r="AF32" s="984"/>
+      <c r="AG32" s="984"/>
+      <c r="AH32" s="984"/>
+      <c r="AI32" s="149"/>
+    </row>
+    <row r="33" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="150"/>
+      <c r="B33" s="172" t="s">
+        <v>5</v>
+      </c>
+      <c r="C33" s="85" t="s">
+        <v>422</v>
+      </c>
+      <c r="G33" s="172" t="s">
+        <v>5</v>
+      </c>
+      <c r="H33" s="85" t="s">
+        <v>421</v>
+      </c>
+      <c r="L33" s="172" t="s">
+        <v>5</v>
+      </c>
+      <c r="M33" s="85" t="s">
+        <v>420</v>
+      </c>
+      <c r="U33" s="172" t="s">
+        <v>5</v>
+      </c>
+      <c r="V33" s="85" t="s">
+        <v>419</v>
+      </c>
+      <c r="AC33" s="172" t="s">
+        <v>5</v>
+      </c>
+      <c r="AD33" s="85" t="s">
+        <v>418</v>
+      </c>
+      <c r="AI33" s="149"/>
+    </row>
+    <row r="34" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="150"/>
+      <c r="C34" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="24"/>
+      <c r="H34" s="8" t="s">
+        <v>416</v>
+      </c>
+      <c r="I34" s="8"/>
+      <c r="J34" s="8"/>
+      <c r="K34" s="24"/>
+      <c r="L34" s="8"/>
+      <c r="M34" s="8" t="s">
+        <v>415</v>
+      </c>
+      <c r="N34" s="8"/>
+      <c r="O34" s="8"/>
+      <c r="P34" s="8"/>
+      <c r="Q34" s="8"/>
+      <c r="R34" s="8"/>
+      <c r="S34" s="24"/>
+      <c r="T34" s="8"/>
+      <c r="U34" s="24"/>
+      <c r="V34" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="W34" s="8"/>
+      <c r="X34" s="8"/>
+      <c r="Y34" s="8"/>
+      <c r="Z34" s="8"/>
+      <c r="AA34" s="24"/>
+      <c r="AB34" s="24"/>
+      <c r="AC34" s="24"/>
+      <c r="AD34" s="8" t="s">
+        <v>413</v>
+      </c>
+      <c r="AE34" s="24"/>
+      <c r="AI34" s="149"/>
+    </row>
+    <row r="35" spans="1:36" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="150"/>
+      <c r="C35" s="152"/>
+      <c r="D35" s="152"/>
+      <c r="E35" s="152"/>
+      <c r="F35" s="152"/>
+      <c r="H35" s="152"/>
+      <c r="I35" s="152"/>
+      <c r="J35" s="152"/>
+      <c r="L35" s="152"/>
+      <c r="M35" s="152"/>
+      <c r="N35" s="152"/>
+      <c r="O35" s="152"/>
+      <c r="P35" s="152"/>
+      <c r="Q35" s="152"/>
+      <c r="R35" s="152"/>
+      <c r="T35" s="152"/>
+      <c r="V35" s="152"/>
+      <c r="W35" s="152"/>
+      <c r="X35" s="152"/>
+      <c r="Y35" s="152"/>
+      <c r="Z35" s="152"/>
+      <c r="AD35" s="152"/>
+      <c r="AI35" s="149"/>
+    </row>
+    <row r="36" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="147"/>
+      <c r="B36" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="C36" s="85" t="s">
+        <v>412</v>
+      </c>
+      <c r="D36" s="85"/>
+      <c r="E36" s="85"/>
+      <c r="F36" s="85"/>
+      <c r="G36" s="85"/>
+      <c r="H36" s="85"/>
+      <c r="I36" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="J36" s="85" t="s">
+        <v>411</v>
+      </c>
+      <c r="M36" s="85"/>
+      <c r="N36" s="85"/>
+      <c r="O36" s="85"/>
+      <c r="P36" s="85"/>
+      <c r="Q36" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="R36" s="85" t="s">
+        <v>410</v>
+      </c>
+      <c r="S36" s="85"/>
+      <c r="V36" s="85"/>
+      <c r="W36" s="85"/>
+      <c r="X36" s="85"/>
+      <c r="Y36" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="85" t="s">
+        <v>409</v>
+      </c>
+      <c r="AB36" s="85"/>
+      <c r="AC36" s="1003"/>
+      <c r="AD36" s="1003"/>
+      <c r="AE36" s="1003"/>
+      <c r="AF36" s="1003"/>
+      <c r="AG36" s="1003"/>
+      <c r="AH36" s="163" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI36" s="149"/>
+    </row>
+    <row r="37" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="147"/>
+      <c r="B37" s="152"/>
+      <c r="C37" s="8" t="s">
+        <v>408</v>
+      </c>
+      <c r="D37" s="8"/>
+      <c r="E37" s="8"/>
+      <c r="F37" s="8"/>
+      <c r="G37" s="8"/>
+      <c r="H37" s="8"/>
+      <c r="I37" s="8"/>
+      <c r="J37" s="8"/>
+      <c r="K37" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="M37" s="24"/>
+      <c r="N37" s="8"/>
+      <c r="O37" s="8"/>
+      <c r="P37" s="8"/>
+      <c r="Q37" s="8"/>
+      <c r="R37" s="8"/>
+      <c r="S37" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="T37" s="8"/>
+      <c r="V37" s="24"/>
+      <c r="W37" s="8"/>
+      <c r="X37" s="8"/>
+      <c r="Y37" s="8"/>
+      <c r="Z37" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="AB37" s="24"/>
+      <c r="AC37" s="1003"/>
+      <c r="AD37" s="1003"/>
+      <c r="AE37" s="1003"/>
+      <c r="AF37" s="1003"/>
+      <c r="AG37" s="1003"/>
+      <c r="AH37" s="163"/>
+      <c r="AI37" s="149"/>
+    </row>
+    <row r="38" spans="1:36" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="150"/>
+      <c r="C38" s="173"/>
+      <c r="D38" s="152"/>
+      <c r="E38" s="152"/>
+      <c r="F38" s="152"/>
+      <c r="G38" s="152"/>
+      <c r="H38" s="152"/>
+      <c r="I38" s="152"/>
+      <c r="J38" s="152"/>
+      <c r="K38" s="152"/>
+      <c r="L38" s="152"/>
+      <c r="M38" s="152"/>
+      <c r="N38" s="152"/>
+      <c r="O38" s="152"/>
+      <c r="P38" s="152"/>
+      <c r="Q38" s="152"/>
+      <c r="R38" s="152"/>
+      <c r="S38" s="152"/>
+      <c r="T38" s="152"/>
+      <c r="U38" s="152"/>
+      <c r="V38" s="152"/>
+      <c r="W38" s="152"/>
+      <c r="X38" s="152"/>
+      <c r="Y38" s="152"/>
+      <c r="Z38" s="152"/>
+      <c r="AA38" s="152"/>
+      <c r="AI38" s="149"/>
+    </row>
+    <row r="39" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="60" t="s">
+        <v>523</v>
+      </c>
+      <c r="B39" s="107"/>
+      <c r="C39" s="107"/>
+      <c r="D39" s="107"/>
+      <c r="E39" s="107"/>
+      <c r="F39" s="107"/>
+      <c r="G39" s="107"/>
+      <c r="H39" s="107"/>
+      <c r="I39" s="61" t="s">
+        <v>522</v>
+      </c>
+      <c r="J39" s="107"/>
+      <c r="K39" s="107"/>
+      <c r="L39" s="107"/>
+      <c r="M39" s="107"/>
+      <c r="N39" s="107"/>
+      <c r="O39" s="107"/>
+      <c r="P39" s="107"/>
+      <c r="Q39" s="107"/>
+      <c r="R39" s="62" t="s">
+        <v>521</v>
+      </c>
+      <c r="S39" s="107"/>
+      <c r="T39" s="107"/>
+      <c r="U39" s="107"/>
+      <c r="V39" s="107"/>
+      <c r="W39" s="107"/>
+      <c r="X39" s="107"/>
+      <c r="Y39" s="107"/>
+      <c r="Z39" s="107"/>
+      <c r="AA39" s="107"/>
+      <c r="AB39" s="107"/>
+      <c r="AC39" s="107"/>
+      <c r="AD39" s="107"/>
+      <c r="AE39" s="107"/>
+      <c r="AF39" s="107"/>
+      <c r="AG39" s="107"/>
+      <c r="AH39" s="107"/>
+      <c r="AI39" s="102"/>
+      <c r="AJ39" s="107"/>
+    </row>
+    <row r="40" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="127"/>
+      <c r="B40" s="62" t="s">
+        <v>520</v>
+      </c>
+      <c r="C40" s="107"/>
+      <c r="D40" s="107"/>
+      <c r="E40" s="107"/>
+      <c r="F40" s="107"/>
+      <c r="G40" s="107"/>
+      <c r="H40" s="107"/>
+      <c r="I40" s="107"/>
+      <c r="J40" s="107"/>
+      <c r="K40" s="107"/>
+      <c r="L40" s="107"/>
+      <c r="M40" s="107"/>
+      <c r="N40" s="107"/>
+      <c r="O40" s="107"/>
+      <c r="P40" s="107"/>
+      <c r="Q40" s="107"/>
+      <c r="R40" s="107"/>
+      <c r="S40" s="107"/>
+      <c r="T40" s="107"/>
+      <c r="U40" s="107"/>
+      <c r="V40" s="107"/>
+      <c r="W40" s="107"/>
+      <c r="X40" s="107"/>
+      <c r="Y40" s="107"/>
+      <c r="Z40" s="107"/>
+      <c r="AA40" s="107"/>
+      <c r="AB40" s="107"/>
+      <c r="AC40" s="107"/>
+      <c r="AD40" s="107"/>
+      <c r="AE40" s="107"/>
+      <c r="AF40" s="107"/>
+      <c r="AG40" s="107"/>
+      <c r="AH40" s="107"/>
+      <c r="AI40" s="102"/>
+      <c r="AJ40" s="107"/>
+    </row>
+    <row r="41" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="127"/>
+      <c r="B41" s="63" t="s">
+        <v>405</v>
+      </c>
+      <c r="C41" s="107"/>
+      <c r="D41" s="107"/>
+      <c r="E41" s="107"/>
+      <c r="F41" s="1004"/>
+      <c r="G41" s="1004"/>
+      <c r="H41" s="1004"/>
+      <c r="I41" s="1004"/>
+      <c r="J41" s="1004"/>
+      <c r="K41" s="1004"/>
+      <c r="L41" s="1004"/>
+      <c r="M41" s="1004"/>
+      <c r="N41" s="1004"/>
+      <c r="O41" s="1004"/>
+      <c r="P41" s="1004"/>
+      <c r="Q41" s="1004"/>
+      <c r="R41" s="1004"/>
+      <c r="S41" s="1004"/>
+      <c r="T41" s="1004"/>
+      <c r="U41" s="1004"/>
+      <c r="V41" s="1004"/>
+      <c r="W41" s="1004"/>
+      <c r="X41" s="1004"/>
+      <c r="Y41" s="107"/>
+      <c r="Z41" s="107"/>
+      <c r="AA41" s="107"/>
+      <c r="AB41" s="107"/>
+      <c r="AC41" s="107"/>
+      <c r="AD41" s="107"/>
+      <c r="AE41" s="107"/>
+      <c r="AF41" s="107"/>
+      <c r="AG41" s="107"/>
+      <c r="AH41" s="107"/>
+      <c r="AI41" s="102"/>
+      <c r="AJ41" s="107"/>
+    </row>
+    <row r="42" spans="1:36" s="148" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="127"/>
+      <c r="B42" s="107"/>
+      <c r="C42" s="62" t="s">
+        <v>31</v>
+      </c>
+      <c r="D42" s="107"/>
+      <c r="E42" s="107"/>
+      <c r="F42" s="1005"/>
+      <c r="G42" s="1005"/>
+      <c r="H42" s="1005"/>
+      <c r="I42" s="1005"/>
+      <c r="J42" s="1005"/>
+      <c r="K42" s="1005"/>
+      <c r="L42" s="1005"/>
+      <c r="M42" s="1005"/>
+      <c r="N42" s="1005"/>
+      <c r="O42" s="1005"/>
+      <c r="P42" s="1005"/>
+      <c r="Q42" s="1005"/>
+      <c r="R42" s="1005"/>
+      <c r="S42" s="1005"/>
+      <c r="T42" s="1005"/>
+      <c r="U42" s="1005"/>
+      <c r="V42" s="1005"/>
+      <c r="W42" s="1005"/>
+      <c r="X42" s="1005"/>
+      <c r="Y42" s="139"/>
+      <c r="Z42" s="139"/>
+      <c r="AA42" s="139"/>
+      <c r="AB42" s="139"/>
+      <c r="AC42" s="139"/>
+      <c r="AD42" s="139"/>
+      <c r="AE42" s="139"/>
+      <c r="AF42" s="107"/>
+      <c r="AG42" s="107"/>
+      <c r="AH42" s="107"/>
+      <c r="AI42" s="102"/>
+      <c r="AJ42" s="107"/>
+    </row>
+    <row r="43" spans="1:36" s="148" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="174"/>
+      <c r="B43" s="107"/>
+      <c r="C43" s="107"/>
+      <c r="D43" s="107"/>
+      <c r="E43" s="107"/>
+      <c r="F43" s="107"/>
+      <c r="G43" s="107"/>
+      <c r="H43" s="107"/>
+      <c r="I43" s="107"/>
+      <c r="J43" s="107"/>
+      <c r="K43" s="107"/>
+      <c r="L43" s="107"/>
+      <c r="M43" s="107"/>
+      <c r="N43" s="107"/>
+      <c r="O43" s="107"/>
+      <c r="P43" s="107"/>
+      <c r="Q43" s="107"/>
+      <c r="R43" s="107"/>
+      <c r="S43" s="107"/>
+      <c r="T43" s="107"/>
+      <c r="U43" s="139"/>
+      <c r="V43" s="139"/>
+      <c r="W43" s="139"/>
+      <c r="X43" s="139"/>
+      <c r="Y43" s="139"/>
+      <c r="Z43" s="139"/>
+      <c r="AA43" s="139"/>
+      <c r="AB43" s="139"/>
+      <c r="AC43" s="139"/>
+      <c r="AD43" s="139"/>
+      <c r="AE43" s="139"/>
+      <c r="AF43" s="139"/>
+      <c r="AG43" s="139"/>
+      <c r="AH43" s="139"/>
+      <c r="AI43" s="102"/>
+      <c r="AJ43" s="107"/>
+    </row>
+    <row r="44" spans="1:36" s="148" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="127"/>
+      <c r="B44" s="63" t="s">
+        <v>519</v>
+      </c>
+      <c r="C44" s="107"/>
+      <c r="D44" s="107"/>
+      <c r="E44" s="107"/>
+      <c r="F44" s="1006"/>
+      <c r="G44" s="1006"/>
+      <c r="H44" s="1006"/>
+      <c r="I44" s="1006"/>
+      <c r="J44" s="1006"/>
+      <c r="K44" s="1006"/>
+      <c r="L44" s="1006"/>
+      <c r="M44" s="1006"/>
+      <c r="N44" s="1006"/>
+      <c r="O44" s="1006"/>
+      <c r="P44" s="1006"/>
+      <c r="Q44" s="1006"/>
+      <c r="R44" s="1006"/>
+      <c r="S44" s="1006"/>
+      <c r="T44" s="1006"/>
+      <c r="U44" s="1006"/>
+      <c r="V44" s="1006"/>
+      <c r="W44" s="1006"/>
+      <c r="X44" s="1006"/>
+      <c r="Y44" s="107"/>
+      <c r="Z44" s="107"/>
+      <c r="AA44" s="107"/>
+      <c r="AB44" s="107"/>
+      <c r="AC44" s="107"/>
+      <c r="AD44" s="107"/>
+      <c r="AE44" s="107"/>
+      <c r="AF44" s="107"/>
+      <c r="AG44" s="107"/>
+      <c r="AH44" s="107"/>
+      <c r="AI44" s="102"/>
+      <c r="AJ44" s="107"/>
+    </row>
+    <row r="45" spans="1:36" s="148" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="127"/>
+      <c r="B45" s="107"/>
+      <c r="C45" s="62" t="s">
+        <v>199</v>
+      </c>
+      <c r="D45" s="62"/>
+      <c r="E45" s="107"/>
+      <c r="F45" s="1007"/>
+      <c r="G45" s="1007"/>
+      <c r="H45" s="1007"/>
+      <c r="I45" s="1007"/>
+      <c r="J45" s="1007"/>
+      <c r="K45" s="1007"/>
+      <c r="L45" s="1007"/>
+      <c r="M45" s="1007"/>
+      <c r="N45" s="1007"/>
+      <c r="O45" s="1007"/>
+      <c r="P45" s="1007"/>
+      <c r="Q45" s="1007"/>
+      <c r="R45" s="1007"/>
+      <c r="S45" s="1007"/>
+      <c r="T45" s="1007"/>
+      <c r="U45" s="1007"/>
+      <c r="V45" s="1007"/>
+      <c r="W45" s="1007"/>
+      <c r="X45" s="1007"/>
+      <c r="Y45" s="139"/>
+      <c r="Z45" s="139"/>
+      <c r="AA45" s="139"/>
+      <c r="AB45" s="139"/>
+      <c r="AC45" s="139"/>
+      <c r="AD45" s="139"/>
+      <c r="AE45" s="139"/>
+      <c r="AF45" s="107"/>
+      <c r="AG45" s="107"/>
+      <c r="AH45" s="107"/>
+      <c r="AI45" s="102"/>
+      <c r="AJ45" s="107"/>
+    </row>
+    <row r="46" spans="1:36" s="148" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="174"/>
+      <c r="B46" s="107"/>
+      <c r="C46" s="107"/>
+      <c r="D46" s="107"/>
+      <c r="E46" s="107"/>
+      <c r="F46" s="107"/>
+      <c r="G46" s="107"/>
+      <c r="H46" s="107"/>
+      <c r="I46" s="107"/>
+      <c r="J46" s="107"/>
+      <c r="K46" s="107"/>
+      <c r="L46" s="107"/>
+      <c r="M46" s="107"/>
+      <c r="N46" s="107"/>
+      <c r="O46" s="107"/>
+      <c r="P46" s="107"/>
+      <c r="Q46" s="107"/>
+      <c r="R46" s="107"/>
+      <c r="S46" s="107"/>
+      <c r="T46" s="107"/>
+      <c r="U46" s="139"/>
+      <c r="V46" s="139"/>
+      <c r="W46" s="139"/>
+      <c r="X46" s="139"/>
+      <c r="Y46" s="139"/>
+      <c r="Z46" s="139"/>
+      <c r="AA46" s="139"/>
+      <c r="AB46" s="139"/>
+      <c r="AC46" s="139"/>
+      <c r="AD46" s="139"/>
+      <c r="AE46" s="139"/>
+      <c r="AF46" s="139"/>
+      <c r="AG46" s="139"/>
+      <c r="AH46" s="139"/>
+      <c r="AI46" s="102"/>
+      <c r="AJ46" s="107"/>
+    </row>
+    <row r="47" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="174"/>
+      <c r="B47" s="63" t="s">
+        <v>518</v>
+      </c>
+      <c r="C47" s="139"/>
+      <c r="D47" s="139"/>
+      <c r="E47" s="139"/>
+      <c r="F47" s="139"/>
+      <c r="G47" s="139"/>
+      <c r="H47" s="139"/>
+      <c r="I47" s="139"/>
+      <c r="J47" s="139"/>
+      <c r="K47" s="139"/>
+      <c r="L47" s="139"/>
+      <c r="M47" s="139"/>
+      <c r="N47" s="139"/>
+      <c r="O47" s="139"/>
+      <c r="P47" s="139"/>
+      <c r="Q47" s="139"/>
+      <c r="R47" s="139"/>
+      <c r="S47" s="139"/>
+      <c r="T47" s="139"/>
+      <c r="U47" s="139"/>
+      <c r="V47" s="139"/>
+      <c r="W47" s="139"/>
+      <c r="X47" s="139"/>
+      <c r="Y47" s="139"/>
+      <c r="Z47" s="139"/>
+      <c r="AA47" s="1000"/>
+      <c r="AB47" s="1000"/>
+      <c r="AC47" s="1000"/>
+      <c r="AD47" s="1000"/>
+      <c r="AE47" s="1000"/>
+      <c r="AF47" s="1000"/>
+      <c r="AG47" s="1000"/>
+      <c r="AH47" s="139"/>
+      <c r="AI47" s="96"/>
+      <c r="AJ47" s="61"/>
+    </row>
+    <row r="48" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="174"/>
+      <c r="B48" s="63"/>
+      <c r="C48" s="894" t="s">
+        <v>404</v>
+      </c>
+      <c r="D48" s="894"/>
+      <c r="E48" s="894"/>
+      <c r="F48" s="894"/>
+      <c r="G48" s="894"/>
+      <c r="H48" s="894"/>
+      <c r="I48" s="894"/>
+      <c r="J48" s="894"/>
+      <c r="K48" s="894"/>
+      <c r="L48" s="894"/>
+      <c r="M48" s="894"/>
+      <c r="N48" s="894"/>
+      <c r="O48" s="894"/>
+      <c r="P48" s="894"/>
+      <c r="Q48" s="894"/>
+      <c r="R48" s="894"/>
+      <c r="S48" s="894"/>
+      <c r="T48" s="894"/>
+      <c r="U48" s="894"/>
+      <c r="V48" s="894"/>
+      <c r="W48" s="894"/>
+      <c r="X48" s="894"/>
+      <c r="Y48" s="894"/>
+      <c r="Z48" s="894"/>
+      <c r="AA48" s="1001"/>
+      <c r="AB48" s="1001"/>
+      <c r="AC48" s="1001"/>
+      <c r="AD48" s="1001"/>
+      <c r="AE48" s="1001"/>
+      <c r="AF48" s="1001"/>
+      <c r="AG48" s="1001"/>
+      <c r="AH48" s="139"/>
+      <c r="AI48" s="96"/>
+      <c r="AJ48" s="61"/>
+    </row>
+    <row r="49" spans="1:36" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="127"/>
+      <c r="B49" s="62"/>
+      <c r="C49" s="107"/>
+      <c r="D49" s="107"/>
+      <c r="E49" s="107"/>
+      <c r="F49" s="107"/>
+      <c r="G49" s="107"/>
+      <c r="H49" s="107"/>
+      <c r="I49" s="107"/>
+      <c r="J49" s="107"/>
+      <c r="K49" s="107"/>
+      <c r="L49" s="107"/>
+      <c r="M49" s="107"/>
+      <c r="N49" s="107"/>
+      <c r="O49" s="107"/>
+      <c r="P49" s="107"/>
+      <c r="Q49" s="107"/>
+      <c r="R49" s="107"/>
+      <c r="S49" s="107"/>
+      <c r="T49" s="107"/>
+      <c r="U49" s="107"/>
+      <c r="V49" s="107"/>
+      <c r="W49" s="107"/>
+      <c r="X49" s="107"/>
+      <c r="Y49" s="107"/>
+      <c r="Z49" s="107"/>
+      <c r="AA49" s="107"/>
+      <c r="AB49" s="107"/>
+      <c r="AC49" s="107"/>
+      <c r="AD49" s="107"/>
+      <c r="AE49" s="107"/>
+      <c r="AF49" s="107"/>
+      <c r="AG49" s="107"/>
+      <c r="AH49" s="107"/>
+      <c r="AI49" s="96"/>
+      <c r="AJ49" s="61"/>
+    </row>
+    <row r="50" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="60" t="s">
+        <v>517</v>
+      </c>
+      <c r="B50" s="107"/>
+      <c r="C50" s="107"/>
+      <c r="D50" s="107"/>
+      <c r="E50" s="107"/>
+      <c r="F50" s="107"/>
+      <c r="G50" s="107"/>
+      <c r="H50" s="894" t="s">
+        <v>516</v>
+      </c>
+      <c r="I50" s="1008"/>
+      <c r="J50" s="1008"/>
+      <c r="K50" s="1008"/>
+      <c r="L50" s="1008"/>
+      <c r="M50" s="1008"/>
+      <c r="N50" s="1008"/>
+      <c r="O50" s="1008"/>
+      <c r="P50" s="1008"/>
+      <c r="Q50" s="1008"/>
+      <c r="R50" s="175"/>
+      <c r="S50" s="175"/>
+      <c r="T50" s="68"/>
+      <c r="U50" s="974"/>
+      <c r="V50" s="974"/>
+      <c r="W50" s="974"/>
+      <c r="X50" s="974"/>
+      <c r="Y50" s="974"/>
+      <c r="Z50" s="63" t="s">
+        <v>51</v>
+      </c>
+      <c r="AA50" s="61"/>
+      <c r="AB50" s="974"/>
+      <c r="AC50" s="974"/>
+      <c r="AD50" s="974"/>
+      <c r="AE50" s="974"/>
+      <c r="AF50" s="974"/>
+      <c r="AG50" s="63" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH50" s="68"/>
+      <c r="AI50" s="96"/>
+      <c r="AJ50" s="61"/>
+    </row>
+    <row r="51" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="127"/>
+      <c r="B51" s="63" t="s">
         <v>755</v>
       </c>
-      <c r="C5" s="29"/>
-[...35 lines deleted...]
-      <c r="B6" s="1195" t="s">
+      <c r="C51" s="62"/>
+      <c r="D51" s="62"/>
+      <c r="E51" s="62"/>
+      <c r="F51" s="62"/>
+      <c r="G51" s="62"/>
+      <c r="H51" s="107"/>
+      <c r="I51" s="107"/>
+      <c r="J51" s="107"/>
+      <c r="K51" s="107"/>
+      <c r="L51" s="107"/>
+      <c r="M51" s="68"/>
+      <c r="N51" s="107"/>
+      <c r="O51" s="107"/>
+      <c r="P51" s="107"/>
+      <c r="Q51" s="107"/>
+      <c r="R51" s="107"/>
+      <c r="S51" s="68"/>
+      <c r="T51" s="68"/>
+      <c r="U51" s="975"/>
+      <c r="V51" s="975"/>
+      <c r="W51" s="975"/>
+      <c r="X51" s="975"/>
+      <c r="Y51" s="975"/>
+      <c r="Z51" s="70" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA51" s="61"/>
+      <c r="AB51" s="975"/>
+      <c r="AC51" s="975"/>
+      <c r="AD51" s="975"/>
+      <c r="AE51" s="975"/>
+      <c r="AF51" s="975"/>
+      <c r="AG51" s="70" t="s">
+        <v>402</v>
+      </c>
+      <c r="AH51" s="68"/>
+      <c r="AI51" s="96"/>
+      <c r="AJ51" s="61"/>
+    </row>
+    <row r="52" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="127"/>
+      <c r="B52" s="62" t="s">
+        <v>515</v>
+      </c>
+      <c r="C52" s="62"/>
+      <c r="D52" s="62"/>
+      <c r="E52" s="62"/>
+      <c r="F52" s="62"/>
+      <c r="G52" s="62"/>
+      <c r="H52" s="62"/>
+      <c r="I52" s="62"/>
+      <c r="J52" s="62"/>
+      <c r="K52" s="62"/>
+      <c r="L52" s="62"/>
+      <c r="M52" s="62"/>
+      <c r="N52" s="62"/>
+      <c r="O52" s="62"/>
+      <c r="P52" s="62"/>
+      <c r="Q52" s="62"/>
+      <c r="R52" s="62"/>
+      <c r="S52" s="62"/>
+      <c r="T52" s="62"/>
+      <c r="U52" s="107"/>
+      <c r="V52" s="107"/>
+      <c r="W52" s="107"/>
+      <c r="X52" s="107"/>
+      <c r="Y52" s="107"/>
+      <c r="Z52" s="107"/>
+      <c r="AA52" s="107"/>
+      <c r="AB52" s="107"/>
+      <c r="AC52" s="107"/>
+      <c r="AD52" s="107"/>
+      <c r="AE52" s="107"/>
+      <c r="AF52" s="107"/>
+      <c r="AG52" s="107"/>
+      <c r="AH52" s="107"/>
+      <c r="AI52" s="96"/>
+      <c r="AJ52" s="61"/>
+    </row>
+    <row r="53" spans="1:36" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="127"/>
+      <c r="B53" s="62"/>
+      <c r="C53" s="62"/>
+      <c r="D53" s="62"/>
+      <c r="E53" s="62"/>
+      <c r="F53" s="62"/>
+      <c r="G53" s="62"/>
+      <c r="H53" s="62"/>
+      <c r="I53" s="62"/>
+      <c r="J53" s="62"/>
+      <c r="K53" s="62"/>
+      <c r="L53" s="62"/>
+      <c r="M53" s="62"/>
+      <c r="N53" s="62"/>
+      <c r="O53" s="62"/>
+      <c r="P53" s="62"/>
+      <c r="Q53" s="62"/>
+      <c r="R53" s="62"/>
+      <c r="S53" s="62"/>
+      <c r="T53" s="62"/>
+      <c r="U53" s="107"/>
+      <c r="V53" s="107"/>
+      <c r="W53" s="107"/>
+      <c r="X53" s="107"/>
+      <c r="Y53" s="107"/>
+      <c r="Z53" s="107"/>
+      <c r="AA53" s="107"/>
+      <c r="AB53" s="107"/>
+      <c r="AC53" s="107"/>
+      <c r="AD53" s="107"/>
+      <c r="AE53" s="107"/>
+      <c r="AF53" s="107"/>
+      <c r="AG53" s="107"/>
+      <c r="AH53" s="107"/>
+      <c r="AI53" s="96"/>
+      <c r="AJ53" s="61"/>
+    </row>
+    <row r="54" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="60" t="s">
+        <v>514</v>
+      </c>
+      <c r="B54" s="176"/>
+      <c r="C54" s="176"/>
+      <c r="D54" s="176"/>
+      <c r="E54" s="176"/>
+      <c r="F54" s="176"/>
+      <c r="G54" s="176"/>
+      <c r="H54" s="176"/>
+      <c r="I54" s="176"/>
+      <c r="J54" s="176"/>
+      <c r="K54" s="62"/>
+      <c r="L54" s="62"/>
+      <c r="M54" s="62"/>
+      <c r="N54" s="62"/>
+      <c r="O54" s="62"/>
+      <c r="P54" s="62"/>
+      <c r="Q54" s="62"/>
+      <c r="R54" s="62"/>
+      <c r="S54" s="62"/>
+      <c r="T54" s="62"/>
+      <c r="U54" s="1009"/>
+      <c r="V54" s="1009"/>
+      <c r="W54" s="1009"/>
+      <c r="X54" s="1009"/>
+      <c r="Y54" s="1009"/>
+      <c r="Z54" s="63" t="s">
+        <v>51</v>
+      </c>
+      <c r="AA54" s="107"/>
+      <c r="AB54" s="1009"/>
+      <c r="AC54" s="1009"/>
+      <c r="AD54" s="1009"/>
+      <c r="AE54" s="1009"/>
+      <c r="AF54" s="1009"/>
+      <c r="AG54" s="63" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH54" s="107"/>
+      <c r="AI54" s="96"/>
+      <c r="AJ54" s="61"/>
+    </row>
+    <row r="55" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="127"/>
+      <c r="B55" s="62" t="s">
+        <v>513</v>
+      </c>
+      <c r="C55" s="62"/>
+      <c r="D55" s="62"/>
+      <c r="E55" s="62"/>
+      <c r="F55" s="62"/>
+      <c r="G55" s="62"/>
+      <c r="H55" s="62"/>
+      <c r="I55" s="62"/>
+      <c r="J55" s="62"/>
+      <c r="K55" s="62"/>
+      <c r="L55" s="62"/>
+      <c r="M55" s="62"/>
+      <c r="N55" s="62"/>
+      <c r="O55" s="62"/>
+      <c r="P55" s="62"/>
+      <c r="Q55" s="62"/>
+      <c r="R55" s="62"/>
+      <c r="S55" s="62"/>
+      <c r="T55" s="62"/>
+      <c r="U55" s="1010"/>
+      <c r="V55" s="1010"/>
+      <c r="W55" s="1010"/>
+      <c r="X55" s="1010"/>
+      <c r="Y55" s="1010"/>
+      <c r="Z55" s="70" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA55" s="61"/>
+      <c r="AB55" s="1010"/>
+      <c r="AC55" s="1010"/>
+      <c r="AD55" s="1010"/>
+      <c r="AE55" s="1010"/>
+      <c r="AF55" s="1010"/>
+      <c r="AG55" s="62" t="s">
+        <v>512</v>
+      </c>
+      <c r="AH55" s="107"/>
+      <c r="AI55" s="96"/>
+      <c r="AJ55" s="61"/>
+    </row>
+    <row r="56" spans="1:36" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="127"/>
+      <c r="B56" s="62"/>
+      <c r="C56" s="62"/>
+      <c r="D56" s="62"/>
+      <c r="E56" s="62"/>
+      <c r="F56" s="62"/>
+      <c r="G56" s="62"/>
+      <c r="H56" s="62"/>
+      <c r="I56" s="62"/>
+      <c r="J56" s="62"/>
+      <c r="K56" s="62"/>
+      <c r="L56" s="62"/>
+      <c r="M56" s="62"/>
+      <c r="N56" s="62"/>
+      <c r="O56" s="62"/>
+      <c r="P56" s="62"/>
+      <c r="Q56" s="62"/>
+      <c r="R56" s="62"/>
+      <c r="S56" s="62"/>
+      <c r="T56" s="62"/>
+      <c r="U56" s="107"/>
+      <c r="V56" s="107"/>
+      <c r="W56" s="107"/>
+      <c r="X56" s="107"/>
+      <c r="Y56" s="107"/>
+      <c r="Z56" s="107"/>
+      <c r="AA56" s="107"/>
+      <c r="AB56" s="107"/>
+      <c r="AC56" s="107"/>
+      <c r="AD56" s="107"/>
+      <c r="AE56" s="107"/>
+      <c r="AF56" s="107"/>
+      <c r="AG56" s="107"/>
+      <c r="AH56" s="107"/>
+      <c r="AI56" s="96"/>
+      <c r="AJ56" s="61"/>
+    </row>
+    <row r="57" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="1016" t="s">
         <v>756</v>
       </c>
-      <c r="C6" s="1195"/>
-[...1890 lines deleted...]
-      <c r="Z50" s="90" t="s">
+      <c r="B57" s="1017"/>
+      <c r="C57" s="1017"/>
+      <c r="D57" s="1017"/>
+      <c r="E57" s="1017"/>
+      <c r="F57" s="1017"/>
+      <c r="G57" s="1017"/>
+      <c r="H57" s="1017"/>
+      <c r="I57" s="1017"/>
+      <c r="J57" s="1017"/>
+      <c r="K57" s="1017"/>
+      <c r="L57" s="1017"/>
+      <c r="M57" s="1017"/>
+      <c r="N57" s="1017"/>
+      <c r="O57" s="1017"/>
+      <c r="P57" s="1017"/>
+      <c r="Q57" s="1017"/>
+      <c r="R57" s="1017"/>
+      <c r="S57" s="1017"/>
+      <c r="T57" s="1017"/>
+      <c r="U57" s="1017"/>
+      <c r="V57" s="1017"/>
+      <c r="W57" s="1017"/>
+      <c r="X57" s="1017"/>
+      <c r="Y57" s="1017"/>
+      <c r="Z57" s="1017"/>
+      <c r="AA57" s="1017"/>
+      <c r="AB57" s="1017"/>
+      <c r="AC57" s="1017"/>
+      <c r="AD57" s="1017"/>
+      <c r="AE57" s="1017"/>
+      <c r="AF57" s="1017"/>
+      <c r="AG57" s="856" t="s">
+        <v>757</v>
+      </c>
+      <c r="AH57" s="856"/>
+      <c r="AI57" s="922"/>
+      <c r="AJ57" s="61"/>
+    </row>
+    <row r="58" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="60"/>
+      <c r="B58" s="1012" t="s">
+        <v>758</v>
+      </c>
+      <c r="C58" s="1012"/>
+      <c r="D58" s="1012"/>
+      <c r="E58" s="1012"/>
+      <c r="F58" s="1012"/>
+      <c r="G58" s="1012"/>
+      <c r="H58" s="1012"/>
+      <c r="I58" s="1012"/>
+      <c r="J58" s="1012"/>
+      <c r="K58" s="1012"/>
+      <c r="L58" s="1012"/>
+      <c r="M58" s="1012"/>
+      <c r="N58" s="1012"/>
+      <c r="O58" s="1012"/>
+      <c r="P58" s="1012"/>
+      <c r="Q58" s="1012"/>
+      <c r="R58" s="1012"/>
+      <c r="S58" s="1012"/>
+      <c r="T58" s="1012"/>
+      <c r="U58" s="1012"/>
+      <c r="V58" s="1012"/>
+      <c r="W58" s="1012"/>
+      <c r="X58" s="1012"/>
+      <c r="Y58" s="1012"/>
+      <c r="Z58" s="1012"/>
+      <c r="AA58" s="1012"/>
+      <c r="AB58" s="1012"/>
+      <c r="AC58" s="1012"/>
+      <c r="AD58" s="1012"/>
+      <c r="AE58" s="1012"/>
+      <c r="AF58" s="107"/>
+      <c r="AG58" s="899" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH58" s="899"/>
+      <c r="AI58" s="1013"/>
+      <c r="AJ58" s="61"/>
+    </row>
+    <row r="59" spans="1:36" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="127"/>
+      <c r="B59" s="1012"/>
+      <c r="C59" s="1012"/>
+      <c r="D59" s="1012"/>
+      <c r="E59" s="1012"/>
+      <c r="F59" s="1012"/>
+      <c r="G59" s="1012"/>
+      <c r="H59" s="1012"/>
+      <c r="I59" s="1012"/>
+      <c r="J59" s="1012"/>
+      <c r="K59" s="1012"/>
+      <c r="L59" s="1012"/>
+      <c r="M59" s="1012"/>
+      <c r="N59" s="1012"/>
+      <c r="O59" s="1012"/>
+      <c r="P59" s="1012"/>
+      <c r="Q59" s="1012"/>
+      <c r="R59" s="1012"/>
+      <c r="S59" s="1012"/>
+      <c r="T59" s="1012"/>
+      <c r="U59" s="1012"/>
+      <c r="V59" s="1012"/>
+      <c r="W59" s="1012"/>
+      <c r="X59" s="1012"/>
+      <c r="Y59" s="1012"/>
+      <c r="Z59" s="1012"/>
+      <c r="AA59" s="1012"/>
+      <c r="AB59" s="1012"/>
+      <c r="AC59" s="1012"/>
+      <c r="AD59" s="1012"/>
+      <c r="AE59" s="1012"/>
+      <c r="AF59" s="107"/>
+      <c r="AG59" s="107"/>
+      <c r="AH59" s="107"/>
+      <c r="AI59" s="96"/>
+      <c r="AJ59" s="61"/>
+    </row>
+    <row r="60" spans="1:36" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="127"/>
+      <c r="B60" s="302"/>
+      <c r="C60" s="302"/>
+      <c r="D60" s="302"/>
+      <c r="E60" s="302"/>
+      <c r="F60" s="302"/>
+      <c r="G60" s="302"/>
+      <c r="H60" s="302"/>
+      <c r="I60" s="302"/>
+      <c r="J60" s="302"/>
+      <c r="K60" s="302"/>
+      <c r="L60" s="302"/>
+      <c r="M60" s="302"/>
+      <c r="N60" s="302"/>
+      <c r="O60" s="302"/>
+      <c r="P60" s="302"/>
+      <c r="Q60" s="302"/>
+      <c r="R60" s="302"/>
+      <c r="S60" s="302"/>
+      <c r="T60" s="302"/>
+      <c r="U60" s="302"/>
+      <c r="V60" s="302"/>
+      <c r="W60" s="302"/>
+      <c r="X60" s="302"/>
+      <c r="Y60" s="302"/>
+      <c r="Z60" s="302"/>
+      <c r="AA60" s="302"/>
+      <c r="AB60" s="302"/>
+      <c r="AC60" s="302"/>
+      <c r="AD60" s="302"/>
+      <c r="AE60" s="302"/>
+      <c r="AF60" s="107"/>
+      <c r="AG60" s="107"/>
+      <c r="AH60" s="107"/>
+      <c r="AI60" s="96"/>
+      <c r="AJ60" s="61"/>
+    </row>
+    <row r="61" spans="1:36" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="127"/>
+      <c r="B61" s="302"/>
+      <c r="C61" s="302"/>
+      <c r="D61" s="302"/>
+      <c r="E61" s="302"/>
+      <c r="F61" s="302"/>
+      <c r="G61" s="302"/>
+      <c r="H61" s="302"/>
+      <c r="I61" s="302"/>
+      <c r="J61" s="302"/>
+      <c r="K61" s="302"/>
+      <c r="L61" s="302"/>
+      <c r="M61" s="302"/>
+      <c r="N61" s="302"/>
+      <c r="O61" s="302"/>
+      <c r="P61" s="302"/>
+      <c r="Q61" s="302"/>
+      <c r="R61" s="302"/>
+      <c r="S61" s="302"/>
+      <c r="T61" s="302"/>
+      <c r="U61" s="302"/>
+      <c r="V61" s="302"/>
+      <c r="W61" s="302"/>
+      <c r="X61" s="302"/>
+      <c r="Y61" s="302"/>
+      <c r="Z61" s="302"/>
+      <c r="AA61" s="302"/>
+      <c r="AB61" s="302"/>
+      <c r="AC61" s="302"/>
+      <c r="AD61" s="302"/>
+      <c r="AE61" s="302"/>
+      <c r="AF61" s="107"/>
+      <c r="AG61" s="107"/>
+      <c r="AH61" s="107"/>
+      <c r="AI61" s="96"/>
+      <c r="AJ61" s="61"/>
+    </row>
+    <row r="62" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="127"/>
+      <c r="B62" s="129" t="s">
+        <v>289</v>
+      </c>
+      <c r="C62" s="107"/>
+      <c r="D62" s="107"/>
+      <c r="E62" s="107"/>
+      <c r="F62" s="107"/>
+      <c r="G62" s="107"/>
+      <c r="H62" s="107"/>
+      <c r="I62" s="107"/>
+      <c r="J62" s="107"/>
+      <c r="K62" s="107"/>
+      <c r="L62" s="107"/>
+      <c r="M62" s="107"/>
+      <c r="N62" s="107"/>
+      <c r="O62" s="107"/>
+      <c r="P62" s="107"/>
+      <c r="Q62" s="62" t="s">
+        <v>288</v>
+      </c>
+      <c r="R62" s="107"/>
+      <c r="T62" s="62"/>
+      <c r="U62" s="107"/>
+      <c r="V62" s="107"/>
+      <c r="W62" s="107"/>
+      <c r="X62" s="107"/>
+      <c r="Y62" s="107"/>
+      <c r="Z62" s="107"/>
+      <c r="AA62" s="107"/>
+      <c r="AB62" s="107"/>
+      <c r="AC62" s="107"/>
+      <c r="AD62" s="107"/>
+      <c r="AE62" s="107"/>
+      <c r="AF62" s="107"/>
+      <c r="AG62" s="107"/>
+      <c r="AH62" s="107"/>
+      <c r="AI62" s="96"/>
+      <c r="AJ62" s="61"/>
+    </row>
+    <row r="63" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="127"/>
+      <c r="B63" s="129" t="s">
+        <v>759</v>
+      </c>
+      <c r="C63" s="107"/>
+      <c r="D63" s="107"/>
+      <c r="E63" s="107"/>
+      <c r="F63" s="107"/>
+      <c r="G63" s="107"/>
+      <c r="H63" s="107"/>
+      <c r="I63" s="107"/>
+      <c r="J63" s="107"/>
+      <c r="K63" s="107"/>
+      <c r="L63" s="107"/>
+      <c r="M63" s="107"/>
+      <c r="N63" s="107"/>
+      <c r="O63" s="107"/>
+      <c r="P63" s="107"/>
+      <c r="Q63" s="107"/>
+      <c r="R63" s="107"/>
+      <c r="S63" s="107"/>
+      <c r="T63" s="107"/>
+      <c r="U63" s="107"/>
+      <c r="V63" s="107"/>
+      <c r="W63" s="107"/>
+      <c r="X63" s="107"/>
+      <c r="Y63" s="107"/>
+      <c r="Z63" s="107"/>
+      <c r="AA63" s="107"/>
+      <c r="AB63" s="107"/>
+      <c r="AC63" s="107"/>
+      <c r="AD63" s="107"/>
+      <c r="AE63" s="107"/>
+      <c r="AF63" s="107"/>
+      <c r="AG63" s="107"/>
+      <c r="AH63" s="107"/>
+      <c r="AI63" s="96"/>
+      <c r="AJ63" s="61"/>
+    </row>
+    <row r="64" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="127"/>
+      <c r="B64" s="126" t="s">
+        <v>511</v>
+      </c>
+      <c r="C64" s="107"/>
+      <c r="D64" s="107"/>
+      <c r="E64" s="107"/>
+      <c r="F64" s="107"/>
+      <c r="G64" s="107"/>
+      <c r="H64" s="107"/>
+      <c r="I64" s="107"/>
+      <c r="J64" s="107"/>
+      <c r="K64" s="107"/>
+      <c r="L64" s="107"/>
+      <c r="M64" s="107"/>
+      <c r="N64" s="107"/>
+      <c r="O64" s="107"/>
+      <c r="P64" s="107"/>
+      <c r="Q64" s="107"/>
+      <c r="R64" s="107"/>
+      <c r="S64" s="107"/>
+      <c r="T64" s="107"/>
+      <c r="U64" s="107"/>
+      <c r="V64" s="107"/>
+      <c r="W64" s="107"/>
+      <c r="X64" s="104"/>
+      <c r="Y64" s="104"/>
+      <c r="Z64" s="104"/>
+      <c r="AA64" s="104"/>
+      <c r="AB64" s="107"/>
+      <c r="AC64" s="107"/>
+      <c r="AD64" s="107"/>
+      <c r="AE64" s="107"/>
+      <c r="AF64" s="107"/>
+      <c r="AG64" s="107"/>
+      <c r="AH64" s="107"/>
+      <c r="AI64" s="96"/>
+      <c r="AJ64" s="61"/>
+    </row>
+    <row r="65" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="127"/>
+      <c r="B65" s="126"/>
+      <c r="C65" s="107"/>
+      <c r="D65" s="107"/>
+      <c r="E65" s="107"/>
+      <c r="F65" s="107"/>
+      <c r="G65" s="107"/>
+      <c r="H65" s="107"/>
+      <c r="I65" s="107"/>
+      <c r="J65" s="107"/>
+      <c r="K65" s="107"/>
+      <c r="L65" s="107"/>
+      <c r="M65" s="107"/>
+      <c r="N65" s="107"/>
+      <c r="O65" s="107"/>
+      <c r="P65" s="107"/>
+      <c r="Q65" s="107"/>
+      <c r="R65" s="107"/>
+      <c r="S65" s="107"/>
+      <c r="T65" s="107"/>
+      <c r="U65" s="107"/>
+      <c r="V65" s="107"/>
+      <c r="W65" s="107"/>
+      <c r="X65" s="104"/>
+      <c r="Y65" s="104"/>
+      <c r="Z65" s="104"/>
+      <c r="AA65" s="104"/>
+      <c r="AB65" s="107"/>
+      <c r="AC65" s="107"/>
+      <c r="AD65" s="107"/>
+      <c r="AE65" s="107"/>
+      <c r="AF65" s="107"/>
+      <c r="AG65" s="107"/>
+      <c r="AH65" s="107"/>
+      <c r="AI65" s="96"/>
+      <c r="AJ65" s="61"/>
+    </row>
+    <row r="66" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="127"/>
+      <c r="B66" s="943" t="s">
+        <v>554</v>
+      </c>
+      <c r="C66" s="943"/>
+      <c r="D66" s="943"/>
+      <c r="E66" s="943"/>
+      <c r="F66" s="943"/>
+      <c r="G66" s="943"/>
+      <c r="H66" s="943"/>
+      <c r="I66" s="943"/>
+      <c r="J66" s="943"/>
+      <c r="K66" s="943"/>
+      <c r="L66" s="943"/>
+      <c r="M66" s="943"/>
+      <c r="N66" s="943"/>
+      <c r="O66" s="943"/>
+      <c r="P66" s="943"/>
+      <c r="Q66" s="943"/>
+      <c r="R66" s="943"/>
+      <c r="S66" s="943"/>
+      <c r="T66" s="61"/>
+      <c r="U66" s="104"/>
+      <c r="V66" s="61"/>
+      <c r="W66" s="896"/>
+      <c r="X66" s="896"/>
+      <c r="Y66" s="896"/>
+      <c r="Z66" s="898" t="s">
         <v>51</v>
       </c>
-      <c r="AA50" s="131"/>
-[...5 lines deleted...]
-      <c r="AG50" s="90" t="s">
+      <c r="AA66" s="898"/>
+      <c r="AB66" s="896"/>
+      <c r="AC66" s="896"/>
+      <c r="AD66" s="898" t="s">
         <v>50</v>
       </c>
-      <c r="AH50" s="111"/>
-[...295 lines deleted...]
-      <c r="B58" s="1206" t="s">
+      <c r="AE66" s="898"/>
+      <c r="AF66" s="896"/>
+      <c r="AG66" s="896"/>
+      <c r="AH66" s="104" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI66" s="96"/>
+      <c r="AJ66" s="61"/>
+    </row>
+    <row r="67" spans="1:36" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="127"/>
+      <c r="B67" s="1014"/>
+      <c r="C67" s="1014"/>
+      <c r="D67" s="1014"/>
+      <c r="E67" s="1014"/>
+      <c r="F67" s="1014"/>
+      <c r="G67" s="1014"/>
+      <c r="H67" s="1014"/>
+      <c r="I67" s="1014"/>
+      <c r="J67" s="1014"/>
+      <c r="K67" s="1014"/>
+      <c r="L67" s="1014"/>
+      <c r="M67" s="1014"/>
+      <c r="N67" s="1014"/>
+      <c r="O67" s="1014"/>
+      <c r="P67" s="1014"/>
+      <c r="Q67" s="1014"/>
+      <c r="R67" s="1014"/>
+      <c r="S67" s="1014"/>
+      <c r="T67" s="177"/>
+      <c r="U67" s="131"/>
+      <c r="V67" s="178"/>
+      <c r="W67" s="1015"/>
+      <c r="X67" s="1015"/>
+      <c r="Y67" s="1015"/>
+      <c r="Z67" s="1011" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA67" s="1011"/>
+      <c r="AB67" s="1015"/>
+      <c r="AC67" s="1015"/>
+      <c r="AD67" s="1011" t="s">
+        <v>2</v>
+      </c>
+      <c r="AE67" s="1011"/>
+      <c r="AF67" s="1015"/>
+      <c r="AG67" s="1015"/>
+      <c r="AH67" s="131" t="s">
+        <v>3</v>
+      </c>
+      <c r="AI67" s="96"/>
+      <c r="AJ67" s="61"/>
+    </row>
+    <row r="68" spans="1:36" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="69"/>
+      <c r="B68" s="61"/>
+      <c r="C68" s="61"/>
+      <c r="D68" s="61"/>
+      <c r="E68" s="61"/>
+      <c r="F68" s="61"/>
+      <c r="G68" s="61"/>
+      <c r="H68" s="61"/>
+      <c r="I68" s="61"/>
+      <c r="J68" s="61"/>
+      <c r="K68" s="61"/>
+      <c r="L68" s="61"/>
+      <c r="M68" s="61"/>
+      <c r="N68" s="61"/>
+      <c r="O68" s="61"/>
+      <c r="P68" s="61"/>
+      <c r="Q68" s="61"/>
+      <c r="R68" s="61"/>
+      <c r="S68" s="61"/>
+      <c r="T68" s="61"/>
+      <c r="U68" s="61"/>
+      <c r="V68" s="61"/>
+      <c r="W68" s="61"/>
+      <c r="X68" s="61"/>
+      <c r="Y68" s="61"/>
+      <c r="Z68" s="61"/>
+      <c r="AA68" s="61"/>
+      <c r="AB68" s="61"/>
+      <c r="AC68" s="61"/>
+      <c r="AD68" s="61"/>
+      <c r="AE68" s="61"/>
+      <c r="AF68" s="61"/>
+      <c r="AG68" s="61"/>
+      <c r="AH68" s="61"/>
+      <c r="AI68" s="96"/>
+      <c r="AJ68" s="61"/>
+    </row>
+    <row r="69" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="69"/>
+      <c r="B69" s="179" t="s">
+        <v>285</v>
+      </c>
+      <c r="C69" s="180"/>
+      <c r="D69" s="70" t="s">
+        <v>283</v>
+      </c>
+      <c r="E69" s="70"/>
+      <c r="F69" s="180"/>
+      <c r="G69" s="180"/>
+      <c r="H69" s="180"/>
+      <c r="I69" s="180"/>
+      <c r="J69" s="180"/>
+      <c r="K69" s="180"/>
+      <c r="L69" s="180"/>
+      <c r="M69" s="180"/>
+      <c r="N69" s="180"/>
+      <c r="O69" s="180"/>
+      <c r="P69" s="180"/>
+      <c r="Q69" s="180"/>
+      <c r="R69" s="180"/>
+      <c r="S69" s="180"/>
+      <c r="T69" s="180"/>
+      <c r="U69" s="180"/>
+      <c r="V69" s="180"/>
+      <c r="W69" s="180"/>
+      <c r="X69" s="180"/>
+      <c r="Y69" s="180"/>
+      <c r="Z69" s="180"/>
+      <c r="AA69" s="180"/>
+      <c r="AB69" s="180"/>
+      <c r="AC69" s="180"/>
+      <c r="AD69" s="181"/>
+      <c r="AE69" s="180"/>
+      <c r="AF69" s="62"/>
+      <c r="AG69" s="182"/>
+      <c r="AH69" s="61"/>
+      <c r="AI69" s="96"/>
+      <c r="AJ69" s="61"/>
+    </row>
+    <row r="70" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="69"/>
+      <c r="B70" s="179" t="s">
         <v>760</v>
       </c>
-      <c r="C58" s="1206"/>
-[...521 lines deleted...]
-      <c r="B71" s="1206" t="s">
+      <c r="C70" s="183"/>
+      <c r="D70" s="183"/>
+      <c r="E70" s="183"/>
+      <c r="F70" s="183"/>
+      <c r="G70" s="183"/>
+      <c r="H70" s="183"/>
+      <c r="I70" s="183"/>
+      <c r="J70" s="183"/>
+      <c r="K70" s="183"/>
+      <c r="L70" s="183"/>
+      <c r="M70" s="183"/>
+      <c r="N70" s="183"/>
+      <c r="O70" s="183"/>
+      <c r="P70" s="183"/>
+      <c r="Q70" s="183"/>
+      <c r="R70" s="183"/>
+      <c r="S70" s="183"/>
+      <c r="T70" s="183"/>
+      <c r="U70" s="183"/>
+      <c r="V70" s="183"/>
+      <c r="W70" s="183"/>
+      <c r="X70" s="183"/>
+      <c r="Y70" s="183"/>
+      <c r="Z70" s="183"/>
+      <c r="AA70" s="183"/>
+      <c r="AB70" s="183"/>
+      <c r="AC70" s="183"/>
+      <c r="AD70" s="183"/>
+      <c r="AE70" s="183"/>
+      <c r="AF70" s="62"/>
+      <c r="AG70" s="182"/>
+      <c r="AH70" s="61"/>
+      <c r="AI70" s="96"/>
+      <c r="AJ70" s="61"/>
+    </row>
+    <row r="71" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="69"/>
+      <c r="B71" s="1012" t="s">
         <v>510</v>
       </c>
-      <c r="C71" s="1206"/>
-[...1065 lines deleted...]
-    </row>
+      <c r="C71" s="1012"/>
+      <c r="D71" s="1012"/>
+      <c r="E71" s="1012"/>
+      <c r="F71" s="1012"/>
+      <c r="G71" s="1012"/>
+      <c r="H71" s="1012"/>
+      <c r="I71" s="1012"/>
+      <c r="J71" s="1012"/>
+      <c r="K71" s="1012"/>
+      <c r="L71" s="1012"/>
+      <c r="M71" s="1012"/>
+      <c r="N71" s="1012"/>
+      <c r="O71" s="1012"/>
+      <c r="P71" s="1012"/>
+      <c r="Q71" s="1012"/>
+      <c r="R71" s="1012"/>
+      <c r="S71" s="1012"/>
+      <c r="T71" s="1012"/>
+      <c r="U71" s="1012"/>
+      <c r="V71" s="1012"/>
+      <c r="W71" s="1012"/>
+      <c r="X71" s="1012"/>
+      <c r="Y71" s="1012"/>
+      <c r="Z71" s="1012"/>
+      <c r="AA71" s="1012"/>
+      <c r="AB71" s="1012"/>
+      <c r="AC71" s="1012"/>
+      <c r="AD71" s="1012"/>
+      <c r="AE71" s="1012"/>
+      <c r="AF71" s="1012"/>
+      <c r="AG71" s="1012"/>
+      <c r="AH71" s="1012"/>
+      <c r="AI71" s="96"/>
+      <c r="AJ71" s="61"/>
+    </row>
+    <row r="72" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="69"/>
+      <c r="B72" s="1012"/>
+      <c r="C72" s="1012"/>
+      <c r="D72" s="1012"/>
+      <c r="E72" s="1012"/>
+      <c r="F72" s="1012"/>
+      <c r="G72" s="1012"/>
+      <c r="H72" s="1012"/>
+      <c r="I72" s="1012"/>
+      <c r="J72" s="1012"/>
+      <c r="K72" s="1012"/>
+      <c r="L72" s="1012"/>
+      <c r="M72" s="1012"/>
+      <c r="N72" s="1012"/>
+      <c r="O72" s="1012"/>
+      <c r="P72" s="1012"/>
+      <c r="Q72" s="1012"/>
+      <c r="R72" s="1012"/>
+      <c r="S72" s="1012"/>
+      <c r="T72" s="1012"/>
+      <c r="U72" s="1012"/>
+      <c r="V72" s="1012"/>
+      <c r="W72" s="1012"/>
+      <c r="X72" s="1012"/>
+      <c r="Y72" s="1012"/>
+      <c r="Z72" s="1012"/>
+      <c r="AA72" s="1012"/>
+      <c r="AB72" s="1012"/>
+      <c r="AC72" s="1012"/>
+      <c r="AD72" s="1012"/>
+      <c r="AE72" s="1012"/>
+      <c r="AF72" s="1012"/>
+      <c r="AG72" s="1012"/>
+      <c r="AH72" s="1012"/>
+      <c r="AI72" s="96"/>
+      <c r="AJ72" s="61"/>
+    </row>
+    <row r="73" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="184"/>
+      <c r="B73" s="185"/>
+      <c r="C73" s="185"/>
+      <c r="D73" s="185"/>
+      <c r="E73" s="185"/>
+      <c r="F73" s="185"/>
+      <c r="G73" s="185"/>
+      <c r="H73" s="185"/>
+      <c r="I73" s="185"/>
+      <c r="J73" s="185"/>
+      <c r="K73" s="185"/>
+      <c r="L73" s="185"/>
+      <c r="M73" s="185"/>
+      <c r="N73" s="185"/>
+      <c r="O73" s="185"/>
+      <c r="P73" s="185"/>
+      <c r="Q73" s="185"/>
+      <c r="R73" s="185"/>
+      <c r="S73" s="185"/>
+      <c r="T73" s="185"/>
+      <c r="U73" s="185"/>
+      <c r="V73" s="185"/>
+      <c r="W73" s="185"/>
+      <c r="X73" s="185"/>
+      <c r="Y73" s="185"/>
+      <c r="Z73" s="185"/>
+      <c r="AA73" s="185"/>
+      <c r="AB73" s="185"/>
+      <c r="AC73" s="185"/>
+      <c r="AD73" s="185"/>
+      <c r="AE73" s="185"/>
+      <c r="AF73" s="185"/>
+      <c r="AG73" s="185"/>
+      <c r="AH73" s="185"/>
+      <c r="AI73" s="186"/>
+      <c r="AJ73" s="61"/>
+    </row>
+    <row r="74" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="320"/>
+      <c r="B74" s="321"/>
+      <c r="C74" s="321"/>
+      <c r="D74" s="321"/>
+      <c r="E74" s="321"/>
+      <c r="F74" s="321"/>
+      <c r="G74" s="321"/>
+      <c r="H74" s="321"/>
+      <c r="I74" s="321"/>
+      <c r="J74" s="321"/>
+      <c r="K74" s="321"/>
+      <c r="L74" s="321"/>
+      <c r="M74" s="321"/>
+      <c r="N74" s="321"/>
+      <c r="O74" s="321"/>
+      <c r="P74" s="321"/>
+      <c r="Q74" s="321"/>
+      <c r="R74" s="321"/>
+      <c r="S74" s="321"/>
+      <c r="T74" s="321"/>
+      <c r="U74" s="321"/>
+      <c r="V74" s="321"/>
+      <c r="W74" s="321"/>
+      <c r="X74" s="321"/>
+      <c r="Y74" s="321"/>
+      <c r="Z74" s="321"/>
+      <c r="AA74" s="321"/>
+      <c r="AB74" s="321"/>
+      <c r="AC74" s="321"/>
+      <c r="AD74" s="321"/>
+      <c r="AE74" s="321"/>
+      <c r="AF74" s="321"/>
+      <c r="AG74" s="321"/>
+      <c r="AH74" s="321"/>
+      <c r="AI74" s="96"/>
+      <c r="AJ74" s="61"/>
+    </row>
+    <row r="75" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="69"/>
+      <c r="B75" s="61"/>
+      <c r="C75" s="61"/>
+      <c r="D75" s="61"/>
+      <c r="E75" s="61"/>
+      <c r="F75" s="61"/>
+      <c r="G75" s="61"/>
+      <c r="H75" s="61"/>
+      <c r="I75" s="61"/>
+      <c r="J75" s="61"/>
+      <c r="K75" s="61"/>
+      <c r="L75" s="61"/>
+      <c r="M75" s="61"/>
+      <c r="N75" s="61"/>
+      <c r="O75" s="61"/>
+      <c r="P75" s="61"/>
+      <c r="Q75" s="61"/>
+      <c r="R75" s="61"/>
+      <c r="S75" s="61"/>
+      <c r="T75" s="61"/>
+      <c r="U75" s="61"/>
+      <c r="V75" s="61"/>
+      <c r="W75" s="61"/>
+      <c r="X75" s="61"/>
+      <c r="Y75" s="61"/>
+      <c r="Z75" s="61"/>
+      <c r="AA75" s="61"/>
+      <c r="AB75" s="61"/>
+      <c r="AC75" s="61"/>
+      <c r="AD75" s="61"/>
+      <c r="AE75" s="61"/>
+      <c r="AF75" s="61"/>
+      <c r="AG75" s="61"/>
+      <c r="AH75" s="61"/>
+      <c r="AI75" s="96"/>
+      <c r="AJ75" s="61"/>
+    </row>
+    <row r="76" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="69"/>
+      <c r="B76" s="61"/>
+      <c r="C76" s="61"/>
+      <c r="D76" s="61"/>
+      <c r="E76" s="61"/>
+      <c r="F76" s="61"/>
+      <c r="G76" s="61"/>
+      <c r="H76" s="61"/>
+      <c r="I76" s="61"/>
+      <c r="J76" s="61"/>
+      <c r="K76" s="61"/>
+      <c r="L76" s="61"/>
+      <c r="M76" s="61"/>
+      <c r="N76" s="61"/>
+      <c r="O76" s="61"/>
+      <c r="P76" s="61"/>
+      <c r="Q76" s="61"/>
+      <c r="R76" s="61"/>
+      <c r="S76" s="61"/>
+      <c r="T76" s="61"/>
+      <c r="U76" s="61"/>
+      <c r="V76" s="61"/>
+      <c r="W76" s="61"/>
+      <c r="X76" s="61"/>
+      <c r="Y76" s="61"/>
+      <c r="Z76" s="61"/>
+      <c r="AA76" s="61"/>
+      <c r="AB76" s="61"/>
+      <c r="AC76" s="61"/>
+      <c r="AD76" s="61"/>
+      <c r="AE76" s="61"/>
+      <c r="AF76" s="61"/>
+      <c r="AG76" s="61"/>
+      <c r="AH76" s="61"/>
+      <c r="AI76" s="96"/>
+      <c r="AJ76" s="61"/>
+    </row>
+    <row r="77" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="69"/>
+      <c r="B77" s="61"/>
+      <c r="C77" s="61"/>
+      <c r="D77" s="61"/>
+      <c r="E77" s="61"/>
+      <c r="F77" s="61"/>
+      <c r="G77" s="61"/>
+      <c r="H77" s="61"/>
+      <c r="I77" s="61"/>
+      <c r="J77" s="61"/>
+      <c r="K77" s="61"/>
+      <c r="L77" s="61"/>
+      <c r="M77" s="61"/>
+      <c r="N77" s="61"/>
+      <c r="O77" s="61"/>
+      <c r="P77" s="61"/>
+      <c r="Q77" s="61"/>
+      <c r="R77" s="61"/>
+      <c r="S77" s="61"/>
+      <c r="T77" s="61"/>
+      <c r="U77" s="61"/>
+      <c r="V77" s="61"/>
+      <c r="W77" s="61"/>
+      <c r="X77" s="61"/>
+      <c r="Y77" s="61"/>
+      <c r="Z77" s="61"/>
+      <c r="AA77" s="61"/>
+      <c r="AB77" s="61"/>
+      <c r="AC77" s="61"/>
+      <c r="AD77" s="61"/>
+      <c r="AE77" s="61"/>
+      <c r="AF77" s="61"/>
+      <c r="AG77" s="61"/>
+      <c r="AH77" s="61"/>
+      <c r="AI77" s="96"/>
+      <c r="AJ77" s="61"/>
+    </row>
+    <row r="78" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="184"/>
+      <c r="B78" s="185"/>
+      <c r="C78" s="185"/>
+      <c r="D78" s="185"/>
+      <c r="E78" s="185"/>
+      <c r="F78" s="185"/>
+      <c r="G78" s="185"/>
+      <c r="H78" s="185"/>
+      <c r="I78" s="185"/>
+      <c r="J78" s="185"/>
+      <c r="K78" s="185"/>
+      <c r="L78" s="185"/>
+      <c r="M78" s="185"/>
+      <c r="N78" s="185"/>
+      <c r="O78" s="185"/>
+      <c r="P78" s="185"/>
+      <c r="Q78" s="185"/>
+      <c r="R78" s="185"/>
+      <c r="S78" s="185"/>
+      <c r="T78" s="185"/>
+      <c r="U78" s="185"/>
+      <c r="V78" s="185"/>
+      <c r="W78" s="185"/>
+      <c r="X78" s="185"/>
+      <c r="Y78" s="185"/>
+      <c r="Z78" s="185"/>
+      <c r="AA78" s="185"/>
+      <c r="AB78" s="185"/>
+      <c r="AC78" s="185"/>
+      <c r="AD78" s="185"/>
+      <c r="AE78" s="185"/>
+      <c r="AF78" s="185"/>
+      <c r="AG78" s="185"/>
+      <c r="AH78" s="185"/>
+      <c r="AI78" s="186"/>
+      <c r="AJ78" s="61"/>
+    </row>
+    <row r="79" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="322"/>
+    </row>
+    <row r="80" spans="1:36" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="151"/>
+    </row>
+    <row r="81" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="151"/>
+    </row>
+    <row r="82" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="151"/>
+    </row>
+    <row r="83" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="151"/>
+    </row>
+    <row r="84" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="151"/>
+    </row>
+    <row r="85" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="151"/>
+    </row>
+    <row r="86" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="151"/>
+    </row>
+    <row r="87" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="151"/>
+    </row>
+    <row r="88" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="151"/>
+    </row>
+    <row r="89" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="151"/>
+    </row>
+    <row r="90" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="BCSp/YVmqpl/LauR5VVjVQYVFQg+W9VVGJHbDjSNQAChO8FEMWs4T1N8ppplVd7sJTAr2JUKwlHBvSWRFFCUnw==" saltValue="/a401ZJCOUNwvYkKww4S5g==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="31">
     <mergeCell ref="AD67:AE67"/>
     <mergeCell ref="B71:AH72"/>
     <mergeCell ref="AG57:AI57"/>
     <mergeCell ref="B58:AE59"/>
     <mergeCell ref="AG58:AI58"/>
     <mergeCell ref="B66:S67"/>
     <mergeCell ref="W66:Y67"/>
     <mergeCell ref="Z66:AA66"/>
     <mergeCell ref="AB66:AC67"/>
     <mergeCell ref="AD66:AE66"/>
     <mergeCell ref="AF66:AG67"/>
     <mergeCell ref="Z67:AA67"/>
     <mergeCell ref="A57:AF57"/>
     <mergeCell ref="H50:Q50"/>
     <mergeCell ref="U50:Y51"/>
     <mergeCell ref="AB50:AF51"/>
     <mergeCell ref="U54:Y55"/>
     <mergeCell ref="AB54:AF55"/>
     <mergeCell ref="AA47:AG48"/>
     <mergeCell ref="C48:Z48"/>
     <mergeCell ref="B6:AH6"/>
     <mergeCell ref="K14:Q15"/>
     <mergeCell ref="C15:J15"/>
     <mergeCell ref="I20:M21"/>
     <mergeCell ref="AB20:AG21"/>
     <mergeCell ref="K25:Q26"/>
     <mergeCell ref="K28:Q29"/>
     <mergeCell ref="B32:AH32"/>
     <mergeCell ref="AC36:AG37"/>
     <mergeCell ref="F41:X42"/>
     <mergeCell ref="F44:X45"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B33 G33 L33 U33 AC33 B36 I36 Q36 Y36 M8 AE11 AE8 B8 G8 S8 Y8 Y14 Y11 S14 S11 G11 B11 B14 B17 G17 M11 S17 Y17 X20 P20 B20 AE14 M17" xr:uid="{0A079094-F48D-4A4E-9730-4A4F7C311FF1}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6739C7B5-B022-43A9-82C8-38FAC102CAF2}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:IK30"/>
+  <dimension ref="A2:IK29"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:Q2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="18.75" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="17.5" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="6.625" style="274" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="18" max="16384" width="9" style="274"/>
+    <col min="1" max="1" width="6.6328125" style="192" customWidth="1"/>
+    <col min="2" max="13" width="4.90625" style="192" customWidth="1"/>
+    <col min="14" max="17" width="33.26953125" style="192" customWidth="1"/>
+    <col min="18" max="16384" width="9" style="192"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:239" ht="24.75" x14ac:dyDescent="0.15">
-      <c r="A2" s="828" t="s">
+    <row r="2" spans="1:239" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A2" s="688" t="s">
+        <v>609</v>
+      </c>
+      <c r="B2" s="688"/>
+      <c r="C2" s="688"/>
+      <c r="D2" s="688"/>
+      <c r="E2" s="688"/>
+      <c r="F2" s="688"/>
+      <c r="G2" s="688"/>
+      <c r="H2" s="688"/>
+      <c r="I2" s="688"/>
+      <c r="J2" s="688"/>
+      <c r="K2" s="688"/>
+      <c r="L2" s="688"/>
+      <c r="M2" s="688"/>
+      <c r="N2" s="688"/>
+      <c r="O2" s="688"/>
+      <c r="P2" s="688"/>
+      <c r="Q2" s="688"/>
+    </row>
+    <row r="3" spans="1:239" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="693" t="s">
+        <v>784</v>
+      </c>
+      <c r="B3" s="693"/>
+      <c r="C3" s="693"/>
+      <c r="D3" s="693"/>
+      <c r="E3" s="693"/>
+      <c r="F3" s="693"/>
+      <c r="G3" s="693"/>
+      <c r="H3" s="693"/>
+      <c r="I3" s="693"/>
+      <c r="J3" s="693"/>
+      <c r="K3" s="693"/>
+      <c r="L3" s="693"/>
+      <c r="M3" s="693"/>
+      <c r="N3" s="693"/>
+      <c r="O3" s="693"/>
+      <c r="P3" s="693"/>
+      <c r="Q3" s="693"/>
+    </row>
+    <row r="4" spans="1:239" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="265"/>
+      <c r="B4" s="199" t="s">
+        <v>559</v>
+      </c>
+      <c r="C4" s="193"/>
+      <c r="D4" s="193"/>
+      <c r="K4" s="202"/>
+      <c r="L4" s="202"/>
+      <c r="M4" s="202"/>
+      <c r="N4" s="202"/>
+      <c r="O4" s="202"/>
+      <c r="P4" s="202"/>
+      <c r="Q4" s="202"/>
+    </row>
+    <row r="5" spans="1:239" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="204"/>
+      <c r="B5" s="200" t="s">
+        <v>593</v>
+      </c>
+      <c r="C5" s="193"/>
+      <c r="D5" s="193"/>
+      <c r="K5" s="202"/>
+      <c r="L5" s="202"/>
+      <c r="M5" s="202"/>
+      <c r="N5" s="202"/>
+      <c r="O5" s="202"/>
+      <c r="P5" s="202"/>
+      <c r="Q5" s="202"/>
+    </row>
+    <row r="6" spans="1:239" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="193"/>
+      <c r="B6" s="689"/>
+      <c r="C6" s="689"/>
+      <c r="D6" s="689"/>
+      <c r="E6" s="689"/>
+      <c r="F6" s="689"/>
+      <c r="G6" s="689"/>
+      <c r="H6" s="689"/>
+      <c r="I6" s="689"/>
+      <c r="J6" s="689"/>
+      <c r="K6" s="689"/>
+      <c r="L6" s="689"/>
+      <c r="M6" s="689"/>
+      <c r="N6" s="689"/>
+      <c r="O6" s="689"/>
+      <c r="P6" s="689"/>
+      <c r="Q6" s="194"/>
+      <c r="R6" s="194"/>
+      <c r="S6" s="194"/>
+      <c r="T6" s="194"/>
+      <c r="U6" s="194"/>
+      <c r="V6" s="194"/>
+      <c r="W6" s="194"/>
+      <c r="X6" s="194"/>
+      <c r="Y6" s="194"/>
+      <c r="Z6" s="194"/>
+      <c r="AA6" s="194"/>
+      <c r="AB6" s="194"/>
+      <c r="AC6" s="194"/>
+      <c r="AD6" s="194"/>
+      <c r="AE6" s="194"/>
+      <c r="AF6" s="194"/>
+      <c r="AG6" s="194"/>
+      <c r="AH6" s="194"/>
+      <c r="AI6" s="194"/>
+      <c r="AJ6" s="194"/>
+      <c r="AK6" s="194"/>
+      <c r="AL6" s="194"/>
+      <c r="AM6" s="194"/>
+      <c r="AN6" s="194"/>
+      <c r="AO6" s="194"/>
+      <c r="AP6" s="194"/>
+      <c r="AQ6" s="194"/>
+      <c r="AR6" s="194"/>
+      <c r="AS6" s="194"/>
+      <c r="AT6" s="194"/>
+      <c r="AU6" s="194"/>
+      <c r="AV6" s="194"/>
+      <c r="AW6" s="194"/>
+      <c r="AX6" s="194"/>
+      <c r="AY6" s="194"/>
+      <c r="AZ6" s="194"/>
+      <c r="BA6" s="194"/>
+      <c r="BB6" s="194"/>
+      <c r="BC6" s="194"/>
+      <c r="BD6" s="194"/>
+      <c r="BE6" s="194"/>
+      <c r="BF6" s="194"/>
+      <c r="BG6" s="194"/>
+      <c r="BH6" s="194"/>
+      <c r="BI6" s="194"/>
+      <c r="BJ6" s="194"/>
+      <c r="BK6" s="194"/>
+      <c r="BL6" s="194"/>
+      <c r="BM6" s="194"/>
+      <c r="BN6" s="194"/>
+      <c r="BO6" s="194"/>
+      <c r="BP6" s="194"/>
+      <c r="BQ6" s="194"/>
+      <c r="BR6" s="194"/>
+      <c r="BS6" s="194"/>
+      <c r="BT6" s="194"/>
+      <c r="BU6" s="194"/>
+      <c r="BV6" s="194"/>
+      <c r="BW6" s="194"/>
+      <c r="BX6" s="194"/>
+      <c r="BY6" s="194"/>
+      <c r="BZ6" s="194"/>
+      <c r="CA6" s="194"/>
+      <c r="CB6" s="194"/>
+      <c r="CC6" s="194"/>
+      <c r="CD6" s="194"/>
+      <c r="CE6" s="194"/>
+      <c r="CF6" s="194"/>
+      <c r="CG6" s="194"/>
+      <c r="CH6" s="194"/>
+      <c r="CI6" s="194"/>
+      <c r="CJ6" s="194"/>
+      <c r="CK6" s="194"/>
+      <c r="CL6" s="194"/>
+      <c r="CM6" s="194"/>
+      <c r="CN6" s="194"/>
+      <c r="CO6" s="194"/>
+      <c r="CP6" s="194"/>
+      <c r="CQ6" s="194"/>
+      <c r="CR6" s="194"/>
+      <c r="CS6" s="194"/>
+      <c r="CT6" s="194"/>
+      <c r="CU6" s="194"/>
+      <c r="CV6" s="194"/>
+      <c r="CW6" s="194"/>
+      <c r="CX6" s="194"/>
+      <c r="CY6" s="194"/>
+      <c r="CZ6" s="194"/>
+      <c r="DA6" s="194"/>
+      <c r="DB6" s="194"/>
+      <c r="DC6" s="194"/>
+      <c r="DD6" s="194"/>
+      <c r="DE6" s="194"/>
+      <c r="DF6" s="194"/>
+      <c r="DG6" s="194"/>
+      <c r="DH6" s="194"/>
+      <c r="DI6" s="194"/>
+      <c r="DJ6" s="194"/>
+      <c r="DK6" s="194"/>
+      <c r="DL6" s="194"/>
+      <c r="DM6" s="194"/>
+      <c r="DN6" s="194"/>
+      <c r="DO6" s="194"/>
+      <c r="DP6" s="194"/>
+      <c r="DQ6" s="194"/>
+      <c r="DR6" s="194"/>
+      <c r="DS6" s="194"/>
+      <c r="DT6" s="194"/>
+      <c r="DU6" s="194"/>
+      <c r="DV6" s="194"/>
+      <c r="DW6" s="194"/>
+      <c r="DX6" s="194"/>
+      <c r="DY6" s="194"/>
+      <c r="DZ6" s="194"/>
+      <c r="EA6" s="194"/>
+      <c r="EB6" s="194"/>
+      <c r="EC6" s="194"/>
+      <c r="ED6" s="194"/>
+      <c r="EE6" s="194"/>
+      <c r="EF6" s="194"/>
+      <c r="EG6" s="194"/>
+      <c r="EH6" s="194"/>
+      <c r="EI6" s="194"/>
+      <c r="EJ6" s="194"/>
+      <c r="EK6" s="194"/>
+      <c r="EL6" s="194"/>
+      <c r="EM6" s="194"/>
+      <c r="EN6" s="194"/>
+      <c r="EO6" s="194"/>
+      <c r="EP6" s="194"/>
+      <c r="EQ6" s="194"/>
+      <c r="ER6" s="194"/>
+      <c r="ES6" s="194"/>
+      <c r="ET6" s="194"/>
+      <c r="EU6" s="194"/>
+      <c r="EV6" s="194"/>
+      <c r="EW6" s="194"/>
+      <c r="EX6" s="194"/>
+      <c r="EY6" s="194"/>
+      <c r="EZ6" s="194"/>
+      <c r="FA6" s="194"/>
+      <c r="FB6" s="194"/>
+      <c r="FC6" s="194"/>
+      <c r="FD6" s="194"/>
+      <c r="FE6" s="194"/>
+      <c r="FF6" s="194"/>
+      <c r="FG6" s="194"/>
+      <c r="FH6" s="194"/>
+      <c r="FI6" s="194"/>
+      <c r="FJ6" s="194"/>
+      <c r="FK6" s="194"/>
+      <c r="FL6" s="194"/>
+      <c r="FM6" s="194"/>
+      <c r="FN6" s="194"/>
+      <c r="FO6" s="194"/>
+      <c r="FP6" s="194"/>
+      <c r="FQ6" s="194"/>
+      <c r="FR6" s="194"/>
+      <c r="FS6" s="194"/>
+      <c r="FT6" s="194"/>
+      <c r="FU6" s="194"/>
+      <c r="FV6" s="194"/>
+      <c r="FW6" s="194"/>
+      <c r="FX6" s="194"/>
+      <c r="FY6" s="194"/>
+      <c r="FZ6" s="194"/>
+      <c r="GA6" s="194"/>
+      <c r="GB6" s="194"/>
+      <c r="GC6" s="194"/>
+      <c r="GD6" s="194"/>
+      <c r="GE6" s="194"/>
+      <c r="GF6" s="194"/>
+      <c r="GG6" s="194"/>
+      <c r="GH6" s="194"/>
+      <c r="GI6" s="194"/>
+      <c r="GJ6" s="194"/>
+      <c r="GK6" s="194"/>
+      <c r="GL6" s="194"/>
+      <c r="GM6" s="194"/>
+      <c r="GN6" s="194"/>
+      <c r="GO6" s="194"/>
+      <c r="GP6" s="194"/>
+      <c r="GQ6" s="194"/>
+      <c r="GR6" s="194"/>
+      <c r="GS6" s="194"/>
+      <c r="GT6" s="194"/>
+      <c r="GU6" s="194"/>
+      <c r="GV6" s="194"/>
+      <c r="GW6" s="194"/>
+      <c r="GX6" s="194"/>
+      <c r="GY6" s="194"/>
+      <c r="GZ6" s="194"/>
+      <c r="HA6" s="194"/>
+      <c r="HB6" s="194"/>
+      <c r="HC6" s="194"/>
+      <c r="HD6" s="194"/>
+      <c r="HE6" s="194"/>
+      <c r="HF6" s="194"/>
+      <c r="HG6" s="194"/>
+      <c r="HH6" s="194"/>
+      <c r="HI6" s="194"/>
+      <c r="HJ6" s="194"/>
+      <c r="HK6" s="194"/>
+      <c r="HL6" s="194"/>
+      <c r="HM6" s="194"/>
+      <c r="HN6" s="194"/>
+      <c r="HO6" s="194"/>
+      <c r="HP6" s="194"/>
+      <c r="HQ6" s="194"/>
+      <c r="HR6" s="194"/>
+      <c r="HS6" s="194"/>
+      <c r="HT6" s="194"/>
+      <c r="HU6" s="194"/>
+      <c r="HV6" s="194"/>
+      <c r="HW6" s="194"/>
+      <c r="HX6" s="194"/>
+      <c r="HY6" s="194"/>
+      <c r="HZ6" s="194"/>
+      <c r="IA6" s="194"/>
+      <c r="IB6" s="194"/>
+      <c r="IC6" s="194"/>
+      <c r="ID6" s="194"/>
+      <c r="IE6" s="194"/>
+    </row>
+    <row r="7" spans="1:239" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="195"/>
+      <c r="B7" s="690" t="s">
+        <v>678</v>
+      </c>
+      <c r="C7" s="691"/>
+      <c r="D7" s="691"/>
+      <c r="E7" s="691"/>
+      <c r="F7" s="691"/>
+      <c r="G7" s="692"/>
+      <c r="H7" s="690" t="s">
+        <v>612</v>
+      </c>
+      <c r="I7" s="691"/>
+      <c r="J7" s="691"/>
+      <c r="K7" s="691"/>
+      <c r="L7" s="691"/>
+      <c r="M7" s="692"/>
+      <c r="N7" s="209" t="s">
+        <v>613</v>
+      </c>
+      <c r="O7" s="209" t="s">
+        <v>614</v>
+      </c>
+      <c r="P7" s="209" t="s">
+        <v>615</v>
+      </c>
+      <c r="Q7" s="209" t="s">
+        <v>616</v>
+      </c>
+      <c r="S7" s="194"/>
+    </row>
+    <row r="8" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="207" t="s">
         <v>610</v>
       </c>
-      <c r="B2" s="828"/>
-[...335 lines deleted...]
-      <c r="Q7" s="292" t="s">
+      <c r="B8" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C8" s="206">
+        <v>2023</v>
+      </c>
+      <c r="D8" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E8" s="206">
+        <v>1</v>
+      </c>
+      <c r="F8" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G8" s="206">
+        <v>1</v>
+      </c>
+      <c r="H8" s="238" t="s">
+        <v>549</v>
+      </c>
+      <c r="I8" s="239">
+        <v>2023</v>
+      </c>
+      <c r="J8" s="240" t="s">
+        <v>561</v>
+      </c>
+      <c r="K8" s="239">
+        <v>1</v>
+      </c>
+      <c r="L8" s="240" t="s">
+        <v>551</v>
+      </c>
+      <c r="M8" s="241">
+        <v>10</v>
+      </c>
+      <c r="N8" s="236" t="s">
+        <v>556</v>
+      </c>
+      <c r="O8" s="210" t="s">
+        <v>557</v>
+      </c>
+      <c r="P8" s="210" t="s">
         <v>617</v>
       </c>
-      <c r="S7" s="276"/>
-[...5 lines deleted...]
-      <c r="B8" s="288" t="s">
+      <c r="Q8" s="243" t="s">
+        <v>558</v>
+      </c>
+      <c r="S8" s="194"/>
+    </row>
+    <row r="9" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="208">
+        <v>1</v>
+      </c>
+      <c r="B9" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C8" s="289">
-[...2 lines deleted...]
-      <c r="D8" s="288" t="s">
+      <c r="C9" s="281"/>
+      <c r="D9" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E8" s="289">
-[...2 lines deleted...]
-      <c r="F8" s="288" t="s">
+      <c r="E9" s="281"/>
+      <c r="F9" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G8" s="289">
-[...2 lines deleted...]
-      <c r="H8" s="328" t="s">
+      <c r="G9" s="281"/>
+      <c r="H9" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I8" s="329">
-[...2 lines deleted...]
-      <c r="J8" s="330" t="s">
+      <c r="I9" s="281"/>
+      <c r="J9" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K8" s="329">
-[...2 lines deleted...]
-      <c r="L8" s="330" t="s">
+      <c r="K9" s="281"/>
+      <c r="L9" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M8" s="331">
+      <c r="M9" s="282"/>
+      <c r="N9" s="237"/>
+      <c r="O9" s="211"/>
+      <c r="P9" s="210"/>
+      <c r="Q9" s="283"/>
+      <c r="S9" s="194"/>
+    </row>
+    <row r="10" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="208">
+        <v>2</v>
+      </c>
+      <c r="B10" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C10" s="281"/>
+      <c r="D10" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E10" s="281"/>
+      <c r="F10" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G10" s="281"/>
+      <c r="H10" s="242" t="s">
+        <v>549</v>
+      </c>
+      <c r="I10" s="281"/>
+      <c r="J10" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="K10" s="281"/>
+      <c r="L10" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="M10" s="282"/>
+      <c r="N10" s="237"/>
+      <c r="O10" s="211"/>
+      <c r="P10" s="210"/>
+      <c r="Q10" s="283"/>
+      <c r="S10" s="194"/>
+    </row>
+    <row r="11" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="208">
+        <v>3</v>
+      </c>
+      <c r="B11" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C11" s="281"/>
+      <c r="D11" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E11" s="281"/>
+      <c r="F11" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G11" s="281"/>
+      <c r="H11" s="242" t="s">
+        <v>549</v>
+      </c>
+      <c r="I11" s="281"/>
+      <c r="J11" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="K11" s="281"/>
+      <c r="L11" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="M11" s="282"/>
+      <c r="N11" s="237"/>
+      <c r="O11" s="211"/>
+      <c r="P11" s="210"/>
+      <c r="Q11" s="283"/>
+    </row>
+    <row r="12" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="208">
+        <v>4</v>
+      </c>
+      <c r="B12" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C12" s="281"/>
+      <c r="D12" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E12" s="281"/>
+      <c r="F12" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G12" s="281"/>
+      <c r="H12" s="242" t="s">
+        <v>549</v>
+      </c>
+      <c r="I12" s="281"/>
+      <c r="J12" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="K12" s="281"/>
+      <c r="L12" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="M12" s="282"/>
+      <c r="N12" s="237"/>
+      <c r="O12" s="211"/>
+      <c r="P12" s="210"/>
+      <c r="Q12" s="283"/>
+    </row>
+    <row r="13" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="208">
+        <v>5</v>
+      </c>
+      <c r="B13" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C13" s="281"/>
+      <c r="D13" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E13" s="281"/>
+      <c r="F13" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G13" s="281"/>
+      <c r="H13" s="242" t="s">
+        <v>549</v>
+      </c>
+      <c r="I13" s="281"/>
+      <c r="J13" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="K13" s="281"/>
+      <c r="L13" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="M13" s="282"/>
+      <c r="N13" s="237"/>
+      <c r="O13" s="211"/>
+      <c r="P13" s="210"/>
+      <c r="Q13" s="283"/>
+    </row>
+    <row r="14" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="208">
+        <v>6</v>
+      </c>
+      <c r="B14" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C14" s="281"/>
+      <c r="D14" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E14" s="281"/>
+      <c r="F14" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G14" s="281"/>
+      <c r="H14" s="242" t="s">
+        <v>549</v>
+      </c>
+      <c r="I14" s="281"/>
+      <c r="J14" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="K14" s="281"/>
+      <c r="L14" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="M14" s="282"/>
+      <c r="N14" s="237"/>
+      <c r="O14" s="211"/>
+      <c r="P14" s="210"/>
+      <c r="Q14" s="283"/>
+    </row>
+    <row r="15" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="208">
+        <v>7</v>
+      </c>
+      <c r="B15" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C15" s="281"/>
+      <c r="D15" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E15" s="281"/>
+      <c r="F15" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G15" s="281"/>
+      <c r="H15" s="242" t="s">
+        <v>549</v>
+      </c>
+      <c r="I15" s="281"/>
+      <c r="J15" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="K15" s="281"/>
+      <c r="L15" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="M15" s="282"/>
+      <c r="N15" s="237"/>
+      <c r="O15" s="211"/>
+      <c r="P15" s="210"/>
+      <c r="Q15" s="283"/>
+    </row>
+    <row r="16" spans="1:239" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="208">
+        <v>8</v>
+      </c>
+      <c r="B16" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C16" s="281"/>
+      <c r="D16" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E16" s="281"/>
+      <c r="F16" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G16" s="281"/>
+      <c r="H16" s="242" t="s">
+        <v>549</v>
+      </c>
+      <c r="I16" s="281"/>
+      <c r="J16" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="K16" s="281"/>
+      <c r="L16" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="M16" s="282"/>
+      <c r="N16" s="237"/>
+      <c r="O16" s="211"/>
+      <c r="P16" s="210"/>
+      <c r="Q16" s="283"/>
+    </row>
+    <row r="17" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="208">
+        <v>9</v>
+      </c>
+      <c r="B17" s="205" t="s">
+        <v>549</v>
+      </c>
+      <c r="C17" s="281"/>
+      <c r="D17" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="E17" s="281"/>
+      <c r="F17" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="G17" s="281"/>
+      <c r="H17" s="242" t="s">
+        <v>549</v>
+      </c>
+      <c r="I17" s="281"/>
+      <c r="J17" s="205" t="s">
+        <v>561</v>
+      </c>
+      <c r="K17" s="281"/>
+      <c r="L17" s="205" t="s">
+        <v>551</v>
+      </c>
+      <c r="M17" s="282"/>
+      <c r="N17" s="237"/>
+      <c r="O17" s="211"/>
+      <c r="P17" s="210"/>
+      <c r="Q17" s="283"/>
+    </row>
+    <row r="18" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="208">
         <v>10</v>
       </c>
-      <c r="N8" s="326" t="s">
-[...17 lines deleted...]
-      <c r="B9" s="288" t="s">
+      <c r="B18" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C9" s="377"/>
-      <c r="D9" s="288" t="s">
+      <c r="C18" s="281"/>
+      <c r="D18" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E9" s="377"/>
-      <c r="F9" s="288" t="s">
+      <c r="E18" s="281"/>
+      <c r="F18" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G9" s="377"/>
-      <c r="H9" s="332" t="s">
+      <c r="G18" s="281"/>
+      <c r="H18" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I9" s="377"/>
-      <c r="J9" s="288" t="s">
+      <c r="I18" s="281"/>
+      <c r="J18" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K9" s="377"/>
-      <c r="L9" s="288" t="s">
+      <c r="K18" s="281"/>
+      <c r="L18" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M9" s="378"/>
-[...10 lines deleted...]
-      <c r="B10" s="288" t="s">
+      <c r="M18" s="282"/>
+      <c r="N18" s="237"/>
+      <c r="O18" s="211"/>
+      <c r="P18" s="210"/>
+      <c r="Q18" s="283"/>
+    </row>
+    <row r="19" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="208">
+        <v>11</v>
+      </c>
+      <c r="B19" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C10" s="377"/>
-      <c r="D10" s="288" t="s">
+      <c r="C19" s="281"/>
+      <c r="D19" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E10" s="377"/>
-      <c r="F10" s="288" t="s">
+      <c r="E19" s="281"/>
+      <c r="F19" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G10" s="377"/>
-      <c r="H10" s="332" t="s">
+      <c r="G19" s="281"/>
+      <c r="H19" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I10" s="377"/>
-      <c r="J10" s="288" t="s">
+      <c r="I19" s="281"/>
+      <c r="J19" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K10" s="377"/>
-      <c r="L10" s="288" t="s">
+      <c r="K19" s="281"/>
+      <c r="L19" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M10" s="378"/>
-[...10 lines deleted...]
-      <c r="B11" s="288" t="s">
+      <c r="M19" s="282"/>
+      <c r="N19" s="237"/>
+      <c r="O19" s="211"/>
+      <c r="P19" s="210"/>
+      <c r="Q19" s="283"/>
+    </row>
+    <row r="20" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="208">
+        <v>12</v>
+      </c>
+      <c r="B20" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C11" s="377"/>
-      <c r="D11" s="288" t="s">
+      <c r="C20" s="281"/>
+      <c r="D20" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E11" s="377"/>
-      <c r="F11" s="288" t="s">
+      <c r="E20" s="281"/>
+      <c r="F20" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G11" s="377"/>
-      <c r="H11" s="332" t="s">
+      <c r="G20" s="281"/>
+      <c r="H20" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I11" s="377"/>
-      <c r="J11" s="288" t="s">
+      <c r="I20" s="281"/>
+      <c r="J20" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K11" s="377"/>
-      <c r="L11" s="288" t="s">
+      <c r="K20" s="281"/>
+      <c r="L20" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M11" s="378"/>
-[...9 lines deleted...]
-      <c r="B12" s="288" t="s">
+      <c r="M20" s="282"/>
+      <c r="N20" s="237"/>
+      <c r="O20" s="211"/>
+      <c r="P20" s="210"/>
+      <c r="Q20" s="283"/>
+    </row>
+    <row r="21" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="208">
+        <v>13</v>
+      </c>
+      <c r="B21" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C12" s="377"/>
-      <c r="D12" s="288" t="s">
+      <c r="C21" s="281"/>
+      <c r="D21" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E12" s="377"/>
-      <c r="F12" s="288" t="s">
+      <c r="E21" s="281"/>
+      <c r="F21" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G12" s="377"/>
-      <c r="H12" s="332" t="s">
+      <c r="G21" s="281"/>
+      <c r="H21" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I12" s="377"/>
-      <c r="J12" s="288" t="s">
+      <c r="I21" s="281"/>
+      <c r="J21" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K12" s="377"/>
-      <c r="L12" s="288" t="s">
+      <c r="K21" s="281"/>
+      <c r="L21" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M12" s="378"/>
-[...9 lines deleted...]
-      <c r="B13" s="288" t="s">
+      <c r="M21" s="282"/>
+      <c r="N21" s="237"/>
+      <c r="O21" s="211"/>
+      <c r="P21" s="210"/>
+      <c r="Q21" s="283"/>
+    </row>
+    <row r="22" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="208">
+        <v>14</v>
+      </c>
+      <c r="B22" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C13" s="377"/>
-      <c r="D13" s="288" t="s">
+      <c r="C22" s="281"/>
+      <c r="D22" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E13" s="377"/>
-      <c r="F13" s="288" t="s">
+      <c r="E22" s="281"/>
+      <c r="F22" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G13" s="377"/>
-      <c r="H13" s="332" t="s">
+      <c r="G22" s="281"/>
+      <c r="H22" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I13" s="377"/>
-      <c r="J13" s="288" t="s">
+      <c r="I22" s="281"/>
+      <c r="J22" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K13" s="377"/>
-      <c r="L13" s="288" t="s">
+      <c r="K22" s="281"/>
+      <c r="L22" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M13" s="378"/>
-[...9 lines deleted...]
-      <c r="B14" s="288" t="s">
+      <c r="M22" s="282"/>
+      <c r="N22" s="237"/>
+      <c r="O22" s="211"/>
+      <c r="P22" s="210"/>
+      <c r="Q22" s="283"/>
+    </row>
+    <row r="23" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="208">
+        <v>15</v>
+      </c>
+      <c r="B23" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C14" s="377"/>
-      <c r="D14" s="288" t="s">
+      <c r="C23" s="281"/>
+      <c r="D23" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E14" s="377"/>
-      <c r="F14" s="288" t="s">
+      <c r="E23" s="281"/>
+      <c r="F23" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G14" s="377"/>
-      <c r="H14" s="332" t="s">
+      <c r="G23" s="281"/>
+      <c r="H23" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I14" s="377"/>
-      <c r="J14" s="288" t="s">
+      <c r="I23" s="281"/>
+      <c r="J23" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K14" s="377"/>
-      <c r="L14" s="288" t="s">
+      <c r="K23" s="281"/>
+      <c r="L23" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M14" s="378"/>
-[...9 lines deleted...]
-      <c r="B15" s="288" t="s">
+      <c r="M23" s="282"/>
+      <c r="N23" s="237"/>
+      <c r="O23" s="211"/>
+      <c r="P23" s="210"/>
+      <c r="Q23" s="283"/>
+    </row>
+    <row r="24" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="208">
+        <v>16</v>
+      </c>
+      <c r="B24" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C15" s="377"/>
-      <c r="D15" s="288" t="s">
+      <c r="C24" s="281"/>
+      <c r="D24" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E15" s="377"/>
-      <c r="F15" s="288" t="s">
+      <c r="E24" s="281"/>
+      <c r="F24" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G15" s="377"/>
-      <c r="H15" s="332" t="s">
+      <c r="G24" s="281"/>
+      <c r="H24" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I15" s="377"/>
-      <c r="J15" s="288" t="s">
+      <c r="I24" s="281"/>
+      <c r="J24" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K15" s="377"/>
-      <c r="L15" s="288" t="s">
+      <c r="K24" s="281"/>
+      <c r="L24" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M15" s="378"/>
-[...9 lines deleted...]
-      <c r="B16" s="288" t="s">
+      <c r="M24" s="282"/>
+      <c r="N24" s="237"/>
+      <c r="O24" s="211"/>
+      <c r="P24" s="210"/>
+      <c r="Q24" s="283"/>
+    </row>
+    <row r="25" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="208">
+        <v>17</v>
+      </c>
+      <c r="B25" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C16" s="377"/>
-      <c r="D16" s="288" t="s">
+      <c r="C25" s="281"/>
+      <c r="D25" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E16" s="377"/>
-      <c r="F16" s="288" t="s">
+      <c r="E25" s="281"/>
+      <c r="F25" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G16" s="377"/>
-      <c r="H16" s="332" t="s">
+      <c r="G25" s="281"/>
+      <c r="H25" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I16" s="377"/>
-      <c r="J16" s="288" t="s">
+      <c r="I25" s="281"/>
+      <c r="J25" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K16" s="377"/>
-      <c r="L16" s="288" t="s">
+      <c r="K25" s="281"/>
+      <c r="L25" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M16" s="378"/>
-[...9 lines deleted...]
-      <c r="B17" s="288" t="s">
+      <c r="M25" s="282"/>
+      <c r="N25" s="237"/>
+      <c r="O25" s="211"/>
+      <c r="P25" s="210"/>
+      <c r="Q25" s="283"/>
+      <c r="R25" s="196"/>
+    </row>
+    <row r="26" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="208">
+        <v>18</v>
+      </c>
+      <c r="B26" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C17" s="377"/>
-      <c r="D17" s="288" t="s">
+      <c r="C26" s="281"/>
+      <c r="D26" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E17" s="377"/>
-      <c r="F17" s="288" t="s">
+      <c r="E26" s="281"/>
+      <c r="F26" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G17" s="377"/>
-      <c r="H17" s="332" t="s">
+      <c r="G26" s="281"/>
+      <c r="H26" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I17" s="377"/>
-      <c r="J17" s="288" t="s">
+      <c r="I26" s="281"/>
+      <c r="J26" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K17" s="377"/>
-      <c r="L17" s="288" t="s">
+      <c r="K26" s="281"/>
+      <c r="L26" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M17" s="378"/>
-[...9 lines deleted...]
-      <c r="B18" s="288" t="s">
+      <c r="M26" s="282"/>
+      <c r="N26" s="237"/>
+      <c r="O26" s="211"/>
+      <c r="P26" s="210"/>
+      <c r="Q26" s="283"/>
+      <c r="R26" s="197"/>
+      <c r="S26" s="194"/>
+      <c r="T26" s="194"/>
+      <c r="U26" s="194"/>
+      <c r="V26" s="194"/>
+      <c r="W26" s="194"/>
+      <c r="X26" s="194"/>
+      <c r="Y26" s="194"/>
+      <c r="Z26" s="194"/>
+      <c r="AA26" s="194"/>
+      <c r="AB26" s="194"/>
+      <c r="AC26" s="194"/>
+      <c r="AD26" s="194"/>
+      <c r="AE26" s="194"/>
+      <c r="AF26" s="194"/>
+      <c r="AG26" s="194"/>
+      <c r="AH26" s="194"/>
+      <c r="AI26" s="194"/>
+      <c r="AJ26" s="194"/>
+      <c r="AK26" s="194"/>
+      <c r="AL26" s="194"/>
+      <c r="AM26" s="194"/>
+      <c r="AN26" s="194"/>
+      <c r="AO26" s="194"/>
+      <c r="AP26" s="194"/>
+      <c r="AQ26" s="194"/>
+      <c r="AR26" s="194"/>
+      <c r="AS26" s="194"/>
+      <c r="AT26" s="194"/>
+      <c r="AU26" s="194"/>
+      <c r="AV26" s="194"/>
+      <c r="AW26" s="194"/>
+      <c r="AX26" s="194"/>
+      <c r="AY26" s="194"/>
+      <c r="AZ26" s="194"/>
+      <c r="BA26" s="194"/>
+      <c r="BB26" s="194"/>
+      <c r="BC26" s="194"/>
+      <c r="BD26" s="194"/>
+      <c r="BE26" s="194"/>
+      <c r="BF26" s="194"/>
+      <c r="BG26" s="194"/>
+      <c r="BH26" s="194"/>
+      <c r="BI26" s="194"/>
+      <c r="BJ26" s="194"/>
+      <c r="BK26" s="194"/>
+      <c r="BL26" s="194"/>
+      <c r="BM26" s="194"/>
+      <c r="BN26" s="194"/>
+      <c r="BO26" s="194"/>
+      <c r="BP26" s="194"/>
+      <c r="BQ26" s="194"/>
+      <c r="BR26" s="194"/>
+      <c r="BS26" s="194"/>
+      <c r="BT26" s="194"/>
+      <c r="BU26" s="194"/>
+      <c r="BV26" s="194"/>
+      <c r="BW26" s="194"/>
+      <c r="BX26" s="194"/>
+      <c r="BY26" s="194"/>
+      <c r="BZ26" s="194"/>
+      <c r="CA26" s="194"/>
+      <c r="CB26" s="194"/>
+      <c r="CC26" s="194"/>
+      <c r="CD26" s="194"/>
+      <c r="CE26" s="194"/>
+      <c r="CF26" s="194"/>
+      <c r="CG26" s="194"/>
+      <c r="CH26" s="194"/>
+      <c r="CI26" s="194"/>
+      <c r="CJ26" s="194"/>
+      <c r="CK26" s="194"/>
+      <c r="CL26" s="194"/>
+      <c r="CM26" s="194"/>
+      <c r="CN26" s="194"/>
+      <c r="CO26" s="194"/>
+      <c r="CP26" s="194"/>
+      <c r="CQ26" s="194"/>
+      <c r="CR26" s="194"/>
+      <c r="CS26" s="194"/>
+      <c r="CT26" s="194"/>
+      <c r="CU26" s="194"/>
+      <c r="CV26" s="194"/>
+      <c r="CW26" s="194"/>
+      <c r="CX26" s="194"/>
+      <c r="CY26" s="194"/>
+      <c r="CZ26" s="194"/>
+      <c r="DA26" s="194"/>
+      <c r="DB26" s="194"/>
+      <c r="DC26" s="194"/>
+      <c r="DD26" s="194"/>
+      <c r="DE26" s="194"/>
+      <c r="DF26" s="194"/>
+      <c r="DG26" s="194"/>
+      <c r="DH26" s="194"/>
+      <c r="DI26" s="194"/>
+      <c r="DJ26" s="194"/>
+      <c r="DK26" s="194"/>
+      <c r="DL26" s="194"/>
+      <c r="DM26" s="194"/>
+      <c r="DN26" s="194"/>
+      <c r="DO26" s="194"/>
+      <c r="DP26" s="194"/>
+      <c r="DQ26" s="194"/>
+      <c r="DR26" s="194"/>
+      <c r="DS26" s="194"/>
+      <c r="DT26" s="194"/>
+      <c r="DU26" s="194"/>
+      <c r="DV26" s="194"/>
+      <c r="DW26" s="194"/>
+      <c r="DX26" s="194"/>
+      <c r="DY26" s="194"/>
+      <c r="DZ26" s="194"/>
+      <c r="EA26" s="194"/>
+      <c r="EB26" s="194"/>
+      <c r="EC26" s="194"/>
+      <c r="ED26" s="194"/>
+      <c r="EE26" s="194"/>
+      <c r="EF26" s="194"/>
+      <c r="EG26" s="194"/>
+      <c r="EH26" s="194"/>
+      <c r="EI26" s="194"/>
+      <c r="EJ26" s="194"/>
+      <c r="EK26" s="194"/>
+      <c r="EL26" s="194"/>
+      <c r="EM26" s="194"/>
+      <c r="EN26" s="194"/>
+      <c r="EO26" s="194"/>
+      <c r="EP26" s="194"/>
+      <c r="EQ26" s="194"/>
+      <c r="ER26" s="194"/>
+      <c r="ES26" s="194"/>
+      <c r="ET26" s="194"/>
+      <c r="EU26" s="194"/>
+      <c r="EV26" s="194"/>
+      <c r="EW26" s="194"/>
+      <c r="EX26" s="194"/>
+      <c r="EY26" s="194"/>
+      <c r="EZ26" s="194"/>
+      <c r="FA26" s="194"/>
+      <c r="FB26" s="194"/>
+      <c r="FC26" s="194"/>
+      <c r="FD26" s="194"/>
+      <c r="FE26" s="194"/>
+      <c r="FF26" s="194"/>
+      <c r="FG26" s="194"/>
+      <c r="FH26" s="194"/>
+      <c r="FI26" s="194"/>
+      <c r="FJ26" s="194"/>
+      <c r="FK26" s="194"/>
+      <c r="FL26" s="194"/>
+      <c r="FM26" s="194"/>
+      <c r="FN26" s="194"/>
+      <c r="FO26" s="194"/>
+      <c r="FP26" s="194"/>
+      <c r="FQ26" s="194"/>
+      <c r="FR26" s="194"/>
+      <c r="FS26" s="194"/>
+      <c r="FT26" s="194"/>
+      <c r="FU26" s="194"/>
+      <c r="FV26" s="194"/>
+      <c r="FW26" s="194"/>
+      <c r="FX26" s="194"/>
+      <c r="FY26" s="194"/>
+      <c r="FZ26" s="194"/>
+      <c r="GA26" s="194"/>
+      <c r="GB26" s="194"/>
+      <c r="GC26" s="194"/>
+      <c r="GD26" s="194"/>
+      <c r="GE26" s="194"/>
+      <c r="GF26" s="194"/>
+      <c r="GG26" s="194"/>
+      <c r="GH26" s="194"/>
+      <c r="GI26" s="194"/>
+      <c r="GJ26" s="194"/>
+      <c r="GK26" s="194"/>
+      <c r="GL26" s="194"/>
+      <c r="GM26" s="194"/>
+      <c r="GN26" s="194"/>
+      <c r="GO26" s="194"/>
+      <c r="GP26" s="194"/>
+      <c r="GQ26" s="194"/>
+      <c r="GR26" s="194"/>
+      <c r="GS26" s="194"/>
+      <c r="GT26" s="194"/>
+      <c r="GU26" s="194"/>
+      <c r="GV26" s="194"/>
+      <c r="GW26" s="194"/>
+      <c r="GX26" s="194"/>
+      <c r="GY26" s="194"/>
+      <c r="GZ26" s="194"/>
+      <c r="HA26" s="194"/>
+      <c r="HB26" s="194"/>
+      <c r="HC26" s="194"/>
+      <c r="HD26" s="194"/>
+      <c r="HE26" s="194"/>
+      <c r="HF26" s="194"/>
+      <c r="HG26" s="194"/>
+      <c r="HH26" s="194"/>
+      <c r="HI26" s="194"/>
+      <c r="HJ26" s="194"/>
+      <c r="HK26" s="194"/>
+      <c r="HL26" s="194"/>
+      <c r="HM26" s="194"/>
+      <c r="HN26" s="194"/>
+      <c r="HO26" s="194"/>
+      <c r="HP26" s="194"/>
+      <c r="HQ26" s="194"/>
+      <c r="HR26" s="194"/>
+      <c r="HS26" s="194"/>
+      <c r="HT26" s="194"/>
+      <c r="HU26" s="194"/>
+      <c r="HV26" s="194"/>
+      <c r="HW26" s="194"/>
+      <c r="HX26" s="194"/>
+      <c r="HY26" s="194"/>
+      <c r="HZ26" s="194"/>
+      <c r="IA26" s="194"/>
+      <c r="IB26" s="194"/>
+      <c r="IC26" s="194"/>
+      <c r="ID26" s="194"/>
+      <c r="IE26" s="194"/>
+      <c r="IF26" s="194"/>
+      <c r="IG26" s="194"/>
+      <c r="IH26" s="194"/>
+      <c r="II26" s="194"/>
+      <c r="IJ26" s="194"/>
+      <c r="IK26" s="194"/>
+    </row>
+    <row r="27" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="208">
+        <v>19</v>
+      </c>
+      <c r="B27" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C18" s="377"/>
-      <c r="D18" s="288" t="s">
+      <c r="C27" s="281"/>
+      <c r="D27" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E18" s="377"/>
-      <c r="F18" s="288" t="s">
+      <c r="E27" s="281"/>
+      <c r="F27" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G18" s="377"/>
-      <c r="H18" s="332" t="s">
+      <c r="G27" s="281"/>
+      <c r="H27" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I18" s="377"/>
-      <c r="J18" s="288" t="s">
+      <c r="I27" s="281"/>
+      <c r="J27" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K18" s="377"/>
-      <c r="L18" s="288" t="s">
+      <c r="K27" s="281"/>
+      <c r="L27" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M18" s="378"/>
-[...9 lines deleted...]
-      <c r="B19" s="288" t="s">
+      <c r="M27" s="282"/>
+      <c r="N27" s="237"/>
+      <c r="O27" s="211"/>
+      <c r="P27" s="210"/>
+      <c r="Q27" s="283"/>
+    </row>
+    <row r="28" spans="1:245" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="208">
+        <v>20</v>
+      </c>
+      <c r="B28" s="205" t="s">
         <v>549</v>
       </c>
-      <c r="C19" s="377"/>
-      <c r="D19" s="288" t="s">
+      <c r="C28" s="281"/>
+      <c r="D28" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="E19" s="377"/>
-      <c r="F19" s="288" t="s">
+      <c r="E28" s="281"/>
+      <c r="F28" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="G19" s="377"/>
-      <c r="H19" s="332" t="s">
+      <c r="G28" s="281"/>
+      <c r="H28" s="242" t="s">
         <v>549</v>
       </c>
-      <c r="I19" s="377"/>
-      <c r="J19" s="288" t="s">
+      <c r="I28" s="281"/>
+      <c r="J28" s="205" t="s">
         <v>561</v>
       </c>
-      <c r="K19" s="377"/>
-      <c r="L19" s="288" t="s">
+      <c r="K28" s="281"/>
+      <c r="L28" s="205" t="s">
         <v>551</v>
       </c>
-      <c r="M19" s="378"/>
-[...550 lines deleted...]
-      <c r="Q29" s="297">
+      <c r="M28" s="282"/>
+      <c r="N28" s="237"/>
+      <c r="O28" s="211"/>
+      <c r="P28" s="210"/>
+      <c r="Q28" s="283"/>
+    </row>
+    <row r="29" spans="1:245" x14ac:dyDescent="0.2">
+      <c r="K29" s="214"/>
+      <c r="P29" s="215" t="s">
+        <v>623</v>
+      </c>
+      <c r="Q29" s="192">
         <f>COUNTA(Q9:Q28)</f>
         <v>0</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="Q30" s="297"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="B6:P6"/>
     <mergeCell ref="H7:M7"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="A3:Q3"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O8:O28" xr:uid="{3D5E2FA7-5097-43D3-80CD-576C29D1020B}">
       <formula1>"留学/Study in Japan,観光/Sightseeing,親に同伴/Accompany Parent,就労/Work in Japan,上記以外/Other"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N8:N28" xr:uid="{6A0F7996-0A08-4333-B757-C828EB2DCB2C}">
       <formula1>"留学/Student,短期滞在/Short Term Stay,家族滞在/Dependent,特定活動/Designated Activities,文化活動/Cultural Activities,定住者/Long Term Resident,上記以外/Other"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P8:P28" xr:uid="{4BAB1871-4078-447F-ABF0-988EA1D7036E}">
       <formula1>"Yes/はい, No(biometric eGates)/自動化ゲート使用のため、なし, No I lost my old passport/パスポート紛失"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24EC457D-F124-4FFC-96C3-67C21E7AB075}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A2:K52"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:J3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.6328125" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="9.625" style="306"/>
+    <col min="1" max="16384" width="9.6328125" style="222"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.15">
-[...95 lines deleted...]
-      <c r="B9" s="311" t="s">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A2" s="221"/>
+      <c r="B2" s="741" t="s">
+        <v>681</v>
+      </c>
+      <c r="C2" s="742"/>
+      <c r="D2" s="742"/>
+      <c r="E2" s="742"/>
+      <c r="F2" s="742"/>
+      <c r="G2" s="742"/>
+      <c r="H2" s="742"/>
+      <c r="I2" s="742"/>
+      <c r="J2" s="742"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="223"/>
+      <c r="B3" s="742"/>
+      <c r="C3" s="742"/>
+      <c r="D3" s="742"/>
+      <c r="E3" s="742"/>
+      <c r="F3" s="742"/>
+      <c r="G3" s="742"/>
+      <c r="H3" s="742"/>
+      <c r="I3" s="742"/>
+      <c r="J3" s="742"/>
+      <c r="K3" s="223"/>
+    </row>
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A4" s="223"/>
+      <c r="B4" s="264"/>
+      <c r="C4" s="264"/>
+      <c r="D4" s="264"/>
+      <c r="E4" s="264"/>
+      <c r="F4" s="264"/>
+      <c r="G4" s="264"/>
+      <c r="H4" s="264"/>
+      <c r="I4" s="264"/>
+      <c r="J4" s="264"/>
+      <c r="K4" s="223"/>
+    </row>
+    <row r="5" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A5" s="223"/>
+      <c r="B5" s="223"/>
+      <c r="C5" s="223"/>
+      <c r="D5" s="744" t="s">
+        <v>781</v>
+      </c>
+      <c r="E5" s="744"/>
+      <c r="F5" s="744"/>
+      <c r="G5" s="744"/>
+      <c r="H5" s="744"/>
+      <c r="I5" s="223"/>
+      <c r="J5" s="223"/>
+      <c r="K5" s="223"/>
+    </row>
+    <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.95">
+      <c r="A6" s="223"/>
+      <c r="B6" s="223"/>
+      <c r="C6" s="224"/>
+      <c r="D6" s="744"/>
+      <c r="E6" s="744"/>
+      <c r="F6" s="744"/>
+      <c r="G6" s="744"/>
+      <c r="H6" s="744"/>
+      <c r="I6" s="223"/>
+      <c r="J6" s="223"/>
+      <c r="K6" s="223"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A7" s="223"/>
+      <c r="B7" s="223"/>
+      <c r="C7" s="225"/>
+      <c r="D7" s="744"/>
+      <c r="E7" s="744"/>
+      <c r="F7" s="744"/>
+      <c r="G7" s="744"/>
+      <c r="H7" s="744"/>
+      <c r="I7" s="223"/>
+      <c r="J7" s="223"/>
+      <c r="K7" s="223"/>
+    </row>
+    <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A8" s="223"/>
+      <c r="B8" s="223"/>
+      <c r="C8" s="226"/>
+      <c r="D8" s="226"/>
+      <c r="E8" s="226"/>
+      <c r="F8" s="223"/>
+      <c r="G8" s="223"/>
+      <c r="H8" s="223"/>
+      <c r="I8" s="223"/>
+      <c r="J8" s="223"/>
+      <c r="K8" s="223"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A9" s="223"/>
+      <c r="B9" s="227" t="s">
+        <v>646</v>
+      </c>
+      <c r="C9" s="227"/>
+      <c r="D9" s="227"/>
+      <c r="E9" s="227"/>
+      <c r="F9" s="227"/>
+      <c r="G9" s="227"/>
+      <c r="H9" s="227"/>
+      <c r="I9" s="227"/>
+      <c r="J9" s="227"/>
+      <c r="K9" s="223"/>
+    </row>
+    <row r="10" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A10" s="223"/>
+      <c r="B10" s="227" t="s">
         <v>647</v>
       </c>
-      <c r="C9" s="312"/>
-[...11 lines deleted...]
-      <c r="B10" s="311" t="s">
+      <c r="C10" s="227"/>
+      <c r="D10" s="227"/>
+      <c r="E10" s="227"/>
+      <c r="F10" s="227"/>
+      <c r="G10" s="227"/>
+      <c r="H10" s="227"/>
+      <c r="I10" s="227"/>
+      <c r="J10" s="227"/>
+      <c r="K10" s="223"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A11" s="223"/>
+      <c r="B11" s="227"/>
+      <c r="C11" s="227"/>
+      <c r="D11" s="227"/>
+      <c r="E11" s="227"/>
+      <c r="F11" s="227"/>
+      <c r="G11" s="227"/>
+      <c r="H11" s="227"/>
+      <c r="I11" s="227"/>
+      <c r="J11" s="227"/>
+      <c r="K11" s="223"/>
+    </row>
+    <row r="12" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A12" s="223"/>
+      <c r="B12" s="749" t="s">
         <v>648</v>
       </c>
-      <c r="C10" s="311"/>
-[...24 lines deleted...]
-      <c r="B12" s="889" t="s">
+      <c r="C12" s="750"/>
+      <c r="D12" s="751"/>
+      <c r="E12" s="745"/>
+      <c r="F12" s="746"/>
+      <c r="G12" s="746"/>
+      <c r="H12" s="746"/>
+      <c r="I12" s="746"/>
+      <c r="J12" s="747"/>
+      <c r="K12" s="223"/>
+    </row>
+    <row r="13" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A13" s="223"/>
+      <c r="B13" s="724"/>
+      <c r="C13" s="725"/>
+      <c r="D13" s="726"/>
+      <c r="E13" s="752" t="s">
+        <v>782</v>
+      </c>
+      <c r="F13" s="753"/>
+      <c r="G13" s="753"/>
+      <c r="H13" s="753"/>
+      <c r="I13" s="753"/>
+      <c r="J13" s="754"/>
+      <c r="K13" s="223"/>
+    </row>
+    <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A14" s="223"/>
+      <c r="B14" s="748" t="s">
         <v>649</v>
       </c>
-      <c r="C12" s="890"/>
-[...26 lines deleted...]
-      <c r="B14" s="888" t="s">
+      <c r="C14" s="748"/>
+      <c r="D14" s="748"/>
+      <c r="E14" s="694"/>
+      <c r="F14" s="695"/>
+      <c r="G14" s="695"/>
+      <c r="H14" s="695"/>
+      <c r="I14" s="695"/>
+      <c r="J14" s="696"/>
+      <c r="K14" s="223"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A15" s="223"/>
+      <c r="B15" s="743" t="s">
         <v>650</v>
       </c>
-      <c r="C14" s="888"/>
-[...11 lines deleted...]
-      <c r="B15" s="883" t="s">
+      <c r="C15" s="743"/>
+      <c r="D15" s="743"/>
+      <c r="E15" s="284"/>
+      <c r="F15" s="232" t="s">
         <v>651</v>
       </c>
-      <c r="C15" s="883"/>
-[...2 lines deleted...]
-      <c r="F15" s="319" t="s">
+      <c r="G15" s="285"/>
+      <c r="H15" s="232" t="s">
         <v>652</v>
       </c>
-      <c r="G15" s="381"/>
-      <c r="H15" s="319" t="s">
+      <c r="I15" s="285"/>
+      <c r="J15" s="233" t="s">
         <v>653</v>
       </c>
-      <c r="I15" s="381"/>
-      <c r="J15" s="320" t="s">
+      <c r="K15" s="223"/>
+    </row>
+    <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="223"/>
+      <c r="B16" s="227"/>
+      <c r="C16" s="227"/>
+      <c r="D16" s="227"/>
+      <c r="E16" s="227"/>
+      <c r="F16" s="227"/>
+      <c r="G16" s="227"/>
+      <c r="H16" s="227"/>
+      <c r="I16" s="227"/>
+      <c r="J16" s="227"/>
+      <c r="K16" s="223"/>
+    </row>
+    <row r="17" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="223"/>
+      <c r="B17" s="730" t="s">
+        <v>812</v>
+      </c>
+      <c r="C17" s="731"/>
+      <c r="D17" s="731"/>
+      <c r="E17" s="731"/>
+      <c r="F17" s="731"/>
+      <c r="G17" s="731"/>
+      <c r="H17" s="731"/>
+      <c r="I17" s="731"/>
+      <c r="J17" s="731"/>
+      <c r="K17" s="223"/>
+    </row>
+    <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A18" s="223"/>
+      <c r="B18" s="731"/>
+      <c r="C18" s="731"/>
+      <c r="D18" s="731"/>
+      <c r="E18" s="731"/>
+      <c r="F18" s="731"/>
+      <c r="G18" s="731"/>
+      <c r="H18" s="731"/>
+      <c r="I18" s="731"/>
+      <c r="J18" s="731"/>
+      <c r="K18" s="223"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A19" s="223"/>
+      <c r="B19" s="731"/>
+      <c r="C19" s="731"/>
+      <c r="D19" s="731"/>
+      <c r="E19" s="731"/>
+      <c r="F19" s="731"/>
+      <c r="G19" s="731"/>
+      <c r="H19" s="731"/>
+      <c r="I19" s="731"/>
+      <c r="J19" s="731"/>
+      <c r="K19" s="223"/>
+    </row>
+    <row r="20" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A20" s="223"/>
+      <c r="B20" s="731"/>
+      <c r="C20" s="731"/>
+      <c r="D20" s="731"/>
+      <c r="E20" s="731"/>
+      <c r="F20" s="731"/>
+      <c r="G20" s="731"/>
+      <c r="H20" s="731"/>
+      <c r="I20" s="731"/>
+      <c r="J20" s="731"/>
+      <c r="K20" s="223"/>
+    </row>
+    <row r="21" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A21" s="223"/>
+      <c r="B21" s="731"/>
+      <c r="C21" s="731"/>
+      <c r="D21" s="731"/>
+      <c r="E21" s="731"/>
+      <c r="F21" s="731"/>
+      <c r="G21" s="731"/>
+      <c r="H21" s="731"/>
+      <c r="I21" s="731"/>
+      <c r="J21" s="731"/>
+      <c r="K21" s="223"/>
+    </row>
+    <row r="22" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A22" s="223"/>
+      <c r="B22" s="731"/>
+      <c r="C22" s="731"/>
+      <c r="D22" s="731"/>
+      <c r="E22" s="731"/>
+      <c r="F22" s="731"/>
+      <c r="G22" s="731"/>
+      <c r="H22" s="731"/>
+      <c r="I22" s="731"/>
+      <c r="J22" s="731"/>
+      <c r="K22" s="223"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="223"/>
+      <c r="B23" s="731"/>
+      <c r="C23" s="731"/>
+      <c r="D23" s="731"/>
+      <c r="E23" s="731"/>
+      <c r="F23" s="731"/>
+      <c r="G23" s="731"/>
+      <c r="H23" s="731"/>
+      <c r="I23" s="731"/>
+      <c r="J23" s="731"/>
+      <c r="K23" s="223"/>
+    </row>
+    <row r="24" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="223"/>
+      <c r="B24" s="731"/>
+      <c r="C24" s="731"/>
+      <c r="D24" s="731"/>
+      <c r="E24" s="731"/>
+      <c r="F24" s="731"/>
+      <c r="G24" s="731"/>
+      <c r="H24" s="731"/>
+      <c r="I24" s="731"/>
+      <c r="J24" s="731"/>
+      <c r="K24" s="223"/>
+    </row>
+    <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A25" s="223"/>
+      <c r="B25" s="731"/>
+      <c r="C25" s="731"/>
+      <c r="D25" s="731"/>
+      <c r="E25" s="731"/>
+      <c r="F25" s="731"/>
+      <c r="G25" s="731"/>
+      <c r="H25" s="731"/>
+      <c r="I25" s="731"/>
+      <c r="J25" s="731"/>
+      <c r="K25" s="223"/>
+    </row>
+    <row r="26" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A26" s="223"/>
+      <c r="B26" s="234"/>
+      <c r="C26" s="234"/>
+      <c r="D26" s="234"/>
+      <c r="E26" s="234"/>
+      <c r="F26" s="227"/>
+      <c r="G26" s="732"/>
+      <c r="H26" s="732"/>
+      <c r="I26" s="732"/>
+      <c r="J26" s="732"/>
+      <c r="K26" s="223"/>
+    </row>
+    <row r="27" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A27" s="223"/>
+      <c r="B27" s="733" t="s">
+        <v>661</v>
+      </c>
+      <c r="C27" s="731"/>
+      <c r="D27" s="731"/>
+      <c r="E27" s="731"/>
+      <c r="F27" s="731"/>
+      <c r="G27" s="731"/>
+      <c r="H27" s="731"/>
+      <c r="I27" s="731"/>
+      <c r="J27" s="731"/>
+      <c r="K27" s="223"/>
+    </row>
+    <row r="28" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A28" s="223"/>
+      <c r="B28" s="731"/>
+      <c r="C28" s="731"/>
+      <c r="D28" s="731"/>
+      <c r="E28" s="731"/>
+      <c r="F28" s="731"/>
+      <c r="G28" s="731"/>
+      <c r="H28" s="731"/>
+      <c r="I28" s="731"/>
+      <c r="J28" s="731"/>
+      <c r="K28" s="223"/>
+    </row>
+    <row r="29" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A29" s="223"/>
+      <c r="B29" s="734"/>
+      <c r="C29" s="734"/>
+      <c r="D29" s="734"/>
+      <c r="E29" s="734"/>
+      <c r="F29" s="734"/>
+      <c r="G29" s="734"/>
+      <c r="H29" s="734"/>
+      <c r="I29" s="734"/>
+      <c r="J29" s="734"/>
+      <c r="K29" s="223"/>
+    </row>
+    <row r="30" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A30" s="223"/>
+      <c r="B30" s="735"/>
+      <c r="C30" s="735"/>
+      <c r="D30" s="735"/>
+      <c r="E30" s="735"/>
+      <c r="F30" s="735"/>
+      <c r="G30" s="735"/>
+      <c r="H30" s="735"/>
+      <c r="I30" s="735"/>
+      <c r="J30" s="735"/>
+      <c r="K30" s="223"/>
+    </row>
+    <row r="31" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A31" s="223"/>
+      <c r="B31" s="735"/>
+      <c r="C31" s="735"/>
+      <c r="D31" s="735"/>
+      <c r="E31" s="735"/>
+      <c r="F31" s="735"/>
+      <c r="G31" s="735"/>
+      <c r="H31" s="735"/>
+      <c r="I31" s="735"/>
+      <c r="J31" s="735"/>
+      <c r="K31" s="223"/>
+    </row>
+    <row r="32" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A32" s="223"/>
+      <c r="B32" s="735"/>
+      <c r="C32" s="735"/>
+      <c r="D32" s="735"/>
+      <c r="E32" s="735"/>
+      <c r="F32" s="735"/>
+      <c r="G32" s="735"/>
+      <c r="H32" s="735"/>
+      <c r="I32" s="735"/>
+      <c r="J32" s="735"/>
+      <c r="K32" s="223"/>
+    </row>
+    <row r="33" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A33" s="223"/>
+      <c r="B33" s="735"/>
+      <c r="C33" s="735"/>
+      <c r="D33" s="735"/>
+      <c r="E33" s="735"/>
+      <c r="F33" s="735"/>
+      <c r="G33" s="735"/>
+      <c r="H33" s="735"/>
+      <c r="I33" s="735"/>
+      <c r="J33" s="735"/>
+      <c r="K33" s="223"/>
+    </row>
+    <row r="34" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A34" s="223"/>
+      <c r="B34" s="735"/>
+      <c r="C34" s="735"/>
+      <c r="D34" s="735"/>
+      <c r="E34" s="735"/>
+      <c r="F34" s="735"/>
+      <c r="G34" s="735"/>
+      <c r="H34" s="735"/>
+      <c r="I34" s="735"/>
+      <c r="J34" s="735"/>
+      <c r="K34" s="223"/>
+    </row>
+    <row r="35" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A35" s="223"/>
+      <c r="B35" s="735"/>
+      <c r="C35" s="735"/>
+      <c r="D35" s="735"/>
+      <c r="E35" s="735"/>
+      <c r="F35" s="735"/>
+      <c r="G35" s="735"/>
+      <c r="H35" s="735"/>
+      <c r="I35" s="735"/>
+      <c r="J35" s="735"/>
+      <c r="K35" s="223"/>
+    </row>
+    <row r="36" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A36" s="223"/>
+      <c r="B36" s="735"/>
+      <c r="C36" s="735"/>
+      <c r="D36" s="735"/>
+      <c r="E36" s="735"/>
+      <c r="F36" s="735"/>
+      <c r="G36" s="735"/>
+      <c r="H36" s="735"/>
+      <c r="I36" s="735"/>
+      <c r="J36" s="735"/>
+      <c r="K36" s="223"/>
+    </row>
+    <row r="37" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A37" s="223"/>
+      <c r="B37" s="735"/>
+      <c r="C37" s="735"/>
+      <c r="D37" s="735"/>
+      <c r="E37" s="735"/>
+      <c r="F37" s="735"/>
+      <c r="G37" s="735"/>
+      <c r="H37" s="735"/>
+      <c r="I37" s="735"/>
+      <c r="J37" s="735"/>
+      <c r="K37" s="223"/>
+    </row>
+    <row r="38" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A38" s="223"/>
+      <c r="B38" s="735"/>
+      <c r="C38" s="735"/>
+      <c r="D38" s="735"/>
+      <c r="E38" s="735"/>
+      <c r="F38" s="735"/>
+      <c r="G38" s="735"/>
+      <c r="H38" s="735"/>
+      <c r="I38" s="735"/>
+      <c r="J38" s="735"/>
+      <c r="K38" s="223"/>
+    </row>
+    <row r="39" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A39" s="223"/>
+      <c r="B39" s="228"/>
+      <c r="C39" s="228"/>
+      <c r="D39" s="228"/>
+      <c r="E39" s="228"/>
+      <c r="F39" s="228"/>
+      <c r="G39" s="228"/>
+      <c r="H39" s="228"/>
+      <c r="I39" s="228"/>
+      <c r="J39" s="228"/>
+      <c r="K39" s="223"/>
+    </row>
+    <row r="40" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A40" s="223"/>
+      <c r="B40" s="227"/>
+      <c r="C40" s="227"/>
+      <c r="D40" s="227"/>
+      <c r="E40" s="229"/>
+      <c r="F40" s="227"/>
+      <c r="G40" s="227"/>
+      <c r="H40" s="227"/>
+      <c r="I40" s="227"/>
+      <c r="J40" s="227"/>
+      <c r="K40" s="223"/>
+    </row>
+    <row r="41" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B41" s="227" t="s">
         <v>654</v>
       </c>
-      <c r="K15" s="307"/>
-[...331 lines deleted...]
-      <c r="B41" s="322" t="s">
+      <c r="C41" s="227"/>
+      <c r="D41" s="227"/>
+      <c r="E41" s="227"/>
+      <c r="F41" s="227"/>
+      <c r="G41" s="227"/>
+      <c r="H41" s="227"/>
+      <c r="I41" s="227"/>
+      <c r="J41" s="227"/>
+    </row>
+    <row r="42" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B42" s="736" t="s">
         <v>655</v>
       </c>
-      <c r="C41" s="322"/>
-[...9 lines deleted...]
-      <c r="B42" s="876" t="s">
+      <c r="C42" s="737"/>
+      <c r="D42" s="738"/>
+      <c r="E42" s="739"/>
+      <c r="F42" s="739"/>
+      <c r="G42" s="739"/>
+      <c r="H42" s="739"/>
+      <c r="I42" s="739"/>
+      <c r="J42" s="740"/>
+    </row>
+    <row r="43" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="718" t="s">
         <v>656</v>
       </c>
-      <c r="C42" s="877"/>
-[...9 lines deleted...]
-      <c r="B43" s="858" t="s">
+      <c r="C43" s="719"/>
+      <c r="D43" s="720"/>
+      <c r="E43" s="694"/>
+      <c r="F43" s="695"/>
+      <c r="G43" s="695"/>
+      <c r="H43" s="695"/>
+      <c r="I43" s="695"/>
+      <c r="J43" s="696"/>
+    </row>
+    <row r="44" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="721"/>
+      <c r="C44" s="722"/>
+      <c r="D44" s="723"/>
+      <c r="E44" s="697"/>
+      <c r="F44" s="698"/>
+      <c r="G44" s="698"/>
+      <c r="H44" s="698"/>
+      <c r="I44" s="698"/>
+      <c r="J44" s="699"/>
+    </row>
+    <row r="45" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="724"/>
+      <c r="C45" s="725"/>
+      <c r="D45" s="726"/>
+      <c r="E45" s="727" t="s">
+        <v>814</v>
+      </c>
+      <c r="F45" s="728"/>
+      <c r="G45" s="728"/>
+      <c r="H45" s="728"/>
+      <c r="I45" s="728"/>
+      <c r="J45" s="729"/>
+    </row>
+    <row r="46" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="700" t="s">
         <v>657</v>
       </c>
-      <c r="C43" s="859"/>
-[...33 lines deleted...]
-      <c r="B46" s="840" t="s">
+      <c r="C46" s="701"/>
+      <c r="D46" s="702"/>
+      <c r="E46" s="703"/>
+      <c r="F46" s="704"/>
+      <c r="G46" s="704"/>
+      <c r="H46" s="704"/>
+      <c r="I46" s="704"/>
+      <c r="J46" s="705"/>
+    </row>
+    <row r="47" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="706" t="s">
         <v>658</v>
       </c>
-      <c r="C46" s="841"/>
-[...9 lines deleted...]
-      <c r="B47" s="846" t="s">
+      <c r="C47" s="707"/>
+      <c r="D47" s="708"/>
+      <c r="E47" s="712"/>
+      <c r="F47" s="713"/>
+      <c r="G47" s="713"/>
+      <c r="H47" s="713"/>
+      <c r="I47" s="713"/>
+      <c r="J47" s="714"/>
+    </row>
+    <row r="48" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="709"/>
+      <c r="C48" s="710"/>
+      <c r="D48" s="711"/>
+      <c r="E48" s="715"/>
+      <c r="F48" s="716"/>
+      <c r="G48" s="716"/>
+      <c r="H48" s="716"/>
+      <c r="I48" s="716"/>
+      <c r="J48" s="717"/>
+    </row>
+    <row r="49" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B49" s="227"/>
+      <c r="C49" s="227"/>
+      <c r="D49" s="227"/>
+      <c r="E49" s="227"/>
+      <c r="F49" s="227"/>
+      <c r="G49" s="227"/>
+      <c r="H49" s="227"/>
+      <c r="I49" s="227"/>
+      <c r="J49" s="227"/>
+    </row>
+    <row r="50" spans="2:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="B50" s="227"/>
+      <c r="C50" s="230"/>
+      <c r="D50" s="230" t="s">
         <v>659</v>
       </c>
-      <c r="C47" s="847"/>
-[...33 lines deleted...]
-      <c r="D50" s="324" t="s">
+      <c r="E50" s="286"/>
+      <c r="F50" s="235" t="s">
         <v>660</v>
       </c>
-      <c r="E50" s="382"/>
-[...4 lines deleted...]
-      <c r="H50" s="323" t="s">
+      <c r="G50" s="286"/>
+      <c r="H50" s="235" t="s">
+        <v>652</v>
+      </c>
+      <c r="I50" s="286"/>
+      <c r="J50" s="235" t="s">
         <v>653</v>
       </c>
-      <c r="I50" s="382"/>
-[...24 lines deleted...]
-      <c r="J52" s="307"/>
+    </row>
+    <row r="51" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B51" s="223"/>
+      <c r="C51" s="223"/>
+      <c r="D51" s="223"/>
+      <c r="E51" s="231"/>
+      <c r="F51" s="223"/>
+      <c r="G51" s="223"/>
+      <c r="H51" s="223"/>
+      <c r="I51" s="223"/>
+      <c r="J51" s="223"/>
+    </row>
+    <row r="52" spans="2:10" ht="17.5" x14ac:dyDescent="0.6">
+      <c r="B52" s="223"/>
+      <c r="C52" s="223"/>
+      <c r="D52" s="223"/>
+      <c r="E52" s="223"/>
+      <c r="F52" s="223"/>
+      <c r="G52" s="223"/>
+      <c r="H52" s="223"/>
+      <c r="I52" s="223"/>
+      <c r="J52" s="223"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="B2:J3"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="D5:H7"/>
     <mergeCell ref="E12:J12"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="E14:J14"/>
     <mergeCell ref="B12:D13"/>
     <mergeCell ref="E13:J13"/>
     <mergeCell ref="B17:J25"/>
     <mergeCell ref="G26:J26"/>
     <mergeCell ref="B27:J29"/>
     <mergeCell ref="B30:J38"/>
     <mergeCell ref="B42:D42"/>
     <mergeCell ref="E42:J42"/>
     <mergeCell ref="E43:J44"/>
     <mergeCell ref="B46:D46"/>
     <mergeCell ref="E46:J46"/>
     <mergeCell ref="B47:D48"/>
     <mergeCell ref="E47:J48"/>
     <mergeCell ref="B43:D45"/>
     <mergeCell ref="E45:J45"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88154F21-FBA5-415F-B5B6-9B6F22582A3B}">
   <sheetPr codeName="Sheet10">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A2:K52"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5:H7"/>
+      <selection activeCell="B2" sqref="B2:J3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.6328125" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="9.625" style="306"/>
+    <col min="1" max="16384" width="9.6328125" style="222"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.15">
-[...95 lines deleted...]
-      <c r="B9" s="311" t="s">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A2" s="221"/>
+      <c r="B2" s="741" t="s">
+        <v>681</v>
+      </c>
+      <c r="C2" s="742"/>
+      <c r="D2" s="742"/>
+      <c r="E2" s="742"/>
+      <c r="F2" s="742"/>
+      <c r="G2" s="742"/>
+      <c r="H2" s="742"/>
+      <c r="I2" s="742"/>
+      <c r="J2" s="742"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="223"/>
+      <c r="B3" s="742"/>
+      <c r="C3" s="742"/>
+      <c r="D3" s="742"/>
+      <c r="E3" s="742"/>
+      <c r="F3" s="742"/>
+      <c r="G3" s="742"/>
+      <c r="H3" s="742"/>
+      <c r="I3" s="742"/>
+      <c r="J3" s="742"/>
+      <c r="K3" s="223"/>
+    </row>
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A4" s="223"/>
+      <c r="B4" s="223"/>
+      <c r="C4" s="223"/>
+      <c r="D4" s="223"/>
+      <c r="E4" s="223"/>
+      <c r="F4" s="223"/>
+      <c r="G4" s="223"/>
+      <c r="H4" s="223"/>
+      <c r="I4" s="223"/>
+      <c r="J4" s="223"/>
+      <c r="K4" s="223"/>
+    </row>
+    <row r="5" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A5" s="223"/>
+      <c r="B5" s="223"/>
+      <c r="C5" s="223"/>
+      <c r="D5" s="744" t="s">
+        <v>781</v>
+      </c>
+      <c r="E5" s="744"/>
+      <c r="F5" s="744"/>
+      <c r="G5" s="744"/>
+      <c r="H5" s="744"/>
+      <c r="I5" s="223"/>
+      <c r="J5" s="223"/>
+      <c r="K5" s="223"/>
+    </row>
+    <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.95">
+      <c r="A6" s="223"/>
+      <c r="B6" s="223"/>
+      <c r="C6" s="224"/>
+      <c r="D6" s="744"/>
+      <c r="E6" s="744"/>
+      <c r="F6" s="744"/>
+      <c r="G6" s="744"/>
+      <c r="H6" s="744"/>
+      <c r="I6" s="223"/>
+      <c r="J6" s="223"/>
+      <c r="K6" s="223"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A7" s="223"/>
+      <c r="B7" s="223"/>
+      <c r="C7" s="225"/>
+      <c r="D7" s="744"/>
+      <c r="E7" s="744"/>
+      <c r="F7" s="744"/>
+      <c r="G7" s="744"/>
+      <c r="H7" s="744"/>
+      <c r="I7" s="223"/>
+      <c r="J7" s="223"/>
+      <c r="K7" s="223"/>
+    </row>
+    <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A8" s="223"/>
+      <c r="B8" s="223"/>
+      <c r="C8" s="226"/>
+      <c r="D8" s="226"/>
+      <c r="E8" s="226"/>
+      <c r="F8" s="223"/>
+      <c r="G8" s="223"/>
+      <c r="H8" s="223"/>
+      <c r="I8" s="223"/>
+      <c r="J8" s="223"/>
+      <c r="K8" s="223"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A9" s="223"/>
+      <c r="B9" s="227" t="s">
+        <v>646</v>
+      </c>
+      <c r="C9" s="227"/>
+      <c r="D9" s="227"/>
+      <c r="E9" s="227"/>
+      <c r="F9" s="227"/>
+      <c r="G9" s="227"/>
+      <c r="H9" s="227"/>
+      <c r="I9" s="227"/>
+      <c r="J9" s="227"/>
+      <c r="K9" s="223"/>
+    </row>
+    <row r="10" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A10" s="223"/>
+      <c r="B10" s="227" t="s">
         <v>647</v>
       </c>
-      <c r="C9" s="312"/>
-[...11 lines deleted...]
-      <c r="B10" s="311" t="s">
+      <c r="C10" s="227"/>
+      <c r="D10" s="227"/>
+      <c r="E10" s="227"/>
+      <c r="F10" s="227"/>
+      <c r="G10" s="227"/>
+      <c r="H10" s="227"/>
+      <c r="I10" s="227"/>
+      <c r="J10" s="227"/>
+      <c r="K10" s="223"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A11" s="223"/>
+      <c r="B11" s="227"/>
+      <c r="C11" s="227"/>
+      <c r="D11" s="227"/>
+      <c r="E11" s="227"/>
+      <c r="F11" s="227"/>
+      <c r="G11" s="227"/>
+      <c r="H11" s="227"/>
+      <c r="I11" s="227"/>
+      <c r="J11" s="227"/>
+      <c r="K11" s="223"/>
+    </row>
+    <row r="12" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A12" s="223"/>
+      <c r="B12" s="749" t="s">
         <v>648</v>
       </c>
-      <c r="C10" s="311"/>
-[...24 lines deleted...]
-      <c r="B12" s="889" t="s">
+      <c r="C12" s="750"/>
+      <c r="D12" s="751"/>
+      <c r="E12" s="745"/>
+      <c r="F12" s="746"/>
+      <c r="G12" s="746"/>
+      <c r="H12" s="746"/>
+      <c r="I12" s="746"/>
+      <c r="J12" s="747"/>
+      <c r="K12" s="223"/>
+    </row>
+    <row r="13" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A13" s="223"/>
+      <c r="B13" s="724"/>
+      <c r="C13" s="725"/>
+      <c r="D13" s="726"/>
+      <c r="E13" s="752" t="s">
+        <v>782</v>
+      </c>
+      <c r="F13" s="753"/>
+      <c r="G13" s="753"/>
+      <c r="H13" s="753"/>
+      <c r="I13" s="753"/>
+      <c r="J13" s="754"/>
+      <c r="K13" s="223"/>
+    </row>
+    <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A14" s="223"/>
+      <c r="B14" s="748" t="s">
         <v>649</v>
       </c>
-      <c r="C12" s="890"/>
-[...26 lines deleted...]
-      <c r="B14" s="888" t="s">
+      <c r="C14" s="748"/>
+      <c r="D14" s="748"/>
+      <c r="E14" s="694"/>
+      <c r="F14" s="695"/>
+      <c r="G14" s="695"/>
+      <c r="H14" s="695"/>
+      <c r="I14" s="695"/>
+      <c r="J14" s="696"/>
+      <c r="K14" s="223"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A15" s="223"/>
+      <c r="B15" s="743" t="s">
         <v>650</v>
       </c>
-      <c r="C14" s="888"/>
-[...11 lines deleted...]
-      <c r="B15" s="883" t="s">
+      <c r="C15" s="743"/>
+      <c r="D15" s="743"/>
+      <c r="E15" s="284"/>
+      <c r="F15" s="232" t="s">
         <v>651</v>
       </c>
-      <c r="C15" s="883"/>
-[...2 lines deleted...]
-      <c r="F15" s="319" t="s">
+      <c r="G15" s="285"/>
+      <c r="H15" s="232" t="s">
         <v>652</v>
       </c>
-      <c r="G15" s="381"/>
-      <c r="H15" s="319" t="s">
+      <c r="I15" s="285"/>
+      <c r="J15" s="233" t="s">
         <v>653</v>
       </c>
-      <c r="I15" s="381"/>
-      <c r="J15" s="320" t="s">
+      <c r="K15" s="223"/>
+    </row>
+    <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="223"/>
+      <c r="B16" s="227"/>
+      <c r="C16" s="227"/>
+      <c r="D16" s="227"/>
+      <c r="E16" s="227"/>
+      <c r="F16" s="227"/>
+      <c r="G16" s="227"/>
+      <c r="H16" s="227"/>
+      <c r="I16" s="227"/>
+      <c r="J16" s="227"/>
+      <c r="K16" s="223"/>
+    </row>
+    <row r="17" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="223"/>
+      <c r="B17" s="730" t="s">
+        <v>812</v>
+      </c>
+      <c r="C17" s="731"/>
+      <c r="D17" s="731"/>
+      <c r="E17" s="731"/>
+      <c r="F17" s="731"/>
+      <c r="G17" s="731"/>
+      <c r="H17" s="731"/>
+      <c r="I17" s="731"/>
+      <c r="J17" s="731"/>
+      <c r="K17" s="223"/>
+    </row>
+    <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A18" s="223"/>
+      <c r="B18" s="731"/>
+      <c r="C18" s="731"/>
+      <c r="D18" s="731"/>
+      <c r="E18" s="731"/>
+      <c r="F18" s="731"/>
+      <c r="G18" s="731"/>
+      <c r="H18" s="731"/>
+      <c r="I18" s="731"/>
+      <c r="J18" s="731"/>
+      <c r="K18" s="223"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A19" s="223"/>
+      <c r="B19" s="731"/>
+      <c r="C19" s="731"/>
+      <c r="D19" s="731"/>
+      <c r="E19" s="731"/>
+      <c r="F19" s="731"/>
+      <c r="G19" s="731"/>
+      <c r="H19" s="731"/>
+      <c r="I19" s="731"/>
+      <c r="J19" s="731"/>
+      <c r="K19" s="223"/>
+    </row>
+    <row r="20" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A20" s="223"/>
+      <c r="B20" s="731"/>
+      <c r="C20" s="731"/>
+      <c r="D20" s="731"/>
+      <c r="E20" s="731"/>
+      <c r="F20" s="731"/>
+      <c r="G20" s="731"/>
+      <c r="H20" s="731"/>
+      <c r="I20" s="731"/>
+      <c r="J20" s="731"/>
+      <c r="K20" s="223"/>
+    </row>
+    <row r="21" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A21" s="223"/>
+      <c r="B21" s="731"/>
+      <c r="C21" s="731"/>
+      <c r="D21" s="731"/>
+      <c r="E21" s="731"/>
+      <c r="F21" s="731"/>
+      <c r="G21" s="731"/>
+      <c r="H21" s="731"/>
+      <c r="I21" s="731"/>
+      <c r="J21" s="731"/>
+      <c r="K21" s="223"/>
+    </row>
+    <row r="22" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A22" s="223"/>
+      <c r="B22" s="731"/>
+      <c r="C22" s="731"/>
+      <c r="D22" s="731"/>
+      <c r="E22" s="731"/>
+      <c r="F22" s="731"/>
+      <c r="G22" s="731"/>
+      <c r="H22" s="731"/>
+      <c r="I22" s="731"/>
+      <c r="J22" s="731"/>
+      <c r="K22" s="223"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="223"/>
+      <c r="B23" s="731"/>
+      <c r="C23" s="731"/>
+      <c r="D23" s="731"/>
+      <c r="E23" s="731"/>
+      <c r="F23" s="731"/>
+      <c r="G23" s="731"/>
+      <c r="H23" s="731"/>
+      <c r="I23" s="731"/>
+      <c r="J23" s="731"/>
+      <c r="K23" s="223"/>
+    </row>
+    <row r="24" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="223"/>
+      <c r="B24" s="731"/>
+      <c r="C24" s="731"/>
+      <c r="D24" s="731"/>
+      <c r="E24" s="731"/>
+      <c r="F24" s="731"/>
+      <c r="G24" s="731"/>
+      <c r="H24" s="731"/>
+      <c r="I24" s="731"/>
+      <c r="J24" s="731"/>
+      <c r="K24" s="223"/>
+    </row>
+    <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A25" s="223"/>
+      <c r="B25" s="731"/>
+      <c r="C25" s="731"/>
+      <c r="D25" s="731"/>
+      <c r="E25" s="731"/>
+      <c r="F25" s="731"/>
+      <c r="G25" s="731"/>
+      <c r="H25" s="731"/>
+      <c r="I25" s="731"/>
+      <c r="J25" s="731"/>
+      <c r="K25" s="223"/>
+    </row>
+    <row r="26" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A26" s="223"/>
+      <c r="B26" s="234"/>
+      <c r="C26" s="234"/>
+      <c r="D26" s="234"/>
+      <c r="E26" s="234"/>
+      <c r="F26" s="227"/>
+      <c r="G26" s="732"/>
+      <c r="H26" s="732"/>
+      <c r="I26" s="732"/>
+      <c r="J26" s="732"/>
+      <c r="K26" s="223"/>
+    </row>
+    <row r="27" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A27" s="223"/>
+      <c r="B27" s="733" t="s">
+        <v>661</v>
+      </c>
+      <c r="C27" s="731"/>
+      <c r="D27" s="731"/>
+      <c r="E27" s="731"/>
+      <c r="F27" s="731"/>
+      <c r="G27" s="731"/>
+      <c r="H27" s="731"/>
+      <c r="I27" s="731"/>
+      <c r="J27" s="731"/>
+      <c r="K27" s="223"/>
+    </row>
+    <row r="28" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A28" s="223"/>
+      <c r="B28" s="731"/>
+      <c r="C28" s="731"/>
+      <c r="D28" s="731"/>
+      <c r="E28" s="731"/>
+      <c r="F28" s="731"/>
+      <c r="G28" s="731"/>
+      <c r="H28" s="731"/>
+      <c r="I28" s="731"/>
+      <c r="J28" s="731"/>
+      <c r="K28" s="223"/>
+    </row>
+    <row r="29" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A29" s="223"/>
+      <c r="B29" s="734"/>
+      <c r="C29" s="734"/>
+      <c r="D29" s="734"/>
+      <c r="E29" s="734"/>
+      <c r="F29" s="734"/>
+      <c r="G29" s="734"/>
+      <c r="H29" s="734"/>
+      <c r="I29" s="734"/>
+      <c r="J29" s="734"/>
+      <c r="K29" s="223"/>
+    </row>
+    <row r="30" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A30" s="223"/>
+      <c r="B30" s="735"/>
+      <c r="C30" s="735"/>
+      <c r="D30" s="735"/>
+      <c r="E30" s="735"/>
+      <c r="F30" s="735"/>
+      <c r="G30" s="735"/>
+      <c r="H30" s="735"/>
+      <c r="I30" s="735"/>
+      <c r="J30" s="735"/>
+      <c r="K30" s="223"/>
+    </row>
+    <row r="31" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A31" s="223"/>
+      <c r="B31" s="735"/>
+      <c r="C31" s="735"/>
+      <c r="D31" s="735"/>
+      <c r="E31" s="735"/>
+      <c r="F31" s="735"/>
+      <c r="G31" s="735"/>
+      <c r="H31" s="735"/>
+      <c r="I31" s="735"/>
+      <c r="J31" s="735"/>
+      <c r="K31" s="223"/>
+    </row>
+    <row r="32" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A32" s="223"/>
+      <c r="B32" s="735"/>
+      <c r="C32" s="735"/>
+      <c r="D32" s="735"/>
+      <c r="E32" s="735"/>
+      <c r="F32" s="735"/>
+      <c r="G32" s="735"/>
+      <c r="H32" s="735"/>
+      <c r="I32" s="735"/>
+      <c r="J32" s="735"/>
+      <c r="K32" s="223"/>
+    </row>
+    <row r="33" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A33" s="223"/>
+      <c r="B33" s="735"/>
+      <c r="C33" s="735"/>
+      <c r="D33" s="735"/>
+      <c r="E33" s="735"/>
+      <c r="F33" s="735"/>
+      <c r="G33" s="735"/>
+      <c r="H33" s="735"/>
+      <c r="I33" s="735"/>
+      <c r="J33" s="735"/>
+      <c r="K33" s="223"/>
+    </row>
+    <row r="34" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A34" s="223"/>
+      <c r="B34" s="735"/>
+      <c r="C34" s="735"/>
+      <c r="D34" s="735"/>
+      <c r="E34" s="735"/>
+      <c r="F34" s="735"/>
+      <c r="G34" s="735"/>
+      <c r="H34" s="735"/>
+      <c r="I34" s="735"/>
+      <c r="J34" s="735"/>
+      <c r="K34" s="223"/>
+    </row>
+    <row r="35" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A35" s="223"/>
+      <c r="B35" s="735"/>
+      <c r="C35" s="735"/>
+      <c r="D35" s="735"/>
+      <c r="E35" s="735"/>
+      <c r="F35" s="735"/>
+      <c r="G35" s="735"/>
+      <c r="H35" s="735"/>
+      <c r="I35" s="735"/>
+      <c r="J35" s="735"/>
+      <c r="K35" s="223"/>
+    </row>
+    <row r="36" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A36" s="223"/>
+      <c r="B36" s="735"/>
+      <c r="C36" s="735"/>
+      <c r="D36" s="735"/>
+      <c r="E36" s="735"/>
+      <c r="F36" s="735"/>
+      <c r="G36" s="735"/>
+      <c r="H36" s="735"/>
+      <c r="I36" s="735"/>
+      <c r="J36" s="735"/>
+      <c r="K36" s="223"/>
+    </row>
+    <row r="37" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A37" s="223"/>
+      <c r="B37" s="735"/>
+      <c r="C37" s="735"/>
+      <c r="D37" s="735"/>
+      <c r="E37" s="735"/>
+      <c r="F37" s="735"/>
+      <c r="G37" s="735"/>
+      <c r="H37" s="735"/>
+      <c r="I37" s="735"/>
+      <c r="J37" s="735"/>
+      <c r="K37" s="223"/>
+    </row>
+    <row r="38" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A38" s="223"/>
+      <c r="B38" s="735"/>
+      <c r="C38" s="735"/>
+      <c r="D38" s="735"/>
+      <c r="E38" s="735"/>
+      <c r="F38" s="735"/>
+      <c r="G38" s="735"/>
+      <c r="H38" s="735"/>
+      <c r="I38" s="735"/>
+      <c r="J38" s="735"/>
+      <c r="K38" s="223"/>
+    </row>
+    <row r="39" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A39" s="223"/>
+      <c r="B39" s="228"/>
+      <c r="C39" s="228"/>
+      <c r="D39" s="228"/>
+      <c r="E39" s="228"/>
+      <c r="F39" s="228"/>
+      <c r="G39" s="228"/>
+      <c r="H39" s="228"/>
+      <c r="I39" s="228"/>
+      <c r="J39" s="228"/>
+      <c r="K39" s="223"/>
+    </row>
+    <row r="40" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A40" s="223"/>
+      <c r="B40" s="227"/>
+      <c r="C40" s="227"/>
+      <c r="D40" s="227"/>
+      <c r="E40" s="229"/>
+      <c r="F40" s="227"/>
+      <c r="G40" s="227"/>
+      <c r="H40" s="227"/>
+      <c r="I40" s="227"/>
+      <c r="J40" s="227"/>
+      <c r="K40" s="223"/>
+    </row>
+    <row r="41" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B41" s="227" t="s">
         <v>654</v>
       </c>
-      <c r="K15" s="307"/>
-[...331 lines deleted...]
-      <c r="B41" s="322" t="s">
+      <c r="C41" s="227"/>
+      <c r="D41" s="227"/>
+      <c r="E41" s="227"/>
+      <c r="F41" s="227"/>
+      <c r="G41" s="227"/>
+      <c r="H41" s="227"/>
+      <c r="I41" s="227"/>
+      <c r="J41" s="227"/>
+    </row>
+    <row r="42" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B42" s="736" t="s">
         <v>655</v>
       </c>
-      <c r="C41" s="322"/>
-[...9 lines deleted...]
-      <c r="B42" s="876" t="s">
+      <c r="C42" s="737"/>
+      <c r="D42" s="738"/>
+      <c r="E42" s="739"/>
+      <c r="F42" s="739"/>
+      <c r="G42" s="739"/>
+      <c r="H42" s="739"/>
+      <c r="I42" s="739"/>
+      <c r="J42" s="740"/>
+    </row>
+    <row r="43" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="718" t="s">
         <v>656</v>
       </c>
-      <c r="C42" s="877"/>
-[...9 lines deleted...]
-      <c r="B43" s="858" t="s">
+      <c r="C43" s="719"/>
+      <c r="D43" s="720"/>
+      <c r="E43" s="694"/>
+      <c r="F43" s="695"/>
+      <c r="G43" s="695"/>
+      <c r="H43" s="695"/>
+      <c r="I43" s="695"/>
+      <c r="J43" s="696"/>
+    </row>
+    <row r="44" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="721"/>
+      <c r="C44" s="722"/>
+      <c r="D44" s="723"/>
+      <c r="E44" s="697"/>
+      <c r="F44" s="698"/>
+      <c r="G44" s="698"/>
+      <c r="H44" s="698"/>
+      <c r="I44" s="698"/>
+      <c r="J44" s="699"/>
+    </row>
+    <row r="45" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="724"/>
+      <c r="C45" s="725"/>
+      <c r="D45" s="726"/>
+      <c r="E45" s="727" t="s">
+        <v>814</v>
+      </c>
+      <c r="F45" s="728"/>
+      <c r="G45" s="728"/>
+      <c r="H45" s="728"/>
+      <c r="I45" s="728"/>
+      <c r="J45" s="729"/>
+    </row>
+    <row r="46" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="700" t="s">
         <v>657</v>
       </c>
-      <c r="C43" s="859"/>
-[...33 lines deleted...]
-      <c r="B46" s="840" t="s">
+      <c r="C46" s="701"/>
+      <c r="D46" s="702"/>
+      <c r="E46" s="703"/>
+      <c r="F46" s="704"/>
+      <c r="G46" s="704"/>
+      <c r="H46" s="704"/>
+      <c r="I46" s="704"/>
+      <c r="J46" s="705"/>
+    </row>
+    <row r="47" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="706" t="s">
         <v>658</v>
       </c>
-      <c r="C46" s="841"/>
-[...9 lines deleted...]
-      <c r="B47" s="846" t="s">
+      <c r="C47" s="707"/>
+      <c r="D47" s="708"/>
+      <c r="E47" s="712"/>
+      <c r="F47" s="713"/>
+      <c r="G47" s="713"/>
+      <c r="H47" s="713"/>
+      <c r="I47" s="713"/>
+      <c r="J47" s="714"/>
+    </row>
+    <row r="48" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="709"/>
+      <c r="C48" s="710"/>
+      <c r="D48" s="711"/>
+      <c r="E48" s="715"/>
+      <c r="F48" s="716"/>
+      <c r="G48" s="716"/>
+      <c r="H48" s="716"/>
+      <c r="I48" s="716"/>
+      <c r="J48" s="717"/>
+    </row>
+    <row r="49" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B49" s="227"/>
+      <c r="C49" s="227"/>
+      <c r="D49" s="227"/>
+      <c r="E49" s="227"/>
+      <c r="F49" s="227"/>
+      <c r="G49" s="227"/>
+      <c r="H49" s="227"/>
+      <c r="I49" s="227"/>
+      <c r="J49" s="227"/>
+    </row>
+    <row r="50" spans="2:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="B50" s="227"/>
+      <c r="C50" s="230"/>
+      <c r="D50" s="230" t="s">
         <v>659</v>
       </c>
-      <c r="C47" s="847"/>
-[...33 lines deleted...]
-      <c r="D50" s="324" t="s">
+      <c r="E50" s="286"/>
+      <c r="F50" s="235" t="s">
         <v>660</v>
       </c>
-      <c r="E50" s="382"/>
-[...4 lines deleted...]
-      <c r="H50" s="323" t="s">
+      <c r="G50" s="286"/>
+      <c r="H50" s="235" t="s">
+        <v>652</v>
+      </c>
+      <c r="I50" s="286"/>
+      <c r="J50" s="235" t="s">
         <v>653</v>
       </c>
-      <c r="I50" s="382"/>
-[...24 lines deleted...]
-      <c r="J52" s="307"/>
+    </row>
+    <row r="51" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B51" s="223"/>
+      <c r="C51" s="223"/>
+      <c r="D51" s="223"/>
+      <c r="E51" s="231"/>
+      <c r="F51" s="223"/>
+      <c r="G51" s="223"/>
+      <c r="H51" s="223"/>
+      <c r="I51" s="223"/>
+      <c r="J51" s="223"/>
+    </row>
+    <row r="52" spans="2:10" ht="17.5" x14ac:dyDescent="0.6">
+      <c r="B52" s="223"/>
+      <c r="C52" s="223"/>
+      <c r="D52" s="223"/>
+      <c r="E52" s="223"/>
+      <c r="F52" s="223"/>
+      <c r="G52" s="223"/>
+      <c r="H52" s="223"/>
+      <c r="I52" s="223"/>
+      <c r="J52" s="223"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="B2:J3"/>
     <mergeCell ref="E43:J44"/>
     <mergeCell ref="B46:D46"/>
     <mergeCell ref="E46:J46"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="D5:H7"/>
     <mergeCell ref="E12:J12"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="E14:J14"/>
     <mergeCell ref="B12:D13"/>
     <mergeCell ref="E13:J13"/>
     <mergeCell ref="B47:D48"/>
     <mergeCell ref="E47:J48"/>
     <mergeCell ref="B17:J25"/>
     <mergeCell ref="G26:J26"/>
     <mergeCell ref="B27:J29"/>
     <mergeCell ref="B30:J38"/>
     <mergeCell ref="B42:D42"/>
     <mergeCell ref="E42:J42"/>
     <mergeCell ref="B43:D45"/>
     <mergeCell ref="E45:J45"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACEA3E41-FBA1-4154-8278-0AC86AAD89BF}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BZ115"/>
+  <dimension ref="A1:BZ109"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="90" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="S73" sqref="S73:U74"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="34" width="3.125" style="6" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="57" max="16384" width="9" style="6"/>
+    <col min="1" max="34" width="3.08984375" style="5" customWidth="1"/>
+    <col min="35" max="43" width="3" style="5" customWidth="1"/>
+    <col min="44" max="56" width="2.6328125" style="5" customWidth="1"/>
+    <col min="57" max="16384" width="9" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="4" t="s">
         <v>192</v>
       </c>
       <c r="B1" s="4"/>
-      <c r="C1" s="5"/>
-[...42 lines deleted...]
-      <c r="B2" s="7" t="s">
+    </row>
+    <row r="2" spans="1:43" ht="13" x14ac:dyDescent="0.2">
+      <c r="B2" t="s">
         <v>191</v>
       </c>
-      <c r="D2" s="5"/>
-[...25 lines deleted...]
-      <c r="AF2" s="8" t="s">
+      <c r="AF2" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="AG2" s="8"/>
-[...12 lines deleted...]
-      <c r="B3" s="10" t="s">
+      <c r="AG2" s="6"/>
+      <c r="AH2" s="6"/>
+      <c r="AI2" s="6"/>
+      <c r="AJ2" s="6"/>
+      <c r="AK2" s="6"/>
+      <c r="AL2" s="6"/>
+      <c r="AM2" s="7"/>
+    </row>
+    <row r="3" spans="1:43" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="8" t="s">
         <v>189</v>
       </c>
-      <c r="D3" s="5"/>
-[...25 lines deleted...]
-      <c r="AF3" s="10" t="s">
+      <c r="AF3" s="8" t="s">
         <v>188</v>
       </c>
-      <c r="AG3" s="11"/>
-[...56 lines deleted...]
-      <c r="A5" s="1034" t="s">
+      <c r="AG3" s="9"/>
+      <c r="AH3" s="9"/>
+      <c r="AI3" s="9"/>
+      <c r="AJ3" s="9"/>
+      <c r="AK3" s="9"/>
+      <c r="AL3" s="9"/>
+      <c r="AM3" s="7"/>
+    </row>
+    <row r="4" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="10"/>
+      <c r="B4" s="11"/>
+      <c r="C4" s="11"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="11"/>
+      <c r="F4" s="11"/>
+      <c r="G4" s="11"/>
+      <c r="H4" s="11"/>
+      <c r="I4" s="11"/>
+      <c r="J4" s="11"/>
+      <c r="K4" s="11"/>
+      <c r="L4" s="11"/>
+      <c r="M4" s="11"/>
+      <c r="N4" s="11"/>
+      <c r="O4" s="11"/>
+      <c r="P4" s="11"/>
+      <c r="Q4" s="11"/>
+      <c r="R4" s="11"/>
+      <c r="S4" s="11"/>
+      <c r="T4" s="11"/>
+      <c r="U4" s="11"/>
+      <c r="V4" s="11"/>
+      <c r="W4" s="11"/>
+      <c r="X4" s="11"/>
+      <c r="Y4" s="11"/>
+      <c r="Z4" s="11"/>
+      <c r="AA4" s="11"/>
+      <c r="AB4" s="11"/>
+      <c r="AC4" s="11"/>
+      <c r="AD4" s="11"/>
+      <c r="AE4" s="11"/>
+      <c r="AF4" s="11"/>
+      <c r="AG4" s="11"/>
+      <c r="AH4" s="11"/>
+      <c r="AI4" s="11"/>
+      <c r="AJ4" s="11"/>
+      <c r="AK4" s="11"/>
+      <c r="AL4" s="11"/>
+      <c r="AM4" s="11"/>
+      <c r="AN4" s="11"/>
+      <c r="AO4" s="11"/>
+      <c r="AP4" s="11"/>
+      <c r="AQ4" s="12"/>
+    </row>
+    <row r="5" spans="1:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="873" t="s">
         <v>187</v>
       </c>
-      <c r="B5" s="1035"/>
-[...43 lines deleted...]
-      <c r="A6" s="1037" t="s">
+      <c r="B5" s="874"/>
+      <c r="C5" s="874"/>
+      <c r="D5" s="874"/>
+      <c r="E5" s="874"/>
+      <c r="F5" s="874"/>
+      <c r="G5" s="874"/>
+      <c r="H5" s="874"/>
+      <c r="I5" s="874"/>
+      <c r="J5" s="874"/>
+      <c r="K5" s="874"/>
+      <c r="L5" s="874"/>
+      <c r="M5" s="874"/>
+      <c r="N5" s="874"/>
+      <c r="O5" s="874"/>
+      <c r="P5" s="874"/>
+      <c r="Q5" s="874"/>
+      <c r="R5" s="874"/>
+      <c r="S5" s="874"/>
+      <c r="T5" s="874"/>
+      <c r="U5" s="874"/>
+      <c r="V5" s="874"/>
+      <c r="W5" s="874"/>
+      <c r="X5" s="874"/>
+      <c r="Y5" s="874"/>
+      <c r="Z5" s="874"/>
+      <c r="AA5" s="874"/>
+      <c r="AB5" s="874"/>
+      <c r="AC5" s="874"/>
+      <c r="AD5" s="874"/>
+      <c r="AE5" s="874"/>
+      <c r="AF5" s="874"/>
+      <c r="AG5" s="874"/>
+      <c r="AH5" s="874"/>
+      <c r="AI5" s="874"/>
+      <c r="AJ5" s="874"/>
+      <c r="AK5" s="874"/>
+      <c r="AL5" s="874"/>
+      <c r="AM5" s="874"/>
+      <c r="AN5" s="874"/>
+      <c r="AO5" s="874"/>
+      <c r="AP5" s="874"/>
+      <c r="AQ5" s="875"/>
+    </row>
+    <row r="6" spans="1:43" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="876" t="s">
         <v>186</v>
       </c>
-      <c r="B6" s="1038"/>
-[...89 lines deleted...]
-      <c r="B8" s="1040" t="s">
+      <c r="B6" s="877"/>
+      <c r="C6" s="877"/>
+      <c r="D6" s="877"/>
+      <c r="E6" s="877"/>
+      <c r="F6" s="877"/>
+      <c r="G6" s="877"/>
+      <c r="H6" s="877"/>
+      <c r="I6" s="877"/>
+      <c r="J6" s="877"/>
+      <c r="K6" s="877"/>
+      <c r="L6" s="877"/>
+      <c r="M6" s="877"/>
+      <c r="N6" s="877"/>
+      <c r="O6" s="877"/>
+      <c r="P6" s="877"/>
+      <c r="Q6" s="877"/>
+      <c r="R6" s="877"/>
+      <c r="S6" s="877"/>
+      <c r="T6" s="877"/>
+      <c r="U6" s="877"/>
+      <c r="V6" s="877"/>
+      <c r="W6" s="877"/>
+      <c r="X6" s="877"/>
+      <c r="Y6" s="877"/>
+      <c r="Z6" s="877"/>
+      <c r="AA6" s="877"/>
+      <c r="AB6" s="877"/>
+      <c r="AC6" s="877"/>
+      <c r="AD6" s="877"/>
+      <c r="AE6" s="877"/>
+      <c r="AF6" s="877"/>
+      <c r="AG6" s="877"/>
+      <c r="AH6" s="877"/>
+      <c r="AI6" s="877"/>
+      <c r="AJ6" s="877"/>
+      <c r="AK6" s="877"/>
+      <c r="AL6" s="877"/>
+      <c r="AM6" s="877"/>
+      <c r="AN6" s="877"/>
+      <c r="AO6" s="877"/>
+      <c r="AP6" s="877"/>
+      <c r="AQ6" s="878"/>
+    </row>
+    <row r="7" spans="1:43" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="14"/>
+      <c r="H7" s="15"/>
+      <c r="I7" s="15"/>
+      <c r="J7" s="15"/>
+      <c r="K7" s="15"/>
+      <c r="L7" s="15"/>
+      <c r="M7" s="15"/>
+      <c r="N7" s="15"/>
+      <c r="O7" s="15"/>
+      <c r="P7" s="15"/>
+      <c r="Q7" s="15"/>
+      <c r="R7" s="15"/>
+      <c r="S7" s="15"/>
+      <c r="T7" s="15"/>
+      <c r="U7" s="15"/>
+      <c r="V7" s="15"/>
+      <c r="W7" s="15"/>
+      <c r="X7" s="15"/>
+      <c r="Y7" s="15"/>
+      <c r="Z7" s="15"/>
+      <c r="AA7" s="15"/>
+      <c r="AB7" s="15"/>
+      <c r="AC7" s="15"/>
+      <c r="AD7" s="15"/>
+      <c r="AE7" s="15"/>
+      <c r="AF7" s="15"/>
+      <c r="AG7" s="16"/>
+      <c r="AQ7" s="17"/>
+    </row>
+    <row r="8" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="18"/>
+      <c r="B8" s="879" t="s">
         <v>185</v>
       </c>
-      <c r="C8" s="1040"/>
-[...43 lines deleted...]
-      <c r="B9" s="1041" t="s">
+      <c r="C8" s="879"/>
+      <c r="D8" s="879"/>
+      <c r="E8" s="879"/>
+      <c r="F8" s="879"/>
+      <c r="G8" s="879"/>
+      <c r="H8" s="879"/>
+      <c r="I8" s="879"/>
+      <c r="J8"/>
+      <c r="K8"/>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="O8" s="19"/>
+      <c r="P8" s="19"/>
+      <c r="Q8" s="19"/>
+      <c r="R8" s="19"/>
+      <c r="S8" s="19"/>
+      <c r="AQ8" s="20"/>
+    </row>
+    <row r="9" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="21"/>
+      <c r="B9" s="880" t="s">
         <v>184</v>
       </c>
-      <c r="C9" s="1041"/>
-[...89 lines deleted...]
-      <c r="C11" s="1042" t="s">
+      <c r="C9" s="880"/>
+      <c r="D9" s="880"/>
+      <c r="E9" s="880"/>
+      <c r="F9" s="880"/>
+      <c r="G9" s="880"/>
+      <c r="H9" s="880"/>
+      <c r="I9" s="880"/>
+      <c r="J9"/>
+      <c r="K9"/>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" s="22"/>
+      <c r="O9" s="23"/>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="23"/>
+      <c r="R9" s="23"/>
+      <c r="S9" s="23"/>
+      <c r="AQ9" s="20"/>
+    </row>
+    <row r="10" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="21"/>
+      <c r="B10" s="8"/>
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="AQ10" s="20"/>
+    </row>
+    <row r="11" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="21"/>
+      <c r="C11" s="881" t="s">
         <v>183</v>
       </c>
-      <c r="D11" s="1042"/>
-[...88 lines deleted...]
-      <c r="C13" s="1043" t="s">
+      <c r="D11" s="881"/>
+      <c r="E11" s="881"/>
+      <c r="F11" s="881"/>
+      <c r="G11" s="881"/>
+      <c r="H11" s="881"/>
+      <c r="I11" s="881"/>
+      <c r="J11" s="881"/>
+      <c r="K11" s="881"/>
+      <c r="L11" s="881"/>
+      <c r="M11" s="881"/>
+      <c r="N11" s="881"/>
+      <c r="O11" s="881"/>
+      <c r="P11" s="881"/>
+      <c r="Q11" s="881"/>
+      <c r="R11" s="881"/>
+      <c r="S11" s="881"/>
+      <c r="T11" s="881"/>
+      <c r="U11" s="881"/>
+      <c r="V11" s="881"/>
+      <c r="W11" s="881"/>
+      <c r="X11" s="881"/>
+      <c r="Y11" s="881"/>
+      <c r="Z11" s="881"/>
+      <c r="AA11" s="881"/>
+      <c r="AB11" s="881"/>
+      <c r="AC11" s="881"/>
+      <c r="AD11" s="881"/>
+      <c r="AE11" s="881"/>
+      <c r="AF11" s="881"/>
+      <c r="AG11" s="881"/>
+      <c r="AQ11" s="20"/>
+    </row>
+    <row r="12" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="21"/>
+      <c r="C12" s="881"/>
+      <c r="D12" s="881"/>
+      <c r="E12" s="881"/>
+      <c r="F12" s="881"/>
+      <c r="G12" s="881"/>
+      <c r="H12" s="881"/>
+      <c r="I12" s="881"/>
+      <c r="J12" s="881"/>
+      <c r="K12" s="881"/>
+      <c r="L12" s="881"/>
+      <c r="M12" s="881"/>
+      <c r="N12" s="881"/>
+      <c r="O12" s="881"/>
+      <c r="P12" s="881"/>
+      <c r="Q12" s="881"/>
+      <c r="R12" s="881"/>
+      <c r="S12" s="881"/>
+      <c r="T12" s="881"/>
+      <c r="U12" s="881"/>
+      <c r="V12" s="881"/>
+      <c r="W12" s="881"/>
+      <c r="X12" s="881"/>
+      <c r="Y12" s="881"/>
+      <c r="Z12" s="881"/>
+      <c r="AA12" s="881"/>
+      <c r="AB12" s="881"/>
+      <c r="AC12" s="881"/>
+      <c r="AD12" s="881"/>
+      <c r="AE12" s="881"/>
+      <c r="AF12" s="881"/>
+      <c r="AG12" s="881"/>
+      <c r="AI12" s="8"/>
+      <c r="AJ12" s="8"/>
+      <c r="AK12" s="8"/>
+      <c r="AL12" s="8"/>
+      <c r="AQ12" s="20"/>
+    </row>
+    <row r="13" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="25"/>
+      <c r="B13" s="26"/>
+      <c r="C13" s="882" t="s">
         <v>182</v>
       </c>
-      <c r="D13" s="1043"/>
-[...94 lines deleted...]
-      <c r="I15" s="34" t="s">
+      <c r="D13" s="882"/>
+      <c r="E13" s="882"/>
+      <c r="F13" s="882"/>
+      <c r="G13" s="882"/>
+      <c r="H13" s="882"/>
+      <c r="I13" s="882"/>
+      <c r="J13" s="882"/>
+      <c r="K13" s="882"/>
+      <c r="L13" s="882"/>
+      <c r="M13" s="882"/>
+      <c r="N13" s="882"/>
+      <c r="O13" s="882"/>
+      <c r="P13" s="882"/>
+      <c r="Q13" s="882"/>
+      <c r="R13" s="882"/>
+      <c r="S13" s="882"/>
+      <c r="T13" s="882"/>
+      <c r="U13" s="882"/>
+      <c r="V13" s="882"/>
+      <c r="W13" s="882"/>
+      <c r="X13" s="882"/>
+      <c r="Y13" s="882"/>
+      <c r="Z13" s="882"/>
+      <c r="AA13" s="882"/>
+      <c r="AB13" s="882"/>
+      <c r="AC13" s="882"/>
+      <c r="AD13" s="882"/>
+      <c r="AE13" s="882"/>
+      <c r="AF13" s="882"/>
+      <c r="AG13" s="882"/>
+      <c r="AQ13" s="20"/>
+    </row>
+    <row r="14" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="27"/>
+      <c r="B14" s="13"/>
+      <c r="C14" s="882"/>
+      <c r="D14" s="882"/>
+      <c r="E14" s="882"/>
+      <c r="F14" s="882"/>
+      <c r="G14" s="882"/>
+      <c r="H14" s="882"/>
+      <c r="I14" s="882"/>
+      <c r="J14" s="882"/>
+      <c r="K14" s="882"/>
+      <c r="L14" s="882"/>
+      <c r="M14" s="882"/>
+      <c r="N14" s="882"/>
+      <c r="O14" s="882"/>
+      <c r="P14" s="882"/>
+      <c r="Q14" s="882"/>
+      <c r="R14" s="882"/>
+      <c r="S14" s="882"/>
+      <c r="T14" s="882"/>
+      <c r="U14" s="882"/>
+      <c r="V14" s="882"/>
+      <c r="W14" s="882"/>
+      <c r="X14" s="882"/>
+      <c r="Y14" s="882"/>
+      <c r="Z14" s="882"/>
+      <c r="AA14" s="882"/>
+      <c r="AB14" s="882"/>
+      <c r="AC14" s="882"/>
+      <c r="AD14" s="882"/>
+      <c r="AE14" s="882"/>
+      <c r="AF14" s="882"/>
+      <c r="AG14" s="882"/>
+      <c r="AQ14" s="20"/>
+    </row>
+    <row r="15" spans="1:43" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="18"/>
+      <c r="I15" s="28" t="s">
         <v>24</v>
       </c>
-      <c r="J15" s="34"/>
-[...6 lines deleted...]
-      <c r="Q15" s="34" t="s">
+      <c r="Q15" s="28" t="s">
         <v>24</v>
       </c>
-      <c r="R15" s="34"/>
-      <c r="S15" s="34" t="s">
+      <c r="S15" s="28" t="s">
         <v>181</v>
       </c>
-      <c r="T15" s="34"/>
-[...32 lines deleted...]
-      <c r="H16" s="28" t="s">
+      <c r="AQ15" s="29"/>
+    </row>
+    <row r="16" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="21"/>
+      <c r="H16" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="I16" s="28"/>
-[...36 lines deleted...]
-      <c r="A17" s="37" t="s">
+      <c r="AQ16" s="20"/>
+    </row>
+    <row r="17" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="18" t="s">
         <v>179</v>
       </c>
-      <c r="B17" s="38"/>
-[...4 lines deleted...]
-      <c r="G17" s="1014">
+      <c r="G17" s="859">
         <f>IF(AND('Form 1'!H16="",'Form 1'!H17=""),'Form 1'!H15,IF(AND('Form 1'!H16&lt;&gt;"",'Form 1'!H17=""),CONCATENATE('Form 1'!H15,"（",'Form 1'!H16,"）"),IF(AND('Form 1'!H16&lt;&gt;"",'Form 1'!H17&lt;&gt;""),CONCATENATE('Form 1'!H15,"（",'Form 1'!H16,"、",'Form 1'!H17,"）"),"")))</f>
         <v>0</v>
       </c>
-      <c r="H17" s="1014"/>
-[...15 lines deleted...]
-      <c r="X17" s="38" t="s">
+      <c r="H17" s="859"/>
+      <c r="I17" s="859"/>
+      <c r="J17" s="859"/>
+      <c r="K17" s="859"/>
+      <c r="L17" s="859"/>
+      <c r="M17" s="859"/>
+      <c r="N17" s="859"/>
+      <c r="O17" s="859"/>
+      <c r="P17" s="859"/>
+      <c r="Q17" s="859"/>
+      <c r="R17" s="859"/>
+      <c r="S17" s="859"/>
+      <c r="T17" s="859"/>
+      <c r="U17" s="859"/>
+      <c r="X17" s="28" t="s">
         <v>178</v>
       </c>
-      <c r="Y17" s="38"/>
-[...3 lines deleted...]
-      <c r="AC17" s="1015" t="str">
+      <c r="AC17" s="859" t="str">
         <f>'Form 1'!E19&amp;""</f>
         <v/>
       </c>
-      <c r="AD17" s="1015"/>
-[...2 lines deleted...]
-      <c r="AG17" s="996" t="s">
+      <c r="AD17" s="859"/>
+      <c r="AE17" s="859"/>
+      <c r="AF17" s="859"/>
+      <c r="AG17" s="845" t="s">
         <v>51</v>
       </c>
-      <c r="AH17" s="996"/>
-      <c r="AI17" s="1014" t="str">
+      <c r="AH17" s="845"/>
+      <c r="AI17" s="859" t="str">
         <f>'Form 1'!G19&amp;""</f>
         <v/>
       </c>
-      <c r="AJ17" s="1014"/>
-      <c r="AK17" s="996" t="s">
+      <c r="AJ17" s="859"/>
+      <c r="AK17" s="845" t="s">
         <v>50</v>
       </c>
-      <c r="AL17" s="996"/>
-      <c r="AM17" s="1014" t="str">
+      <c r="AL17" s="845"/>
+      <c r="AM17" s="859" t="str">
         <f>'Form 1'!I19&amp;""</f>
         <v/>
       </c>
-      <c r="AN17" s="1014"/>
-      <c r="AO17" s="996" t="s">
+      <c r="AN17" s="859"/>
+      <c r="AO17" s="845" t="s">
         <v>49</v>
       </c>
-      <c r="AP17" s="996"/>
-[...4 lines deleted...]
-      <c r="B18" s="42" t="s">
+      <c r="AP17" s="845"/>
+      <c r="AQ17" s="29"/>
+    </row>
+    <row r="18" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="14"/>
+      <c r="B18" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="C18" s="42"/>
-[...21 lines deleted...]
-      <c r="Y18" s="42" t="s">
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="G18" s="860"/>
+      <c r="H18" s="860"/>
+      <c r="I18" s="860"/>
+      <c r="J18" s="860"/>
+      <c r="K18" s="860"/>
+      <c r="L18" s="860"/>
+      <c r="M18" s="860"/>
+      <c r="N18" s="860"/>
+      <c r="O18" s="860"/>
+      <c r="P18" s="860"/>
+      <c r="Q18" s="860"/>
+      <c r="R18" s="860"/>
+      <c r="S18" s="860"/>
+      <c r="T18" s="860"/>
+      <c r="U18" s="860"/>
+      <c r="X18" s="8"/>
+      <c r="Y18" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="Z18" s="42"/>
-[...6 lines deleted...]
-      <c r="AG18" s="970" t="s">
+      <c r="Z18" s="8"/>
+      <c r="AA18" s="8"/>
+      <c r="AC18" s="860"/>
+      <c r="AD18" s="860"/>
+      <c r="AE18" s="860"/>
+      <c r="AF18" s="860"/>
+      <c r="AG18" s="819" t="s">
         <v>1</v>
       </c>
-      <c r="AH18" s="970"/>
-[...2 lines deleted...]
-      <c r="AK18" s="970" t="s">
+      <c r="AH18" s="819"/>
+      <c r="AI18" s="860"/>
+      <c r="AJ18" s="860"/>
+      <c r="AK18" s="819" t="s">
         <v>2</v>
       </c>
-      <c r="AL18" s="970"/>
-[...2 lines deleted...]
-      <c r="AO18" s="970" t="s">
+      <c r="AL18" s="819"/>
+      <c r="AM18" s="860"/>
+      <c r="AN18" s="860"/>
+      <c r="AO18" s="819" t="s">
         <v>3</v>
       </c>
-      <c r="AP18" s="970"/>
-[...48 lines deleted...]
-      <c r="A20" s="37" t="s">
+      <c r="AP18" s="819"/>
+      <c r="AQ18" s="20"/>
+    </row>
+    <row r="19" spans="1:43" s="7" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="30"/>
+      <c r="B19" s="31"/>
+      <c r="C19" s="31"/>
+      <c r="D19" s="31"/>
+      <c r="E19" s="31"/>
+      <c r="F19" s="31"/>
+      <c r="I19" s="31"/>
+      <c r="K19" s="31"/>
+      <c r="L19" s="31"/>
+      <c r="M19" s="31"/>
+      <c r="N19" s="31"/>
+      <c r="O19" s="31"/>
+      <c r="P19" s="31"/>
+      <c r="R19" s="31"/>
+      <c r="V19" s="31"/>
+      <c r="W19" s="32"/>
+      <c r="Y19" s="32"/>
+      <c r="AC19" s="31"/>
+      <c r="AD19" s="33"/>
+      <c r="AE19" s="32"/>
+      <c r="AF19" s="32"/>
+      <c r="AH19" s="31"/>
+      <c r="AI19" s="31"/>
+      <c r="AJ19" s="31"/>
+      <c r="AQ19" s="34"/>
+    </row>
+    <row r="20" spans="1:43" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="18" t="s">
         <v>175</v>
       </c>
-      <c r="B20" s="38"/>
-[...4 lines deleted...]
-      <c r="G20" s="1014" t="str">
+      <c r="D20" s="6"/>
+      <c r="E20" s="35"/>
+      <c r="F20" s="35"/>
+      <c r="G20" s="859" t="str">
         <f>'Form 1'!D13&amp;""</f>
         <v/>
       </c>
-      <c r="H20" s="1014"/>
-[...38 lines deleted...]
-      <c r="B21" s="42" t="s">
+      <c r="H20" s="859"/>
+      <c r="I20" s="859"/>
+      <c r="J20" s="859"/>
+      <c r="K20" s="859"/>
+      <c r="L20" s="859"/>
+      <c r="M20" s="859"/>
+      <c r="N20" s="859"/>
+      <c r="O20" s="859"/>
+      <c r="P20" s="859"/>
+      <c r="Q20" s="859"/>
+      <c r="R20" s="859"/>
+      <c r="S20" s="859"/>
+      <c r="T20" s="859"/>
+      <c r="U20" s="859"/>
+      <c r="V20" s="859"/>
+      <c r="W20" s="859"/>
+      <c r="X20" s="859"/>
+      <c r="Y20" s="859"/>
+      <c r="Z20" s="859"/>
+      <c r="AA20" s="859"/>
+      <c r="AB20" s="859"/>
+      <c r="AC20" s="859"/>
+      <c r="AD20" s="859"/>
+      <c r="AE20" s="859"/>
+      <c r="AF20" s="859"/>
+      <c r="AG20" s="859"/>
+      <c r="AH20" s="859"/>
+      <c r="AI20" s="859"/>
+      <c r="AJ20" s="859"/>
+      <c r="AK20" s="859"/>
+      <c r="AL20" s="859"/>
+      <c r="AM20" s="859"/>
+      <c r="AN20" s="859"/>
+      <c r="AO20" s="859"/>
+      <c r="AP20" s="859"/>
+      <c r="AQ20" s="29"/>
+    </row>
+    <row r="21" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="36"/>
+      <c r="B21" s="8" t="s">
         <v>174</v>
       </c>
-      <c r="C21" s="53"/>
-[...49 lines deleted...]
-      <c r="H22" s="54" t="s">
+      <c r="C21" s="37"/>
+      <c r="D21" s="37"/>
+      <c r="E21" s="35"/>
+      <c r="F21" s="35"/>
+      <c r="G21" s="860"/>
+      <c r="H21" s="860"/>
+      <c r="I21" s="860"/>
+      <c r="J21" s="860"/>
+      <c r="K21" s="860"/>
+      <c r="L21" s="860"/>
+      <c r="M21" s="860"/>
+      <c r="N21" s="860"/>
+      <c r="O21" s="860"/>
+      <c r="P21" s="860"/>
+      <c r="Q21" s="860"/>
+      <c r="R21" s="860"/>
+      <c r="S21" s="860"/>
+      <c r="T21" s="860"/>
+      <c r="U21" s="860"/>
+      <c r="V21" s="860"/>
+      <c r="W21" s="860"/>
+      <c r="X21" s="860"/>
+      <c r="Y21" s="860"/>
+      <c r="Z21" s="860"/>
+      <c r="AA21" s="860"/>
+      <c r="AB21" s="860"/>
+      <c r="AC21" s="860"/>
+      <c r="AD21" s="860"/>
+      <c r="AE21" s="860"/>
+      <c r="AF21" s="860"/>
+      <c r="AG21" s="860"/>
+      <c r="AH21" s="860"/>
+      <c r="AI21" s="860"/>
+      <c r="AJ21" s="860"/>
+      <c r="AK21" s="860"/>
+      <c r="AL21" s="860"/>
+      <c r="AM21" s="860"/>
+      <c r="AN21" s="860"/>
+      <c r="AO21" s="860"/>
+      <c r="AP21" s="860"/>
+      <c r="AQ21" s="20"/>
+    </row>
+    <row r="22" spans="1:43" s="7" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="30"/>
+      <c r="B22" s="31"/>
+      <c r="C22" s="31"/>
+      <c r="D22" s="31"/>
+      <c r="E22" s="31"/>
+      <c r="F22" s="31"/>
+      <c r="G22" s="31"/>
+      <c r="H22" s="31" t="s">
         <v>177</v>
       </c>
-      <c r="I22" s="54"/>
-[...10 lines deleted...]
-      <c r="T22" s="54" t="s">
+      <c r="I22" s="31"/>
+      <c r="J22" s="31"/>
+      <c r="K22" s="31"/>
+      <c r="L22" s="38"/>
+      <c r="M22" s="38"/>
+      <c r="N22" s="38"/>
+      <c r="O22" s="39"/>
+      <c r="P22" s="31"/>
+      <c r="Q22" s="31"/>
+      <c r="R22" s="31"/>
+      <c r="S22" s="31"/>
+      <c r="T22" s="31" t="s">
         <v>176</v>
       </c>
-      <c r="U22" s="54"/>
-[...24 lines deleted...]
-      <c r="A23" s="37" t="s">
+      <c r="U22" s="31"/>
+      <c r="V22" s="31"/>
+      <c r="W22" s="40"/>
+      <c r="X22"/>
+      <c r="Y22" s="32"/>
+      <c r="AC22" s="31"/>
+      <c r="AD22" s="33"/>
+      <c r="AE22" s="32"/>
+      <c r="AF22" s="32"/>
+      <c r="AH22" s="31"/>
+      <c r="AI22" s="31"/>
+      <c r="AJ22" s="31"/>
+      <c r="AQ22" s="34"/>
+    </row>
+    <row r="23" spans="1:43" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="18" t="s">
         <v>173</v>
       </c>
-      <c r="B23" s="38"/>
-[...2 lines deleted...]
-      <c r="E23" s="996" t="s">
+      <c r="E23" s="845" t="s">
         <v>172</v>
       </c>
-      <c r="F23" s="996"/>
-      <c r="G23" s="59" t="s">
+      <c r="F23" s="845"/>
+      <c r="G23" s="41" t="s">
         <v>58</v>
       </c>
-      <c r="H23" s="996" t="s">
+      <c r="H23" s="845" t="s">
         <v>171</v>
       </c>
-      <c r="I23" s="996"/>
-[...1 lines deleted...]
-      <c r="K23" s="38" t="s">
+      <c r="I23" s="845"/>
+      <c r="K23" s="28" t="s">
         <v>170</v>
       </c>
-      <c r="L23" s="38"/>
-[...3 lines deleted...]
-      <c r="P23" s="1014" t="str">
+      <c r="P23" s="859" t="str">
         <f>'Form 1'!J20&amp;", "&amp;'Form 1'!J21&amp;", "&amp;'Form 1'!J22</f>
         <v xml:space="preserve">, , </v>
       </c>
-      <c r="Q23" s="1015"/>
-[...12 lines deleted...]
-      <c r="AD23" s="38" t="s">
+      <c r="Q23" s="859"/>
+      <c r="R23" s="859"/>
+      <c r="S23" s="859"/>
+      <c r="T23" s="859"/>
+      <c r="U23" s="859"/>
+      <c r="V23" s="859"/>
+      <c r="W23" s="859"/>
+      <c r="X23" s="859"/>
+      <c r="Y23" s="859"/>
+      <c r="Z23" s="859"/>
+      <c r="AA23" s="859"/>
+      <c r="AB23" s="859"/>
+      <c r="AC23" s="859"/>
+      <c r="AD23" s="28" t="s">
         <v>169</v>
       </c>
-      <c r="AE23" s="38"/>
-[...5 lines deleted...]
-      <c r="AK23" s="996" t="s">
+      <c r="AK23" s="845" t="s">
         <v>45</v>
       </c>
-      <c r="AL23" s="996"/>
-      <c r="AM23" s="59" t="s">
+      <c r="AL23" s="845"/>
+      <c r="AM23" s="41" t="s">
         <v>58</v>
       </c>
-      <c r="AN23" s="996" t="s">
+      <c r="AN23" s="845" t="s">
         <v>57</v>
       </c>
-      <c r="AO23" s="996"/>
-[...5 lines deleted...]
-      <c r="B24" s="42" t="s">
+      <c r="AO23" s="845"/>
+      <c r="AQ23" s="29"/>
+    </row>
+    <row r="24" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="21"/>
+      <c r="B24" s="8" t="s">
         <v>168</v>
       </c>
-      <c r="C24" s="28"/>
-[...1 lines deleted...]
-      <c r="E24" s="1044" t="s">
+      <c r="D24" s="8"/>
+      <c r="E24" s="883" t="s">
         <v>4</v>
       </c>
-      <c r="F24" s="1044"/>
-      <c r="G24" s="61" t="s">
+      <c r="F24" s="883"/>
+      <c r="G24" s="42" t="s">
         <v>42</v>
       </c>
-      <c r="H24" s="1044" t="s">
+      <c r="H24" s="883" t="s">
         <v>6</v>
       </c>
-      <c r="I24" s="1044"/>
-[...2 lines deleted...]
-      <c r="L24" s="42" t="s">
+      <c r="I24" s="883"/>
+      <c r="K24" s="8"/>
+      <c r="L24" s="8" t="s">
         <v>167</v>
       </c>
-      <c r="M24" s="42"/>
-[...17 lines deleted...]
-      <c r="AE24" s="42" t="s">
+      <c r="M24" s="8"/>
+      <c r="N24" s="8"/>
+      <c r="P24" s="860"/>
+      <c r="Q24" s="860"/>
+      <c r="R24" s="860"/>
+      <c r="S24" s="860"/>
+      <c r="T24" s="860"/>
+      <c r="U24" s="860"/>
+      <c r="V24" s="860"/>
+      <c r="W24" s="860"/>
+      <c r="X24" s="860"/>
+      <c r="Y24" s="860"/>
+      <c r="Z24" s="860"/>
+      <c r="AA24" s="860"/>
+      <c r="AB24" s="860"/>
+      <c r="AC24" s="860"/>
+      <c r="AD24" s="8"/>
+      <c r="AE24" s="8" t="s">
         <v>166</v>
       </c>
-      <c r="AF24" s="42"/>
-[...4 lines deleted...]
-      <c r="AK24" s="1044" t="s">
+      <c r="AF24" s="8"/>
+      <c r="AG24" s="8"/>
+      <c r="AH24" s="8"/>
+      <c r="AI24" s="8"/>
+      <c r="AJ24" s="8"/>
+      <c r="AK24" s="883" t="s">
         <v>7</v>
       </c>
-      <c r="AL24" s="1044"/>
-      <c r="AM24" s="61" t="s">
+      <c r="AL24" s="883"/>
+      <c r="AM24" s="42" t="s">
         <v>42</v>
       </c>
-      <c r="AN24" s="1044" t="s">
+      <c r="AN24" s="883" t="s">
         <v>8</v>
       </c>
-      <c r="AO24" s="1044"/>
-[...49 lines deleted...]
-      <c r="A26" s="37" t="s">
+      <c r="AO24" s="883"/>
+      <c r="AQ24" s="20"/>
+    </row>
+    <row r="25" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="21"/>
+      <c r="C25" s="8"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="8"/>
+      <c r="H25" s="8"/>
+      <c r="I25" s="8"/>
+      <c r="J25" s="8"/>
+      <c r="K25" s="8"/>
+      <c r="L25" s="8"/>
+      <c r="M25" s="8"/>
+      <c r="N25" s="8"/>
+      <c r="O25" s="8"/>
+      <c r="P25" s="8"/>
+      <c r="Q25" s="8"/>
+      <c r="R25" s="8"/>
+      <c r="S25" s="8"/>
+      <c r="T25" s="8"/>
+      <c r="U25" s="8"/>
+      <c r="V25" s="8"/>
+      <c r="W25" s="8"/>
+      <c r="X25" s="8"/>
+      <c r="Y25" s="8"/>
+      <c r="Z25" s="8"/>
+      <c r="AA25" s="8"/>
+      <c r="AB25" s="8"/>
+      <c r="AC25" s="8"/>
+      <c r="AD25" s="8"/>
+      <c r="AE25" s="8"/>
+      <c r="AF25" s="8"/>
+      <c r="AG25" s="8"/>
+      <c r="AH25" s="8"/>
+      <c r="AI25" s="8"/>
+      <c r="AJ25" s="8"/>
+      <c r="AK25" s="8"/>
+      <c r="AL25" s="8"/>
+      <c r="AM25" s="8"/>
+      <c r="AQ25" s="20"/>
+    </row>
+    <row r="26" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="18" t="s">
         <v>165</v>
       </c>
-      <c r="B26" s="38"/>
-[...2 lines deleted...]
-      <c r="E26" s="1014" t="str">
+      <c r="B26" s="28"/>
+      <c r="C26" s="28"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="859" t="str">
         <f>'Form 1'!D23&amp;""</f>
         <v/>
       </c>
-      <c r="F26" s="1014"/>
-[...9 lines deleted...]
-      <c r="P26" s="38" t="s">
+      <c r="F26" s="859"/>
+      <c r="G26" s="859"/>
+      <c r="H26" s="859"/>
+      <c r="I26" s="859"/>
+      <c r="J26" s="859"/>
+      <c r="K26" s="859"/>
+      <c r="L26" s="859"/>
+      <c r="M26" s="859"/>
+      <c r="N26" s="859"/>
+      <c r="P26" s="28" t="s">
         <v>164</v>
       </c>
-      <c r="Q26" s="38"/>
-[...6 lines deleted...]
-      <c r="X26" s="1014" t="str">
+      <c r="Q26" s="28"/>
+      <c r="R26" s="28"/>
+      <c r="T26" s="28"/>
+      <c r="U26" s="28"/>
+      <c r="V26" s="28"/>
+      <c r="W26" s="28"/>
+      <c r="X26" s="859" t="str">
         <f>'Form 1'!D25&amp;""</f>
         <v/>
       </c>
-      <c r="Y26" s="1014"/>
-[...21 lines deleted...]
-      <c r="B27" s="42" t="s">
+      <c r="Y26" s="859"/>
+      <c r="Z26" s="859"/>
+      <c r="AA26" s="859"/>
+      <c r="AB26" s="859"/>
+      <c r="AC26" s="859"/>
+      <c r="AD26" s="859"/>
+      <c r="AE26" s="859"/>
+      <c r="AF26" s="859"/>
+      <c r="AG26" s="859"/>
+      <c r="AH26" s="859"/>
+      <c r="AI26" s="859"/>
+      <c r="AJ26" s="859"/>
+      <c r="AK26" s="859"/>
+      <c r="AL26" s="859"/>
+      <c r="AM26" s="859"/>
+      <c r="AN26" s="859"/>
+      <c r="AO26" s="859"/>
+      <c r="AP26" s="859"/>
+      <c r="AQ26" s="20"/>
+    </row>
+    <row r="27" spans="1:43" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="21"/>
+      <c r="B27" s="8" t="s">
         <v>163</v>
       </c>
-      <c r="C27" s="42"/>
-[...13 lines deleted...]
-      <c r="Q27" s="42" t="s">
+      <c r="C27" s="8"/>
+      <c r="D27" s="8"/>
+      <c r="E27" s="860"/>
+      <c r="F27" s="860"/>
+      <c r="G27" s="860"/>
+      <c r="H27" s="860"/>
+      <c r="I27" s="860"/>
+      <c r="J27" s="860"/>
+      <c r="K27" s="860"/>
+      <c r="L27" s="860"/>
+      <c r="M27" s="860"/>
+      <c r="N27" s="860"/>
+      <c r="P27" s="8"/>
+      <c r="Q27" s="8" t="s">
         <v>162</v>
       </c>
-      <c r="R27" s="42"/>
-[...72 lines deleted...]
-      <c r="A29" s="37" t="s">
+      <c r="R27" s="8"/>
+      <c r="S27" s="8"/>
+      <c r="T27" s="8"/>
+      <c r="U27" s="8"/>
+      <c r="V27" s="8"/>
+      <c r="W27" s="8"/>
+      <c r="X27" s="860"/>
+      <c r="Y27" s="860"/>
+      <c r="Z27" s="860"/>
+      <c r="AA27" s="860"/>
+      <c r="AB27" s="860"/>
+      <c r="AC27" s="860"/>
+      <c r="AD27" s="860"/>
+      <c r="AE27" s="860"/>
+      <c r="AF27" s="860"/>
+      <c r="AG27" s="860"/>
+      <c r="AH27" s="860"/>
+      <c r="AI27" s="860"/>
+      <c r="AJ27" s="860"/>
+      <c r="AK27" s="860"/>
+      <c r="AL27" s="860"/>
+      <c r="AM27" s="860"/>
+      <c r="AN27" s="860"/>
+      <c r="AO27" s="860"/>
+      <c r="AP27" s="860"/>
+      <c r="AQ27" s="20"/>
+    </row>
+    <row r="28" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="21"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="8"/>
+      <c r="G28" s="8"/>
+      <c r="H28" s="8"/>
+      <c r="I28" s="8"/>
+      <c r="J28" s="8"/>
+      <c r="K28" s="8"/>
+      <c r="L28" s="8"/>
+      <c r="N28" s="8"/>
+      <c r="O28" s="8"/>
+      <c r="P28" s="8"/>
+      <c r="Q28" s="8"/>
+      <c r="R28" s="8"/>
+      <c r="AQ28" s="20"/>
+    </row>
+    <row r="29" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="18" t="s">
         <v>161</v>
       </c>
-      <c r="B29" s="38"/>
-[...6 lines deleted...]
-      <c r="I29" s="1026" t="str">
+      <c r="I29" s="869" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "滋賀県草津市野路東1-1-1 立命館大学 びわこ・くさつキャンパス", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "大阪府茨木市岩倉町2-150 立命館大学 大阪いばらきキャンパス", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "京都府京都市北区等持院北町56-1 立命館大学 衣笠キャンパス"), "")</f>
         <v/>
       </c>
-      <c r="J29" s="1026"/>
-[...36 lines deleted...]
-      <c r="B30" s="42" t="s">
+      <c r="J29" s="869"/>
+      <c r="K29" s="869"/>
+      <c r="L29" s="869"/>
+      <c r="M29" s="869"/>
+      <c r="N29" s="869"/>
+      <c r="O29" s="869"/>
+      <c r="P29" s="869"/>
+      <c r="Q29" s="869"/>
+      <c r="R29" s="869"/>
+      <c r="S29" s="869"/>
+      <c r="T29" s="869"/>
+      <c r="U29" s="869"/>
+      <c r="V29" s="869"/>
+      <c r="W29" s="869"/>
+      <c r="X29" s="869"/>
+      <c r="Y29" s="869"/>
+      <c r="Z29" s="869"/>
+      <c r="AA29" s="869"/>
+      <c r="AB29" s="869"/>
+      <c r="AC29" s="869"/>
+      <c r="AD29" s="869"/>
+      <c r="AE29" s="869"/>
+      <c r="AF29" s="869"/>
+      <c r="AG29" s="869"/>
+      <c r="AH29" s="869"/>
+      <c r="AI29" s="869"/>
+      <c r="AJ29" s="869"/>
+      <c r="AK29" s="869"/>
+      <c r="AL29" s="869"/>
+      <c r="AM29" s="869"/>
+      <c r="AN29" s="869"/>
+      <c r="AO29" s="869"/>
+      <c r="AP29" s="869"/>
+      <c r="AQ29" s="29"/>
+    </row>
+    <row r="30" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="21"/>
+      <c r="B30" s="8" t="s">
         <v>160</v>
       </c>
-      <c r="C30" s="28"/>
-[...88 lines deleted...]
-      <c r="B32" s="38" t="s">
+      <c r="I30" s="870"/>
+      <c r="J30" s="870"/>
+      <c r="K30" s="870"/>
+      <c r="L30" s="870"/>
+      <c r="M30" s="870"/>
+      <c r="N30" s="870"/>
+      <c r="O30" s="870"/>
+      <c r="P30" s="870"/>
+      <c r="Q30" s="870"/>
+      <c r="R30" s="870"/>
+      <c r="S30" s="870"/>
+      <c r="T30" s="870"/>
+      <c r="U30" s="870"/>
+      <c r="V30" s="870"/>
+      <c r="W30" s="870"/>
+      <c r="X30" s="870"/>
+      <c r="Y30" s="870"/>
+      <c r="Z30" s="870"/>
+      <c r="AA30" s="870"/>
+      <c r="AB30" s="870"/>
+      <c r="AC30" s="870"/>
+      <c r="AD30" s="870"/>
+      <c r="AE30" s="870"/>
+      <c r="AF30" s="870"/>
+      <c r="AG30" s="870"/>
+      <c r="AH30" s="870"/>
+      <c r="AI30" s="870"/>
+      <c r="AJ30" s="870"/>
+      <c r="AK30" s="870"/>
+      <c r="AL30" s="870"/>
+      <c r="AM30" s="870"/>
+      <c r="AN30" s="870"/>
+      <c r="AO30" s="870"/>
+      <c r="AP30" s="870"/>
+      <c r="AQ30" s="20"/>
+    </row>
+    <row r="31" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="21"/>
+      <c r="C31" s="8"/>
+      <c r="I31" s="43"/>
+      <c r="J31" s="43"/>
+      <c r="K31" s="43"/>
+      <c r="L31" s="43"/>
+      <c r="M31" s="43"/>
+      <c r="N31" s="43"/>
+      <c r="O31" s="43"/>
+      <c r="P31" s="43"/>
+      <c r="Q31" s="43"/>
+      <c r="R31" s="43"/>
+      <c r="S31" s="43"/>
+      <c r="T31" s="43"/>
+      <c r="U31" s="43"/>
+      <c r="V31" s="43"/>
+      <c r="W31" s="43"/>
+      <c r="X31" s="43"/>
+      <c r="Y31" s="43"/>
+      <c r="Z31" s="43"/>
+      <c r="AA31" s="43"/>
+      <c r="AB31" s="43"/>
+      <c r="AC31" s="43"/>
+      <c r="AD31" s="43"/>
+      <c r="AE31" s="43"/>
+      <c r="AF31" s="43"/>
+      <c r="AG31" s="43"/>
+      <c r="AH31" s="43"/>
+      <c r="AI31" s="43"/>
+      <c r="AJ31" s="43"/>
+      <c r="AK31" s="43"/>
+      <c r="AL31" s="43"/>
+      <c r="AM31" s="43"/>
+      <c r="AN31" s="43"/>
+      <c r="AO31" s="43"/>
+      <c r="AP31" s="43"/>
+      <c r="AQ31" s="20"/>
+    </row>
+    <row r="32" spans="1:43" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
+      <c r="A32" s="18"/>
+      <c r="B32" s="28" t="s">
         <v>159</v>
       </c>
-      <c r="C32" s="38"/>
-[...5 lines deleted...]
-      <c r="I32" s="1028" t="str">
+      <c r="H32" s="35"/>
+      <c r="I32" s="869" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "077-561-3946", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "072-665-2070", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "075-465-8230"), "")</f>
         <v/>
       </c>
-      <c r="J32" s="1028"/>
-[...12 lines deleted...]
-      <c r="W32" s="38" t="s">
+      <c r="J32" s="869"/>
+      <c r="K32" s="869"/>
+      <c r="L32" s="869"/>
+      <c r="M32" s="869"/>
+      <c r="N32" s="869"/>
+      <c r="O32" s="869"/>
+      <c r="P32" s="869"/>
+      <c r="Q32" s="869"/>
+      <c r="R32" s="869"/>
+      <c r="S32" s="869"/>
+      <c r="T32" s="869"/>
+      <c r="W32" s="28" t="s">
         <v>158</v>
       </c>
-      <c r="X32" s="38"/>
-[...22 lines deleted...]
-      <c r="B33" s="42" t="s">
+      <c r="AC32" s="871"/>
+      <c r="AD32" s="871"/>
+      <c r="AE32" s="871"/>
+      <c r="AF32" s="871"/>
+      <c r="AG32" s="871"/>
+      <c r="AH32" s="871"/>
+      <c r="AI32" s="871"/>
+      <c r="AJ32" s="871"/>
+      <c r="AK32" s="871"/>
+      <c r="AL32" s="871"/>
+      <c r="AM32" s="871"/>
+      <c r="AN32" s="871"/>
+      <c r="AO32" s="871"/>
+      <c r="AP32" s="44"/>
+      <c r="AQ32" s="29"/>
+    </row>
+    <row r="33" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="21"/>
+      <c r="B33" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="C33" s="42"/>
-[...19 lines deleted...]
-      <c r="W33" s="42" t="s">
+      <c r="C33" s="8"/>
+      <c r="D33" s="28"/>
+      <c r="E33" s="28"/>
+      <c r="F33" s="28"/>
+      <c r="H33" s="44"/>
+      <c r="I33" s="870"/>
+      <c r="J33" s="870"/>
+      <c r="K33" s="870"/>
+      <c r="L33" s="870"/>
+      <c r="M33" s="870"/>
+      <c r="N33" s="870"/>
+      <c r="O33" s="870"/>
+      <c r="P33" s="870"/>
+      <c r="Q33" s="870"/>
+      <c r="R33" s="870"/>
+      <c r="S33" s="870"/>
+      <c r="T33" s="870"/>
+      <c r="W33" s="8" t="s">
         <v>156</v>
       </c>
-      <c r="X33" s="38"/>
-[...66 lines deleted...]
-      <c r="A35" s="37" t="s">
+      <c r="X33" s="28"/>
+      <c r="Y33" s="28"/>
+      <c r="Z33" s="28"/>
+      <c r="AA33" s="28"/>
+      <c r="AC33" s="872"/>
+      <c r="AD33" s="872"/>
+      <c r="AE33" s="872"/>
+      <c r="AF33" s="872"/>
+      <c r="AG33" s="872"/>
+      <c r="AH33" s="872"/>
+      <c r="AI33" s="872"/>
+      <c r="AJ33" s="872"/>
+      <c r="AK33" s="872"/>
+      <c r="AL33" s="872"/>
+      <c r="AM33" s="872"/>
+      <c r="AN33" s="872"/>
+      <c r="AO33" s="872"/>
+      <c r="AP33" s="44"/>
+      <c r="AQ33" s="20"/>
+    </row>
+    <row r="34" spans="1:54" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="21"/>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="8"/>
+      <c r="H34" s="8"/>
+      <c r="I34" s="8"/>
+      <c r="J34" s="8"/>
+      <c r="K34" s="8"/>
+      <c r="L34" s="8"/>
+      <c r="M34" s="8"/>
+      <c r="N34" s="8"/>
+      <c r="O34" s="8"/>
+      <c r="P34" s="8"/>
+      <c r="Q34" s="8"/>
+      <c r="R34" s="8"/>
+      <c r="S34" s="8"/>
+      <c r="T34" s="8"/>
+      <c r="U34" s="8"/>
+      <c r="V34" s="8"/>
+      <c r="W34" s="8"/>
+      <c r="AQ34" s="20"/>
+    </row>
+    <row r="35" spans="1:54" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="18" t="s">
         <v>155</v>
       </c>
-      <c r="B35" s="38"/>
-[...3 lines deleted...]
-      <c r="F35" s="38" t="s">
+      <c r="F35" s="28" t="s">
         <v>154</v>
       </c>
-      <c r="G35" s="38"/>
-[...1 lines deleted...]
-      <c r="I35" s="1032" t="str">
+      <c r="H35" s="35"/>
+      <c r="I35" s="859" t="str">
         <f>'Form 1'!D29&amp;""</f>
         <v/>
       </c>
-      <c r="J35" s="1032"/>
-[...12 lines deleted...]
-      <c r="W35" s="38" t="s">
+      <c r="J35" s="859"/>
+      <c r="K35" s="859"/>
+      <c r="L35" s="859"/>
+      <c r="M35" s="859"/>
+      <c r="N35" s="859"/>
+      <c r="O35" s="859"/>
+      <c r="P35" s="859"/>
+      <c r="Q35" s="859"/>
+      <c r="R35" s="859"/>
+      <c r="S35" s="859"/>
+      <c r="T35" s="859"/>
+      <c r="W35" s="28" t="s">
         <v>153</v>
       </c>
-      <c r="X35" s="38"/>
-[...4 lines deleted...]
-      <c r="AC35" s="1032" t="str">
+      <c r="AC35" s="859" t="str">
         <f>'Form 1'!F31&amp;""</f>
         <v/>
       </c>
-      <c r="AD35" s="1032"/>
-[...2 lines deleted...]
-      <c r="AG35" s="996" t="s">
+      <c r="AD35" s="859"/>
+      <c r="AE35" s="859"/>
+      <c r="AF35" s="859"/>
+      <c r="AG35" s="845" t="s">
         <v>51</v>
       </c>
-      <c r="AH35" s="996"/>
-      <c r="AI35" s="1014" t="str">
+      <c r="AH35" s="845"/>
+      <c r="AI35" s="859" t="str">
         <f>'Form 1'!J31&amp;""</f>
         <v/>
       </c>
-      <c r="AJ35" s="1014"/>
-      <c r="AK35" s="996" t="s">
+      <c r="AJ35" s="859"/>
+      <c r="AK35" s="845" t="s">
         <v>50</v>
       </c>
-      <c r="AL35" s="996"/>
-      <c r="AM35" s="1014" t="str">
+      <c r="AL35" s="845"/>
+      <c r="AM35" s="859" t="str">
         <f>'Form 1'!N31&amp;""</f>
         <v/>
       </c>
-      <c r="AN35" s="1014"/>
-      <c r="AO35" s="38" t="s">
+      <c r="AN35" s="859"/>
+      <c r="AO35" s="28" t="s">
         <v>49</v>
       </c>
-      <c r="AP35" s="59"/>
-[...4 lines deleted...]
-      <c r="B36" s="42" t="s">
+      <c r="AP35" s="41"/>
+      <c r="AQ35" s="29"/>
+    </row>
+    <row r="36" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="21"/>
+      <c r="B36" s="8" t="s">
         <v>152</v>
       </c>
-      <c r="C36" s="38"/>
-[...3 lines deleted...]
-      <c r="G36" s="42" t="s">
+      <c r="C36" s="28"/>
+      <c r="D36" s="8"/>
+      <c r="G36" s="8" t="s">
         <v>151</v>
       </c>
-      <c r="H36" s="63"/>
-[...15 lines deleted...]
-      <c r="X36" s="42" t="s">
+      <c r="H36" s="44"/>
+      <c r="I36" s="860"/>
+      <c r="J36" s="860"/>
+      <c r="K36" s="860"/>
+      <c r="L36" s="860"/>
+      <c r="M36" s="860"/>
+      <c r="N36" s="860"/>
+      <c r="O36" s="860"/>
+      <c r="P36" s="860"/>
+      <c r="Q36" s="860"/>
+      <c r="R36" s="860"/>
+      <c r="S36" s="860"/>
+      <c r="T36" s="860"/>
+      <c r="W36" s="8"/>
+      <c r="X36" s="8" t="s">
         <v>150</v>
       </c>
-      <c r="Y36" s="28"/>
-[...7 lines deleted...]
-      <c r="AG36" s="970" t="s">
+      <c r="Z36" s="8"/>
+      <c r="AA36" s="8"/>
+      <c r="AC36" s="860"/>
+      <c r="AD36" s="860"/>
+      <c r="AE36" s="860"/>
+      <c r="AF36" s="860"/>
+      <c r="AG36" s="819" t="s">
         <v>1</v>
       </c>
-      <c r="AH36" s="970"/>
-[...2 lines deleted...]
-      <c r="AK36" s="970" t="s">
+      <c r="AH36" s="819"/>
+      <c r="AI36" s="860"/>
+      <c r="AJ36" s="860"/>
+      <c r="AK36" s="819" t="s">
         <v>2</v>
       </c>
-      <c r="AL36" s="970"/>
-[...2 lines deleted...]
-      <c r="AO36" s="64" t="s">
+      <c r="AL36" s="819"/>
+      <c r="AM36" s="860"/>
+      <c r="AN36" s="860"/>
+      <c r="AO36" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="AP36" s="42"/>
-[...48 lines deleted...]
-      <c r="A38" s="37" t="s">
+      <c r="AP36" s="8"/>
+      <c r="AQ36" s="20"/>
+    </row>
+    <row r="37" spans="1:54" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="21"/>
+      <c r="C37" s="8"/>
+      <c r="D37" s="8"/>
+      <c r="E37" s="8"/>
+      <c r="F37" s="8"/>
+      <c r="G37" s="8"/>
+      <c r="H37" s="8"/>
+      <c r="I37" s="8"/>
+      <c r="J37" s="8"/>
+      <c r="K37" s="8"/>
+      <c r="L37" s="8"/>
+      <c r="M37" s="8"/>
+      <c r="N37" s="8"/>
+      <c r="O37" s="8"/>
+      <c r="P37" s="8"/>
+      <c r="Q37" s="8"/>
+      <c r="R37" s="8"/>
+      <c r="S37" s="8"/>
+      <c r="T37" s="8"/>
+      <c r="U37" s="8"/>
+      <c r="V37" s="8"/>
+      <c r="W37" s="8"/>
+      <c r="X37" s="8"/>
+      <c r="Y37" s="8"/>
+      <c r="Z37" s="8"/>
+      <c r="AA37" s="8"/>
+      <c r="AB37" s="8"/>
+      <c r="AC37" s="8"/>
+      <c r="AD37" s="8"/>
+      <c r="AE37" s="8"/>
+      <c r="AF37" s="8"/>
+      <c r="AG37" s="8"/>
+      <c r="AH37" s="8"/>
+      <c r="AI37" s="8"/>
+      <c r="AJ37" s="8"/>
+      <c r="AK37" s="8"/>
+      <c r="AL37" s="8"/>
+      <c r="AM37" s="8"/>
+      <c r="AQ37" s="20"/>
+    </row>
+    <row r="38" spans="1:54" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
+      <c r="A38" s="18" t="s">
         <v>149</v>
       </c>
-      <c r="B38" s="38"/>
-[...19 lines deleted...]
-      <c r="V38" s="42" t="s">
+      <c r="V38" s="8" t="s">
         <v>148</v>
       </c>
-      <c r="W38" s="38"/>
-[...31 lines deleted...]
-      <c r="B39" s="67" t="s">
+      <c r="AQ38" s="29"/>
+    </row>
+    <row r="39" spans="1:54" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
+      <c r="A39" s="18"/>
+      <c r="B39" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="C39" s="38" t="s">
+      <c r="C39" s="28" t="s">
         <v>147</v>
       </c>
-      <c r="D39" s="38"/>
-[...3 lines deleted...]
-      <c r="H39" s="67" t="s">
+      <c r="H39" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="I39" s="38" t="s">
+      <c r="I39" s="28" t="s">
         <v>146</v>
       </c>
-      <c r="J39" s="38"/>
-[...3 lines deleted...]
-      <c r="N39" s="67" t="s">
+      <c r="N39" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="O39" s="38" t="s">
+      <c r="O39" s="28" t="s">
         <v>145</v>
       </c>
-      <c r="P39" s="38"/>
-[...3 lines deleted...]
-      <c r="T39" s="67" t="s">
+      <c r="T39" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="U39" s="38" t="s">
+      <c r="U39" s="28" t="s">
         <v>144</v>
       </c>
-      <c r="V39" s="38"/>
-[...7 lines deleted...]
-      <c r="AD39" s="67" t="s">
+      <c r="AD39" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="AE39" s="38" t="s">
+      <c r="AE39" s="28" t="s">
         <v>143</v>
       </c>
-      <c r="AF39" s="38"/>
-[...4 lines deleted...]
-      <c r="AK39" s="67" t="s">
+      <c r="AK39" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="AL39" s="38" t="s">
+      <c r="AL39" s="28" t="s">
         <v>142</v>
       </c>
-      <c r="AM39" s="38"/>
-[...16 lines deleted...]
-      <c r="C40" s="42" t="s">
+      <c r="AQ39" s="29"/>
+      <c r="AU39" s="8"/>
+      <c r="AV39" s="8"/>
+      <c r="AW39" s="8"/>
+      <c r="AX39" s="8"/>
+      <c r="AY39" s="8"/>
+      <c r="AZ39" s="8"/>
+      <c r="BA39" s="8"/>
+      <c r="BB39" s="8"/>
+    </row>
+    <row r="40" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="21"/>
+      <c r="C40" s="8" t="s">
         <v>141</v>
       </c>
-      <c r="D40" s="42"/>
-[...4 lines deleted...]
-      <c r="I40" s="42" t="s">
+      <c r="D40" s="8"/>
+      <c r="E40" s="8"/>
+      <c r="F40" s="8"/>
+      <c r="H40" s="8"/>
+      <c r="I40" s="8" t="s">
         <v>140</v>
       </c>
-      <c r="J40" s="28"/>
-[...4 lines deleted...]
-      <c r="O40" s="42" t="s">
+      <c r="O40" s="8" t="s">
         <v>139</v>
       </c>
-      <c r="P40" s="28"/>
-[...4 lines deleted...]
-      <c r="U40" s="42" t="s">
+      <c r="T40" s="8"/>
+      <c r="U40" s="8" t="s">
         <v>138</v>
       </c>
-      <c r="V40" s="28"/>
-[...8 lines deleted...]
-      <c r="AE40" s="42" t="s">
+      <c r="AE40" s="8" t="s">
         <v>137</v>
       </c>
-      <c r="AF40" s="42"/>
-[...5 lines deleted...]
-      <c r="AL40" s="42" t="s">
+      <c r="AF40" s="8"/>
+      <c r="AL40" s="8" t="s">
         <v>136</v>
       </c>
-      <c r="AM40" s="28"/>
-[...7 lines deleted...]
-      <c r="B41" s="67" t="s">
+      <c r="AQ40" s="47"/>
+    </row>
+    <row r="41" spans="1:54" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="18"/>
+      <c r="B41" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="C41" s="66" t="s">
+      <c r="C41" s="28" t="s">
         <v>135</v>
       </c>
-      <c r="D41" s="66"/>
-[...5 lines deleted...]
-      <c r="J41" s="67" t="s">
+      <c r="J41" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="K41" s="66" t="s">
+      <c r="K41" s="28" t="s">
         <v>134</v>
       </c>
-      <c r="L41" s="38"/>
-[...5 lines deleted...]
-      <c r="R41" s="67" t="s">
+      <c r="R41" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="S41" s="66" t="s">
+      <c r="S41" s="28" t="s">
         <v>133</v>
       </c>
-      <c r="T41" s="38"/>
-[...4 lines deleted...]
-      <c r="Y41" s="67" t="s">
+      <c r="Y41" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="Z41" s="66" t="s">
+      <c r="Z41" s="28" t="s">
         <v>132</v>
       </c>
-      <c r="AA41" s="66"/>
-[...2 lines deleted...]
-      <c r="AD41" s="67" t="s">
+      <c r="AD41" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="AE41" s="66" t="s">
+      <c r="AE41" s="28" t="s">
         <v>127</v>
       </c>
-      <c r="AF41" s="38"/>
-[...29 lines deleted...]
-      <c r="C42" s="69" t="s">
+      <c r="AQ41" s="29"/>
+    </row>
+    <row r="42" spans="1:54" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="14"/>
+      <c r="C42" s="8" t="s">
         <v>131</v>
       </c>
-      <c r="D42" s="69"/>
-[...6 lines deleted...]
-      <c r="K42" s="69" t="s">
+      <c r="K42" s="8" t="s">
         <v>130</v>
       </c>
-      <c r="L42" s="42"/>
-[...6 lines deleted...]
-      <c r="S42" s="69" t="s">
+      <c r="S42" s="8" t="s">
         <v>129</v>
       </c>
-      <c r="T42" s="42"/>
-[...5 lines deleted...]
-      <c r="Z42" s="69" t="s">
+      <c r="Z42" s="8" t="s">
         <v>128</v>
       </c>
-      <c r="AA42" s="69"/>
-[...3 lines deleted...]
-      <c r="AE42" s="1019" t="s">
+      <c r="AD42" s="48"/>
+      <c r="AE42" s="863" t="s">
         <v>123</v>
       </c>
-      <c r="AF42" s="1019"/>
-[...29 lines deleted...]
-      <c r="B43" s="67" t="s">
+      <c r="AF42" s="863"/>
+      <c r="AG42" s="863"/>
+      <c r="AH42" s="863"/>
+      <c r="AI42" s="863"/>
+      <c r="AJ42" s="863"/>
+      <c r="AK42" s="863"/>
+      <c r="AL42" s="863"/>
+      <c r="AM42" s="863"/>
+      <c r="AN42" s="863"/>
+      <c r="AO42" s="863"/>
+      <c r="AP42" s="863"/>
+      <c r="AQ42" s="864"/>
+    </row>
+    <row r="43" spans="1:54" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
+      <c r="A43" s="18"/>
+      <c r="B43" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="C43" s="66" t="s">
+      <c r="C43" s="28" t="s">
         <v>126</v>
       </c>
-      <c r="D43" s="66"/>
-[...3 lines deleted...]
-      <c r="H43" s="67" t="s">
+      <c r="H43" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="I43" s="66" t="s">
+      <c r="I43" s="28" t="s">
         <v>125</v>
       </c>
-      <c r="J43" s="38"/>
-[...2 lines deleted...]
-      <c r="M43" s="67" t="s">
+      <c r="M43" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="N43" s="38" t="s">
+      <c r="N43" s="28" t="s">
         <v>124</v>
       </c>
-      <c r="O43" s="38"/>
-[...14 lines deleted...]
-      <c r="AD43" s="67" t="s">
+      <c r="AD43" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="AE43" s="38" t="s">
+      <c r="AE43" s="28" t="s">
         <v>498</v>
       </c>
-      <c r="AF43" s="38"/>
-[...15 lines deleted...]
-      <c r="C44" s="69" t="s">
+      <c r="AQ43" s="29"/>
+    </row>
+    <row r="44" spans="1:54" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="14"/>
+      <c r="C44" s="8" t="s">
         <v>122</v>
       </c>
-      <c r="D44" s="69"/>
-[...4 lines deleted...]
-      <c r="I44" s="69" t="s">
+      <c r="I44" s="8" t="s">
         <v>121</v>
       </c>
-      <c r="J44" s="42"/>
-[...3 lines deleted...]
-      <c r="N44" s="47" t="s">
+      <c r="N44" s="32" t="s">
         <v>120</v>
       </c>
-      <c r="O44" s="73"/>
-[...15 lines deleted...]
-      <c r="AE44" s="47" t="s">
+      <c r="O44" s="49"/>
+      <c r="Q44" s="49"/>
+      <c r="S44" s="49"/>
+      <c r="T44" s="49"/>
+      <c r="U44" s="49"/>
+      <c r="V44" s="49"/>
+      <c r="W44" s="49"/>
+      <c r="X44" s="49"/>
+      <c r="Y44" s="49"/>
+      <c r="Z44" s="49"/>
+      <c r="AA44" s="49"/>
+      <c r="AB44" s="49"/>
+      <c r="AC44" s="49"/>
+      <c r="AE44" s="32" t="s">
         <v>497</v>
       </c>
-      <c r="AF44" s="42"/>
-[...17 lines deleted...]
-      <c r="B45" s="67" t="s">
+      <c r="AG44" s="49"/>
+      <c r="AH44" s="49"/>
+      <c r="AI44" s="49"/>
+      <c r="AJ44" s="49"/>
+      <c r="AK44" s="49"/>
+      <c r="AL44" s="49"/>
+      <c r="AM44" s="49"/>
+      <c r="AN44" s="49"/>
+      <c r="AQ44" s="47"/>
+      <c r="AU44" s="28"/>
+      <c r="AV44" s="28"/>
+      <c r="AW44" s="28"/>
+    </row>
+    <row r="45" spans="1:54" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
+      <c r="A45" s="18"/>
+      <c r="B45" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="C45" s="38" t="s">
+      <c r="C45" s="28" t="s">
         <v>119</v>
       </c>
-      <c r="D45" s="38"/>
-[...7 lines deleted...]
-      <c r="L45" s="67" t="s">
+      <c r="L45" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="M45" s="38" t="s">
+      <c r="M45" s="28" t="s">
         <v>118</v>
       </c>
-      <c r="N45" s="38"/>
-[...6 lines deleted...]
-      <c r="U45" s="67" t="s">
+      <c r="U45" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="V45" s="66" t="s">
+      <c r="V45" s="28" t="s">
         <v>117</v>
       </c>
-      <c r="W45" s="38"/>
-[...5 lines deleted...]
-      <c r="AC45" s="67" t="s">
+      <c r="AC45" s="46" t="s">
         <v>11</v>
       </c>
-      <c r="AD45" s="38" t="s">
+      <c r="AD45" s="28" t="s">
         <v>116</v>
       </c>
-      <c r="AE45" s="38"/>
-[...4 lines deleted...]
-      <c r="AJ45" s="67" t="s">
+      <c r="AJ45" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="AK45" s="38" t="s">
+      <c r="AK45" s="28" t="s">
         <v>115</v>
       </c>
-      <c r="AL45" s="38"/>
-[...13 lines deleted...]
-      <c r="D46" s="69" t="s">
+      <c r="AQ45" s="29"/>
+      <c r="AU45" s="8"/>
+      <c r="AV45" s="8"/>
+      <c r="AW45" s="8"/>
+    </row>
+    <row r="46" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="21"/>
+      <c r="C46" s="50"/>
+      <c r="D46" s="8" t="s">
         <v>114</v>
       </c>
-      <c r="E46" s="74"/>
-[...8 lines deleted...]
-      <c r="N46" s="69" t="s">
+      <c r="E46" s="50"/>
+      <c r="F46" s="50"/>
+      <c r="G46" s="50"/>
+      <c r="H46" s="50"/>
+      <c r="I46" s="50"/>
+      <c r="J46" s="50"/>
+      <c r="K46" s="50"/>
+      <c r="L46" s="50"/>
+      <c r="N46" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="O46" s="74"/>
-[...6 lines deleted...]
-      <c r="V46" s="69" t="s">
+      <c r="O46" s="50"/>
+      <c r="P46" s="50"/>
+      <c r="Q46" s="50"/>
+      <c r="R46" s="50"/>
+      <c r="S46" s="8"/>
+      <c r="V46" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="W46" s="28"/>
-[...6 lines deleted...]
-      <c r="AD46" s="75" t="s">
+      <c r="AD46" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="AE46" s="28"/>
-[...5 lines deleted...]
-      <c r="AK46" s="42" t="s">
+      <c r="AK46" s="8" t="s">
         <v>110</v>
       </c>
-      <c r="AL46" s="28"/>
-[...8 lines deleted...]
-      <c r="B47" s="67" t="s">
+      <c r="AQ46" s="20"/>
+    </row>
+    <row r="47" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="21"/>
+      <c r="B47" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="38" t="s">
+      <c r="C47" s="28" t="s">
         <v>109</v>
       </c>
-      <c r="D47" s="74"/>
-[...8 lines deleted...]
-      <c r="M47" s="67" t="s">
+      <c r="D47" s="50"/>
+      <c r="E47" s="50"/>
+      <c r="F47" s="50"/>
+      <c r="G47" s="50"/>
+      <c r="H47" s="50"/>
+      <c r="I47" s="50"/>
+      <c r="J47" s="50"/>
+      <c r="K47" s="50"/>
+      <c r="M47" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="N47" s="38" t="s">
+      <c r="N47" s="28" t="s">
         <v>108</v>
       </c>
-      <c r="O47" s="74"/>
-[...11 lines deleted...]
-      <c r="AA47" s="67" t="s">
+      <c r="O47" s="50"/>
+      <c r="P47" s="50"/>
+      <c r="Q47" s="50"/>
+      <c r="R47" s="50"/>
+      <c r="S47" s="50"/>
+      <c r="T47" s="8"/>
+      <c r="Y47" s="13"/>
+      <c r="AA47" s="46" t="s">
         <v>5</v>
       </c>
-      <c r="AB47" s="38" t="s">
+      <c r="AB47" s="28" t="s">
         <v>107</v>
       </c>
-      <c r="AC47" s="74"/>
-[...7 lines deleted...]
-      <c r="AK47" s="67" t="s">
+      <c r="AC47" s="50"/>
+      <c r="AD47" s="50"/>
+      <c r="AE47" s="50"/>
+      <c r="AF47" s="50"/>
+      <c r="AG47" s="50"/>
+      <c r="AH47" s="50"/>
+      <c r="AK47" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="AL47" s="38" t="s">
+      <c r="AL47" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="AM47" s="28"/>
-[...8 lines deleted...]
-      <c r="C48" s="1021" t="s">
+      <c r="AQ47" s="20"/>
+    </row>
+    <row r="48" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="21"/>
+      <c r="C48" s="865" t="s">
         <v>106</v>
       </c>
-      <c r="D48" s="1021"/>
-[...9 lines deleted...]
-      <c r="N48" s="42" t="s">
+      <c r="D48" s="865"/>
+      <c r="E48" s="865"/>
+      <c r="F48" s="865"/>
+      <c r="G48" s="865"/>
+      <c r="H48" s="865"/>
+      <c r="I48" s="865"/>
+      <c r="J48" s="50"/>
+      <c r="K48" s="50"/>
+      <c r="L48" s="50"/>
+      <c r="N48" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="O48" s="42"/>
-[...12 lines deleted...]
-      <c r="AB48" s="42" t="s">
+      <c r="O48" s="8"/>
+      <c r="P48" s="8"/>
+      <c r="Q48" s="8"/>
+      <c r="R48" s="8"/>
+      <c r="S48" s="8"/>
+      <c r="T48" s="8"/>
+      <c r="Y48" s="13"/>
+      <c r="AA48" s="50"/>
+      <c r="AB48" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="AC48" s="42"/>
-[...8 lines deleted...]
-      <c r="AL48" s="42" t="s">
+      <c r="AC48" s="8"/>
+      <c r="AD48" s="8"/>
+      <c r="AE48" s="8"/>
+      <c r="AF48" s="8"/>
+      <c r="AG48" s="8"/>
+      <c r="AH48" s="8"/>
+      <c r="AK48" s="8"/>
+      <c r="AL48" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="AM48" s="28"/>
-[...7 lines deleted...]
-      <c r="B49" s="67" t="s">
+      <c r="AQ48" s="20"/>
+    </row>
+    <row r="49" spans="1:78" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="21"/>
+      <c r="B49" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="C49" s="38" t="s">
+      <c r="C49" s="28" t="s">
         <v>102</v>
       </c>
-      <c r="D49" s="28"/>
-[...12 lines deleted...]
-      <c r="Q49" s="67" t="s">
+      <c r="K49" s="28"/>
+      <c r="Q49" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="R49" s="38" t="s">
+      <c r="R49" s="28" t="s">
         <v>101</v>
       </c>
-      <c r="S49" s="28"/>
-[...8 lines deleted...]
-      <c r="AB49" s="67" t="s">
+      <c r="AB49" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="AC49" s="38" t="s">
+      <c r="AC49" s="28" t="s">
         <v>496</v>
       </c>
-      <c r="AD49" s="28"/>
-[...17 lines deleted...]
-      <c r="C50" s="76" t="s">
+      <c r="AQ49" s="20"/>
+    </row>
+    <row r="50" spans="1:78" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="21"/>
+      <c r="C50" s="51" t="s">
         <v>99</v>
       </c>
-      <c r="D50" s="77"/>
-[...13 lines deleted...]
-      <c r="R50" s="46" t="s">
+      <c r="D50" s="52"/>
+      <c r="E50" s="52"/>
+      <c r="F50" s="52"/>
+      <c r="G50" s="52"/>
+      <c r="H50" s="52"/>
+      <c r="I50" s="52"/>
+      <c r="J50" s="52"/>
+      <c r="K50" s="52"/>
+      <c r="L50" s="52"/>
+      <c r="M50" s="52"/>
+      <c r="N50" s="52"/>
+      <c r="O50" s="52"/>
+      <c r="P50" s="53"/>
+      <c r="R50" s="31" t="s">
         <v>98</v>
       </c>
-      <c r="S50" s="46"/>
-[...9 lines deleted...]
-      <c r="AC50" s="1022" t="s">
+      <c r="S50" s="31"/>
+      <c r="T50" s="31"/>
+      <c r="U50" s="31"/>
+      <c r="V50" s="31"/>
+      <c r="X50" s="31"/>
+      <c r="AB50" s="37"/>
+      <c r="AC50" s="866" t="s">
         <v>495</v>
       </c>
-      <c r="AD50" s="1023"/>
-[...18 lines deleted...]
-      <c r="B51" s="67" t="s">
+      <c r="AD50" s="867"/>
+      <c r="AE50" s="867"/>
+      <c r="AF50" s="867"/>
+      <c r="AG50" s="867"/>
+      <c r="AH50" s="867"/>
+      <c r="AI50" s="867"/>
+      <c r="AJ50" s="867"/>
+      <c r="AK50" s="867"/>
+      <c r="AL50" s="867"/>
+      <c r="AM50" s="867"/>
+      <c r="AN50" s="867"/>
+      <c r="AO50" s="867"/>
+      <c r="AP50" s="867"/>
+      <c r="AQ50" s="868"/>
+      <c r="AR50" s="37"/>
+      <c r="AS50" s="37"/>
+    </row>
+    <row r="51" spans="1:78" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="18"/>
+      <c r="B51" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="C51" s="38" t="s">
+      <c r="C51" s="28" t="s">
         <v>97</v>
       </c>
-      <c r="D51" s="38"/>
-[...9 lines deleted...]
-      <c r="N51" s="67" t="s">
+      <c r="N51" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="O51" s="38" t="s">
+      <c r="O51" s="28" t="s">
         <v>96</v>
       </c>
-      <c r="P51" s="38"/>
-[...10 lines deleted...]
-      <c r="AA51" s="67" t="s">
+      <c r="AA51" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="AB51" s="38" t="s">
+      <c r="AB51" s="28" t="s">
         <v>95</v>
       </c>
-      <c r="AC51" s="38"/>
-[...31 lines deleted...]
-      <c r="C52" s="42" t="s">
+      <c r="AQ51" s="29"/>
+      <c r="BO51" s="5"/>
+    </row>
+    <row r="52" spans="1:78" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="14"/>
+      <c r="C52" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="D52" s="42"/>
-[...10 lines deleted...]
-      <c r="O52" s="42" t="s">
+      <c r="O52" s="8" t="s">
         <v>93</v>
       </c>
-      <c r="P52" s="42"/>
-[...11 lines deleted...]
-      <c r="AB52" s="42" t="s">
+      <c r="AB52" s="8" t="s">
         <v>92</v>
       </c>
-      <c r="AC52" s="42"/>
-[...43 lines deleted...]
-      <c r="B53" s="67" t="s">
+      <c r="AQ52" s="47"/>
+      <c r="AW52" s="5"/>
+      <c r="AX52" s="5"/>
+      <c r="BF52" s="5"/>
+      <c r="BG52" s="5"/>
+      <c r="BJ52" s="5"/>
+      <c r="BK52" s="5"/>
+      <c r="BL52" s="5"/>
+      <c r="BM52" s="5"/>
+      <c r="BN52" s="5"/>
+      <c r="BO52" s="5"/>
+      <c r="BQ52" s="5"/>
+      <c r="BR52" s="5"/>
+      <c r="BS52" s="5"/>
+      <c r="BT52" s="5"/>
+      <c r="BU52" s="5"/>
+      <c r="BV52" s="5"/>
+      <c r="BY52" s="5"/>
+      <c r="BZ52" s="5"/>
+    </row>
+    <row r="53" spans="1:78" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="14"/>
+      <c r="B53" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="C53" s="66" t="s">
+      <c r="C53" s="28" t="s">
         <v>91</v>
       </c>
-      <c r="D53" s="42"/>
-[...8 lines deleted...]
-      <c r="M53" s="67" t="s">
+      <c r="M53" s="46" t="s">
         <v>90</v>
       </c>
-      <c r="N53" s="66" t="s">
+      <c r="N53" s="28" t="s">
         <v>89</v>
       </c>
-      <c r="O53" s="42"/>
-[...9 lines deleted...]
-      <c r="Y53" s="67" t="s">
+      <c r="Y53" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="Z53" s="66" t="s">
+      <c r="Z53" s="28" t="s">
         <v>88</v>
       </c>
-      <c r="AA53" s="42"/>
-[...9 lines deleted...]
-      <c r="AK53" s="67" t="s">
+      <c r="AK53" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="AL53" s="38" t="s">
+      <c r="AL53" s="28" t="s">
         <v>87</v>
       </c>
-      <c r="AM53" s="42"/>
-[...34 lines deleted...]
-      <c r="C54" s="69" t="s">
+      <c r="AQ53" s="47"/>
+      <c r="AW53" s="5"/>
+      <c r="AX53" s="5"/>
+      <c r="BF53" s="5"/>
+      <c r="BG53" s="5"/>
+      <c r="BJ53" s="5"/>
+      <c r="BK53" s="5"/>
+      <c r="BL53" s="5"/>
+      <c r="BM53" s="5"/>
+      <c r="BN53" s="5"/>
+      <c r="BO53" s="5"/>
+      <c r="BQ53" s="5"/>
+      <c r="BR53" s="5"/>
+      <c r="BS53" s="5"/>
+      <c r="BT53" s="5"/>
+      <c r="BU53" s="5"/>
+      <c r="BV53" s="5"/>
+      <c r="BY53" s="5"/>
+      <c r="BZ53" s="5"/>
+    </row>
+    <row r="54" spans="1:78" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="14"/>
+      <c r="C54" s="8" t="s">
         <v>86</v>
       </c>
-      <c r="D54" s="42"/>
-[...9 lines deleted...]
-      <c r="N54" s="69" t="s">
+      <c r="N54" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="O54" s="42"/>
-[...10 lines deleted...]
-      <c r="Z54" s="69" t="s">
+      <c r="Z54" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="AA54" s="42"/>
-[...10 lines deleted...]
-      <c r="AL54" s="42" t="s">
+      <c r="AL54" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="AM54" s="42"/>
-[...32 lines deleted...]
-      <c r="A55" s="79" t="s">
+      <c r="AQ54" s="47"/>
+      <c r="AW54" s="5"/>
+      <c r="AX54" s="5"/>
+      <c r="BF54" s="5"/>
+      <c r="BG54" s="5"/>
+      <c r="BJ54" s="5"/>
+      <c r="BK54" s="5"/>
+      <c r="BL54" s="5"/>
+      <c r="BM54" s="5"/>
+      <c r="BN54" s="5"/>
+      <c r="BQ54" s="5"/>
+      <c r="BR54" s="5"/>
+      <c r="BS54" s="5"/>
+      <c r="BT54" s="5"/>
+      <c r="BU54" s="5"/>
+      <c r="BV54" s="5"/>
+      <c r="BY54" s="5"/>
+      <c r="BZ54" s="5"/>
+    </row>
+    <row r="55" spans="1:78" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="54" t="s">
         <v>82</v>
       </c>
-      <c r="B55" s="51"/>
-[...5 lines deleted...]
-      <c r="H55" s="1015" t="str">
+      <c r="B55" s="35"/>
+      <c r="C55" s="35"/>
+      <c r="D55" s="35"/>
+      <c r="E55" s="35"/>
+      <c r="F55" s="35"/>
+      <c r="G55" s="35"/>
+      <c r="H55" s="859" t="str">
         <f>'Form 1'!F32&amp;""</f>
-        <v>2025</v>
-[...4 lines deleted...]
-      <c r="L55" s="996" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I55" s="859"/>
+      <c r="J55" s="859"/>
+      <c r="K55" s="859"/>
+      <c r="L55" s="845" t="s">
         <v>51</v>
       </c>
-      <c r="M55" s="996"/>
-      <c r="N55" s="1014" t="str">
+      <c r="M55" s="845"/>
+      <c r="N55" s="859" t="str">
         <f>'Form 1'!J32&amp;""</f>
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="P55" s="996" t="s">
+        <v>3</v>
+      </c>
+      <c r="O55" s="859"/>
+      <c r="P55" s="845" t="s">
         <v>50</v>
       </c>
-      <c r="Q55" s="996"/>
-      <c r="R55" s="1014" t="str">
+      <c r="Q55" s="845"/>
+      <c r="R55" s="859" t="str">
         <f>'Form 1'!N32&amp;""</f>
         <v>1</v>
       </c>
-      <c r="S55" s="1014"/>
-      <c r="T55" s="59" t="s">
+      <c r="S55" s="859"/>
+      <c r="T55" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="U55" s="38"/>
-[...1 lines deleted...]
-      <c r="W55" s="38" t="s">
+      <c r="W55" s="28" t="s">
         <v>81</v>
       </c>
-      <c r="X55" s="38"/>
-[...4 lines deleted...]
-      <c r="AC55" s="1014" t="str">
+      <c r="AC55" s="859" t="str">
         <f>'Form 1'!D36&amp;""</f>
         <v/>
       </c>
-      <c r="AD55" s="1015"/>
-[...16 lines deleted...]
-      <c r="B56" s="42" t="s">
+      <c r="AD55" s="859"/>
+      <c r="AE55" s="859"/>
+      <c r="AF55" s="859"/>
+      <c r="AG55" s="859"/>
+      <c r="AH55" s="859"/>
+      <c r="AI55" s="859"/>
+      <c r="AJ55" s="859"/>
+      <c r="AK55" s="859"/>
+      <c r="AL55" s="859"/>
+      <c r="AM55" s="859"/>
+      <c r="AN55" s="859"/>
+      <c r="AO55" s="859"/>
+      <c r="AP55" s="859"/>
+      <c r="AQ55" s="29"/>
+    </row>
+    <row r="56" spans="1:78" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="21"/>
+      <c r="B56" s="8" t="s">
         <v>80</v>
       </c>
-      <c r="C56" s="28"/>
-[...8 lines deleted...]
-      <c r="L56" s="970" t="s">
+      <c r="D56" s="8"/>
+      <c r="E56" s="8"/>
+      <c r="F56" s="8"/>
+      <c r="G56" s="8"/>
+      <c r="H56" s="860"/>
+      <c r="I56" s="860"/>
+      <c r="J56" s="860"/>
+      <c r="K56" s="860"/>
+      <c r="L56" s="819" t="s">
         <v>1</v>
       </c>
-      <c r="M56" s="970"/>
-[...2 lines deleted...]
-      <c r="P56" s="970" t="s">
+      <c r="M56" s="819"/>
+      <c r="N56" s="860"/>
+      <c r="O56" s="860"/>
+      <c r="P56" s="819" t="s">
         <v>2</v>
       </c>
-      <c r="Q56" s="970"/>
-[...2 lines deleted...]
-      <c r="T56" s="64" t="s">
+      <c r="Q56" s="819"/>
+      <c r="R56" s="860"/>
+      <c r="S56" s="860"/>
+      <c r="T56" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="U56" s="28"/>
-[...2 lines deleted...]
-      <c r="X56" s="42" t="s">
+      <c r="W56" s="8"/>
+      <c r="X56" s="8" t="s">
         <v>79</v>
       </c>
-      <c r="Y56" s="42"/>
-[...65 lines deleted...]
-      <c r="A58" s="37" t="s">
+      <c r="Y56" s="8"/>
+      <c r="AC56" s="860"/>
+      <c r="AD56" s="860"/>
+      <c r="AE56" s="860"/>
+      <c r="AF56" s="860"/>
+      <c r="AG56" s="860"/>
+      <c r="AH56" s="860"/>
+      <c r="AI56" s="860"/>
+      <c r="AJ56" s="860"/>
+      <c r="AK56" s="860"/>
+      <c r="AL56" s="860"/>
+      <c r="AM56" s="860"/>
+      <c r="AN56" s="860"/>
+      <c r="AO56" s="860"/>
+      <c r="AP56" s="860"/>
+      <c r="AQ56" s="20"/>
+    </row>
+    <row r="57" spans="1:78" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="21"/>
+      <c r="B57" s="8"/>
+      <c r="D57" s="8"/>
+      <c r="E57" s="8"/>
+      <c r="F57" s="8"/>
+      <c r="G57" s="8"/>
+      <c r="H57" s="28"/>
+      <c r="I57" s="28"/>
+      <c r="J57" s="55"/>
+      <c r="L57" s="56"/>
+      <c r="M57" s="56"/>
+      <c r="N57" s="35"/>
+      <c r="O57" s="56"/>
+      <c r="P57" s="42"/>
+      <c r="Q57" s="35"/>
+      <c r="R57" s="35"/>
+      <c r="S57" s="56"/>
+      <c r="T57" s="56"/>
+      <c r="W57" s="8"/>
+      <c r="X57" s="8"/>
+      <c r="Y57" s="8"/>
+      <c r="AQ57" s="20"/>
+    </row>
+    <row r="58" spans="1:78" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="B58" s="38"/>
-[...20 lines deleted...]
-      <c r="W58" s="38" t="s">
+      <c r="H58" s="857"/>
+      <c r="I58" s="857"/>
+      <c r="J58" s="857"/>
+      <c r="K58" s="857"/>
+      <c r="L58" s="857"/>
+      <c r="M58" s="857"/>
+      <c r="N58" s="857"/>
+      <c r="O58" s="857"/>
+      <c r="P58" s="857"/>
+      <c r="Q58" s="857"/>
+      <c r="R58" s="857"/>
+      <c r="S58" s="857"/>
+      <c r="T58" s="857"/>
+      <c r="W58" s="28" t="s">
         <v>77</v>
       </c>
-      <c r="X58" s="38"/>
-[...8 lines deleted...]
-      <c r="AG58" s="59" t="s">
+      <c r="AE58" s="41"/>
+      <c r="AF58" s="41"/>
+      <c r="AG58" s="41" t="s">
         <v>59</v>
       </c>
-      <c r="AH58" s="59" t="s">
+      <c r="AH58" s="41" t="s">
         <v>58</v>
       </c>
-      <c r="AI58" s="59" t="s">
+      <c r="AI58" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="AJ58" s="38"/>
-[...10 lines deleted...]
-      <c r="B59" s="42" t="s">
+      <c r="AQ58" s="29"/>
+    </row>
+    <row r="59" spans="1:78" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="21"/>
+      <c r="B59" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="C59" s="28"/>
-[...20 lines deleted...]
-      <c r="X59" s="42" t="s">
+      <c r="D59" s="8"/>
+      <c r="E59" s="8"/>
+      <c r="F59" s="8"/>
+      <c r="G59" s="8"/>
+      <c r="H59" s="858"/>
+      <c r="I59" s="858"/>
+      <c r="J59" s="858"/>
+      <c r="K59" s="858"/>
+      <c r="L59" s="858"/>
+      <c r="M59" s="858"/>
+      <c r="N59" s="858"/>
+      <c r="O59" s="858"/>
+      <c r="P59" s="858"/>
+      <c r="Q59" s="858"/>
+      <c r="R59" s="858"/>
+      <c r="S59" s="858"/>
+      <c r="T59" s="858"/>
+      <c r="W59" s="8"/>
+      <c r="X59" s="8" t="s">
         <v>75</v>
       </c>
-      <c r="Y59" s="42"/>
-[...7 lines deleted...]
-      <c r="AG59" s="61" t="s">
+      <c r="Y59" s="8"/>
+      <c r="Z59" s="8"/>
+      <c r="AA59" s="8"/>
+      <c r="AB59" s="8"/>
+      <c r="AC59" s="8"/>
+      <c r="AD59" s="8"/>
+      <c r="AE59" s="8"/>
+      <c r="AF59" s="8"/>
+      <c r="AG59" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="AH59" s="61" t="s">
+      <c r="AH59" s="42" t="s">
         <v>42</v>
       </c>
-      <c r="AI59" s="61" t="s">
+      <c r="AI59" s="42" t="s">
         <v>10</v>
       </c>
-      <c r="AJ59" s="28"/>
-[...54 lines deleted...]
-      <c r="A61" s="37" t="s">
+      <c r="AK59" s="8"/>
+      <c r="AL59" s="8"/>
+      <c r="AQ59" s="20"/>
+    </row>
+    <row r="60" spans="1:78" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="21"/>
+      <c r="B60" s="8"/>
+      <c r="D60" s="8"/>
+      <c r="E60" s="8"/>
+      <c r="F60" s="8"/>
+      <c r="G60" s="8"/>
+      <c r="H60" s="8"/>
+      <c r="I60" s="8"/>
+      <c r="J60" s="8"/>
+      <c r="K60" s="8"/>
+      <c r="L60" s="8"/>
+      <c r="M60" s="8"/>
+      <c r="N60" s="8"/>
+      <c r="O60" s="8"/>
+      <c r="P60" s="8"/>
+      <c r="Q60" s="8"/>
+      <c r="R60" s="8"/>
+      <c r="S60" s="8"/>
+      <c r="T60" s="8"/>
+      <c r="V60" s="8"/>
+      <c r="W60" s="8"/>
+      <c r="X60" s="8"/>
+      <c r="Y60" s="8"/>
+      <c r="Z60" s="8"/>
+      <c r="AA60" s="8"/>
+      <c r="AB60" s="8"/>
+      <c r="AC60" s="8"/>
+      <c r="AD60" s="8"/>
+      <c r="AE60" s="42"/>
+      <c r="AF60" s="42"/>
+      <c r="AG60" s="42"/>
+      <c r="AH60" s="42"/>
+      <c r="AI60" s="42"/>
+      <c r="AJ60" s="8"/>
+      <c r="AK60" s="8"/>
+      <c r="AQ60" s="20"/>
+    </row>
+    <row r="61" spans="1:78" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
+      <c r="A61" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B61" s="38"/>
-[...7 lines deleted...]
-      <c r="J61" s="1014" t="str">
+      <c r="J61" s="859" t="str">
         <f>'Form 1'!J39&amp;", "&amp;'Form 1'!J38&amp;", "&amp;'Form 1'!J37</f>
         <v xml:space="preserve">, , </v>
       </c>
-      <c r="K61" s="1015"/>
-[...35 lines deleted...]
-      <c r="B62" s="42" t="s">
+      <c r="K61" s="859"/>
+      <c r="L61" s="859"/>
+      <c r="M61" s="859"/>
+      <c r="N61" s="859"/>
+      <c r="O61" s="859"/>
+      <c r="P61" s="859"/>
+      <c r="Q61" s="859"/>
+      <c r="R61" s="859"/>
+      <c r="S61" s="859"/>
+      <c r="T61" s="859"/>
+      <c r="U61" s="859"/>
+      <c r="V61" s="859"/>
+      <c r="AQ61" s="29"/>
+    </row>
+    <row r="62" spans="1:78" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="21"/>
+      <c r="B62" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="C62" s="28"/>
-[...87 lines deleted...]
-      <c r="A64" s="37" t="s">
+      <c r="J62" s="860"/>
+      <c r="K62" s="860"/>
+      <c r="L62" s="860"/>
+      <c r="M62" s="860"/>
+      <c r="N62" s="860"/>
+      <c r="O62" s="860"/>
+      <c r="P62" s="860"/>
+      <c r="Q62" s="860"/>
+      <c r="R62" s="860"/>
+      <c r="S62" s="860"/>
+      <c r="T62" s="860"/>
+      <c r="U62" s="860"/>
+      <c r="V62" s="860"/>
+      <c r="AQ62" s="20"/>
+    </row>
+    <row r="63" spans="1:78" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="21"/>
+      <c r="B63" s="8"/>
+      <c r="AQ63" s="20"/>
+    </row>
+    <row r="64" spans="1:78" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="B64" s="38"/>
-[...10 lines deleted...]
-      <c r="M64" s="59" t="s">
+      <c r="M64" s="41" t="s">
         <v>59</v>
       </c>
-      <c r="N64" s="59" t="s">
+      <c r="N64" s="41" t="s">
         <v>58</v>
       </c>
-      <c r="O64" s="59" t="s">
+      <c r="O64" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="P64" s="38"/>
-[...30 lines deleted...]
-      <c r="B65" s="42" t="s">
+      <c r="AB64" s="57"/>
+      <c r="AC64" s="57"/>
+      <c r="AD64" s="57"/>
+      <c r="AE64" s="57"/>
+      <c r="AF64" s="41"/>
+      <c r="AG64" s="41"/>
+      <c r="AH64" s="57"/>
+      <c r="AI64" s="57"/>
+      <c r="AJ64" s="41"/>
+      <c r="AK64" s="41"/>
+      <c r="AL64" s="57"/>
+      <c r="AM64" s="57"/>
+      <c r="AQ64" s="29"/>
+    </row>
+    <row r="65" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="18"/>
+      <c r="B65" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="C65" s="38"/>
-[...9 lines deleted...]
-      <c r="M65" s="61" t="s">
+      <c r="D65" s="8"/>
+      <c r="E65" s="8"/>
+      <c r="F65" s="8"/>
+      <c r="G65" s="8"/>
+      <c r="H65" s="8"/>
+      <c r="I65" s="8"/>
+      <c r="J65" s="8"/>
+      <c r="M65" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="N65" s="61" t="s">
+      <c r="N65" s="42" t="s">
         <v>42</v>
       </c>
-      <c r="O65" s="61" t="s">
+      <c r="O65" s="42" t="s">
         <v>10</v>
       </c>
-      <c r="P65" s="38"/>
-[...31 lines deleted...]
-      <c r="C66" s="8" t="s">
+      <c r="AB65" s="57"/>
+      <c r="AC65" s="57"/>
+      <c r="AD65" s="57"/>
+      <c r="AE65" s="57"/>
+      <c r="AF65" s="42"/>
+      <c r="AG65" s="42"/>
+      <c r="AH65" s="57"/>
+      <c r="AI65" s="57"/>
+      <c r="AJ65" s="42"/>
+      <c r="AK65" s="42"/>
+      <c r="AL65" s="57"/>
+      <c r="AM65" s="57"/>
+      <c r="AN65" s="8"/>
+      <c r="AQ65" s="29"/>
+    </row>
+    <row r="66" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="18"/>
+      <c r="C66" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="D66" s="38"/>
-[...43 lines deleted...]
-      <c r="C67" s="38" t="s">
+      <c r="L66" s="8"/>
+      <c r="AQ66" s="29"/>
+    </row>
+    <row r="67" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="18"/>
+      <c r="C67" s="28" t="s">
         <v>69</v>
       </c>
-      <c r="D67" s="38"/>
-      <c r="E67" s="1017">
+      <c r="E67" s="861">
         <f>'Form 2'!Q29</f>
         <v>0</v>
       </c>
-      <c r="F67" s="1017"/>
-[...1 lines deleted...]
-      <c r="H67" s="38" t="s">
+      <c r="F67" s="861"/>
+      <c r="G67" s="861"/>
+      <c r="H67" s="28" t="s">
         <v>53</v>
       </c>
-      <c r="I67" s="38"/>
-[...1 lines deleted...]
-      <c r="K67" s="38" t="s">
+      <c r="K67" s="28" t="s">
         <v>68</v>
       </c>
-      <c r="L67" s="38"/>
-[...7 lines deleted...]
-      <c r="T67" s="996" t="s">
+      <c r="Q67" s="843"/>
+      <c r="R67" s="843"/>
+      <c r="S67" s="843"/>
+      <c r="T67" s="845" t="s">
         <v>51</v>
       </c>
-      <c r="U67" s="996"/>
-[...2 lines deleted...]
-      <c r="X67" s="996" t="s">
+      <c r="U67" s="845"/>
+      <c r="V67" s="843"/>
+      <c r="W67" s="843"/>
+      <c r="X67" s="845" t="s">
         <v>50</v>
       </c>
-      <c r="Y67" s="996"/>
-[...2 lines deleted...]
-      <c r="AB67" s="38" t="s">
+      <c r="Y67" s="845"/>
+      <c r="Z67" s="843"/>
+      <c r="AA67" s="843"/>
+      <c r="AB67" s="28" t="s">
         <v>49</v>
       </c>
-      <c r="AC67" s="996" t="s">
+      <c r="AC67" s="845" t="s">
         <v>67</v>
       </c>
-      <c r="AD67" s="996"/>
-[...3 lines deleted...]
-      <c r="AH67" s="996" t="s">
+      <c r="AD67" s="845"/>
+      <c r="AE67" s="843"/>
+      <c r="AF67" s="843"/>
+      <c r="AG67" s="843"/>
+      <c r="AH67" s="845" t="s">
         <v>51</v>
       </c>
-      <c r="AI67" s="996"/>
-[...2 lines deleted...]
-      <c r="AL67" s="996" t="s">
+      <c r="AI67" s="845"/>
+      <c r="AJ67" s="843"/>
+      <c r="AK67" s="843"/>
+      <c r="AL67" s="845" t="s">
         <v>50</v>
       </c>
-      <c r="AM67" s="996"/>
-[...2 lines deleted...]
-      <c r="AP67" s="38" t="s">
+      <c r="AM67" s="845"/>
+      <c r="AN67" s="843"/>
+      <c r="AO67" s="843"/>
+      <c r="AP67" s="28" t="s">
         <v>49</v>
       </c>
-      <c r="AQ67" s="39"/>
-[...9 lines deleted...]
-      <c r="H68" s="81" t="s">
+      <c r="AQ67" s="29"/>
+    </row>
+    <row r="68" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="21"/>
+      <c r="E68" s="862"/>
+      <c r="F68" s="862"/>
+      <c r="G68" s="862"/>
+      <c r="H68" s="56" t="s">
         <v>47</v>
       </c>
-      <c r="I68" s="28"/>
-[...1 lines deleted...]
-      <c r="K68" s="42" t="s">
+      <c r="J68" s="8"/>
+      <c r="K68" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="L68" s="28"/>
-[...7 lines deleted...]
-      <c r="T68" s="970" t="s">
+      <c r="M68" s="8"/>
+      <c r="N68" s="8"/>
+      <c r="O68" s="42"/>
+      <c r="Q68" s="844"/>
+      <c r="R68" s="844"/>
+      <c r="S68" s="844"/>
+      <c r="T68" s="819" t="s">
         <v>1</v>
       </c>
-      <c r="U68" s="970"/>
-[...2 lines deleted...]
-      <c r="X68" s="970" t="s">
+      <c r="U68" s="819"/>
+      <c r="V68" s="844"/>
+      <c r="W68" s="844"/>
+      <c r="X68" s="819" t="s">
         <v>2</v>
       </c>
-      <c r="Y68" s="970"/>
-[...2 lines deleted...]
-      <c r="AB68" s="64" t="s">
+      <c r="Y68" s="819"/>
+      <c r="Z68" s="844"/>
+      <c r="AA68" s="844"/>
+      <c r="AB68" s="45" t="s">
         <v>65</v>
       </c>
-      <c r="AC68" s="61"/>
-[...4 lines deleted...]
-      <c r="AH68" s="970" t="s">
+      <c r="AC68" s="42"/>
+      <c r="AD68" s="42"/>
+      <c r="AE68" s="844"/>
+      <c r="AF68" s="844"/>
+      <c r="AG68" s="844"/>
+      <c r="AH68" s="819" t="s">
         <v>1</v>
       </c>
-      <c r="AI68" s="970"/>
-[...2 lines deleted...]
-      <c r="AL68" s="970" t="s">
+      <c r="AI68" s="819"/>
+      <c r="AJ68" s="844"/>
+      <c r="AK68" s="844"/>
+      <c r="AL68" s="819" t="s">
         <v>2</v>
       </c>
-      <c r="AM68" s="970"/>
-[...2 lines deleted...]
-      <c r="AP68" s="64" t="s">
+      <c r="AM68" s="819"/>
+      <c r="AN68" s="844"/>
+      <c r="AO68" s="844"/>
+      <c r="AP68" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="AQ68" s="43"/>
-[...47 lines deleted...]
-      <c r="A70" s="87" t="s">
+      <c r="AQ68" s="20"/>
+    </row>
+    <row r="69" spans="1:43" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="21"/>
+      <c r="E69" s="58"/>
+      <c r="F69" s="58"/>
+      <c r="G69" s="58"/>
+      <c r="H69" s="56"/>
+      <c r="J69" s="8"/>
+      <c r="K69" s="8"/>
+      <c r="M69" s="8"/>
+      <c r="N69" s="8"/>
+      <c r="O69" s="42"/>
+      <c r="Q69" s="59"/>
+      <c r="R69" s="59"/>
+      <c r="S69" s="59"/>
+      <c r="T69" s="42"/>
+      <c r="U69" s="42"/>
+      <c r="V69" s="59"/>
+      <c r="W69" s="59"/>
+      <c r="X69" s="42"/>
+      <c r="Y69" s="42"/>
+      <c r="Z69" s="59"/>
+      <c r="AA69" s="59"/>
+      <c r="AB69" s="8"/>
+      <c r="AC69" s="42"/>
+      <c r="AD69" s="42"/>
+      <c r="AE69" s="59"/>
+      <c r="AF69" s="59"/>
+      <c r="AG69" s="59"/>
+      <c r="AH69" s="42"/>
+      <c r="AI69" s="42"/>
+      <c r="AJ69" s="59"/>
+      <c r="AK69" s="59"/>
+      <c r="AL69" s="42"/>
+      <c r="AM69" s="42"/>
+      <c r="AN69" s="59"/>
+      <c r="AO69" s="59"/>
+      <c r="AP69" s="8"/>
+      <c r="AQ69" s="20"/>
+    </row>
+    <row r="70" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="60" t="s">
         <v>494</v>
       </c>
-      <c r="B70" s="88"/>
-[...14 lines deleted...]
-      <c r="Q70" s="91" t="s">
+      <c r="B70" s="61"/>
+      <c r="C70" s="61"/>
+      <c r="D70" s="61"/>
+      <c r="E70" s="61"/>
+      <c r="F70" s="61"/>
+      <c r="G70" s="61"/>
+      <c r="H70" s="62"/>
+      <c r="I70" s="62"/>
+      <c r="J70" s="62"/>
+      <c r="K70" s="62"/>
+      <c r="L70" s="62"/>
+      <c r="M70" s="62"/>
+      <c r="N70" s="62"/>
+      <c r="O70" s="63"/>
+      <c r="P70" s="63"/>
+      <c r="Q70" s="64" t="s">
         <v>59</v>
       </c>
-      <c r="R70" s="91" t="s">
+      <c r="R70" s="64" t="s">
         <v>58</v>
       </c>
-      <c r="S70" s="91" t="s">
+      <c r="S70" s="64" t="s">
         <v>57</v>
       </c>
-      <c r="T70" s="91"/>
-[...26 lines deleted...]
-      <c r="B71" s="89" t="s">
+      <c r="T70" s="64"/>
+      <c r="U70" s="62"/>
+      <c r="V70" s="62"/>
+      <c r="W70" s="62"/>
+      <c r="X70" s="62"/>
+      <c r="Y70" s="62"/>
+      <c r="Z70" s="62"/>
+      <c r="AA70" s="62"/>
+      <c r="AB70" s="62"/>
+      <c r="AC70" s="62"/>
+      <c r="AD70" s="62"/>
+      <c r="AE70" s="62"/>
+      <c r="AF70" s="62"/>
+      <c r="AG70" s="62"/>
+      <c r="AH70" s="62"/>
+      <c r="AI70" s="62"/>
+      <c r="AJ70" s="62"/>
+      <c r="AK70" s="62"/>
+      <c r="AL70" s="62"/>
+      <c r="AM70" s="62"/>
+      <c r="AN70" s="62"/>
+      <c r="AO70" s="62"/>
+      <c r="AP70" s="8"/>
+      <c r="AQ70" s="20"/>
+    </row>
+    <row r="71" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="60"/>
+      <c r="B71" s="62" t="s">
         <v>493</v>
       </c>
-      <c r="C71" s="88"/>
-[...13 lines deleted...]
-      <c r="Q71" s="92" t="s">
+      <c r="C71" s="61"/>
+      <c r="D71" s="61"/>
+      <c r="E71" s="61"/>
+      <c r="F71" s="61"/>
+      <c r="G71" s="61"/>
+      <c r="H71" s="62"/>
+      <c r="I71" s="62"/>
+      <c r="J71" s="62"/>
+      <c r="K71" s="62"/>
+      <c r="L71" s="62"/>
+      <c r="M71" s="62"/>
+      <c r="N71" s="62"/>
+      <c r="O71" s="63"/>
+      <c r="P71" s="63"/>
+      <c r="Q71" s="65" t="s">
         <v>9</v>
       </c>
-      <c r="R71" s="92" t="s">
+      <c r="R71" s="65" t="s">
         <v>42</v>
       </c>
-      <c r="S71" s="92" t="s">
+      <c r="S71" s="65" t="s">
         <v>10</v>
       </c>
-      <c r="T71" s="91"/>
-[...76 lines deleted...]
-      <c r="G73" s="93" t="s">
+      <c r="T71" s="64"/>
+      <c r="U71" s="62"/>
+      <c r="V71" s="62"/>
+      <c r="W71" s="62"/>
+      <c r="X71" s="62"/>
+      <c r="Y71" s="62"/>
+      <c r="Z71" s="62"/>
+      <c r="AA71" s="62"/>
+      <c r="AB71" s="62"/>
+      <c r="AC71" s="62"/>
+      <c r="AD71" s="62"/>
+      <c r="AE71" s="62"/>
+      <c r="AF71" s="62"/>
+      <c r="AG71" s="62"/>
+      <c r="AH71" s="62"/>
+      <c r="AI71" s="62"/>
+      <c r="AJ71" s="62"/>
+      <c r="AK71" s="62"/>
+      <c r="AL71" s="62"/>
+      <c r="AM71" s="62"/>
+      <c r="AN71" s="62"/>
+      <c r="AO71" s="62"/>
+      <c r="AP71" s="8"/>
+      <c r="AQ71" s="20"/>
+    </row>
+    <row r="72" spans="1:43" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="60"/>
+      <c r="B72" s="61"/>
+      <c r="C72" s="61"/>
+      <c r="D72" s="61"/>
+      <c r="E72" s="61"/>
+      <c r="F72" s="61"/>
+      <c r="G72" s="61"/>
+      <c r="H72" s="62"/>
+      <c r="I72" s="62"/>
+      <c r="J72" s="62"/>
+      <c r="K72" s="62"/>
+      <c r="L72" s="62"/>
+      <c r="M72" s="62"/>
+      <c r="N72" s="62"/>
+      <c r="O72" s="63"/>
+      <c r="P72" s="63"/>
+      <c r="Q72" s="65"/>
+      <c r="R72" s="65"/>
+      <c r="S72" s="65"/>
+      <c r="T72" s="64"/>
+      <c r="U72" s="62"/>
+      <c r="V72" s="62"/>
+      <c r="W72" s="62"/>
+      <c r="X72" s="62"/>
+      <c r="Y72" s="62"/>
+      <c r="Z72" s="62"/>
+      <c r="AA72" s="62"/>
+      <c r="AB72" s="62"/>
+      <c r="AC72" s="62"/>
+      <c r="AD72" s="62"/>
+      <c r="AE72" s="62"/>
+      <c r="AF72" s="62"/>
+      <c r="AG72" s="62"/>
+      <c r="AH72" s="62"/>
+      <c r="AI72" s="62"/>
+      <c r="AJ72" s="62"/>
+      <c r="AK72" s="62"/>
+      <c r="AL72" s="62"/>
+      <c r="AM72" s="62"/>
+      <c r="AN72" s="62"/>
+      <c r="AO72" s="62"/>
+      <c r="AP72" s="8"/>
+      <c r="AQ72" s="20"/>
+    </row>
+    <row r="73" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="60"/>
+      <c r="B73" s="63"/>
+      <c r="C73" s="63"/>
+      <c r="D73" s="63"/>
+      <c r="E73" s="63"/>
+      <c r="F73" s="63"/>
+      <c r="G73" s="66" t="s">
         <v>55</v>
       </c>
-      <c r="H73" s="90"/>
-[...8 lines deleted...]
-      <c r="Q73" s="90" t="s">
+      <c r="H73" s="63"/>
+      <c r="I73" s="63"/>
+      <c r="J73" s="63"/>
+      <c r="K73" s="63"/>
+      <c r="L73" s="63"/>
+      <c r="M73" s="63"/>
+      <c r="N73" s="63"/>
+      <c r="O73" s="61"/>
+      <c r="P73" s="61"/>
+      <c r="Q73" s="63" t="s">
         <v>54</v>
       </c>
-      <c r="R73" s="90"/>
-      <c r="S73" s="997" t="str">
+      <c r="R73" s="63"/>
+      <c r="S73" s="846" t="str">
         <f>'Form 1'!N45&amp;""</f>
         <v/>
       </c>
-      <c r="T73" s="997"/>
-[...1 lines deleted...]
-      <c r="V73" s="90" t="s">
+      <c r="T73" s="846"/>
+      <c r="U73" s="846"/>
+      <c r="V73" s="63" t="s">
         <v>53</v>
       </c>
-      <c r="W73" s="90"/>
-      <c r="X73" s="93" t="s">
+      <c r="W73" s="63"/>
+      <c r="X73" s="66" t="s">
         <v>492</v>
       </c>
-      <c r="Y73" s="90"/>
-[...11 lines deleted...]
-      <c r="AK73" s="999" t="str">
+      <c r="Y73" s="63"/>
+      <c r="Z73" s="63"/>
+      <c r="AA73" s="63"/>
+      <c r="AB73" s="63"/>
+      <c r="AC73" s="63"/>
+      <c r="AD73" s="63"/>
+      <c r="AE73" s="67"/>
+      <c r="AF73" s="67"/>
+      <c r="AG73" s="67"/>
+      <c r="AH73" s="61"/>
+      <c r="AI73" s="63"/>
+      <c r="AJ73" s="68"/>
+      <c r="AK73" s="848" t="str">
         <f>'Form 1'!N47&amp;""</f>
         <v/>
       </c>
-      <c r="AL73" s="999"/>
-[...1 lines deleted...]
-      <c r="AN73" s="90" t="s">
+      <c r="AL73" s="848"/>
+      <c r="AM73" s="848"/>
+      <c r="AN73" s="63" t="s">
         <v>53</v>
       </c>
-      <c r="AO73" s="95"/>
-[...10 lines deleted...]
-      <c r="G74" s="97" t="s">
+      <c r="AO73" s="68"/>
+      <c r="AP73" s="28"/>
+      <c r="AQ73" s="29"/>
+    </row>
+    <row r="74" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="69"/>
+      <c r="B74" s="61"/>
+      <c r="C74" s="61"/>
+      <c r="D74" s="61"/>
+      <c r="E74" s="61"/>
+      <c r="F74" s="61"/>
+      <c r="G74" s="70" t="s">
         <v>48</v>
       </c>
-      <c r="H74" s="88"/>
-[...13 lines deleted...]
-      <c r="V74" s="97" t="s">
+      <c r="H74" s="61"/>
+      <c r="I74" s="71"/>
+      <c r="J74" s="71"/>
+      <c r="K74" s="71"/>
+      <c r="L74" s="71"/>
+      <c r="M74" s="61"/>
+      <c r="N74" s="61"/>
+      <c r="O74" s="61"/>
+      <c r="P74" s="61"/>
+      <c r="Q74" s="61"/>
+      <c r="R74" s="61"/>
+      <c r="S74" s="847"/>
+      <c r="T74" s="847"/>
+      <c r="U74" s="847"/>
+      <c r="V74" s="70" t="s">
         <v>47</v>
       </c>
-      <c r="W74" s="88"/>
-      <c r="X74" s="89" t="s">
+      <c r="W74" s="61"/>
+      <c r="X74" s="62" t="s">
         <v>491</v>
       </c>
-      <c r="Y74" s="88"/>
-[...14 lines deleted...]
-      <c r="AN74" s="97" t="s">
+      <c r="Y74" s="61"/>
+      <c r="Z74" s="61"/>
+      <c r="AA74" s="61"/>
+      <c r="AB74" s="62"/>
+      <c r="AC74" s="72"/>
+      <c r="AD74" s="72"/>
+      <c r="AE74" s="67"/>
+      <c r="AF74" s="67"/>
+      <c r="AG74" s="67"/>
+      <c r="AH74" s="70"/>
+      <c r="AI74" s="62"/>
+      <c r="AJ74" s="68"/>
+      <c r="AK74" s="849"/>
+      <c r="AL74" s="849"/>
+      <c r="AM74" s="849"/>
+      <c r="AN74" s="70" t="s">
         <v>47</v>
       </c>
-      <c r="AO74" s="88"/>
-[...49 lines deleted...]
-      <c r="A76" s="87" t="s">
+      <c r="AO74" s="61"/>
+      <c r="AP74" s="8"/>
+      <c r="AQ74" s="20"/>
+    </row>
+    <row r="75" spans="1:43" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="73"/>
+      <c r="B75" s="74"/>
+      <c r="C75" s="74"/>
+      <c r="D75" s="74"/>
+      <c r="E75" s="74"/>
+      <c r="F75" s="74"/>
+      <c r="G75" s="75"/>
+      <c r="H75" s="74"/>
+      <c r="I75" s="76"/>
+      <c r="J75" s="76"/>
+      <c r="K75" s="76"/>
+      <c r="L75" s="76"/>
+      <c r="M75" s="74"/>
+      <c r="N75" s="74"/>
+      <c r="Q75" s="74"/>
+      <c r="R75" s="74"/>
+      <c r="S75" s="77"/>
+      <c r="T75" s="77"/>
+      <c r="U75" s="77"/>
+      <c r="V75" s="75"/>
+      <c r="X75" s="78"/>
+      <c r="Y75" s="74"/>
+      <c r="Z75" s="74"/>
+      <c r="AA75" s="74"/>
+      <c r="AB75" s="78"/>
+      <c r="AC75" s="79"/>
+      <c r="AD75" s="79"/>
+      <c r="AE75" s="80"/>
+      <c r="AF75" s="80"/>
+      <c r="AG75" s="80"/>
+      <c r="AH75" s="75"/>
+      <c r="AI75" s="8"/>
+      <c r="AJ75"/>
+      <c r="AK75" s="59"/>
+      <c r="AL75" s="59"/>
+      <c r="AM75" s="59"/>
+      <c r="AN75" s="75"/>
+      <c r="AP75" s="8"/>
+      <c r="AQ75" s="20"/>
+    </row>
+    <row r="76" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="60" t="s">
         <v>490</v>
       </c>
-      <c r="B76" s="38"/>
-[...45 lines deleted...]
-      <c r="C77" s="42" t="s">
+      <c r="AA76" s="8"/>
+      <c r="AQ76" s="29"/>
+    </row>
+    <row r="77" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="18"/>
+      <c r="C77" s="8" t="s">
         <v>489</v>
       </c>
-      <c r="D77" s="38"/>
-[...43 lines deleted...]
-      <c r="C78" s="108" t="s">
+      <c r="AA77" s="8"/>
+      <c r="AQ77" s="29"/>
+    </row>
+    <row r="78" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="60"/>
+      <c r="B78" s="63"/>
+      <c r="C78" s="81" t="s">
         <v>59</v>
       </c>
-      <c r="D78" s="108" t="s">
+      <c r="D78" s="81" t="s">
         <v>64</v>
       </c>
-      <c r="E78" s="108"/>
-[...4 lines deleted...]
-      <c r="J78" s="1001" t="s">
+      <c r="E78" s="81"/>
+      <c r="F78" s="81"/>
+      <c r="G78" s="81"/>
+      <c r="H78" s="63"/>
+      <c r="I78" s="63"/>
+      <c r="J78" s="850" t="s">
         <v>24</v>
       </c>
-      <c r="K78" s="1002"/>
-[...26 lines deleted...]
-      <c r="AL78" s="59" t="s">
+      <c r="K78" s="850"/>
+      <c r="L78" s="850"/>
+      <c r="M78" s="850"/>
+      <c r="N78" s="850"/>
+      <c r="O78" s="850"/>
+      <c r="P78" s="850"/>
+      <c r="Q78" s="850"/>
+      <c r="R78" s="850"/>
+      <c r="S78" s="850"/>
+      <c r="T78" s="850"/>
+      <c r="U78" s="850"/>
+      <c r="V78" s="850"/>
+      <c r="W78" s="850"/>
+      <c r="X78" s="850"/>
+      <c r="Y78" s="850"/>
+      <c r="Z78" s="850"/>
+      <c r="AA78" s="850"/>
+      <c r="AB78" s="850"/>
+      <c r="AC78" s="850"/>
+      <c r="AD78" s="850"/>
+      <c r="AE78" s="850"/>
+      <c r="AF78" s="850"/>
+      <c r="AG78" s="850"/>
+      <c r="AH78" s="850"/>
+      <c r="AI78" s="850"/>
+      <c r="AJ78" s="850"/>
+      <c r="AK78" s="850"/>
+      <c r="AL78" s="41" t="s">
         <v>63</v>
       </c>
-      <c r="AM78" s="59" t="s">
+      <c r="AM78" s="41" t="s">
         <v>58</v>
       </c>
-      <c r="AN78" s="59" t="s">
+      <c r="AN78" s="41" t="s">
         <v>62</v>
       </c>
-      <c r="AO78" s="38"/>
-[...6 lines deleted...]
-      <c r="C79" s="97" t="s">
+      <c r="AQ78" s="29"/>
+    </row>
+    <row r="79" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="69"/>
+      <c r="B79" s="61"/>
+      <c r="C79" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="D79" s="97" t="s">
+      <c r="D79" s="70" t="s">
         <v>61</v>
       </c>
-      <c r="E79" s="88"/>
-[...32 lines deleted...]
-      <c r="AL79" s="61" t="s">
+      <c r="E79" s="61"/>
+      <c r="F79" s="62"/>
+      <c r="G79" s="62"/>
+      <c r="H79" s="62"/>
+      <c r="I79" s="61"/>
+      <c r="J79" s="851"/>
+      <c r="K79" s="851"/>
+      <c r="L79" s="851"/>
+      <c r="M79" s="851"/>
+      <c r="N79" s="851"/>
+      <c r="O79" s="851"/>
+      <c r="P79" s="851"/>
+      <c r="Q79" s="851"/>
+      <c r="R79" s="851"/>
+      <c r="S79" s="851"/>
+      <c r="T79" s="851"/>
+      <c r="U79" s="851"/>
+      <c r="V79" s="851"/>
+      <c r="W79" s="851"/>
+      <c r="X79" s="851"/>
+      <c r="Y79" s="851"/>
+      <c r="Z79" s="851"/>
+      <c r="AA79" s="851"/>
+      <c r="AB79" s="851"/>
+      <c r="AC79" s="851"/>
+      <c r="AD79" s="851"/>
+      <c r="AE79" s="851"/>
+      <c r="AF79" s="851"/>
+      <c r="AG79" s="851"/>
+      <c r="AH79" s="851"/>
+      <c r="AI79" s="851"/>
+      <c r="AJ79" s="851"/>
+      <c r="AK79" s="851"/>
+      <c r="AL79" s="42" t="s">
         <v>60</v>
       </c>
-      <c r="AM79" s="61" t="s">
+      <c r="AM79" s="42" t="s">
         <v>42</v>
       </c>
-      <c r="AN79" s="61" t="s">
+      <c r="AN79" s="42" t="s">
         <v>41</v>
       </c>
-      <c r="AO79" s="28"/>
-[...49 lines deleted...]
-      <c r="A81" s="87" t="s">
+      <c r="AQ79" s="20"/>
+    </row>
+    <row r="80" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="69"/>
+      <c r="B80" s="61"/>
+      <c r="C80" s="62"/>
+      <c r="D80" s="62"/>
+      <c r="E80" s="62"/>
+      <c r="F80" s="62"/>
+      <c r="G80" s="62"/>
+      <c r="H80" s="62"/>
+      <c r="I80" s="62"/>
+      <c r="J80" s="62"/>
+      <c r="K80" s="62"/>
+      <c r="L80" s="62"/>
+      <c r="M80" s="62"/>
+      <c r="N80" s="62"/>
+      <c r="O80" s="62"/>
+      <c r="P80" s="62"/>
+      <c r="Q80" s="62"/>
+      <c r="R80" s="62"/>
+      <c r="S80" s="62"/>
+      <c r="T80" s="62"/>
+      <c r="U80" s="62"/>
+      <c r="V80" s="62"/>
+      <c r="W80" s="62"/>
+      <c r="X80" s="62"/>
+      <c r="Y80" s="62"/>
+      <c r="Z80" s="62"/>
+      <c r="AA80" s="62"/>
+      <c r="AB80" s="62"/>
+      <c r="AC80" s="62"/>
+      <c r="AD80" s="62"/>
+      <c r="AE80" s="62"/>
+      <c r="AF80" s="62"/>
+      <c r="AG80" s="62"/>
+      <c r="AH80" s="62"/>
+      <c r="AI80" s="62"/>
+      <c r="AJ80" s="62"/>
+      <c r="AK80" s="61"/>
+      <c r="AQ80" s="20"/>
+    </row>
+    <row r="81" spans="1:43" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="60" t="s">
         <v>488</v>
       </c>
-      <c r="B81" s="90"/>
-[...15 lines deleted...]
-      <c r="R81" s="91" t="s">
+      <c r="B81" s="63"/>
+      <c r="C81" s="63"/>
+      <c r="D81" s="63"/>
+      <c r="E81" s="63"/>
+      <c r="F81" s="63"/>
+      <c r="G81" s="63"/>
+      <c r="H81" s="63"/>
+      <c r="I81" s="63"/>
+      <c r="J81" s="63"/>
+      <c r="K81" s="63"/>
+      <c r="L81" s="63"/>
+      <c r="M81" s="63"/>
+      <c r="N81" s="82"/>
+      <c r="O81" s="82"/>
+      <c r="P81" s="72"/>
+      <c r="Q81" s="63"/>
+      <c r="R81" s="64" t="s">
         <v>59</v>
       </c>
-      <c r="S81" s="91" t="s">
+      <c r="S81" s="64" t="s">
         <v>58</v>
       </c>
-      <c r="T81" s="91" t="s">
+      <c r="T81" s="64" t="s">
         <v>57</v>
       </c>
-      <c r="U81" s="90"/>
-[...25 lines deleted...]
-      <c r="B82" s="89" t="s">
+      <c r="U81" s="63"/>
+      <c r="V81" s="63"/>
+      <c r="W81" s="63"/>
+      <c r="X81" s="63"/>
+      <c r="Y81" s="63"/>
+      <c r="Z81" s="63"/>
+      <c r="AA81" s="63"/>
+      <c r="AB81" s="63"/>
+      <c r="AC81" s="63"/>
+      <c r="AD81" s="63"/>
+      <c r="AE81" s="63"/>
+      <c r="AF81" s="63"/>
+      <c r="AG81" s="63"/>
+      <c r="AH81" s="63"/>
+      <c r="AI81" s="63"/>
+      <c r="AJ81" s="63"/>
+      <c r="AK81" s="63"/>
+      <c r="AQ81" s="29"/>
+    </row>
+    <row r="82" spans="1:43" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="83"/>
+      <c r="B82" s="62" t="s">
         <v>56</v>
       </c>
-      <c r="C82" s="89"/>
-[...14 lines deleted...]
-      <c r="R82" s="92" t="s">
+      <c r="C82" s="62"/>
+      <c r="D82" s="62"/>
+      <c r="E82" s="62"/>
+      <c r="F82" s="62"/>
+      <c r="G82" s="62"/>
+      <c r="H82" s="62"/>
+      <c r="I82" s="62"/>
+      <c r="J82" s="62"/>
+      <c r="K82" s="62"/>
+      <c r="L82" s="62"/>
+      <c r="M82" s="62"/>
+      <c r="N82" s="72"/>
+      <c r="O82" s="72"/>
+      <c r="P82" s="72"/>
+      <c r="Q82" s="62"/>
+      <c r="R82" s="65" t="s">
         <v>9</v>
       </c>
-      <c r="S82" s="92" t="s">
+      <c r="S82" s="65" t="s">
         <v>42</v>
       </c>
-      <c r="T82" s="92" t="s">
+      <c r="T82" s="65" t="s">
         <v>10</v>
       </c>
-      <c r="U82" s="89"/>
-[...26 lines deleted...]
-      <c r="C83" s="93" t="s">
+      <c r="U82" s="62"/>
+      <c r="V82" s="62"/>
+      <c r="W82" s="62"/>
+      <c r="X82" s="62"/>
+      <c r="Y82" s="62"/>
+      <c r="Z82" s="62"/>
+      <c r="AA82" s="62"/>
+      <c r="AB82" s="62"/>
+      <c r="AC82" s="62"/>
+      <c r="AD82" s="62"/>
+      <c r="AE82" s="62"/>
+      <c r="AF82" s="62"/>
+      <c r="AG82" s="62"/>
+      <c r="AH82" s="62"/>
+      <c r="AI82" s="62"/>
+      <c r="AJ82" s="62"/>
+      <c r="AK82" s="62"/>
+      <c r="AQ82" s="47"/>
+    </row>
+    <row r="83" spans="1:43" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="60"/>
+      <c r="B83" s="63"/>
+      <c r="C83" s="66" t="s">
         <v>55</v>
       </c>
-      <c r="D83" s="90"/>
-[...10 lines deleted...]
-      <c r="O83" s="90" t="s">
+      <c r="D83" s="63"/>
+      <c r="E83" s="63"/>
+      <c r="F83" s="63"/>
+      <c r="G83" s="63"/>
+      <c r="H83" s="63"/>
+      <c r="I83" s="63"/>
+      <c r="J83" s="63"/>
+      <c r="K83" s="63"/>
+      <c r="L83" s="63"/>
+      <c r="M83" s="63"/>
+      <c r="N83" s="63"/>
+      <c r="O83" s="63" t="s">
         <v>54</v>
       </c>
-      <c r="P83" s="90"/>
-      <c r="Q83" s="1004" t="str">
+      <c r="P83" s="63"/>
+      <c r="Q83" s="852" t="str">
         <f>'Form 1'!N51&amp;""</f>
         <v/>
       </c>
-      <c r="R83" s="1005"/>
-[...1 lines deleted...]
-      <c r="T83" s="90" t="s">
+      <c r="R83" s="852"/>
+      <c r="S83" s="852"/>
+      <c r="T83" s="63" t="s">
         <v>53</v>
       </c>
-      <c r="U83" s="90"/>
-      <c r="V83" s="90" t="s">
+      <c r="U83" s="63"/>
+      <c r="V83" s="63" t="s">
         <v>52</v>
       </c>
-      <c r="W83" s="90"/>
-[...7 lines deleted...]
-      <c r="AE83" s="1007" t="str">
+      <c r="W83" s="63"/>
+      <c r="X83" s="63"/>
+      <c r="Y83" s="63"/>
+      <c r="Z83" s="63"/>
+      <c r="AA83" s="63"/>
+      <c r="AB83" s="63"/>
+      <c r="AC83" s="63"/>
+      <c r="AD83" s="63"/>
+      <c r="AE83" s="854" t="str">
         <f>'Form 1'!K52&amp;""</f>
         <v/>
       </c>
-      <c r="AF83" s="1007"/>
-[...1 lines deleted...]
-      <c r="AH83" s="1009" t="s">
+      <c r="AF83" s="854"/>
+      <c r="AG83" s="854"/>
+      <c r="AH83" s="856" t="s">
         <v>51</v>
       </c>
-      <c r="AI83" s="1009"/>
-      <c r="AJ83" s="1010" t="str">
+      <c r="AI83" s="856"/>
+      <c r="AJ83" s="854" t="str">
         <f>'Form 1'!M52&amp;""</f>
         <v/>
       </c>
-      <c r="AK83" s="1010"/>
-      <c r="AL83" s="996" t="s">
+      <c r="AK83" s="854"/>
+      <c r="AL83" s="845" t="s">
         <v>50</v>
       </c>
-      <c r="AM83" s="996"/>
-      <c r="AN83" s="967" t="str">
+      <c r="AM83" s="845"/>
+      <c r="AN83" s="816" t="str">
         <f>'Form 1'!O52&amp;""</f>
         <v/>
       </c>
-      <c r="AO83" s="967"/>
-      <c r="AP83" s="38" t="s">
+      <c r="AO83" s="816"/>
+      <c r="AP83" s="28" t="s">
         <v>49</v>
       </c>
-      <c r="AQ83" s="39"/>
-[...5 lines deleted...]
-      <c r="C84" s="97" t="s">
+      <c r="AQ83" s="29"/>
+    </row>
+    <row r="84" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="69"/>
+      <c r="B84" s="61"/>
+      <c r="C84" s="70" t="s">
         <v>48</v>
       </c>
-      <c r="D84" s="88"/>
-[...15 lines deleted...]
-      <c r="T84" s="97" t="s">
+      <c r="D84" s="61"/>
+      <c r="E84" s="71"/>
+      <c r="F84" s="71"/>
+      <c r="G84" s="71"/>
+      <c r="H84" s="71"/>
+      <c r="I84" s="61"/>
+      <c r="J84" s="61"/>
+      <c r="K84" s="61"/>
+      <c r="L84" s="61"/>
+      <c r="M84" s="61"/>
+      <c r="N84" s="61"/>
+      <c r="O84" s="61"/>
+      <c r="P84" s="61"/>
+      <c r="Q84" s="853"/>
+      <c r="R84" s="853"/>
+      <c r="S84" s="853"/>
+      <c r="T84" s="70" t="s">
         <v>47</v>
       </c>
-      <c r="U84" s="88"/>
-      <c r="V84" s="89" t="s">
+      <c r="U84" s="61"/>
+      <c r="V84" s="62" t="s">
         <v>46</v>
       </c>
-      <c r="W84" s="99"/>
-[...10 lines deleted...]
-      <c r="AH84" s="969" t="s">
+      <c r="W84" s="72"/>
+      <c r="X84" s="72"/>
+      <c r="Y84" s="72"/>
+      <c r="Z84" s="72"/>
+      <c r="AA84" s="72"/>
+      <c r="AB84" s="72"/>
+      <c r="AC84" s="61"/>
+      <c r="AD84" s="68"/>
+      <c r="AE84" s="855"/>
+      <c r="AF84" s="855"/>
+      <c r="AG84" s="855"/>
+      <c r="AH84" s="818" t="s">
         <v>1</v>
       </c>
-      <c r="AI84" s="969"/>
-[...2 lines deleted...]
-      <c r="AL84" s="970" t="s">
+      <c r="AI84" s="818"/>
+      <c r="AJ84" s="855"/>
+      <c r="AK84" s="855"/>
+      <c r="AL84" s="819" t="s">
         <v>2</v>
       </c>
-      <c r="AM84" s="970"/>
-[...2 lines deleted...]
-      <c r="AP84" s="64" t="s">
+      <c r="AM84" s="819"/>
+      <c r="AN84" s="817"/>
+      <c r="AO84" s="817"/>
+      <c r="AP84" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="AQ84" s="43"/>
-[...47 lines deleted...]
-      <c r="A86" s="112" t="s">
+      <c r="AQ84" s="20"/>
+    </row>
+    <row r="85" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="69"/>
+      <c r="B85" s="61"/>
+      <c r="C85" s="71"/>
+      <c r="D85" s="71"/>
+      <c r="E85" s="71"/>
+      <c r="F85" s="71"/>
+      <c r="G85" s="71"/>
+      <c r="H85" s="61"/>
+      <c r="I85" s="61"/>
+      <c r="J85" s="61"/>
+      <c r="K85" s="61"/>
+      <c r="L85" s="61"/>
+      <c r="M85" s="61"/>
+      <c r="N85" s="61"/>
+      <c r="O85" s="61"/>
+      <c r="P85" s="61"/>
+      <c r="Q85" s="61"/>
+      <c r="R85" s="61"/>
+      <c r="S85" s="61"/>
+      <c r="T85" s="61"/>
+      <c r="U85" s="61"/>
+      <c r="V85" s="61"/>
+      <c r="W85" s="61"/>
+      <c r="X85" s="61"/>
+      <c r="Y85" s="61"/>
+      <c r="Z85" s="61"/>
+      <c r="AA85" s="61"/>
+      <c r="AB85" s="61"/>
+      <c r="AC85" s="61"/>
+      <c r="AD85" s="61"/>
+      <c r="AE85" s="61"/>
+      <c r="AF85" s="61"/>
+      <c r="AG85" s="61"/>
+      <c r="AH85" s="61"/>
+      <c r="AI85" s="61"/>
+      <c r="AJ85" s="61"/>
+      <c r="AK85" s="61"/>
+      <c r="AQ85" s="20"/>
+    </row>
+    <row r="86" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="60" t="s">
         <v>487</v>
       </c>
-      <c r="B86" s="113"/>
-[...42 lines deleted...]
-    <row r="87" spans="1:44" s="40" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B86" s="63"/>
+      <c r="C86" s="63"/>
+      <c r="D86" s="63"/>
+      <c r="E86" s="63"/>
+      <c r="F86" s="63"/>
+      <c r="G86" s="63"/>
+      <c r="H86" s="63"/>
+      <c r="I86" s="63"/>
+      <c r="J86" s="63"/>
+      <c r="K86" s="63"/>
+      <c r="L86" s="63"/>
+      <c r="M86" s="63"/>
+      <c r="N86" s="63"/>
+      <c r="O86" s="63"/>
+      <c r="P86" s="63"/>
+      <c r="Q86" s="63"/>
+      <c r="R86" s="63"/>
+      <c r="S86" s="63"/>
+      <c r="T86" s="63"/>
+      <c r="U86" s="63"/>
+      <c r="V86" s="63"/>
+      <c r="W86" s="63"/>
+      <c r="X86" s="63"/>
+      <c r="Y86" s="63"/>
+      <c r="Z86" s="63"/>
+      <c r="AA86" s="63"/>
+      <c r="AB86" s="63"/>
+      <c r="AC86" s="63"/>
+      <c r="AD86" s="63"/>
+      <c r="AE86" s="63"/>
+      <c r="AF86" s="63"/>
+      <c r="AG86" s="63"/>
+      <c r="AH86" s="63"/>
+      <c r="AI86" s="63"/>
+      <c r="AJ86" s="63"/>
+      <c r="AK86" s="63"/>
+      <c r="AQ86" s="29"/>
+    </row>
+    <row r="87" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="B87" s="114" t="s">
+      <c r="B87" s="62" t="s">
         <v>485</v>
       </c>
-      <c r="C87" s="90"/>
-[...89 lines deleted...]
-      <c r="C89" s="117" t="s">
+      <c r="C87" s="63"/>
+      <c r="D87" s="63"/>
+      <c r="E87" s="63"/>
+      <c r="F87" s="63"/>
+      <c r="G87" s="63"/>
+      <c r="H87" s="63"/>
+      <c r="I87" s="63"/>
+      <c r="J87" s="63"/>
+      <c r="K87" s="63"/>
+      <c r="L87" s="63"/>
+      <c r="M87" s="63"/>
+      <c r="N87" s="63"/>
+      <c r="O87" s="63"/>
+      <c r="P87" s="63"/>
+      <c r="Q87" s="63"/>
+      <c r="R87" s="63"/>
+      <c r="S87" s="63"/>
+      <c r="T87" s="63"/>
+      <c r="U87" s="63"/>
+      <c r="V87" s="63"/>
+      <c r="W87" s="63"/>
+      <c r="X87" s="63"/>
+      <c r="Y87" s="63"/>
+      <c r="Z87" s="63"/>
+      <c r="AA87" s="63"/>
+      <c r="AB87" s="63"/>
+      <c r="AC87" s="63"/>
+      <c r="AD87" s="63"/>
+      <c r="AE87" s="63"/>
+      <c r="AF87" s="63"/>
+      <c r="AG87" s="63"/>
+      <c r="AH87" s="63"/>
+      <c r="AI87" s="63"/>
+      <c r="AJ87" s="63"/>
+      <c r="AK87" s="63"/>
+      <c r="AQ87" s="29"/>
+    </row>
+    <row r="88" spans="1:43" s="28" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="60"/>
+      <c r="B88" s="62"/>
+      <c r="C88" s="63"/>
+      <c r="D88" s="63"/>
+      <c r="E88" s="63"/>
+      <c r="F88" s="63"/>
+      <c r="G88" s="63"/>
+      <c r="H88" s="63"/>
+      <c r="I88" s="63"/>
+      <c r="J88" s="63"/>
+      <c r="K88" s="63"/>
+      <c r="L88" s="63"/>
+      <c r="M88" s="63"/>
+      <c r="N88" s="63"/>
+      <c r="O88" s="63"/>
+      <c r="P88" s="63"/>
+      <c r="Q88" s="63"/>
+      <c r="R88" s="63"/>
+      <c r="S88" s="63"/>
+      <c r="T88" s="63"/>
+      <c r="U88" s="63"/>
+      <c r="V88" s="63"/>
+      <c r="W88" s="63"/>
+      <c r="X88" s="63"/>
+      <c r="Y88" s="63"/>
+      <c r="Z88" s="63"/>
+      <c r="AA88" s="63"/>
+      <c r="AB88" s="63"/>
+      <c r="AC88" s="63"/>
+      <c r="AD88" s="63"/>
+      <c r="AE88" s="63"/>
+      <c r="AF88" s="63"/>
+      <c r="AG88" s="63"/>
+      <c r="AH88" s="63"/>
+      <c r="AI88" s="63"/>
+      <c r="AJ88" s="63"/>
+      <c r="AK88" s="63"/>
+      <c r="AQ88" s="29"/>
+    </row>
+    <row r="89" spans="1:43" s="85" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="60"/>
+      <c r="B89" s="63"/>
+      <c r="C89" s="63" t="s">
         <v>45</v>
       </c>
-      <c r="D89" s="117" t="s">
+      <c r="D89" s="63" t="s">
         <v>44</v>
       </c>
-      <c r="E89" s="116"/>
-[...42 lines deleted...]
-      <c r="C90" s="97" t="s">
+      <c r="E89" s="63"/>
+      <c r="F89" s="63"/>
+      <c r="G89" s="63"/>
+      <c r="H89" s="63"/>
+      <c r="I89" s="63"/>
+      <c r="J89" s="63"/>
+      <c r="K89" s="63"/>
+      <c r="L89" s="63"/>
+      <c r="M89" s="63"/>
+      <c r="N89" s="63"/>
+      <c r="O89" s="63"/>
+      <c r="P89" s="63"/>
+      <c r="Q89" s="63"/>
+      <c r="R89" s="63"/>
+      <c r="S89" s="63"/>
+      <c r="T89" s="63"/>
+      <c r="U89" s="63"/>
+      <c r="V89" s="63"/>
+      <c r="W89" s="63"/>
+      <c r="X89" s="63"/>
+      <c r="Y89" s="63"/>
+      <c r="Z89" s="63"/>
+      <c r="AA89" s="63"/>
+      <c r="AB89" s="63"/>
+      <c r="AC89" s="63"/>
+      <c r="AD89" s="63"/>
+      <c r="AE89" s="63"/>
+      <c r="AF89" s="63"/>
+      <c r="AG89" s="63"/>
+      <c r="AH89" s="63"/>
+      <c r="AI89" s="63"/>
+      <c r="AJ89" s="63"/>
+      <c r="AK89" s="63"/>
+      <c r="AL89" s="63"/>
+      <c r="AM89" s="63"/>
+      <c r="AN89" s="63"/>
+      <c r="AO89" s="63"/>
+      <c r="AP89" s="63"/>
+      <c r="AQ89" s="84"/>
+    </row>
+    <row r="90" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="86"/>
+      <c r="B90" s="62"/>
+      <c r="C90" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="D90" s="971" t="s">
+      <c r="D90" s="820" t="s">
         <v>43</v>
       </c>
-      <c r="E90" s="971"/>
-[...20 lines deleted...]
-      <c r="Z90" s="92" t="s">
+      <c r="E90" s="820"/>
+      <c r="F90" s="820"/>
+      <c r="G90" s="820"/>
+      <c r="H90" s="820"/>
+      <c r="I90" s="820"/>
+      <c r="J90" s="820"/>
+      <c r="K90" s="820"/>
+      <c r="L90" s="820"/>
+      <c r="M90" s="820"/>
+      <c r="N90" s="820"/>
+      <c r="O90" s="820"/>
+      <c r="P90" s="820"/>
+      <c r="Q90" s="820"/>
+      <c r="R90" s="820"/>
+      <c r="S90" s="820"/>
+      <c r="T90" s="820"/>
+      <c r="U90" s="820"/>
+      <c r="V90" s="820"/>
+      <c r="W90" s="820"/>
+      <c r="X90" s="820"/>
+      <c r="Y90" s="63"/>
+      <c r="Z90" s="65" t="s">
         <v>42</v>
       </c>
-      <c r="AA90" s="92" t="s">
+      <c r="AA90" s="65" t="s">
         <v>41</v>
       </c>
-      <c r="AB90" s="90"/>
-[...17 lines deleted...]
-      <c r="A91" s="972" t="s">
+      <c r="AB90" s="63"/>
+      <c r="AC90" s="63"/>
+      <c r="AD90" s="63"/>
+      <c r="AE90" s="63"/>
+      <c r="AF90" s="63"/>
+      <c r="AG90" s="63"/>
+      <c r="AH90" s="63"/>
+      <c r="AI90" s="63"/>
+      <c r="AJ90" s="63"/>
+      <c r="AK90" s="63"/>
+      <c r="AQ90" s="87"/>
+    </row>
+    <row r="91" spans="1:43" s="28" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="821" t="s">
         <v>40</v>
       </c>
-      <c r="B91" s="973"/>
-[...2 lines deleted...]
-      <c r="E91" s="972" t="s">
+      <c r="B91" s="822"/>
+      <c r="C91" s="822"/>
+      <c r="D91" s="823"/>
+      <c r="E91" s="821" t="s">
         <v>39</v>
       </c>
-      <c r="F91" s="973"/>
-[...7 lines deleted...]
-      <c r="N91" s="972" t="s">
+      <c r="F91" s="822"/>
+      <c r="G91" s="822"/>
+      <c r="H91" s="822"/>
+      <c r="I91" s="822"/>
+      <c r="J91" s="822"/>
+      <c r="K91" s="822"/>
+      <c r="L91" s="822"/>
+      <c r="M91" s="823"/>
+      <c r="N91" s="821" t="s">
         <v>38</v>
       </c>
-      <c r="O91" s="973"/>
-[...2 lines deleted...]
-      <c r="R91" s="978" t="s">
+      <c r="O91" s="822"/>
+      <c r="P91" s="822"/>
+      <c r="Q91" s="823"/>
+      <c r="R91" s="827" t="s">
         <v>37</v>
       </c>
-      <c r="S91" s="979"/>
-[...2 lines deleted...]
-      <c r="V91" s="984" t="s">
+      <c r="S91" s="828"/>
+      <c r="T91" s="828"/>
+      <c r="U91" s="829"/>
+      <c r="V91" s="833" t="s">
         <v>36</v>
       </c>
-      <c r="W91" s="985"/>
-[...2 lines deleted...]
-      <c r="Z91" s="972" t="s">
+      <c r="W91" s="834"/>
+      <c r="X91" s="834"/>
+      <c r="Y91" s="835"/>
+      <c r="Z91" s="821" t="s">
         <v>35</v>
       </c>
-      <c r="AA91" s="973"/>
-[...7 lines deleted...]
-      <c r="AI91" s="990" t="s">
+      <c r="AA91" s="822"/>
+      <c r="AB91" s="822"/>
+      <c r="AC91" s="822"/>
+      <c r="AD91" s="822"/>
+      <c r="AE91" s="822"/>
+      <c r="AF91" s="822"/>
+      <c r="AG91" s="822"/>
+      <c r="AH91" s="823"/>
+      <c r="AI91" s="839" t="s">
         <v>34</v>
       </c>
-      <c r="AJ91" s="990"/>
-[...43 lines deleted...]
-      <c r="AI92" s="992" t="s">
+      <c r="AJ91" s="839"/>
+      <c r="AK91" s="839"/>
+      <c r="AL91" s="839"/>
+      <c r="AM91" s="839"/>
+      <c r="AN91" s="839"/>
+      <c r="AO91" s="839"/>
+      <c r="AP91" s="839"/>
+      <c r="AQ91" s="840"/>
+    </row>
+    <row r="92" spans="1:43" s="28" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="824"/>
+      <c r="B92" s="825"/>
+      <c r="C92" s="825"/>
+      <c r="D92" s="826"/>
+      <c r="E92" s="824"/>
+      <c r="F92" s="825"/>
+      <c r="G92" s="825"/>
+      <c r="H92" s="825"/>
+      <c r="I92" s="825"/>
+      <c r="J92" s="825"/>
+      <c r="K92" s="825"/>
+      <c r="L92" s="825"/>
+      <c r="M92" s="826"/>
+      <c r="N92" s="824"/>
+      <c r="O92" s="825"/>
+      <c r="P92" s="825"/>
+      <c r="Q92" s="826"/>
+      <c r="R92" s="830"/>
+      <c r="S92" s="831"/>
+      <c r="T92" s="831"/>
+      <c r="U92" s="832"/>
+      <c r="V92" s="836"/>
+      <c r="W92" s="837"/>
+      <c r="X92" s="837"/>
+      <c r="Y92" s="838"/>
+      <c r="Z92" s="824"/>
+      <c r="AA92" s="825"/>
+      <c r="AB92" s="825"/>
+      <c r="AC92" s="825"/>
+      <c r="AD92" s="825"/>
+      <c r="AE92" s="825"/>
+      <c r="AF92" s="825"/>
+      <c r="AG92" s="825"/>
+      <c r="AH92" s="826"/>
+      <c r="AI92" s="841" t="s">
         <v>33</v>
       </c>
-      <c r="AJ92" s="992"/>
-[...9 lines deleted...]
-      <c r="A93" s="951" t="s">
+      <c r="AJ92" s="841"/>
+      <c r="AK92" s="841"/>
+      <c r="AL92" s="841"/>
+      <c r="AM92" s="841"/>
+      <c r="AN92" s="841"/>
+      <c r="AO92" s="841"/>
+      <c r="AP92" s="841"/>
+      <c r="AQ92" s="842"/>
+    </row>
+    <row r="93" spans="1:43" s="28" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="800" t="s">
         <v>32</v>
       </c>
-      <c r="B93" s="952"/>
-[...2 lines deleted...]
-      <c r="E93" s="951" t="s">
+      <c r="B93" s="801"/>
+      <c r="C93" s="801"/>
+      <c r="D93" s="802"/>
+      <c r="E93" s="800" t="s">
         <v>31</v>
       </c>
-      <c r="F93" s="952"/>
-[...7 lines deleted...]
-      <c r="N93" s="951" t="s">
+      <c r="F93" s="801"/>
+      <c r="G93" s="801"/>
+      <c r="H93" s="801"/>
+      <c r="I93" s="801"/>
+      <c r="J93" s="801"/>
+      <c r="K93" s="801"/>
+      <c r="L93" s="801"/>
+      <c r="M93" s="802"/>
+      <c r="N93" s="800" t="s">
         <v>30</v>
       </c>
-      <c r="O93" s="952"/>
-[...2 lines deleted...]
-      <c r="R93" s="951" t="s">
+      <c r="O93" s="801"/>
+      <c r="P93" s="801"/>
+      <c r="Q93" s="802"/>
+      <c r="R93" s="800" t="s">
         <v>29</v>
       </c>
-      <c r="S93" s="952"/>
-[...2 lines deleted...]
-      <c r="V93" s="957" t="s">
+      <c r="S93" s="801"/>
+      <c r="T93" s="801"/>
+      <c r="U93" s="802"/>
+      <c r="V93" s="806" t="s">
         <v>28</v>
       </c>
-      <c r="W93" s="958"/>
-[...2 lines deleted...]
-      <c r="Z93" s="951" t="s">
+      <c r="W93" s="807"/>
+      <c r="X93" s="807"/>
+      <c r="Y93" s="808"/>
+      <c r="Z93" s="800" t="s">
         <v>27</v>
       </c>
-      <c r="AA93" s="952"/>
-[...7 lines deleted...]
-      <c r="AI93" s="963" t="s">
+      <c r="AA93" s="801"/>
+      <c r="AB93" s="801"/>
+      <c r="AC93" s="801"/>
+      <c r="AD93" s="801"/>
+      <c r="AE93" s="801"/>
+      <c r="AF93" s="801"/>
+      <c r="AG93" s="801"/>
+      <c r="AH93" s="802"/>
+      <c r="AI93" s="812" t="s">
         <v>26</v>
       </c>
-      <c r="AJ93" s="963"/>
-[...43 lines deleted...]
-      <c r="AI94" s="965" t="s">
+      <c r="AJ93" s="812"/>
+      <c r="AK93" s="812"/>
+      <c r="AL93" s="812"/>
+      <c r="AM93" s="812"/>
+      <c r="AN93" s="812"/>
+      <c r="AO93" s="812"/>
+      <c r="AP93" s="812"/>
+      <c r="AQ93" s="813"/>
+    </row>
+    <row r="94" spans="1:43" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="803"/>
+      <c r="B94" s="804"/>
+      <c r="C94" s="804"/>
+      <c r="D94" s="805"/>
+      <c r="E94" s="803"/>
+      <c r="F94" s="804"/>
+      <c r="G94" s="804"/>
+      <c r="H94" s="804"/>
+      <c r="I94" s="804"/>
+      <c r="J94" s="804"/>
+      <c r="K94" s="804"/>
+      <c r="L94" s="804"/>
+      <c r="M94" s="805"/>
+      <c r="N94" s="803"/>
+      <c r="O94" s="804"/>
+      <c r="P94" s="804"/>
+      <c r="Q94" s="805"/>
+      <c r="R94" s="803"/>
+      <c r="S94" s="804"/>
+      <c r="T94" s="804"/>
+      <c r="U94" s="805"/>
+      <c r="V94" s="809"/>
+      <c r="W94" s="810"/>
+      <c r="X94" s="810"/>
+      <c r="Y94" s="811"/>
+      <c r="Z94" s="803"/>
+      <c r="AA94" s="804"/>
+      <c r="AB94" s="804"/>
+      <c r="AC94" s="804"/>
+      <c r="AD94" s="804"/>
+      <c r="AE94" s="804"/>
+      <c r="AF94" s="804"/>
+      <c r="AG94" s="804"/>
+      <c r="AH94" s="805"/>
+      <c r="AI94" s="814" t="s">
         <v>25</v>
       </c>
-      <c r="AJ94" s="965"/>
-[...30 lines deleted...]
-      <c r="V95" s="926" t="s">
+      <c r="AJ94" s="814"/>
+      <c r="AK94" s="814"/>
+      <c r="AL94" s="814"/>
+      <c r="AM94" s="814"/>
+      <c r="AN94" s="814"/>
+      <c r="AO94" s="814"/>
+      <c r="AP94" s="814"/>
+      <c r="AQ94" s="815"/>
+    </row>
+    <row r="95" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="788"/>
+      <c r="B95" s="789"/>
+      <c r="C95" s="789"/>
+      <c r="D95" s="790"/>
+      <c r="E95" s="788"/>
+      <c r="F95" s="789"/>
+      <c r="G95" s="789"/>
+      <c r="H95" s="789"/>
+      <c r="I95" s="789"/>
+      <c r="J95" s="789"/>
+      <c r="K95" s="789"/>
+      <c r="L95" s="789"/>
+      <c r="M95" s="790"/>
+      <c r="N95" s="794"/>
+      <c r="O95" s="795"/>
+      <c r="P95" s="795"/>
+      <c r="Q95" s="796"/>
+      <c r="R95" s="788"/>
+      <c r="S95" s="789"/>
+      <c r="T95" s="789"/>
+      <c r="U95" s="790"/>
+      <c r="V95" s="778" t="s">
         <v>23</v>
       </c>
-      <c r="W95" s="927"/>
-[...43 lines deleted...]
-      <c r="V96" s="908" t="s">
+      <c r="W95" s="779"/>
+      <c r="X95" s="779"/>
+      <c r="Y95" s="780"/>
+      <c r="Z95" s="788"/>
+      <c r="AA95" s="789"/>
+      <c r="AB95" s="789"/>
+      <c r="AC95" s="789"/>
+      <c r="AD95" s="789"/>
+      <c r="AE95" s="789"/>
+      <c r="AF95" s="789"/>
+      <c r="AG95" s="789"/>
+      <c r="AH95" s="790"/>
+      <c r="AI95" s="789"/>
+      <c r="AJ95" s="789"/>
+      <c r="AK95" s="789"/>
+      <c r="AL95" s="789"/>
+      <c r="AM95" s="789"/>
+      <c r="AN95" s="789"/>
+      <c r="AO95" s="789"/>
+      <c r="AP95" s="789"/>
+      <c r="AQ95" s="790"/>
+    </row>
+    <row r="96" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="791"/>
+      <c r="B96" s="792"/>
+      <c r="C96" s="792"/>
+      <c r="D96" s="793"/>
+      <c r="E96" s="791"/>
+      <c r="F96" s="792"/>
+      <c r="G96" s="792"/>
+      <c r="H96" s="792"/>
+      <c r="I96" s="792"/>
+      <c r="J96" s="792"/>
+      <c r="K96" s="792"/>
+      <c r="L96" s="792"/>
+      <c r="M96" s="793"/>
+      <c r="N96" s="797"/>
+      <c r="O96" s="798"/>
+      <c r="P96" s="798"/>
+      <c r="Q96" s="799"/>
+      <c r="R96" s="791"/>
+      <c r="S96" s="792"/>
+      <c r="T96" s="792"/>
+      <c r="U96" s="793"/>
+      <c r="V96" s="765" t="s">
         <v>22</v>
       </c>
-      <c r="W96" s="909"/>
-[...43 lines deleted...]
-      <c r="V97" s="926" t="s">
+      <c r="W96" s="766"/>
+      <c r="X96" s="766"/>
+      <c r="Y96" s="767"/>
+      <c r="Z96" s="791"/>
+      <c r="AA96" s="792"/>
+      <c r="AB96" s="792"/>
+      <c r="AC96" s="792"/>
+      <c r="AD96" s="792"/>
+      <c r="AE96" s="792"/>
+      <c r="AF96" s="792"/>
+      <c r="AG96" s="792"/>
+      <c r="AH96" s="793"/>
+      <c r="AI96" s="792"/>
+      <c r="AJ96" s="792"/>
+      <c r="AK96" s="792"/>
+      <c r="AL96" s="792"/>
+      <c r="AM96" s="792"/>
+      <c r="AN96" s="792"/>
+      <c r="AO96" s="792"/>
+      <c r="AP96" s="792"/>
+      <c r="AQ96" s="793"/>
+    </row>
+    <row r="97" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="768"/>
+      <c r="B97" s="761"/>
+      <c r="C97" s="761"/>
+      <c r="D97" s="762"/>
+      <c r="E97" s="768"/>
+      <c r="F97" s="761"/>
+      <c r="G97" s="761"/>
+      <c r="H97" s="761"/>
+      <c r="I97" s="761"/>
+      <c r="J97" s="761"/>
+      <c r="K97" s="761"/>
+      <c r="L97" s="761"/>
+      <c r="M97" s="762"/>
+      <c r="N97" s="772"/>
+      <c r="O97" s="773"/>
+      <c r="P97" s="773"/>
+      <c r="Q97" s="774"/>
+      <c r="R97" s="768"/>
+      <c r="S97" s="761"/>
+      <c r="T97" s="761"/>
+      <c r="U97" s="762"/>
+      <c r="V97" s="778" t="s">
         <v>23</v>
       </c>
-      <c r="W97" s="927"/>
-[...2 lines deleted...]
-      <c r="Z97" s="911" t="s">
+      <c r="W97" s="779"/>
+      <c r="X97" s="779"/>
+      <c r="Y97" s="780"/>
+      <c r="Z97" s="768" t="s">
         <v>24</v>
       </c>
-      <c r="AA97" s="915"/>
-[...39 lines deleted...]
-      <c r="V98" s="908" t="s">
+      <c r="AA97" s="761"/>
+      <c r="AB97" s="761"/>
+      <c r="AC97" s="761"/>
+      <c r="AD97" s="761"/>
+      <c r="AE97" s="761"/>
+      <c r="AF97" s="761"/>
+      <c r="AG97" s="761"/>
+      <c r="AH97" s="762"/>
+      <c r="AI97" s="761"/>
+      <c r="AJ97" s="761"/>
+      <c r="AK97" s="761"/>
+      <c r="AL97" s="761"/>
+      <c r="AM97" s="761"/>
+      <c r="AN97" s="761"/>
+      <c r="AO97" s="761"/>
+      <c r="AP97" s="761"/>
+      <c r="AQ97" s="762"/>
+    </row>
+    <row r="98" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="784"/>
+      <c r="B98" s="763"/>
+      <c r="C98" s="763"/>
+      <c r="D98" s="764"/>
+      <c r="E98" s="784"/>
+      <c r="F98" s="763"/>
+      <c r="G98" s="763"/>
+      <c r="H98" s="763"/>
+      <c r="I98" s="763"/>
+      <c r="J98" s="763"/>
+      <c r="K98" s="763"/>
+      <c r="L98" s="763"/>
+      <c r="M98" s="764"/>
+      <c r="N98" s="785"/>
+      <c r="O98" s="786"/>
+      <c r="P98" s="786"/>
+      <c r="Q98" s="787"/>
+      <c r="R98" s="784"/>
+      <c r="S98" s="763"/>
+      <c r="T98" s="763"/>
+      <c r="U98" s="764"/>
+      <c r="V98" s="765" t="s">
         <v>22</v>
       </c>
-      <c r="W98" s="909"/>
-[...43 lines deleted...]
-      <c r="V99" s="926" t="s">
+      <c r="W98" s="766"/>
+      <c r="X98" s="766"/>
+      <c r="Y98" s="767"/>
+      <c r="Z98" s="784"/>
+      <c r="AA98" s="763"/>
+      <c r="AB98" s="763"/>
+      <c r="AC98" s="763"/>
+      <c r="AD98" s="763"/>
+      <c r="AE98" s="763"/>
+      <c r="AF98" s="763"/>
+      <c r="AG98" s="763"/>
+      <c r="AH98" s="764"/>
+      <c r="AI98" s="763"/>
+      <c r="AJ98" s="763"/>
+      <c r="AK98" s="763"/>
+      <c r="AL98" s="763"/>
+      <c r="AM98" s="763"/>
+      <c r="AN98" s="763"/>
+      <c r="AO98" s="763"/>
+      <c r="AP98" s="763"/>
+      <c r="AQ98" s="764"/>
+    </row>
+    <row r="99" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="768"/>
+      <c r="B99" s="761"/>
+      <c r="C99" s="761"/>
+      <c r="D99" s="762"/>
+      <c r="E99" s="768"/>
+      <c r="F99" s="761"/>
+      <c r="G99" s="761"/>
+      <c r="H99" s="761"/>
+      <c r="I99" s="761"/>
+      <c r="J99" s="761"/>
+      <c r="K99" s="761"/>
+      <c r="L99" s="761"/>
+      <c r="M99" s="762"/>
+      <c r="N99" s="772"/>
+      <c r="O99" s="773"/>
+      <c r="P99" s="773"/>
+      <c r="Q99" s="774"/>
+      <c r="R99" s="768"/>
+      <c r="S99" s="761"/>
+      <c r="T99" s="761"/>
+      <c r="U99" s="762"/>
+      <c r="V99" s="778" t="s">
         <v>23</v>
       </c>
-      <c r="W99" s="927"/>
-[...43 lines deleted...]
-      <c r="V100" s="908" t="s">
+      <c r="W99" s="779"/>
+      <c r="X99" s="779"/>
+      <c r="Y99" s="780"/>
+      <c r="Z99" s="768"/>
+      <c r="AA99" s="761"/>
+      <c r="AB99" s="761"/>
+      <c r="AC99" s="761"/>
+      <c r="AD99" s="761"/>
+      <c r="AE99" s="761"/>
+      <c r="AF99" s="761"/>
+      <c r="AG99" s="761"/>
+      <c r="AH99" s="762"/>
+      <c r="AI99" s="761"/>
+      <c r="AJ99" s="761"/>
+      <c r="AK99" s="761"/>
+      <c r="AL99" s="761"/>
+      <c r="AM99" s="761"/>
+      <c r="AN99" s="761"/>
+      <c r="AO99" s="761"/>
+      <c r="AP99" s="761"/>
+      <c r="AQ99" s="762"/>
+    </row>
+    <row r="100" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="784"/>
+      <c r="B100" s="763"/>
+      <c r="C100" s="763"/>
+      <c r="D100" s="764"/>
+      <c r="E100" s="784"/>
+      <c r="F100" s="763"/>
+      <c r="G100" s="763"/>
+      <c r="H100" s="763"/>
+      <c r="I100" s="763"/>
+      <c r="J100" s="763"/>
+      <c r="K100" s="763"/>
+      <c r="L100" s="763"/>
+      <c r="M100" s="764"/>
+      <c r="N100" s="785"/>
+      <c r="O100" s="786"/>
+      <c r="P100" s="786"/>
+      <c r="Q100" s="787"/>
+      <c r="R100" s="784"/>
+      <c r="S100" s="763"/>
+      <c r="T100" s="763"/>
+      <c r="U100" s="764"/>
+      <c r="V100" s="765" t="s">
         <v>22</v>
       </c>
-      <c r="W100" s="909"/>
-[...43 lines deleted...]
-      <c r="V101" s="926" t="s">
+      <c r="W100" s="766"/>
+      <c r="X100" s="766"/>
+      <c r="Y100" s="767"/>
+      <c r="Z100" s="784"/>
+      <c r="AA100" s="763"/>
+      <c r="AB100" s="763"/>
+      <c r="AC100" s="763"/>
+      <c r="AD100" s="763"/>
+      <c r="AE100" s="763"/>
+      <c r="AF100" s="763"/>
+      <c r="AG100" s="763"/>
+      <c r="AH100" s="764"/>
+      <c r="AI100" s="763"/>
+      <c r="AJ100" s="763"/>
+      <c r="AK100" s="763"/>
+      <c r="AL100" s="763"/>
+      <c r="AM100" s="763"/>
+      <c r="AN100" s="763"/>
+      <c r="AO100" s="763"/>
+      <c r="AP100" s="763"/>
+      <c r="AQ100" s="764"/>
+    </row>
+    <row r="101" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="768"/>
+      <c r="B101" s="761"/>
+      <c r="C101" s="761"/>
+      <c r="D101" s="762"/>
+      <c r="E101" s="768"/>
+      <c r="F101" s="761"/>
+      <c r="G101" s="761"/>
+      <c r="H101" s="761"/>
+      <c r="I101" s="761"/>
+      <c r="J101" s="761"/>
+      <c r="K101" s="761"/>
+      <c r="L101" s="761"/>
+      <c r="M101" s="762"/>
+      <c r="N101" s="772"/>
+      <c r="O101" s="773"/>
+      <c r="P101" s="773"/>
+      <c r="Q101" s="774"/>
+      <c r="R101" s="768"/>
+      <c r="S101" s="761"/>
+      <c r="T101" s="761"/>
+      <c r="U101" s="762"/>
+      <c r="V101" s="778" t="s">
         <v>23</v>
       </c>
-      <c r="W101" s="927"/>
-[...43 lines deleted...]
-      <c r="V102" s="929" t="s">
+      <c r="W101" s="779"/>
+      <c r="X101" s="779"/>
+      <c r="Y101" s="780"/>
+      <c r="Z101" s="768"/>
+      <c r="AA101" s="761"/>
+      <c r="AB101" s="761"/>
+      <c r="AC101" s="761"/>
+      <c r="AD101" s="761"/>
+      <c r="AE101" s="761"/>
+      <c r="AF101" s="761"/>
+      <c r="AG101" s="761"/>
+      <c r="AH101" s="762"/>
+      <c r="AI101" s="761"/>
+      <c r="AJ101" s="761"/>
+      <c r="AK101" s="761"/>
+      <c r="AL101" s="761"/>
+      <c r="AM101" s="761"/>
+      <c r="AN101" s="761"/>
+      <c r="AO101" s="761"/>
+      <c r="AP101" s="761"/>
+      <c r="AQ101" s="762"/>
+    </row>
+    <row r="102" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="769"/>
+      <c r="B102" s="770"/>
+      <c r="C102" s="770"/>
+      <c r="D102" s="771"/>
+      <c r="E102" s="769"/>
+      <c r="F102" s="770"/>
+      <c r="G102" s="770"/>
+      <c r="H102" s="770"/>
+      <c r="I102" s="770"/>
+      <c r="J102" s="770"/>
+      <c r="K102" s="770"/>
+      <c r="L102" s="770"/>
+      <c r="M102" s="771"/>
+      <c r="N102" s="775"/>
+      <c r="O102" s="776"/>
+      <c r="P102" s="776"/>
+      <c r="Q102" s="777"/>
+      <c r="R102" s="769"/>
+      <c r="S102" s="770"/>
+      <c r="T102" s="770"/>
+      <c r="U102" s="771"/>
+      <c r="V102" s="781" t="s">
         <v>22</v>
       </c>
-      <c r="W102" s="930"/>
-[...23 lines deleted...]
-      <c r="B103" s="123" t="s">
+      <c r="W102" s="782"/>
+      <c r="X102" s="782"/>
+      <c r="Y102" s="783"/>
+      <c r="Z102" s="769"/>
+      <c r="AA102" s="770"/>
+      <c r="AB102" s="770"/>
+      <c r="AC102" s="770"/>
+      <c r="AD102" s="770"/>
+      <c r="AE102" s="770"/>
+      <c r="AF102" s="770"/>
+      <c r="AG102" s="770"/>
+      <c r="AH102" s="771"/>
+      <c r="AI102" s="770"/>
+      <c r="AJ102" s="770"/>
+      <c r="AK102" s="770"/>
+      <c r="AL102" s="770"/>
+      <c r="AM102" s="770"/>
+      <c r="AN102" s="770"/>
+      <c r="AO102" s="770"/>
+      <c r="AP102" s="770"/>
+      <c r="AQ102" s="771"/>
+    </row>
+    <row r="103" spans="1:43" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="10"/>
+      <c r="B103" s="88" t="s">
         <v>21</v>
       </c>
-      <c r="C103" s="898" t="s">
+      <c r="C103" s="755" t="s">
         <v>484</v>
       </c>
-      <c r="D103" s="898"/>
-[...131 lines deleted...]
-      <c r="A106" s="8" t="s">
+      <c r="D103" s="755"/>
+      <c r="E103" s="755"/>
+      <c r="F103" s="755"/>
+      <c r="G103" s="755"/>
+      <c r="H103" s="755"/>
+      <c r="I103" s="755"/>
+      <c r="J103" s="755"/>
+      <c r="K103" s="755"/>
+      <c r="L103" s="755"/>
+      <c r="M103" s="755"/>
+      <c r="N103" s="755"/>
+      <c r="O103" s="755"/>
+      <c r="P103" s="755"/>
+      <c r="Q103" s="755"/>
+      <c r="R103" s="755"/>
+      <c r="S103" s="755"/>
+      <c r="T103" s="755"/>
+      <c r="U103" s="755"/>
+      <c r="V103" s="755"/>
+      <c r="W103" s="755"/>
+      <c r="X103" s="755"/>
+      <c r="Y103" s="755"/>
+      <c r="Z103" s="755"/>
+      <c r="AA103" s="755"/>
+      <c r="AB103" s="755"/>
+      <c r="AC103" s="755"/>
+      <c r="AD103" s="755"/>
+      <c r="AE103" s="755"/>
+      <c r="AF103" s="755"/>
+      <c r="AG103" s="755"/>
+      <c r="AH103" s="755"/>
+      <c r="AI103" s="755"/>
+      <c r="AJ103" s="755"/>
+      <c r="AK103" s="755"/>
+      <c r="AL103" s="755"/>
+      <c r="AM103" s="755"/>
+      <c r="AN103" s="755"/>
+      <c r="AO103" s="755"/>
+      <c r="AP103" s="755"/>
+      <c r="AQ103" s="756"/>
+    </row>
+    <row r="104" spans="1:43" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="89"/>
+      <c r="B104" s="90"/>
+      <c r="C104" s="757"/>
+      <c r="D104" s="757"/>
+      <c r="E104" s="757"/>
+      <c r="F104" s="757"/>
+      <c r="G104" s="757"/>
+      <c r="H104" s="757"/>
+      <c r="I104" s="757"/>
+      <c r="J104" s="757"/>
+      <c r="K104" s="757"/>
+      <c r="L104" s="757"/>
+      <c r="M104" s="757"/>
+      <c r="N104" s="757"/>
+      <c r="O104" s="757"/>
+      <c r="P104" s="757"/>
+      <c r="Q104" s="757"/>
+      <c r="R104" s="757"/>
+      <c r="S104" s="757"/>
+      <c r="T104" s="757"/>
+      <c r="U104" s="757"/>
+      <c r="V104" s="757"/>
+      <c r="W104" s="757"/>
+      <c r="X104" s="757"/>
+      <c r="Y104" s="757"/>
+      <c r="Z104" s="757"/>
+      <c r="AA104" s="757"/>
+      <c r="AB104" s="757"/>
+      <c r="AC104" s="757"/>
+      <c r="AD104" s="757"/>
+      <c r="AE104" s="757"/>
+      <c r="AF104" s="757"/>
+      <c r="AG104" s="757"/>
+      <c r="AH104" s="757"/>
+      <c r="AI104" s="757"/>
+      <c r="AJ104" s="757"/>
+      <c r="AK104" s="757"/>
+      <c r="AL104" s="757"/>
+      <c r="AM104" s="757"/>
+      <c r="AN104" s="757"/>
+      <c r="AO104" s="757"/>
+      <c r="AP104" s="757"/>
+      <c r="AQ104" s="758"/>
+    </row>
+    <row r="105" spans="1:43" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="91"/>
+      <c r="B105" s="92"/>
+      <c r="C105" s="759"/>
+      <c r="D105" s="759"/>
+      <c r="E105" s="759"/>
+      <c r="F105" s="759"/>
+      <c r="G105" s="759"/>
+      <c r="H105" s="759"/>
+      <c r="I105" s="759"/>
+      <c r="J105" s="759"/>
+      <c r="K105" s="759"/>
+      <c r="L105" s="759"/>
+      <c r="M105" s="759"/>
+      <c r="N105" s="759"/>
+      <c r="O105" s="759"/>
+      <c r="P105" s="759"/>
+      <c r="Q105" s="759"/>
+      <c r="R105" s="759"/>
+      <c r="S105" s="759"/>
+      <c r="T105" s="759"/>
+      <c r="U105" s="759"/>
+      <c r="V105" s="759"/>
+      <c r="W105" s="759"/>
+      <c r="X105" s="759"/>
+      <c r="Y105" s="759"/>
+      <c r="Z105" s="759"/>
+      <c r="AA105" s="759"/>
+      <c r="AB105" s="759"/>
+      <c r="AC105" s="759"/>
+      <c r="AD105" s="759"/>
+      <c r="AE105" s="759"/>
+      <c r="AF105" s="759"/>
+      <c r="AG105" s="759"/>
+      <c r="AH105" s="759"/>
+      <c r="AI105" s="759"/>
+      <c r="AJ105" s="759"/>
+      <c r="AK105" s="759"/>
+      <c r="AL105" s="759"/>
+      <c r="AM105" s="759"/>
+      <c r="AN105" s="759"/>
+      <c r="AO105" s="759"/>
+      <c r="AP105" s="759"/>
+      <c r="AQ105" s="760"/>
+    </row>
+    <row r="106" spans="1:43" ht="12.5" x14ac:dyDescent="0.2">
+      <c r="A106" s="6" t="s">
         <v>483</v>
       </c>
-      <c r="B106" s="28"/>
-[...42 lines deleted...]
-      <c r="A107" s="42" t="s">
+      <c r="R106" s="8"/>
+      <c r="V106" s="93"/>
+      <c r="W106" s="93"/>
+      <c r="X106" s="93"/>
+      <c r="Y106" s="93"/>
+    </row>
+    <row r="107" spans="1:43" ht="12.5" x14ac:dyDescent="0.2">
+      <c r="A107" s="8" t="s">
         <v>482</v>
       </c>
-      <c r="B107" s="28"/>
-[...42 lines deleted...]
-      <c r="A108" s="129" t="s">
+      <c r="R107" s="8"/>
+      <c r="V107" s="93"/>
+      <c r="W107" s="93"/>
+      <c r="X107" s="93"/>
+      <c r="Y107" s="93"/>
+    </row>
+    <row r="108" spans="1:43" x14ac:dyDescent="0.2">
+      <c r="A108" s="66" t="s">
         <v>481</v>
       </c>
-      <c r="B108" s="130"/>
-[...42 lines deleted...]
-      <c r="A109" s="132" t="s">
+      <c r="B108" s="61"/>
+      <c r="C108" s="61"/>
+      <c r="D108" s="61"/>
+      <c r="E108" s="61"/>
+      <c r="F108" s="61"/>
+      <c r="G108" s="61"/>
+      <c r="H108" s="61"/>
+      <c r="I108" s="61"/>
+      <c r="J108" s="61"/>
+      <c r="K108" s="61"/>
+      <c r="L108" s="61"/>
+      <c r="M108" s="61"/>
+      <c r="N108" s="61"/>
+      <c r="O108" s="61"/>
+      <c r="P108" s="61"/>
+      <c r="Q108" s="61"/>
+      <c r="R108" s="61"/>
+      <c r="S108" s="61"/>
+      <c r="T108" s="61"/>
+      <c r="U108" s="61"/>
+      <c r="V108" s="61"/>
+      <c r="W108" s="61"/>
+      <c r="X108" s="61"/>
+      <c r="Y108" s="61"/>
+      <c r="Z108" s="61"/>
+      <c r="AA108" s="61"/>
+      <c r="AB108" s="61"/>
+    </row>
+    <row r="109" spans="1:43" x14ac:dyDescent="0.2">
+      <c r="A109" s="62" t="s">
         <v>480</v>
       </c>
-      <c r="B109" s="130"/>
-[...303 lines deleted...]
-      <c r="AP115" s="5"/>
+      <c r="B109" s="61"/>
+      <c r="C109" s="61"/>
+      <c r="D109" s="61"/>
+      <c r="E109" s="61"/>
+      <c r="F109" s="61"/>
+      <c r="G109" s="61"/>
+      <c r="H109" s="61"/>
+      <c r="I109" s="61"/>
+      <c r="J109" s="61"/>
+      <c r="K109" s="61"/>
+      <c r="L109" s="61"/>
+      <c r="M109" s="61"/>
+      <c r="N109" s="61"/>
+      <c r="O109" s="61"/>
+      <c r="P109" s="61"/>
+      <c r="Q109" s="61"/>
+      <c r="R109" s="61"/>
+      <c r="S109" s="61"/>
+      <c r="T109" s="61"/>
+      <c r="U109" s="61"/>
+      <c r="V109" s="61"/>
+      <c r="W109" s="61"/>
+      <c r="X109" s="61"/>
+      <c r="Y109" s="61"/>
+      <c r="Z109" s="61"/>
+      <c r="AA109" s="61"/>
+      <c r="AB109" s="61"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="gW2Toe+o54/a18WYdXjREoJyfYE1SdwLN34VlZsNEYzgrGusqcHKrWDL+84o9y0YgGo2vqiZ3ofP0dd+qiDC/w==" saltValue="SDAT5EH8G/RrokOhCaqq4g==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="J17:R18 G18:I18 G17:H17" name="範囲2_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1"/>
     <protectedRange sqref="J17:R18 G18:I18 G17:H17" name="範囲1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1"/>
   </protectedRanges>
   <mergeCells count="129">
     <mergeCell ref="A5:AQ5"/>
     <mergeCell ref="A6:AQ6"/>
     <mergeCell ref="B8:I8"/>
     <mergeCell ref="B9:I9"/>
     <mergeCell ref="C11:AG12"/>
     <mergeCell ref="C13:AG14"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="H24:I24"/>
     <mergeCell ref="AK24:AL24"/>
     <mergeCell ref="AN24:AO24"/>
     <mergeCell ref="E26:N27"/>
     <mergeCell ref="X26:AP27"/>
     <mergeCell ref="AO17:AP17"/>
     <mergeCell ref="AG18:AH18"/>
     <mergeCell ref="AK18:AL18"/>
     <mergeCell ref="AO18:AP18"/>
     <mergeCell ref="G20:AP21"/>
@@ -33167,4436 +29560,3785 @@
     <mergeCell ref="AI99:AQ100"/>
     <mergeCell ref="V100:Y100"/>
     <mergeCell ref="A101:D102"/>
     <mergeCell ref="E101:M102"/>
     <mergeCell ref="N101:Q102"/>
     <mergeCell ref="R101:U102"/>
     <mergeCell ref="V101:Y101"/>
     <mergeCell ref="Z101:AH102"/>
     <mergeCell ref="AI101:AQ102"/>
     <mergeCell ref="V102:Y102"/>
     <mergeCell ref="A99:D100"/>
     <mergeCell ref="E99:M100"/>
     <mergeCell ref="N99:Q100"/>
     <mergeCell ref="R99:U100"/>
     <mergeCell ref="V99:Y99"/>
     <mergeCell ref="Z99:AH100"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AK39 AA51 N51 B51 AJ45 AD39 AD41 B53 B41 T39 N39 H39 B39 B47 AK47 U45 R41 BB41:BC41 M53 AB49 Q49 AK53 B43 H43 Y53 AA47 J41 B45 AC45 B49 Y41 M43 L45 M47 W41 AD43" xr:uid="{7DC28F40-5099-411D-AD31-E371997AEC74}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="67" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;C
 </oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2B32CEB-8C96-411C-90DC-DC844091D00E}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AO240"/>
+  <dimension ref="A1:AO94"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="L88" sqref="L88:U89"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="34" width="3.125" style="6" customWidth="1"/>
-    <col min="35" max="16384" width="2.625" style="6"/>
+    <col min="1" max="34" width="3.08984375" style="5" customWidth="1"/>
+    <col min="35" max="16384" width="2.6328125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="133" t="s">
+    <row r="1" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" t="s">
         <v>275</v>
       </c>
       <c r="Z1" s="5" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A2" s="134" t="s">
+    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8" t="s">
         <v>273</v>
       </c>
-      <c r="Z2" s="10" t="s">
+      <c r="Z2" s="8" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="3" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.15">
-[...36 lines deleted...]
-      <c r="A4" s="87" t="s">
+    <row r="3" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="10"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="11"/>
+      <c r="J3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="11"/>
+      <c r="M3" s="11"/>
+      <c r="N3" s="11"/>
+      <c r="O3" s="11"/>
+      <c r="P3" s="11"/>
+      <c r="Q3" s="11"/>
+      <c r="R3" s="11"/>
+      <c r="S3" s="11"/>
+      <c r="T3" s="11"/>
+      <c r="U3" s="11"/>
+      <c r="V3" s="11"/>
+      <c r="W3" s="11"/>
+      <c r="X3" s="11"/>
+      <c r="Y3" s="11"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="11"/>
+      <c r="AB3" s="11"/>
+      <c r="AC3" s="11"/>
+      <c r="AD3" s="11"/>
+      <c r="AE3" s="11"/>
+      <c r="AF3" s="11"/>
+      <c r="AG3" s="11"/>
+      <c r="AH3" s="12"/>
+    </row>
+    <row r="4" spans="1:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="60" t="s">
         <v>502</v>
       </c>
-      <c r="B4" s="90"/>
-[...2 lines deleted...]
-      <c r="E4" s="132" t="s">
+      <c r="B4" s="63"/>
+      <c r="C4" s="63"/>
+      <c r="D4" s="63"/>
+      <c r="E4" s="62" t="s">
         <v>271</v>
       </c>
-      <c r="F4" s="136"/>
-[...31 lines deleted...]
-      <c r="B5" s="90" t="s">
+      <c r="F4" s="63"/>
+      <c r="G4" s="63"/>
+      <c r="H4" s="63"/>
+      <c r="I4" s="63"/>
+      <c r="J4" s="63"/>
+      <c r="K4" s="63"/>
+      <c r="L4" s="63"/>
+      <c r="M4" s="63"/>
+      <c r="N4" s="63"/>
+      <c r="O4" s="63"/>
+      <c r="P4" s="63"/>
+      <c r="Q4" s="63"/>
+      <c r="R4" s="63"/>
+      <c r="S4" s="63"/>
+      <c r="T4" s="63"/>
+      <c r="U4" s="63"/>
+      <c r="V4" s="63"/>
+      <c r="W4" s="63"/>
+      <c r="X4" s="63"/>
+      <c r="Y4" s="63"/>
+      <c r="Z4" s="63"/>
+      <c r="AA4" s="63"/>
+      <c r="AB4" s="63"/>
+      <c r="AC4" s="63"/>
+      <c r="AD4" s="63"/>
+      <c r="AE4" s="63"/>
+      <c r="AF4" s="63"/>
+      <c r="AG4" s="63"/>
+      <c r="AH4" s="95"/>
+    </row>
+    <row r="5" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="60"/>
+      <c r="B5" s="63" t="s">
         <v>270</v>
       </c>
-      <c r="C5" s="90"/>
-[...3 lines deleted...]
-      <c r="G5" s="1113" t="s">
+      <c r="C5" s="63"/>
+      <c r="D5" s="63"/>
+      <c r="E5" s="63"/>
+      <c r="F5" s="63"/>
+      <c r="G5" s="943" t="s">
         <v>526</v>
       </c>
-      <c r="H5" s="1114"/>
-[...30 lines deleted...]
-      <c r="C6" s="132" t="s">
+      <c r="H5" s="943"/>
+      <c r="I5" s="943"/>
+      <c r="J5" s="943"/>
+      <c r="K5" s="943"/>
+      <c r="L5" s="943"/>
+      <c r="M5" s="943"/>
+      <c r="N5" s="943"/>
+      <c r="O5" s="943"/>
+      <c r="P5" s="943"/>
+      <c r="Q5" s="943"/>
+      <c r="R5" s="943"/>
+      <c r="S5" s="943"/>
+      <c r="T5" s="943"/>
+      <c r="U5" s="943"/>
+      <c r="V5" s="943"/>
+      <c r="W5" s="943"/>
+      <c r="X5" s="943"/>
+      <c r="Y5" s="943"/>
+      <c r="Z5" s="943"/>
+      <c r="AA5" s="943"/>
+      <c r="AB5" s="943"/>
+      <c r="AC5" s="943"/>
+      <c r="AD5" s="943"/>
+      <c r="AE5" s="943"/>
+      <c r="AF5" s="943"/>
+      <c r="AG5" s="943"/>
+      <c r="AH5" s="95"/>
+    </row>
+    <row r="6" spans="1:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="60"/>
+      <c r="B6" s="63"/>
+      <c r="C6" s="62" t="s">
         <v>269</v>
       </c>
-      <c r="D6" s="136"/>
-[...69 lines deleted...]
-      <c r="B8" s="90" t="s">
+      <c r="D6" s="63"/>
+      <c r="E6" s="63"/>
+      <c r="F6" s="63"/>
+      <c r="G6" s="944"/>
+      <c r="H6" s="944"/>
+      <c r="I6" s="944"/>
+      <c r="J6" s="944"/>
+      <c r="K6" s="944"/>
+      <c r="L6" s="944"/>
+      <c r="M6" s="944"/>
+      <c r="N6" s="944"/>
+      <c r="O6" s="944"/>
+      <c r="P6" s="944"/>
+      <c r="Q6" s="944"/>
+      <c r="R6" s="944"/>
+      <c r="S6" s="944"/>
+      <c r="T6" s="944"/>
+      <c r="U6" s="944"/>
+      <c r="V6" s="944"/>
+      <c r="W6" s="944"/>
+      <c r="X6" s="944"/>
+      <c r="Y6" s="944"/>
+      <c r="Z6" s="944"/>
+      <c r="AA6" s="944"/>
+      <c r="AB6" s="944"/>
+      <c r="AC6" s="944"/>
+      <c r="AD6" s="944"/>
+      <c r="AE6" s="944"/>
+      <c r="AF6" s="944"/>
+      <c r="AG6" s="944"/>
+      <c r="AH6" s="95"/>
+    </row>
+    <row r="7" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="60"/>
+      <c r="B7" s="63"/>
+      <c r="C7" s="62"/>
+      <c r="D7" s="63"/>
+      <c r="E7" s="63"/>
+      <c r="F7" s="63"/>
+      <c r="G7" s="63"/>
+      <c r="H7" s="63"/>
+      <c r="I7" s="63"/>
+      <c r="J7" s="63"/>
+      <c r="K7" s="63"/>
+      <c r="L7" s="63"/>
+      <c r="M7" s="63"/>
+      <c r="N7" s="63"/>
+      <c r="O7" s="63"/>
+      <c r="P7" s="63"/>
+      <c r="Q7" s="63"/>
+      <c r="R7" s="63"/>
+      <c r="S7" s="63"/>
+      <c r="T7" s="63"/>
+      <c r="U7" s="63"/>
+      <c r="V7" s="63"/>
+      <c r="W7" s="63"/>
+      <c r="X7" s="63"/>
+      <c r="Y7" s="63"/>
+      <c r="Z7" s="63"/>
+      <c r="AA7" s="63"/>
+      <c r="AB7" s="63"/>
+      <c r="AC7" s="63"/>
+      <c r="AD7" s="63"/>
+      <c r="AE7" s="63"/>
+      <c r="AF7" s="63"/>
+      <c r="AG7" s="63"/>
+      <c r="AH7" s="95"/>
+    </row>
+    <row r="8" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="60"/>
+      <c r="B8" s="63" t="s">
         <v>268</v>
       </c>
-      <c r="C8" s="90"/>
-[...2 lines deleted...]
-      <c r="F8" s="1116" t="str">
+      <c r="C8" s="63"/>
+      <c r="D8" s="63"/>
+      <c r="E8" s="63"/>
+      <c r="F8" s="945" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "滋賀県草津市野路東1-1-1 立命館大学 びわこ・くさつキャンパス", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "大阪府茨木市岩倉町2-150 立命館大学 大阪いばらきキャンパス", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "京都府京都市北区等持院北町56-1 立命館大学 衣笠キャンパス"), "")</f>
         <v/>
       </c>
-      <c r="G8" s="1116"/>
-[...12 lines deleted...]
-      <c r="T8" s="90" t="s">
+      <c r="G8" s="945"/>
+      <c r="H8" s="945"/>
+      <c r="I8" s="945"/>
+      <c r="J8" s="945"/>
+      <c r="K8" s="945"/>
+      <c r="L8" s="945"/>
+      <c r="M8" s="945"/>
+      <c r="N8" s="945"/>
+      <c r="O8" s="945"/>
+      <c r="P8" s="945"/>
+      <c r="Q8" s="945"/>
+      <c r="R8" s="945"/>
+      <c r="S8" s="945"/>
+      <c r="T8" s="63" t="s">
         <v>267</v>
       </c>
-      <c r="U8" s="90"/>
-[...3 lines deleted...]
-      <c r="Y8" s="1118" t="str">
+      <c r="U8" s="63"/>
+      <c r="V8" s="63"/>
+      <c r="W8" s="63"/>
+      <c r="X8" s="63"/>
+      <c r="Y8" s="947" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "077-561-3946", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "072-665-2070", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "075-465-8230"), "")</f>
         <v/>
       </c>
-      <c r="Z8" s="1119"/>
-[...12 lines deleted...]
-      <c r="C9" s="132" t="s">
+      <c r="Z8" s="947"/>
+      <c r="AA8" s="947"/>
+      <c r="AB8" s="947"/>
+      <c r="AC8" s="947"/>
+      <c r="AD8" s="947"/>
+      <c r="AE8" s="947"/>
+      <c r="AF8" s="947"/>
+      <c r="AG8" s="947"/>
+      <c r="AH8" s="95"/>
+    </row>
+    <row r="9" spans="1:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="69"/>
+      <c r="B9" s="61"/>
+      <c r="C9" s="62" t="s">
         <v>199</v>
       </c>
-      <c r="D9" s="132"/>
-[...16 lines deleted...]
-      <c r="U9" s="132" t="s">
+      <c r="D9" s="62"/>
+      <c r="E9" s="62"/>
+      <c r="F9" s="946"/>
+      <c r="G9" s="946"/>
+      <c r="H9" s="946"/>
+      <c r="I9" s="946"/>
+      <c r="J9" s="946"/>
+      <c r="K9" s="946"/>
+      <c r="L9" s="946"/>
+      <c r="M9" s="946"/>
+      <c r="N9" s="946"/>
+      <c r="O9" s="946"/>
+      <c r="P9" s="946"/>
+      <c r="Q9" s="946"/>
+      <c r="R9" s="946"/>
+      <c r="S9" s="946"/>
+      <c r="T9" s="62"/>
+      <c r="U9" s="62" t="s">
         <v>157</v>
       </c>
-      <c r="V9" s="132"/>
-[...50 lines deleted...]
-      <c r="A11" s="141" t="s">
+      <c r="V9" s="62"/>
+      <c r="W9" s="61"/>
+      <c r="X9" s="61"/>
+      <c r="Y9" s="948"/>
+      <c r="Z9" s="948"/>
+      <c r="AA9" s="948"/>
+      <c r="AB9" s="948"/>
+      <c r="AC9" s="948"/>
+      <c r="AD9" s="948"/>
+      <c r="AE9" s="948"/>
+      <c r="AF9" s="948"/>
+      <c r="AG9" s="948"/>
+      <c r="AH9" s="96"/>
+    </row>
+    <row r="10" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="69"/>
+      <c r="B10" s="61"/>
+      <c r="C10" s="62"/>
+      <c r="D10" s="62"/>
+      <c r="E10" s="62"/>
+      <c r="F10" s="62"/>
+      <c r="G10" s="62"/>
+      <c r="H10" s="62"/>
+      <c r="I10" s="62"/>
+      <c r="J10" s="62"/>
+      <c r="K10" s="62"/>
+      <c r="L10" s="62"/>
+      <c r="M10" s="62"/>
+      <c r="N10" s="62"/>
+      <c r="O10" s="62"/>
+      <c r="P10" s="62"/>
+      <c r="Q10" s="62"/>
+      <c r="R10" s="62"/>
+      <c r="S10" s="62"/>
+      <c r="T10" s="62"/>
+      <c r="U10" s="62"/>
+      <c r="V10" s="62"/>
+      <c r="W10" s="61"/>
+      <c r="X10" s="61"/>
+      <c r="Y10" s="61"/>
+      <c r="Z10" s="61"/>
+      <c r="AA10" s="61"/>
+      <c r="AB10" s="61"/>
+      <c r="AC10" s="61"/>
+      <c r="AD10" s="61"/>
+      <c r="AE10" s="61"/>
+      <c r="AF10" s="61"/>
+      <c r="AG10" s="61"/>
+      <c r="AH10" s="96"/>
+    </row>
+    <row r="11" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="97" t="s">
         <v>501</v>
       </c>
-      <c r="B11" s="136"/>
-[...19 lines deleted...]
-      <c r="V11" s="1062" t="str">
+      <c r="B11" s="63"/>
+      <c r="C11" s="63"/>
+      <c r="D11" s="63"/>
+      <c r="E11" s="63"/>
+      <c r="F11" s="63"/>
+      <c r="G11" s="63"/>
+      <c r="H11" s="63"/>
+      <c r="I11" s="63"/>
+      <c r="J11" s="63"/>
+      <c r="K11" s="63"/>
+      <c r="L11" s="63"/>
+      <c r="M11" s="63"/>
+      <c r="N11" s="63"/>
+      <c r="O11" s="63"/>
+      <c r="P11" s="63"/>
+      <c r="Q11" s="63"/>
+      <c r="R11" s="63"/>
+      <c r="S11" s="63"/>
+      <c r="T11" s="63"/>
+      <c r="U11" s="63"/>
+      <c r="V11" s="896" t="str">
         <f>'Form 1'!J73&amp;""</f>
         <v>0</v>
       </c>
-      <c r="W11" s="1121"/>
-[...2 lines deleted...]
-      <c r="Z11" s="142" t="s">
+      <c r="W11" s="896"/>
+      <c r="X11" s="896"/>
+      <c r="Y11" s="896"/>
+      <c r="Z11" s="98" t="s">
         <v>51</v>
       </c>
-      <c r="AA11" s="136"/>
-[...10 lines deleted...]
-      <c r="B12" s="132" t="s">
+      <c r="AA11" s="63"/>
+      <c r="AB11" s="63"/>
+      <c r="AC11" s="63"/>
+      <c r="AD11" s="63"/>
+      <c r="AE11" s="63"/>
+      <c r="AF11" s="63"/>
+      <c r="AG11" s="63"/>
+      <c r="AH11" s="95"/>
+    </row>
+    <row r="12" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="60"/>
+      <c r="B12" s="62" t="s">
         <v>266</v>
       </c>
-      <c r="C12" s="136"/>
-[...22 lines deleted...]
-      <c r="Z12" s="97" t="s">
+      <c r="C12" s="63"/>
+      <c r="D12" s="63"/>
+      <c r="E12" s="63"/>
+      <c r="F12" s="63"/>
+      <c r="G12" s="63"/>
+      <c r="H12" s="63"/>
+      <c r="I12" s="63"/>
+      <c r="J12" s="63"/>
+      <c r="K12" s="63"/>
+      <c r="L12" s="63"/>
+      <c r="M12" s="63"/>
+      <c r="N12" s="63"/>
+      <c r="O12" s="63"/>
+      <c r="P12" s="63"/>
+      <c r="Q12" s="63"/>
+      <c r="R12" s="63"/>
+      <c r="S12" s="63"/>
+      <c r="T12" s="63"/>
+      <c r="U12" s="63"/>
+      <c r="V12" s="897"/>
+      <c r="W12" s="897"/>
+      <c r="X12" s="897"/>
+      <c r="Y12" s="897"/>
+      <c r="Z12" s="70" t="s">
         <v>265</v>
       </c>
-      <c r="AA12" s="136"/>
-[...45 lines deleted...]
-      <c r="A14" s="138" t="s">
+      <c r="AA12" s="63"/>
+      <c r="AB12" s="63"/>
+      <c r="AC12" s="63"/>
+      <c r="AD12" s="63"/>
+      <c r="AE12" s="63"/>
+      <c r="AF12" s="63"/>
+      <c r="AG12" s="63"/>
+      <c r="AH12" s="95"/>
+    </row>
+    <row r="13" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="60"/>
+      <c r="B13" s="63"/>
+      <c r="C13" s="62"/>
+      <c r="D13" s="63"/>
+      <c r="E13" s="63"/>
+      <c r="F13" s="63"/>
+      <c r="G13" s="63"/>
+      <c r="H13" s="63"/>
+      <c r="I13" s="63"/>
+      <c r="J13" s="63"/>
+      <c r="K13" s="63"/>
+      <c r="L13" s="63"/>
+      <c r="M13" s="63"/>
+      <c r="N13" s="63"/>
+      <c r="O13" s="63"/>
+      <c r="P13" s="63"/>
+      <c r="Q13" s="63"/>
+      <c r="R13" s="63"/>
+      <c r="S13" s="63"/>
+      <c r="T13" s="63"/>
+      <c r="U13" s="63"/>
+      <c r="V13" s="63"/>
+      <c r="W13" s="63"/>
+      <c r="X13" s="63"/>
+      <c r="Y13" s="63"/>
+      <c r="Z13" s="63"/>
+      <c r="AA13" s="63"/>
+      <c r="AB13" s="63"/>
+      <c r="AC13" s="63"/>
+      <c r="AD13" s="63"/>
+      <c r="AE13" s="63"/>
+      <c r="AF13" s="63"/>
+      <c r="AG13" s="63"/>
+      <c r="AH13" s="95"/>
+    </row>
+    <row r="14" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="60" t="s">
         <v>500</v>
       </c>
-      <c r="B14" s="136"/>
-[...10 lines deleted...]
-      <c r="M14" s="132" t="s">
+      <c r="B14" s="63"/>
+      <c r="C14" s="63"/>
+      <c r="D14" s="63"/>
+      <c r="E14" s="63"/>
+      <c r="F14" s="63"/>
+      <c r="G14" s="63"/>
+      <c r="H14" s="63"/>
+      <c r="I14" s="63"/>
+      <c r="J14" s="63"/>
+      <c r="K14" s="63"/>
+      <c r="L14" s="63"/>
+      <c r="M14" s="62" t="s">
         <v>264</v>
       </c>
-      <c r="N14" s="136"/>
-[...23 lines deleted...]
-      <c r="B15" s="136" t="s">
+      <c r="N14" s="63"/>
+      <c r="O14" s="63"/>
+      <c r="P14" s="63"/>
+      <c r="Q14" s="63"/>
+      <c r="R14" s="63"/>
+      <c r="S14" s="63"/>
+      <c r="T14" s="63"/>
+      <c r="U14" s="63"/>
+      <c r="V14" s="63"/>
+      <c r="W14" s="63"/>
+      <c r="X14" s="63"/>
+      <c r="Y14" s="63"/>
+      <c r="Z14" s="63"/>
+      <c r="AA14" s="63"/>
+      <c r="AB14" s="63"/>
+      <c r="AC14" s="63"/>
+      <c r="AD14" s="63"/>
+      <c r="AE14" s="63"/>
+      <c r="AF14" s="63"/>
+      <c r="AG14" s="63"/>
+      <c r="AH14" s="95"/>
+    </row>
+    <row r="15" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="60"/>
+      <c r="B15" s="63" t="s">
         <v>263</v>
       </c>
-      <c r="C15" s="136"/>
-[...4 lines deleted...]
-      <c r="H15" s="143" t="s">
+      <c r="C15" s="63"/>
+      <c r="D15" s="63"/>
+      <c r="E15" s="63"/>
+      <c r="F15" s="63"/>
+      <c r="G15" s="63"/>
+      <c r="H15" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="I15" s="136" t="s">
+      <c r="I15" s="63" t="s">
         <v>262</v>
       </c>
-      <c r="J15" s="136"/>
-[...2 lines deleted...]
-      <c r="M15" s="143" t="s">
+      <c r="J15" s="63"/>
+      <c r="K15" s="63"/>
+      <c r="L15" s="63"/>
+      <c r="M15" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="N15" s="136" t="s">
+      <c r="N15" s="63" t="s">
         <v>261</v>
       </c>
-      <c r="O15" s="136"/>
-[...2 lines deleted...]
-      <c r="R15" s="143" t="s">
+      <c r="O15" s="63"/>
+      <c r="P15" s="63"/>
+      <c r="Q15" s="63"/>
+      <c r="R15" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="S15" s="136" t="s">
+      <c r="S15" s="63" t="s">
         <v>260</v>
       </c>
-      <c r="T15" s="136"/>
-[...3 lines deleted...]
-      <c r="X15" s="143" t="s">
+      <c r="T15" s="63"/>
+      <c r="U15" s="63"/>
+      <c r="V15" s="63"/>
+      <c r="W15" s="63"/>
+      <c r="X15" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="Y15" s="136" t="s">
+      <c r="Y15" s="63" t="s">
         <v>259</v>
       </c>
-      <c r="Z15" s="136"/>
-[...12 lines deleted...]
-      <c r="C16" s="132" t="s">
+      <c r="Z15" s="63"/>
+      <c r="AA15" s="63"/>
+      <c r="AB15" s="63"/>
+      <c r="AC15" s="63"/>
+      <c r="AD15" s="63"/>
+      <c r="AE15" s="63"/>
+      <c r="AF15" s="63"/>
+      <c r="AG15" s="63"/>
+      <c r="AH15" s="95"/>
+    </row>
+    <row r="16" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="60"/>
+      <c r="B16" s="63"/>
+      <c r="C16" s="62" t="s">
         <v>258</v>
       </c>
-      <c r="D16" s="132"/>
-[...4 lines deleted...]
-      <c r="I16" s="132" t="s">
+      <c r="D16" s="62"/>
+      <c r="E16" s="62"/>
+      <c r="F16" s="62"/>
+      <c r="G16" s="62"/>
+      <c r="H16" s="62"/>
+      <c r="I16" s="62" t="s">
         <v>257</v>
       </c>
-      <c r="J16" s="132"/>
-[...3 lines deleted...]
-      <c r="N16" s="132" t="s">
+      <c r="J16" s="62"/>
+      <c r="K16" s="62"/>
+      <c r="L16" s="63"/>
+      <c r="M16" s="62"/>
+      <c r="N16" s="62" t="s">
         <v>256</v>
       </c>
-      <c r="O16" s="132"/>
-[...3 lines deleted...]
-      <c r="S16" s="132" t="s">
+      <c r="O16" s="62"/>
+      <c r="P16" s="62"/>
+      <c r="Q16" s="63"/>
+      <c r="R16" s="62"/>
+      <c r="S16" s="62" t="s">
         <v>255</v>
       </c>
-      <c r="T16" s="132"/>
-[...4 lines deleted...]
-      <c r="Y16" s="132" t="s">
+      <c r="T16" s="62"/>
+      <c r="U16" s="62"/>
+      <c r="V16" s="63"/>
+      <c r="W16" s="63"/>
+      <c r="X16" s="62"/>
+      <c r="Y16" s="62" t="s">
         <v>254</v>
       </c>
-      <c r="Z16" s="136"/>
-[...12 lines deleted...]
-      <c r="C17" s="143" t="s">
+      <c r="Z16" s="63"/>
+      <c r="AA16" s="63"/>
+      <c r="AB16" s="63"/>
+      <c r="AC16" s="63"/>
+      <c r="AD16" s="63"/>
+      <c r="AE16" s="63"/>
+      <c r="AF16" s="63"/>
+      <c r="AG16" s="63"/>
+      <c r="AH16" s="95"/>
+    </row>
+    <row r="17" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="60"/>
+      <c r="B17" s="63"/>
+      <c r="C17" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D17" s="136" t="s">
+      <c r="D17" s="63" t="s">
         <v>253</v>
       </c>
-      <c r="E17" s="136"/>
-[...4 lines deleted...]
-      <c r="J17" s="143" t="s">
+      <c r="E17" s="63"/>
+      <c r="F17" s="63"/>
+      <c r="G17" s="63"/>
+      <c r="H17" s="63"/>
+      <c r="I17" s="63"/>
+      <c r="J17" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="K17" s="136" t="s">
+      <c r="K17" s="63" t="s">
         <v>252</v>
       </c>
-      <c r="L17" s="136"/>
-[...4 lines deleted...]
-      <c r="Q17" s="143" t="s">
+      <c r="L17" s="63"/>
+      <c r="M17" s="63"/>
+      <c r="N17" s="63"/>
+      <c r="O17" s="63"/>
+      <c r="P17" s="63"/>
+      <c r="Q17" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="R17" s="136" t="s">
+      <c r="R17" s="63" t="s">
         <v>251</v>
       </c>
-      <c r="S17" s="136"/>
-[...2 lines deleted...]
-      <c r="V17" s="143" t="s">
+      <c r="S17" s="63"/>
+      <c r="T17" s="63"/>
+      <c r="U17" s="63"/>
+      <c r="V17" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="W17" s="136" t="s">
+      <c r="W17" s="63" t="s">
         <v>250</v>
       </c>
-      <c r="X17" s="136"/>
-[...3 lines deleted...]
-      <c r="AB17" s="143" t="s">
+      <c r="X17" s="63"/>
+      <c r="Y17" s="63"/>
+      <c r="Z17" s="63"/>
+      <c r="AA17" s="63"/>
+      <c r="AB17" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="AC17" s="136" t="s">
+      <c r="AC17" s="63" t="s">
         <v>249</v>
       </c>
-      <c r="AD17" s="136"/>
-[...9 lines deleted...]
-      <c r="D18" s="132" t="s">
+      <c r="AD17" s="63"/>
+      <c r="AE17" s="63"/>
+      <c r="AF17" s="63"/>
+      <c r="AG17" s="63"/>
+      <c r="AH17" s="95"/>
+    </row>
+    <row r="18" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="60"/>
+      <c r="B18" s="63"/>
+      <c r="C18" s="63"/>
+      <c r="D18" s="62" t="s">
         <v>12</v>
       </c>
-      <c r="E18" s="132"/>
-[...5 lines deleted...]
-      <c r="K18" s="132" t="s">
+      <c r="E18" s="62"/>
+      <c r="F18" s="62"/>
+      <c r="G18" s="62"/>
+      <c r="H18" s="62"/>
+      <c r="I18" s="62"/>
+      <c r="J18" s="62"/>
+      <c r="K18" s="62" t="s">
         <v>248</v>
       </c>
-      <c r="L18" s="132"/>
-[...5 lines deleted...]
-      <c r="R18" s="132" t="s">
+      <c r="L18" s="62"/>
+      <c r="M18" s="62"/>
+      <c r="N18" s="62"/>
+      <c r="O18" s="62"/>
+      <c r="P18" s="62"/>
+      <c r="Q18" s="62"/>
+      <c r="R18" s="62" t="s">
         <v>247</v>
       </c>
-      <c r="S18" s="132"/>
-[...3 lines deleted...]
-      <c r="W18" s="132" t="s">
+      <c r="S18" s="62"/>
+      <c r="T18" s="62"/>
+      <c r="U18" s="62"/>
+      <c r="V18" s="62"/>
+      <c r="W18" s="62" t="s">
         <v>246</v>
       </c>
-      <c r="X18" s="132"/>
-[...4 lines deleted...]
-      <c r="AC18" s="132" t="s">
+      <c r="X18" s="62"/>
+      <c r="Y18" s="62"/>
+      <c r="Z18" s="62"/>
+      <c r="AA18" s="62"/>
+      <c r="AB18" s="62"/>
+      <c r="AC18" s="62" t="s">
         <v>245</v>
       </c>
-      <c r="AD18" s="136"/>
-[...8 lines deleted...]
-      <c r="C19" s="143" t="s">
+      <c r="AD18" s="63"/>
+      <c r="AE18" s="63"/>
+      <c r="AF18" s="63"/>
+      <c r="AG18" s="63"/>
+      <c r="AH18" s="95"/>
+    </row>
+    <row r="19" spans="1:34" s="35" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="100"/>
+      <c r="B19" s="81"/>
+      <c r="C19" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D19" s="108" t="s">
+      <c r="D19" s="81" t="s">
         <v>244</v>
       </c>
-      <c r="E19" s="108"/>
-[...4 lines deleted...]
-      <c r="J19" s="143" t="s">
+      <c r="E19" s="81"/>
+      <c r="F19" s="81"/>
+      <c r="G19" s="81"/>
+      <c r="H19" s="81"/>
+      <c r="I19" s="81"/>
+      <c r="J19" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="K19" s="108" t="s">
+      <c r="K19" s="81" t="s">
         <v>243</v>
       </c>
-      <c r="L19" s="108"/>
-[...3 lines deleted...]
-      <c r="P19" s="143" t="s">
+      <c r="L19" s="81"/>
+      <c r="M19" s="81"/>
+      <c r="N19" s="81"/>
+      <c r="O19" s="81"/>
+      <c r="P19" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="Q19" s="146" t="s">
+      <c r="Q19" s="81" t="s">
         <v>242</v>
       </c>
-      <c r="R19" s="146"/>
-[...3 lines deleted...]
-      <c r="V19" s="143" t="s">
+      <c r="R19" s="81"/>
+      <c r="S19" s="81"/>
+      <c r="T19" s="81"/>
+      <c r="U19" s="68"/>
+      <c r="V19" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="W19" s="108" t="s">
+      <c r="W19" s="81" t="s">
         <v>241</v>
       </c>
-      <c r="X19" s="95"/>
-[...8 lines deleted...]
-      <c r="AG19" s="108" t="s">
+      <c r="X19" s="68"/>
+      <c r="Y19" s="68"/>
+      <c r="Z19" s="949"/>
+      <c r="AA19" s="949"/>
+      <c r="AB19" s="949"/>
+      <c r="AC19" s="949"/>
+      <c r="AD19" s="949"/>
+      <c r="AE19" s="949"/>
+      <c r="AF19" s="949"/>
+      <c r="AG19" s="81" t="s">
         <v>63</v>
       </c>
-      <c r="AH19" s="147"/>
-[...5 lines deleted...]
-      <c r="D20" s="132" t="s">
+      <c r="AH19" s="101"/>
+    </row>
+    <row r="20" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="60"/>
+      <c r="B20" s="64"/>
+      <c r="C20" s="63"/>
+      <c r="D20" s="62" t="s">
         <v>240</v>
       </c>
-      <c r="E20" s="132"/>
-[...5 lines deleted...]
-      <c r="K20" s="132" t="s">
+      <c r="E20" s="62"/>
+      <c r="F20" s="62"/>
+      <c r="G20" s="62"/>
+      <c r="H20" s="62"/>
+      <c r="I20" s="62"/>
+      <c r="J20" s="62"/>
+      <c r="K20" s="62" t="s">
         <v>239</v>
       </c>
-      <c r="L20" s="132"/>
-[...4 lines deleted...]
-      <c r="Q20" s="132" t="s">
+      <c r="L20" s="62"/>
+      <c r="M20" s="62"/>
+      <c r="N20" s="62"/>
+      <c r="O20" s="62"/>
+      <c r="P20" s="62"/>
+      <c r="Q20" s="62" t="s">
         <v>238</v>
       </c>
-      <c r="R20" s="144"/>
-[...4 lines deleted...]
-      <c r="W20" s="132" t="s">
+      <c r="R20" s="63"/>
+      <c r="S20" s="64"/>
+      <c r="T20" s="63"/>
+      <c r="U20" s="68"/>
+      <c r="V20" s="68"/>
+      <c r="W20" s="62" t="s">
         <v>83</v>
       </c>
-      <c r="X20" s="95"/>
-[...13 lines deleted...]
-      <c r="B21" s="136" t="s">
+      <c r="X20" s="68"/>
+      <c r="Y20" s="68"/>
+      <c r="Z20" s="949"/>
+      <c r="AA20" s="949"/>
+      <c r="AB20" s="949"/>
+      <c r="AC20" s="949"/>
+      <c r="AD20" s="949"/>
+      <c r="AE20" s="949"/>
+      <c r="AF20" s="949"/>
+      <c r="AG20" s="63"/>
+      <c r="AH20" s="95"/>
+    </row>
+    <row r="21" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="60"/>
+      <c r="B21" s="63" t="s">
         <v>237</v>
       </c>
-      <c r="C21" s="136"/>
-[...11 lines deleted...]
-      <c r="O21" s="1126" t="s">
+      <c r="C21" s="63"/>
+      <c r="D21" s="63"/>
+      <c r="E21" s="63"/>
+      <c r="F21" s="63"/>
+      <c r="G21" s="63"/>
+      <c r="H21" s="950"/>
+      <c r="I21" s="950"/>
+      <c r="J21" s="950"/>
+      <c r="K21" s="950"/>
+      <c r="L21" s="950"/>
+      <c r="M21" s="950"/>
+      <c r="N21" s="950"/>
+      <c r="O21" s="952" t="s">
         <v>236</v>
       </c>
-      <c r="P21" s="1126"/>
-[...12 lines deleted...]
-      <c r="AC21" s="91" t="s">
+      <c r="P21" s="952"/>
+      <c r="Q21" s="952"/>
+      <c r="R21" s="952"/>
+      <c r="S21" s="952"/>
+      <c r="T21" s="952"/>
+      <c r="U21" s="952"/>
+      <c r="V21" s="952"/>
+      <c r="W21" s="952"/>
+      <c r="X21" s="953"/>
+      <c r="Y21" s="953"/>
+      <c r="Z21" s="953"/>
+      <c r="AA21" s="953"/>
+      <c r="AB21" s="953"/>
+      <c r="AC21" s="64" t="s">
         <v>51</v>
       </c>
-      <c r="AD21" s="1127"/>
-[...1 lines deleted...]
-      <c r="AF21" s="1009" t="s">
+      <c r="AD21" s="953"/>
+      <c r="AE21" s="953"/>
+      <c r="AF21" s="856" t="s">
         <v>235</v>
       </c>
-      <c r="AG21" s="1009"/>
-[...5 lines deleted...]
-      <c r="C22" s="132" t="s">
+      <c r="AG21" s="856"/>
+      <c r="AH21" s="102"/>
+    </row>
+    <row r="22" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="60"/>
+      <c r="B22" s="63"/>
+      <c r="C22" s="62" t="s">
         <v>234</v>
       </c>
-      <c r="D22" s="132"/>
-[...11 lines deleted...]
-      <c r="P22" s="1105" t="s">
+      <c r="D22" s="62"/>
+      <c r="E22" s="62"/>
+      <c r="F22" s="62"/>
+      <c r="G22" s="62"/>
+      <c r="H22" s="951"/>
+      <c r="I22" s="951"/>
+      <c r="J22" s="951"/>
+      <c r="K22" s="951"/>
+      <c r="L22" s="951"/>
+      <c r="M22" s="951"/>
+      <c r="N22" s="951"/>
+      <c r="O22" s="63"/>
+      <c r="P22" s="935" t="s">
         <v>233</v>
       </c>
-      <c r="Q22" s="1105"/>
-[...11 lines deleted...]
-      <c r="AC22" s="151" t="s">
+      <c r="Q22" s="935"/>
+      <c r="R22" s="935"/>
+      <c r="S22" s="935"/>
+      <c r="T22" s="935"/>
+      <c r="U22" s="935"/>
+      <c r="V22" s="935"/>
+      <c r="W22" s="935"/>
+      <c r="X22" s="907"/>
+      <c r="Y22" s="907"/>
+      <c r="Z22" s="907"/>
+      <c r="AA22" s="907"/>
+      <c r="AB22" s="907"/>
+      <c r="AC22" s="103" t="s">
         <v>1</v>
       </c>
-      <c r="AD22" s="1076"/>
-[...1 lines deleted...]
-      <c r="AF22" s="1106" t="s">
+      <c r="AD22" s="907"/>
+      <c r="AE22" s="907"/>
+      <c r="AF22" s="936" t="s">
         <v>2</v>
       </c>
-      <c r="AG22" s="1106"/>
-[...39 lines deleted...]
-      <c r="A24" s="138" t="s">
+      <c r="AG22" s="936"/>
+      <c r="AH22" s="95"/>
+    </row>
+    <row r="23" spans="1:34" s="106" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="97"/>
+      <c r="B23" s="104"/>
+      <c r="C23" s="104"/>
+      <c r="D23" s="104"/>
+      <c r="E23" s="104"/>
+      <c r="F23" s="104"/>
+      <c r="G23" s="104"/>
+      <c r="H23" s="104"/>
+      <c r="I23" s="104"/>
+      <c r="J23" s="104"/>
+      <c r="K23" s="104"/>
+      <c r="L23" s="104"/>
+      <c r="M23" s="104"/>
+      <c r="N23" s="104"/>
+      <c r="O23" s="104"/>
+      <c r="P23" s="104"/>
+      <c r="Q23" s="104"/>
+      <c r="R23" s="104"/>
+      <c r="S23" s="104"/>
+      <c r="T23" s="104"/>
+      <c r="U23" s="104"/>
+      <c r="V23" s="104"/>
+      <c r="W23" s="104"/>
+      <c r="X23" s="104"/>
+      <c r="Y23" s="104"/>
+      <c r="Z23" s="104"/>
+      <c r="AA23" s="104"/>
+      <c r="AB23" s="104"/>
+      <c r="AC23" s="104"/>
+      <c r="AD23" s="104"/>
+      <c r="AE23" s="104"/>
+      <c r="AF23" s="104"/>
+      <c r="AG23" s="104"/>
+      <c r="AH23" s="105"/>
+    </row>
+    <row r="24" spans="1:34" s="63" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="60" t="s">
         <v>533</v>
       </c>
-      <c r="M24" s="132"/>
-[...4 lines deleted...]
-      <c r="B25" s="971" t="s">
+      <c r="M24" s="62"/>
+      <c r="AH24" s="95"/>
+    </row>
+    <row r="25" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="60"/>
+      <c r="B25" s="820" t="s">
         <v>534</v>
       </c>
-      <c r="C25" s="971"/>
-[...33 lines deleted...]
-      <c r="A26" s="1108" t="s">
+      <c r="C25" s="820"/>
+      <c r="D25" s="820"/>
+      <c r="E25" s="820"/>
+      <c r="F25" s="820"/>
+      <c r="G25" s="820"/>
+      <c r="H25" s="820"/>
+      <c r="I25" s="820"/>
+      <c r="J25" s="820"/>
+      <c r="K25" s="820"/>
+      <c r="L25" s="820"/>
+      <c r="M25" s="820"/>
+      <c r="N25" s="820"/>
+      <c r="O25" s="820"/>
+      <c r="P25" s="820"/>
+      <c r="Q25" s="820"/>
+      <c r="R25" s="820"/>
+      <c r="S25" s="820"/>
+      <c r="T25" s="820"/>
+      <c r="U25" s="820"/>
+      <c r="V25" s="820"/>
+      <c r="W25" s="820"/>
+      <c r="X25" s="820"/>
+      <c r="Y25" s="820"/>
+      <c r="Z25" s="820"/>
+      <c r="AA25" s="820"/>
+      <c r="AB25" s="820"/>
+      <c r="AC25" s="820"/>
+      <c r="AD25" s="820"/>
+      <c r="AE25" s="820"/>
+      <c r="AF25" s="820"/>
+      <c r="AG25" s="820"/>
+      <c r="AH25" s="937"/>
+    </row>
+    <row r="26" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="938" t="s">
         <v>535</v>
       </c>
-      <c r="B26" s="1109"/>
-[...2 lines deleted...]
-      <c r="E26" s="1108" t="s">
+      <c r="B26" s="939"/>
+      <c r="C26" s="939"/>
+      <c r="D26" s="940"/>
+      <c r="E26" s="938" t="s">
         <v>536</v>
       </c>
-      <c r="F26" s="1109"/>
-[...11 lines deleted...]
-      <c r="R26" s="1108" t="s">
+      <c r="F26" s="939"/>
+      <c r="G26" s="939"/>
+      <c r="H26" s="940"/>
+      <c r="I26" s="941"/>
+      <c r="J26" s="941"/>
+      <c r="K26" s="941"/>
+      <c r="L26" s="941"/>
+      <c r="M26" s="941"/>
+      <c r="N26" s="941"/>
+      <c r="O26" s="941"/>
+      <c r="P26" s="941"/>
+      <c r="Q26" s="941"/>
+      <c r="R26" s="938" t="s">
         <v>535</v>
       </c>
-      <c r="S26" s="1109"/>
-[...2 lines deleted...]
-      <c r="V26" s="1108" t="s">
+      <c r="S26" s="939"/>
+      <c r="T26" s="939"/>
+      <c r="U26" s="940"/>
+      <c r="V26" s="938" t="s">
         <v>536</v>
       </c>
-      <c r="W26" s="1109"/>
-[...13 lines deleted...]
-      <c r="A27" s="1102" t="s">
+      <c r="W26" s="939"/>
+      <c r="X26" s="939"/>
+      <c r="Y26" s="940"/>
+      <c r="Z26" s="941"/>
+      <c r="AA26" s="941"/>
+      <c r="AB26" s="941"/>
+      <c r="AC26" s="941"/>
+      <c r="AD26" s="941"/>
+      <c r="AE26" s="941"/>
+      <c r="AF26" s="941"/>
+      <c r="AG26" s="941"/>
+      <c r="AH26" s="942"/>
+    </row>
+    <row r="27" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="932" t="s">
         <v>537</v>
       </c>
-      <c r="B27" s="1103"/>
-[...2 lines deleted...]
-      <c r="E27" s="1102" t="s">
+      <c r="B27" s="933"/>
+      <c r="C27" s="933"/>
+      <c r="D27" s="934"/>
+      <c r="E27" s="932" t="s">
         <v>538</v>
       </c>
-      <c r="F27" s="1103"/>
-[...2 lines deleted...]
-      <c r="I27" s="1091" t="s">
+      <c r="F27" s="933"/>
+      <c r="G27" s="933"/>
+      <c r="H27" s="934"/>
+      <c r="I27" s="856" t="s">
         <v>539</v>
       </c>
-      <c r="J27" s="1091"/>
-[...7 lines deleted...]
-      <c r="R27" s="1102" t="s">
+      <c r="J27" s="856"/>
+      <c r="K27" s="856"/>
+      <c r="L27" s="856"/>
+      <c r="M27" s="856"/>
+      <c r="N27" s="856"/>
+      <c r="O27" s="856"/>
+      <c r="P27" s="856"/>
+      <c r="Q27" s="856"/>
+      <c r="R27" s="932" t="s">
         <v>537</v>
       </c>
-      <c r="S27" s="1103"/>
-[...2 lines deleted...]
-      <c r="V27" s="1102" t="s">
+      <c r="S27" s="933"/>
+      <c r="T27" s="933"/>
+      <c r="U27" s="934"/>
+      <c r="V27" s="932" t="s">
         <v>538</v>
       </c>
-      <c r="W27" s="1103"/>
-[...2 lines deleted...]
-      <c r="Z27" s="1091" t="s">
+      <c r="W27" s="933"/>
+      <c r="X27" s="933"/>
+      <c r="Y27" s="934"/>
+      <c r="Z27" s="856" t="s">
         <v>539</v>
       </c>
-      <c r="AA27" s="1091"/>
-[...9 lines deleted...]
-      <c r="A28" s="1093" t="s">
+      <c r="AA27" s="856"/>
+      <c r="AB27" s="856"/>
+      <c r="AC27" s="856"/>
+      <c r="AD27" s="856"/>
+      <c r="AE27" s="856"/>
+      <c r="AF27" s="856"/>
+      <c r="AG27" s="856"/>
+      <c r="AH27" s="922"/>
+    </row>
+    <row r="28" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="923" t="s">
         <v>51</v>
       </c>
-      <c r="B28" s="1094"/>
-      <c r="C28" s="1091" t="s">
+      <c r="B28" s="924"/>
+      <c r="C28" s="856" t="s">
         <v>540</v>
       </c>
-      <c r="D28" s="1092"/>
-      <c r="E28" s="1093" t="s">
+      <c r="D28" s="922"/>
+      <c r="E28" s="923" t="s">
         <v>51</v>
       </c>
-      <c r="F28" s="1094"/>
-      <c r="G28" s="1091" t="s">
+      <c r="F28" s="924"/>
+      <c r="G28" s="856" t="s">
         <v>540</v>
       </c>
-      <c r="H28" s="1092"/>
-      <c r="I28" s="1095" t="s">
+      <c r="H28" s="922"/>
+      <c r="I28" s="925" t="s">
         <v>541</v>
       </c>
-      <c r="J28" s="1096"/>
-[...7 lines deleted...]
-      <c r="R28" s="1093" t="s">
+      <c r="J28" s="926"/>
+      <c r="K28" s="926"/>
+      <c r="L28" s="926"/>
+      <c r="M28" s="926"/>
+      <c r="N28" s="926"/>
+      <c r="O28" s="926"/>
+      <c r="P28" s="926"/>
+      <c r="Q28" s="927"/>
+      <c r="R28" s="923" t="s">
         <v>51</v>
       </c>
-      <c r="S28" s="1094"/>
-      <c r="T28" s="1091" t="s">
+      <c r="S28" s="924"/>
+      <c r="T28" s="856" t="s">
         <v>540</v>
       </c>
-      <c r="U28" s="1092"/>
-      <c r="V28" s="1093" t="s">
+      <c r="U28" s="922"/>
+      <c r="V28" s="923" t="s">
         <v>51</v>
       </c>
-      <c r="W28" s="1094"/>
-      <c r="X28" s="1091" t="s">
+      <c r="W28" s="924"/>
+      <c r="X28" s="856" t="s">
         <v>540</v>
       </c>
-      <c r="Y28" s="1092"/>
-      <c r="Z28" s="1095" t="s">
+      <c r="Y28" s="922"/>
+      <c r="Z28" s="925" t="s">
         <v>542</v>
       </c>
-      <c r="AA28" s="1096"/>
-[...9 lines deleted...]
-      <c r="A29" s="1098" t="s">
+      <c r="AA28" s="926"/>
+      <c r="AB28" s="926"/>
+      <c r="AC28" s="926"/>
+      <c r="AD28" s="926"/>
+      <c r="AE28" s="926"/>
+      <c r="AF28" s="926"/>
+      <c r="AG28" s="926"/>
+      <c r="AH28" s="927"/>
+    </row>
+    <row r="29" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="928" t="s">
         <v>1</v>
       </c>
-      <c r="B29" s="1099"/>
-      <c r="C29" s="1100" t="s">
+      <c r="B29" s="929"/>
+      <c r="C29" s="930" t="s">
         <v>2</v>
       </c>
-      <c r="D29" s="1101"/>
-      <c r="E29" s="1098" t="s">
+      <c r="D29" s="931"/>
+      <c r="E29" s="928" t="s">
         <v>1</v>
       </c>
-      <c r="F29" s="1099"/>
-      <c r="G29" s="1100" t="s">
+      <c r="F29" s="929"/>
+      <c r="G29" s="930" t="s">
         <v>2</v>
       </c>
-      <c r="H29" s="1101"/>
-[...9 lines deleted...]
-      <c r="R29" s="1098" t="s">
+      <c r="H29" s="931"/>
+      <c r="I29" s="108"/>
+      <c r="J29" s="108"/>
+      <c r="K29" s="108"/>
+      <c r="L29" s="108"/>
+      <c r="M29" s="108"/>
+      <c r="N29" s="108"/>
+      <c r="O29" s="108"/>
+      <c r="P29" s="108"/>
+      <c r="Q29" s="108"/>
+      <c r="R29" s="928" t="s">
         <v>1</v>
       </c>
-      <c r="S29" s="1099"/>
-      <c r="T29" s="1100" t="s">
+      <c r="S29" s="929"/>
+      <c r="T29" s="930" t="s">
         <v>2</v>
       </c>
-      <c r="U29" s="1101"/>
-      <c r="V29" s="1098" t="s">
+      <c r="U29" s="931"/>
+      <c r="V29" s="928" t="s">
         <v>1</v>
       </c>
-      <c r="W29" s="1099"/>
-      <c r="X29" s="1100" t="s">
+      <c r="W29" s="929"/>
+      <c r="X29" s="930" t="s">
         <v>2</v>
       </c>
-      <c r="Y29" s="1101"/>
-[...263 lines deleted...]
-      <c r="A37" s="87" t="s">
+      <c r="Y29" s="931"/>
+      <c r="Z29" s="108"/>
+      <c r="AA29" s="108"/>
+      <c r="AB29" s="108"/>
+      <c r="AC29" s="108"/>
+      <c r="AD29" s="108"/>
+      <c r="AE29" s="108"/>
+      <c r="AF29" s="108"/>
+      <c r="AG29" s="108"/>
+      <c r="AH29" s="109"/>
+    </row>
+    <row r="30" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="916"/>
+      <c r="B30" s="920"/>
+      <c r="C30" s="921"/>
+      <c r="D30" s="918"/>
+      <c r="E30" s="916"/>
+      <c r="F30" s="920"/>
+      <c r="G30" s="921"/>
+      <c r="H30" s="918"/>
+      <c r="I30" s="916"/>
+      <c r="J30" s="917"/>
+      <c r="K30" s="917"/>
+      <c r="L30" s="917"/>
+      <c r="M30" s="917"/>
+      <c r="N30" s="917"/>
+      <c r="O30" s="917"/>
+      <c r="P30" s="917"/>
+      <c r="Q30" s="918"/>
+      <c r="R30" s="916"/>
+      <c r="S30" s="920"/>
+      <c r="T30" s="921"/>
+      <c r="U30" s="918"/>
+      <c r="V30" s="916"/>
+      <c r="W30" s="920"/>
+      <c r="X30" s="921"/>
+      <c r="Y30" s="918"/>
+      <c r="Z30" s="916"/>
+      <c r="AA30" s="917"/>
+      <c r="AB30" s="917"/>
+      <c r="AC30" s="917"/>
+      <c r="AD30" s="917"/>
+      <c r="AE30" s="917"/>
+      <c r="AF30" s="917"/>
+      <c r="AG30" s="917"/>
+      <c r="AH30" s="918"/>
+    </row>
+    <row r="31" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="912"/>
+      <c r="B31" s="919"/>
+      <c r="C31" s="910"/>
+      <c r="D31" s="911"/>
+      <c r="E31" s="912"/>
+      <c r="F31" s="919"/>
+      <c r="G31" s="910"/>
+      <c r="H31" s="911"/>
+      <c r="I31" s="912"/>
+      <c r="J31" s="913"/>
+      <c r="K31" s="913"/>
+      <c r="L31" s="913"/>
+      <c r="M31" s="913"/>
+      <c r="N31" s="913"/>
+      <c r="O31" s="913"/>
+      <c r="P31" s="913"/>
+      <c r="Q31" s="911"/>
+      <c r="R31" s="912"/>
+      <c r="S31" s="919"/>
+      <c r="T31" s="910"/>
+      <c r="U31" s="911"/>
+      <c r="V31" s="912"/>
+      <c r="W31" s="919"/>
+      <c r="X31" s="910"/>
+      <c r="Y31" s="911"/>
+      <c r="Z31" s="912"/>
+      <c r="AA31" s="913"/>
+      <c r="AB31" s="913"/>
+      <c r="AC31" s="913"/>
+      <c r="AD31" s="913"/>
+      <c r="AE31" s="913"/>
+      <c r="AF31" s="913"/>
+      <c r="AG31" s="913"/>
+      <c r="AH31" s="911"/>
+    </row>
+    <row r="32" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="904"/>
+      <c r="B32" s="914"/>
+      <c r="C32" s="900"/>
+      <c r="D32" s="901"/>
+      <c r="E32" s="904"/>
+      <c r="F32" s="914"/>
+      <c r="G32" s="900"/>
+      <c r="H32" s="901"/>
+      <c r="I32" s="904"/>
+      <c r="J32" s="905"/>
+      <c r="K32" s="905"/>
+      <c r="L32" s="905"/>
+      <c r="M32" s="905"/>
+      <c r="N32" s="905"/>
+      <c r="O32" s="905"/>
+      <c r="P32" s="905"/>
+      <c r="Q32" s="901"/>
+      <c r="R32" s="904"/>
+      <c r="S32" s="914"/>
+      <c r="T32" s="900"/>
+      <c r="U32" s="901"/>
+      <c r="V32" s="904"/>
+      <c r="W32" s="914"/>
+      <c r="X32" s="900"/>
+      <c r="Y32" s="901"/>
+      <c r="Z32" s="904"/>
+      <c r="AA32" s="905"/>
+      <c r="AB32" s="905"/>
+      <c r="AC32" s="905"/>
+      <c r="AD32" s="905"/>
+      <c r="AE32" s="905"/>
+      <c r="AF32" s="905"/>
+      <c r="AG32" s="905"/>
+      <c r="AH32" s="901"/>
+    </row>
+    <row r="33" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="912"/>
+      <c r="B33" s="919"/>
+      <c r="C33" s="910"/>
+      <c r="D33" s="911"/>
+      <c r="E33" s="912"/>
+      <c r="F33" s="919"/>
+      <c r="G33" s="910"/>
+      <c r="H33" s="911"/>
+      <c r="I33" s="912"/>
+      <c r="J33" s="913"/>
+      <c r="K33" s="913"/>
+      <c r="L33" s="913"/>
+      <c r="M33" s="913"/>
+      <c r="N33" s="913"/>
+      <c r="O33" s="913"/>
+      <c r="P33" s="913"/>
+      <c r="Q33" s="911"/>
+      <c r="R33" s="912"/>
+      <c r="S33" s="919"/>
+      <c r="T33" s="910"/>
+      <c r="U33" s="911"/>
+      <c r="V33" s="912"/>
+      <c r="W33" s="919"/>
+      <c r="X33" s="910"/>
+      <c r="Y33" s="911"/>
+      <c r="Z33" s="912"/>
+      <c r="AA33" s="913"/>
+      <c r="AB33" s="913"/>
+      <c r="AC33" s="913"/>
+      <c r="AD33" s="913"/>
+      <c r="AE33" s="913"/>
+      <c r="AF33" s="913"/>
+      <c r="AG33" s="913"/>
+      <c r="AH33" s="911"/>
+    </row>
+    <row r="34" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="904"/>
+      <c r="B34" s="914"/>
+      <c r="C34" s="900"/>
+      <c r="D34" s="901"/>
+      <c r="E34" s="904"/>
+      <c r="F34" s="914"/>
+      <c r="G34" s="900"/>
+      <c r="H34" s="901"/>
+      <c r="I34" s="904"/>
+      <c r="J34" s="905"/>
+      <c r="K34" s="905"/>
+      <c r="L34" s="905"/>
+      <c r="M34" s="905"/>
+      <c r="N34" s="905"/>
+      <c r="O34" s="905"/>
+      <c r="P34" s="905"/>
+      <c r="Q34" s="901"/>
+      <c r="R34" s="904"/>
+      <c r="S34" s="914"/>
+      <c r="T34" s="900"/>
+      <c r="U34" s="901"/>
+      <c r="V34" s="904"/>
+      <c r="W34" s="914"/>
+      <c r="X34" s="900"/>
+      <c r="Y34" s="901"/>
+      <c r="Z34" s="904"/>
+      <c r="AA34" s="905"/>
+      <c r="AB34" s="905"/>
+      <c r="AC34" s="905"/>
+      <c r="AD34" s="905"/>
+      <c r="AE34" s="905"/>
+      <c r="AF34" s="905"/>
+      <c r="AG34" s="905"/>
+      <c r="AH34" s="901"/>
+    </row>
+    <row r="35" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="906"/>
+      <c r="B35" s="915"/>
+      <c r="C35" s="902"/>
+      <c r="D35" s="903"/>
+      <c r="E35" s="906"/>
+      <c r="F35" s="915"/>
+      <c r="G35" s="902"/>
+      <c r="H35" s="903"/>
+      <c r="I35" s="906"/>
+      <c r="J35" s="907"/>
+      <c r="K35" s="907"/>
+      <c r="L35" s="907"/>
+      <c r="M35" s="907"/>
+      <c r="N35" s="907"/>
+      <c r="O35" s="907"/>
+      <c r="P35" s="907"/>
+      <c r="Q35" s="903"/>
+      <c r="R35" s="906"/>
+      <c r="S35" s="915"/>
+      <c r="T35" s="902"/>
+      <c r="U35" s="903"/>
+      <c r="V35" s="906"/>
+      <c r="W35" s="915"/>
+      <c r="X35" s="902"/>
+      <c r="Y35" s="903"/>
+      <c r="Z35" s="906"/>
+      <c r="AA35" s="907"/>
+      <c r="AB35" s="907"/>
+      <c r="AC35" s="907"/>
+      <c r="AD35" s="907"/>
+      <c r="AE35" s="907"/>
+      <c r="AF35" s="907"/>
+      <c r="AG35" s="907"/>
+      <c r="AH35" s="903"/>
+    </row>
+    <row r="36" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="60"/>
+      <c r="B36" s="63"/>
+      <c r="C36" s="62"/>
+      <c r="D36" s="62"/>
+      <c r="E36" s="62"/>
+      <c r="F36" s="62"/>
+      <c r="G36" s="62"/>
+      <c r="H36" s="62"/>
+      <c r="I36" s="62"/>
+      <c r="J36" s="62"/>
+      <c r="K36" s="62"/>
+      <c r="L36" s="62"/>
+      <c r="M36" s="62"/>
+      <c r="N36" s="62"/>
+      <c r="O36" s="62"/>
+      <c r="P36" s="62"/>
+      <c r="Q36" s="62"/>
+      <c r="R36" s="62"/>
+      <c r="S36" s="62"/>
+      <c r="T36" s="62"/>
+      <c r="U36" s="62"/>
+      <c r="V36" s="62"/>
+      <c r="W36" s="62"/>
+      <c r="X36" s="62"/>
+      <c r="Y36" s="62"/>
+      <c r="Z36" s="62"/>
+      <c r="AA36" s="62"/>
+      <c r="AB36" s="62"/>
+      <c r="AC36" s="62"/>
+      <c r="AD36" s="62"/>
+      <c r="AE36" s="62"/>
+      <c r="AF36" s="62"/>
+      <c r="AG36" s="62"/>
+      <c r="AH36" s="95"/>
+    </row>
+    <row r="37" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="60" t="s">
         <v>543</v>
       </c>
-      <c r="B37" s="90"/>
-[...35 lines deleted...]
-      <c r="B38" s="1077" t="s">
+      <c r="B37" s="63"/>
+      <c r="C37" s="63"/>
+      <c r="D37" s="63"/>
+      <c r="E37" s="63"/>
+      <c r="F37" s="63"/>
+      <c r="G37" s="63"/>
+      <c r="H37" s="63"/>
+      <c r="I37" s="63"/>
+      <c r="J37" s="63"/>
+      <c r="K37" s="63"/>
+      <c r="L37" s="63"/>
+      <c r="M37" s="63"/>
+      <c r="N37" s="63"/>
+      <c r="O37" s="63"/>
+      <c r="P37" s="63"/>
+      <c r="Q37" s="63"/>
+      <c r="R37" s="63"/>
+      <c r="S37" s="63"/>
+      <c r="T37" s="63"/>
+      <c r="U37" s="63"/>
+      <c r="V37" s="63"/>
+      <c r="W37" s="63"/>
+      <c r="X37" s="63"/>
+      <c r="Y37" s="63"/>
+      <c r="Z37" s="63"/>
+      <c r="AA37" s="63"/>
+      <c r="AB37" s="63"/>
+      <c r="AC37" s="63"/>
+      <c r="AD37" s="63"/>
+      <c r="AE37" s="63"/>
+      <c r="AF37" s="63"/>
+      <c r="AG37" s="63"/>
+      <c r="AH37" s="95"/>
+    </row>
+    <row r="38" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="60"/>
+      <c r="B38" s="908" t="s">
         <v>232</v>
       </c>
-      <c r="C38" s="1077"/>
-[...70 lines deleted...]
-      <c r="B40" s="143" t="s">
+      <c r="C38" s="908"/>
+      <c r="D38" s="908"/>
+      <c r="E38" s="908"/>
+      <c r="F38" s="908"/>
+      <c r="G38" s="908"/>
+      <c r="H38" s="908"/>
+      <c r="I38" s="908"/>
+      <c r="J38" s="908"/>
+      <c r="K38" s="908"/>
+      <c r="L38" s="908"/>
+      <c r="M38" s="908"/>
+      <c r="N38" s="908"/>
+      <c r="O38" s="908"/>
+      <c r="P38" s="908"/>
+      <c r="Q38" s="908"/>
+      <c r="R38" s="908"/>
+      <c r="S38" s="908"/>
+      <c r="T38" s="908"/>
+      <c r="U38" s="908"/>
+      <c r="V38" s="908"/>
+      <c r="W38" s="908"/>
+      <c r="X38" s="908"/>
+      <c r="Y38" s="908"/>
+      <c r="Z38" s="908"/>
+      <c r="AA38" s="908"/>
+      <c r="AB38" s="908"/>
+      <c r="AC38" s="908"/>
+      <c r="AD38" s="908"/>
+      <c r="AE38" s="908"/>
+      <c r="AF38" s="908"/>
+      <c r="AG38" s="908"/>
+      <c r="AH38" s="95"/>
+    </row>
+    <row r="39" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="60"/>
+      <c r="B39" s="908"/>
+      <c r="C39" s="908"/>
+      <c r="D39" s="908"/>
+      <c r="E39" s="908"/>
+      <c r="F39" s="908"/>
+      <c r="G39" s="908"/>
+      <c r="H39" s="908"/>
+      <c r="I39" s="908"/>
+      <c r="J39" s="908"/>
+      <c r="K39" s="908"/>
+      <c r="L39" s="908"/>
+      <c r="M39" s="908"/>
+      <c r="N39" s="908"/>
+      <c r="O39" s="908"/>
+      <c r="P39" s="908"/>
+      <c r="Q39" s="908"/>
+      <c r="R39" s="908"/>
+      <c r="S39" s="908"/>
+      <c r="T39" s="908"/>
+      <c r="U39" s="908"/>
+      <c r="V39" s="908"/>
+      <c r="W39" s="908"/>
+      <c r="X39" s="908"/>
+      <c r="Y39" s="908"/>
+      <c r="Z39" s="908"/>
+      <c r="AA39" s="908"/>
+      <c r="AB39" s="908"/>
+      <c r="AC39" s="908"/>
+      <c r="AD39" s="908"/>
+      <c r="AE39" s="908"/>
+      <c r="AF39" s="908"/>
+      <c r="AG39" s="908"/>
+      <c r="AH39" s="95"/>
+    </row>
+    <row r="40" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="60"/>
+      <c r="B40" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="C40" s="90" t="s">
+      <c r="C40" s="63" t="s">
         <v>231</v>
       </c>
-      <c r="D40" s="109"/>
-[...4 lines deleted...]
-      <c r="I40" s="132" t="s">
+      <c r="D40" s="82"/>
+      <c r="E40" s="82"/>
+      <c r="F40" s="82"/>
+      <c r="G40" s="63"/>
+      <c r="H40" s="63"/>
+      <c r="I40" s="62" t="s">
         <v>230</v>
       </c>
-      <c r="J40" s="152"/>
-[...27 lines deleted...]
-      <c r="B41" s="90" t="s">
+      <c r="J40" s="104"/>
+      <c r="K40" s="104"/>
+      <c r="L40" s="63"/>
+      <c r="M40" s="104"/>
+      <c r="N40" s="63"/>
+      <c r="O40" s="104"/>
+      <c r="P40" s="82"/>
+      <c r="Q40" s="82"/>
+      <c r="R40" s="82"/>
+      <c r="S40" s="82"/>
+      <c r="T40" s="82"/>
+      <c r="U40" s="82"/>
+      <c r="V40" s="82"/>
+      <c r="W40" s="82"/>
+      <c r="X40" s="82"/>
+      <c r="Y40" s="82"/>
+      <c r="Z40" s="82"/>
+      <c r="AA40" s="82"/>
+      <c r="AB40" s="82"/>
+      <c r="AC40" s="82"/>
+      <c r="AD40" s="104"/>
+      <c r="AE40" s="63"/>
+      <c r="AF40" s="909"/>
+      <c r="AG40" s="909"/>
+      <c r="AH40" s="95"/>
+    </row>
+    <row r="41" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="60"/>
+      <c r="B41" s="63" t="s">
         <v>229</v>
       </c>
-      <c r="C41" s="132"/>
-[...2 lines deleted...]
-      <c r="F41" s="132" t="s">
+      <c r="C41" s="62"/>
+      <c r="D41" s="62"/>
+      <c r="E41" s="62"/>
+      <c r="F41" s="62" t="s">
         <v>228</v>
       </c>
-      <c r="G41" s="136"/>
-[...12 lines deleted...]
-      <c r="T41" s="136" t="s">
+      <c r="G41" s="63"/>
+      <c r="H41" s="62"/>
+      <c r="I41" s="62"/>
+      <c r="J41" s="62"/>
+      <c r="K41" s="62"/>
+      <c r="L41" s="62"/>
+      <c r="M41" s="62"/>
+      <c r="N41" s="62"/>
+      <c r="O41" s="62"/>
+      <c r="P41" s="62"/>
+      <c r="Q41" s="62"/>
+      <c r="R41" s="62"/>
+      <c r="S41" s="63"/>
+      <c r="T41" s="63" t="s">
         <v>227</v>
       </c>
-      <c r="U41" s="136"/>
-[...4 lines deleted...]
-      <c r="Z41" s="132" t="s">
+      <c r="U41" s="63"/>
+      <c r="V41" s="62"/>
+      <c r="W41" s="62"/>
+      <c r="X41" s="62"/>
+      <c r="Y41" s="63"/>
+      <c r="Z41" s="62" t="s">
         <v>226</v>
       </c>
-      <c r="AA41" s="132"/>
-[...118 lines deleted...]
-      <c r="B45" s="143" t="s">
+      <c r="AA41" s="62"/>
+      <c r="AB41" s="62"/>
+      <c r="AC41" s="62"/>
+      <c r="AD41" s="62"/>
+      <c r="AE41" s="62"/>
+      <c r="AF41" s="62"/>
+      <c r="AG41" s="63"/>
+      <c r="AH41" s="95"/>
+    </row>
+    <row r="42" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="60"/>
+      <c r="B42" s="63"/>
+      <c r="C42" s="63"/>
+      <c r="D42" s="63"/>
+      <c r="E42" s="850"/>
+      <c r="F42" s="850"/>
+      <c r="G42" s="850"/>
+      <c r="H42" s="850"/>
+      <c r="I42" s="850"/>
+      <c r="J42" s="850"/>
+      <c r="K42" s="850"/>
+      <c r="L42" s="850"/>
+      <c r="M42" s="850"/>
+      <c r="N42" s="850"/>
+      <c r="O42" s="850"/>
+      <c r="P42" s="850"/>
+      <c r="Q42" s="850"/>
+      <c r="R42" s="850"/>
+      <c r="S42" s="63"/>
+      <c r="T42" s="63"/>
+      <c r="U42" s="63"/>
+      <c r="V42" s="850"/>
+      <c r="W42" s="850"/>
+      <c r="X42" s="850"/>
+      <c r="Y42" s="850"/>
+      <c r="Z42" s="850"/>
+      <c r="AA42" s="850"/>
+      <c r="AB42" s="850"/>
+      <c r="AC42" s="850"/>
+      <c r="AD42" s="850"/>
+      <c r="AE42" s="850"/>
+      <c r="AF42" s="850"/>
+      <c r="AG42" s="850"/>
+      <c r="AH42" s="95"/>
+    </row>
+    <row r="43" spans="1:34" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="83"/>
+      <c r="B43" s="70"/>
+      <c r="C43" s="70"/>
+      <c r="D43" s="70"/>
+      <c r="E43" s="851"/>
+      <c r="F43" s="851"/>
+      <c r="G43" s="851"/>
+      <c r="H43" s="851"/>
+      <c r="I43" s="851"/>
+      <c r="J43" s="851"/>
+      <c r="K43" s="851"/>
+      <c r="L43" s="851"/>
+      <c r="M43" s="851"/>
+      <c r="N43" s="851"/>
+      <c r="O43" s="851"/>
+      <c r="P43" s="851"/>
+      <c r="Q43" s="851"/>
+      <c r="R43" s="851"/>
+      <c r="S43" s="62"/>
+      <c r="T43" s="62"/>
+      <c r="U43" s="62"/>
+      <c r="V43" s="851"/>
+      <c r="W43" s="851"/>
+      <c r="X43" s="851"/>
+      <c r="Y43" s="851"/>
+      <c r="Z43" s="851"/>
+      <c r="AA43" s="851"/>
+      <c r="AB43" s="851"/>
+      <c r="AC43" s="851"/>
+      <c r="AD43" s="851"/>
+      <c r="AE43" s="851"/>
+      <c r="AF43" s="851"/>
+      <c r="AG43" s="851"/>
+      <c r="AH43" s="110"/>
+    </row>
+    <row r="44" spans="1:34" s="8" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="83"/>
+      <c r="B44" s="70"/>
+      <c r="C44" s="70"/>
+      <c r="D44" s="70"/>
+      <c r="E44" s="62"/>
+      <c r="F44" s="62"/>
+      <c r="G44" s="62"/>
+      <c r="H44" s="62"/>
+      <c r="I44" s="62"/>
+      <c r="J44" s="62"/>
+      <c r="K44" s="62"/>
+      <c r="L44" s="62"/>
+      <c r="M44" s="62"/>
+      <c r="N44" s="62"/>
+      <c r="O44" s="62"/>
+      <c r="P44" s="62"/>
+      <c r="Q44" s="62"/>
+      <c r="R44" s="62"/>
+      <c r="S44" s="62"/>
+      <c r="T44" s="62"/>
+      <c r="U44" s="62"/>
+      <c r="V44" s="62"/>
+      <c r="W44" s="62"/>
+      <c r="X44" s="62"/>
+      <c r="Y44" s="62"/>
+      <c r="Z44" s="62"/>
+      <c r="AA44" s="62"/>
+      <c r="AB44" s="62"/>
+      <c r="AC44" s="62"/>
+      <c r="AD44" s="62"/>
+      <c r="AE44" s="62"/>
+      <c r="AF44" s="62"/>
+      <c r="AG44" s="62"/>
+      <c r="AH44" s="110"/>
+    </row>
+    <row r="45" spans="1:34" s="106" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="97"/>
+      <c r="B45" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="C45" s="152" t="s">
+      <c r="C45" s="104" t="s">
         <v>225</v>
       </c>
-      <c r="D45" s="152"/>
-[...11 lines deleted...]
-      <c r="P45" s="132" t="s">
+      <c r="D45" s="104"/>
+      <c r="E45" s="104"/>
+      <c r="F45" s="104"/>
+      <c r="G45" s="104"/>
+      <c r="H45" s="104"/>
+      <c r="I45" s="104"/>
+      <c r="J45" s="104"/>
+      <c r="K45" s="104"/>
+      <c r="L45" s="104"/>
+      <c r="M45" s="104"/>
+      <c r="N45" s="104"/>
+      <c r="O45" s="104"/>
+      <c r="P45" s="62" t="s">
         <v>224</v>
       </c>
-      <c r="Q45" s="152"/>
-[...21 lines deleted...]
-      <c r="C46" s="152" t="s">
+      <c r="Q45" s="104"/>
+      <c r="R45" s="104"/>
+      <c r="S45" s="104"/>
+      <c r="T45" s="104"/>
+      <c r="U45" s="104"/>
+      <c r="V45" s="104"/>
+      <c r="W45" s="104"/>
+      <c r="X45" s="104"/>
+      <c r="Y45" s="104"/>
+      <c r="Z45" s="104"/>
+      <c r="AA45" s="104"/>
+      <c r="AB45" s="104"/>
+      <c r="AC45" s="104"/>
+      <c r="AD45" s="104"/>
+      <c r="AE45" s="104"/>
+      <c r="AF45" s="104"/>
+      <c r="AG45" s="104"/>
+      <c r="AH45" s="105"/>
+    </row>
+    <row r="46" spans="1:34" s="106" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="97"/>
+      <c r="B46" s="104"/>
+      <c r="C46" s="104" t="s">
         <v>219</v>
       </c>
-      <c r="D46" s="152"/>
-[...34 lines deleted...]
-      <c r="C47" s="132" t="s">
+      <c r="D46" s="104"/>
+      <c r="E46" s="104"/>
+      <c r="F46" s="104"/>
+      <c r="G46" s="850"/>
+      <c r="H46" s="850"/>
+      <c r="I46" s="850"/>
+      <c r="J46" s="850"/>
+      <c r="K46" s="850"/>
+      <c r="L46" s="850"/>
+      <c r="M46" s="850"/>
+      <c r="N46" s="850"/>
+      <c r="O46" s="850"/>
+      <c r="P46" s="850"/>
+      <c r="Q46" s="850"/>
+      <c r="R46" s="850"/>
+      <c r="S46" s="850"/>
+      <c r="T46" s="850"/>
+      <c r="U46" s="104"/>
+      <c r="V46" s="104"/>
+      <c r="W46" s="104"/>
+      <c r="X46" s="104"/>
+      <c r="Y46" s="104"/>
+      <c r="Z46" s="104"/>
+      <c r="AA46" s="104"/>
+      <c r="AB46" s="104"/>
+      <c r="AC46" s="104"/>
+      <c r="AD46" s="104"/>
+      <c r="AE46" s="104"/>
+      <c r="AF46" s="104"/>
+      <c r="AG46" s="104"/>
+      <c r="AH46" s="105"/>
+    </row>
+    <row r="47" spans="1:34" s="106" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="97"/>
+      <c r="B47" s="104"/>
+      <c r="C47" s="62" t="s">
         <v>223</v>
       </c>
-      <c r="D47" s="152"/>
-[...70 lines deleted...]
-      <c r="C49" s="152" t="s">
+      <c r="D47" s="104"/>
+      <c r="E47" s="104"/>
+      <c r="F47" s="104"/>
+      <c r="G47" s="851"/>
+      <c r="H47" s="851"/>
+      <c r="I47" s="851"/>
+      <c r="J47" s="851"/>
+      <c r="K47" s="851"/>
+      <c r="L47" s="851"/>
+      <c r="M47" s="851"/>
+      <c r="N47" s="851"/>
+      <c r="O47" s="851"/>
+      <c r="P47" s="851"/>
+      <c r="Q47" s="851"/>
+      <c r="R47" s="851"/>
+      <c r="S47" s="851"/>
+      <c r="T47" s="851"/>
+      <c r="U47" s="104"/>
+      <c r="V47" s="104"/>
+      <c r="W47" s="104"/>
+      <c r="X47" s="104"/>
+      <c r="Y47" s="104"/>
+      <c r="Z47" s="104"/>
+      <c r="AA47" s="104"/>
+      <c r="AB47" s="104"/>
+      <c r="AC47" s="104"/>
+      <c r="AD47" s="104"/>
+      <c r="AE47" s="104"/>
+      <c r="AF47" s="104"/>
+      <c r="AG47" s="104"/>
+      <c r="AH47" s="105"/>
+    </row>
+    <row r="48" spans="1:34" s="106" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="97"/>
+      <c r="B48" s="104"/>
+      <c r="C48" s="62"/>
+      <c r="D48" s="104"/>
+      <c r="E48" s="104"/>
+      <c r="F48" s="104"/>
+      <c r="G48" s="104"/>
+      <c r="H48" s="104"/>
+      <c r="I48" s="104"/>
+      <c r="J48" s="104"/>
+      <c r="K48" s="104"/>
+      <c r="L48" s="104"/>
+      <c r="M48" s="104"/>
+      <c r="N48" s="104"/>
+      <c r="O48" s="104"/>
+      <c r="P48" s="104"/>
+      <c r="Q48" s="104"/>
+      <c r="R48" s="104"/>
+      <c r="S48" s="104"/>
+      <c r="T48" s="104"/>
+      <c r="U48" s="104"/>
+      <c r="V48" s="104"/>
+      <c r="W48" s="104"/>
+      <c r="X48" s="104"/>
+      <c r="Y48" s="104"/>
+      <c r="Z48" s="104"/>
+      <c r="AA48" s="104"/>
+      <c r="AB48" s="104"/>
+      <c r="AC48" s="104"/>
+      <c r="AD48" s="104"/>
+      <c r="AE48" s="104"/>
+      <c r="AF48" s="104"/>
+      <c r="AG48" s="104"/>
+      <c r="AH48" s="105"/>
+    </row>
+    <row r="49" spans="1:34" s="106" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="97"/>
+      <c r="B49" s="104"/>
+      <c r="C49" s="104" t="s">
         <v>217</v>
       </c>
-      <c r="D49" s="152"/>
-[...6 lines deleted...]
-      <c r="K49" s="1065" t="s">
+      <c r="D49" s="104"/>
+      <c r="E49" s="104"/>
+      <c r="F49" s="104"/>
+      <c r="G49" s="896"/>
+      <c r="H49" s="896"/>
+      <c r="I49" s="896"/>
+      <c r="J49" s="896"/>
+      <c r="K49" s="898" t="s">
         <v>51</v>
       </c>
-      <c r="L49" s="1065"/>
-[...2 lines deleted...]
-      <c r="O49" s="1065" t="s">
+      <c r="L49" s="898"/>
+      <c r="M49" s="896"/>
+      <c r="N49" s="896"/>
+      <c r="O49" s="898" t="s">
         <v>50</v>
       </c>
-      <c r="P49" s="1065"/>
-      <c r="Q49" s="1065" t="s">
+      <c r="P49" s="898"/>
+      <c r="Q49" s="898" t="s">
         <v>67</v>
       </c>
-      <c r="R49" s="1065"/>
-[...4 lines deleted...]
-      <c r="W49" s="1065" t="s">
+      <c r="R49" s="898"/>
+      <c r="S49" s="896"/>
+      <c r="T49" s="896"/>
+      <c r="U49" s="896"/>
+      <c r="V49" s="896"/>
+      <c r="W49" s="898" t="s">
         <v>51</v>
       </c>
-      <c r="X49" s="1065"/>
-[...2 lines deleted...]
-      <c r="AA49" s="1065" t="s">
+      <c r="X49" s="898"/>
+      <c r="Y49" s="896"/>
+      <c r="Z49" s="896"/>
+      <c r="AA49" s="898" t="s">
         <v>50</v>
       </c>
-      <c r="AB49" s="1065"/>
-      <c r="AC49" s="152" t="s">
+      <c r="AB49" s="898"/>
+      <c r="AC49" s="104" t="s">
         <v>216</v>
       </c>
-      <c r="AD49" s="152"/>
-[...8 lines deleted...]
-      <c r="C50" s="132" t="s">
+      <c r="AD49" s="104"/>
+      <c r="AE49" s="104"/>
+      <c r="AF49" s="104"/>
+      <c r="AG49" s="104"/>
+      <c r="AH49" s="105"/>
+    </row>
+    <row r="50" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="60"/>
+      <c r="B50" s="63"/>
+      <c r="C50" s="62" t="s">
         <v>215</v>
       </c>
-      <c r="D50" s="132"/>
-      <c r="E50" s="97" t="s">
+      <c r="D50" s="62"/>
+      <c r="E50" s="70" t="s">
         <v>214</v>
       </c>
-      <c r="F50" s="136"/>
-[...4 lines deleted...]
-      <c r="K50" s="969" t="s">
+      <c r="F50" s="63"/>
+      <c r="G50" s="897"/>
+      <c r="H50" s="897"/>
+      <c r="I50" s="897"/>
+      <c r="J50" s="897"/>
+      <c r="K50" s="818" t="s">
         <v>1</v>
       </c>
-      <c r="L50" s="969"/>
-[...2 lines deleted...]
-      <c r="O50" s="969" t="s">
+      <c r="L50" s="818"/>
+      <c r="M50" s="897"/>
+      <c r="N50" s="897"/>
+      <c r="O50" s="818" t="s">
         <v>2</v>
       </c>
-      <c r="P50" s="969"/>
-      <c r="Q50" s="1066" t="s">
+      <c r="P50" s="818"/>
+      <c r="Q50" s="899" t="s">
         <v>213</v>
       </c>
-      <c r="R50" s="1066"/>
-[...4 lines deleted...]
-      <c r="W50" s="969" t="s">
+      <c r="R50" s="899"/>
+      <c r="S50" s="897"/>
+      <c r="T50" s="897"/>
+      <c r="U50" s="897"/>
+      <c r="V50" s="897"/>
+      <c r="W50" s="818" t="s">
         <v>1</v>
       </c>
-      <c r="X50" s="969"/>
-[...2 lines deleted...]
-      <c r="AA50" s="969" t="s">
+      <c r="X50" s="818"/>
+      <c r="Y50" s="897"/>
+      <c r="Z50" s="897"/>
+      <c r="AA50" s="818" t="s">
         <v>2</v>
       </c>
-      <c r="AB50" s="969"/>
-[...45 lines deleted...]
-      <c r="B52" s="143" t="s">
+      <c r="AB50" s="818"/>
+      <c r="AC50" s="63"/>
+      <c r="AD50" s="63"/>
+      <c r="AE50" s="65"/>
+      <c r="AF50" s="63"/>
+      <c r="AG50" s="63"/>
+      <c r="AH50" s="95"/>
+    </row>
+    <row r="51" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="60"/>
+      <c r="B51" s="63"/>
+      <c r="C51" s="62"/>
+      <c r="D51" s="62"/>
+      <c r="E51" s="70"/>
+      <c r="F51" s="63"/>
+      <c r="G51" s="111"/>
+      <c r="H51" s="111"/>
+      <c r="I51" s="111"/>
+      <c r="J51" s="111"/>
+      <c r="K51" s="65"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="111"/>
+      <c r="N51" s="111"/>
+      <c r="O51" s="65"/>
+      <c r="P51" s="65"/>
+      <c r="Q51" s="65"/>
+      <c r="R51" s="65"/>
+      <c r="S51" s="111"/>
+      <c r="T51" s="111"/>
+      <c r="U51" s="111"/>
+      <c r="V51" s="111"/>
+      <c r="W51" s="65"/>
+      <c r="X51" s="65"/>
+      <c r="Y51" s="111"/>
+      <c r="Z51" s="111"/>
+      <c r="AA51" s="65"/>
+      <c r="AB51" s="65"/>
+      <c r="AC51" s="63"/>
+      <c r="AD51" s="63"/>
+      <c r="AE51" s="65"/>
+      <c r="AF51" s="63"/>
+      <c r="AG51" s="63"/>
+      <c r="AH51" s="95"/>
+    </row>
+    <row r="52" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="60"/>
+      <c r="B52" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="C52" s="136" t="s">
+      <c r="C52" s="63" t="s">
         <v>203</v>
       </c>
-      <c r="D52" s="90"/>
-[...34 lines deleted...]
-      <c r="C53" s="132" t="s">
+      <c r="D52" s="63"/>
+      <c r="E52" s="63"/>
+      <c r="F52" s="850"/>
+      <c r="G52" s="850"/>
+      <c r="H52" s="850"/>
+      <c r="I52" s="850"/>
+      <c r="J52" s="850"/>
+      <c r="K52" s="850"/>
+      <c r="L52" s="850"/>
+      <c r="M52" s="850"/>
+      <c r="N52" s="850"/>
+      <c r="O52" s="850"/>
+      <c r="P52" s="850"/>
+      <c r="Q52" s="850"/>
+      <c r="R52" s="850"/>
+      <c r="S52" s="850"/>
+      <c r="T52" s="850"/>
+      <c r="U52" s="850"/>
+      <c r="V52" s="850"/>
+      <c r="W52" s="850"/>
+      <c r="X52" s="850"/>
+      <c r="Y52" s="850"/>
+      <c r="Z52" s="850"/>
+      <c r="AA52" s="850"/>
+      <c r="AB52" s="850"/>
+      <c r="AC52" s="850"/>
+      <c r="AD52" s="850"/>
+      <c r="AE52" s="850"/>
+      <c r="AF52" s="850"/>
+      <c r="AG52" s="850"/>
+      <c r="AH52" s="95"/>
+    </row>
+    <row r="53" spans="1:34" s="28" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="60"/>
+      <c r="B53" s="63"/>
+      <c r="C53" s="62" t="s">
         <v>83</v>
       </c>
-      <c r="D53" s="136"/>
-[...176 lines deleted...]
-      <c r="A58" s="138" t="s">
+      <c r="D53" s="63"/>
+      <c r="E53" s="63"/>
+      <c r="F53" s="851"/>
+      <c r="G53" s="851"/>
+      <c r="H53" s="851"/>
+      <c r="I53" s="851"/>
+      <c r="J53" s="851"/>
+      <c r="K53" s="851"/>
+      <c r="L53" s="851"/>
+      <c r="M53" s="851"/>
+      <c r="N53" s="851"/>
+      <c r="O53" s="851"/>
+      <c r="P53" s="851"/>
+      <c r="Q53" s="851"/>
+      <c r="R53" s="851"/>
+      <c r="S53" s="851"/>
+      <c r="T53" s="851"/>
+      <c r="U53" s="851"/>
+      <c r="V53" s="851"/>
+      <c r="W53" s="851"/>
+      <c r="X53" s="851"/>
+      <c r="Y53" s="851"/>
+      <c r="Z53" s="851"/>
+      <c r="AA53" s="851"/>
+      <c r="AB53" s="851"/>
+      <c r="AC53" s="851"/>
+      <c r="AD53" s="851"/>
+      <c r="AE53" s="851"/>
+      <c r="AF53" s="851"/>
+      <c r="AG53" s="851"/>
+      <c r="AH53" s="95"/>
+    </row>
+    <row r="54" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="60"/>
+      <c r="B54" s="63"/>
+      <c r="C54" s="62"/>
+      <c r="D54" s="63"/>
+      <c r="E54" s="63"/>
+      <c r="F54" s="68"/>
+      <c r="G54" s="68"/>
+      <c r="H54" s="68"/>
+      <c r="I54" s="68"/>
+      <c r="J54" s="68"/>
+      <c r="K54" s="68"/>
+      <c r="L54" s="68"/>
+      <c r="M54" s="68"/>
+      <c r="N54" s="68"/>
+      <c r="O54" s="68"/>
+      <c r="P54" s="68"/>
+      <c r="Q54" s="68"/>
+      <c r="R54" s="68"/>
+      <c r="S54" s="68"/>
+      <c r="T54" s="68"/>
+      <c r="U54" s="68"/>
+      <c r="V54" s="68"/>
+      <c r="W54" s="68"/>
+      <c r="X54" s="68"/>
+      <c r="Y54" s="68"/>
+      <c r="Z54" s="68"/>
+      <c r="AA54" s="68"/>
+      <c r="AB54" s="68"/>
+      <c r="AC54" s="68"/>
+      <c r="AD54" s="68"/>
+      <c r="AE54" s="68"/>
+      <c r="AF54" s="68"/>
+      <c r="AG54" s="68"/>
+      <c r="AH54" s="95"/>
+    </row>
+    <row r="55" spans="1:34" s="106" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="97"/>
+      <c r="B55" s="104"/>
+      <c r="C55" s="104"/>
+      <c r="D55" s="104"/>
+      <c r="E55" s="104"/>
+      <c r="F55" s="850"/>
+      <c r="G55" s="850"/>
+      <c r="H55" s="850"/>
+      <c r="I55" s="850"/>
+      <c r="J55" s="850"/>
+      <c r="K55" s="850"/>
+      <c r="L55" s="850"/>
+      <c r="M55" s="850"/>
+      <c r="N55" s="850"/>
+      <c r="O55" s="850"/>
+      <c r="P55" s="850"/>
+      <c r="Q55" s="850"/>
+      <c r="R55" s="850"/>
+      <c r="S55" s="850"/>
+      <c r="T55" s="850"/>
+      <c r="U55" s="850"/>
+      <c r="V55" s="850"/>
+      <c r="W55" s="850"/>
+      <c r="X55" s="850"/>
+      <c r="Y55" s="850"/>
+      <c r="Z55" s="850"/>
+      <c r="AA55" s="850"/>
+      <c r="AB55" s="850"/>
+      <c r="AC55" s="850"/>
+      <c r="AD55" s="850"/>
+      <c r="AE55" s="850"/>
+      <c r="AF55" s="850"/>
+      <c r="AG55" s="850"/>
+      <c r="AH55" s="105"/>
+    </row>
+    <row r="56" spans="1:34" s="106" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="97"/>
+      <c r="B56" s="104"/>
+      <c r="C56" s="104"/>
+      <c r="D56" s="104"/>
+      <c r="E56" s="104"/>
+      <c r="F56" s="851"/>
+      <c r="G56" s="851"/>
+      <c r="H56" s="851"/>
+      <c r="I56" s="851"/>
+      <c r="J56" s="851"/>
+      <c r="K56" s="851"/>
+      <c r="L56" s="851"/>
+      <c r="M56" s="851"/>
+      <c r="N56" s="851"/>
+      <c r="O56" s="851"/>
+      <c r="P56" s="851"/>
+      <c r="Q56" s="851"/>
+      <c r="R56" s="851"/>
+      <c r="S56" s="851"/>
+      <c r="T56" s="851"/>
+      <c r="U56" s="851"/>
+      <c r="V56" s="851"/>
+      <c r="W56" s="851"/>
+      <c r="X56" s="851"/>
+      <c r="Y56" s="851"/>
+      <c r="Z56" s="851"/>
+      <c r="AA56" s="851"/>
+      <c r="AB56" s="851"/>
+      <c r="AC56" s="851"/>
+      <c r="AD56" s="851"/>
+      <c r="AE56" s="851"/>
+      <c r="AF56" s="851"/>
+      <c r="AG56" s="851"/>
+      <c r="AH56" s="105"/>
+    </row>
+    <row r="57" spans="1:34" s="106" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="97"/>
+      <c r="B57" s="104"/>
+      <c r="C57" s="104"/>
+      <c r="D57" s="104"/>
+      <c r="E57" s="104"/>
+      <c r="F57" s="104"/>
+      <c r="G57" s="104"/>
+      <c r="H57" s="104"/>
+      <c r="I57" s="104"/>
+      <c r="J57" s="104"/>
+      <c r="K57" s="104"/>
+      <c r="L57" s="104"/>
+      <c r="M57" s="104"/>
+      <c r="N57" s="104"/>
+      <c r="O57" s="104"/>
+      <c r="P57" s="104"/>
+      <c r="Q57" s="104"/>
+      <c r="R57" s="104"/>
+      <c r="S57" s="104"/>
+      <c r="T57" s="104"/>
+      <c r="U57" s="104"/>
+      <c r="V57" s="104"/>
+      <c r="W57" s="104"/>
+      <c r="X57" s="104"/>
+      <c r="Y57" s="104"/>
+      <c r="Z57" s="104"/>
+      <c r="AA57" s="104"/>
+      <c r="AB57" s="104"/>
+      <c r="AC57" s="104"/>
+      <c r="AD57" s="104"/>
+      <c r="AE57" s="104"/>
+      <c r="AF57" s="104"/>
+      <c r="AG57" s="104"/>
+      <c r="AH57" s="105"/>
+    </row>
+    <row r="58" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="60" t="s">
         <v>544</v>
       </c>
-      <c r="B58" s="136"/>
-[...35 lines deleted...]
-      <c r="B59" s="132" t="s">
+      <c r="B58" s="63"/>
+      <c r="C58" s="63"/>
+      <c r="D58" s="63"/>
+      <c r="E58" s="63"/>
+      <c r="F58" s="63"/>
+      <c r="G58" s="63"/>
+      <c r="H58" s="63"/>
+      <c r="I58" s="63"/>
+      <c r="J58" s="63"/>
+      <c r="K58" s="63"/>
+      <c r="L58" s="63"/>
+      <c r="M58" s="63"/>
+      <c r="N58" s="63"/>
+      <c r="O58" s="63"/>
+      <c r="P58" s="63"/>
+      <c r="Q58" s="63"/>
+      <c r="R58" s="63"/>
+      <c r="S58" s="63"/>
+      <c r="T58" s="63"/>
+      <c r="U58" s="63"/>
+      <c r="V58" s="63"/>
+      <c r="W58" s="63"/>
+      <c r="X58" s="63"/>
+      <c r="Y58" s="63"/>
+      <c r="Z58" s="63"/>
+      <c r="AA58" s="63"/>
+      <c r="AB58" s="63"/>
+      <c r="AC58" s="63"/>
+      <c r="AD58" s="63"/>
+      <c r="AE58" s="63"/>
+      <c r="AF58" s="63"/>
+      <c r="AG58" s="63"/>
+      <c r="AH58" s="95"/>
+    </row>
+    <row r="59" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="60"/>
+      <c r="B59" s="62" t="s">
         <v>222</v>
       </c>
-      <c r="C59" s="136"/>
-[...34 lines deleted...]
-      <c r="B60" s="90" t="s">
+      <c r="C59" s="63"/>
+      <c r="D59" s="63"/>
+      <c r="E59" s="63"/>
+      <c r="F59" s="63"/>
+      <c r="G59" s="63"/>
+      <c r="H59" s="63"/>
+      <c r="I59" s="63"/>
+      <c r="J59" s="63"/>
+      <c r="K59" s="63"/>
+      <c r="L59" s="63"/>
+      <c r="M59" s="63"/>
+      <c r="N59" s="63"/>
+      <c r="O59" s="63"/>
+      <c r="P59" s="63"/>
+      <c r="Q59" s="63"/>
+      <c r="R59" s="63"/>
+      <c r="S59" s="63"/>
+      <c r="T59" s="63"/>
+      <c r="U59" s="63"/>
+      <c r="V59" s="63"/>
+      <c r="W59" s="63"/>
+      <c r="X59" s="63"/>
+      <c r="Y59" s="63"/>
+      <c r="Z59" s="63"/>
+      <c r="AA59" s="63"/>
+      <c r="AB59" s="63"/>
+      <c r="AC59" s="63"/>
+      <c r="AD59" s="63"/>
+      <c r="AE59" s="63"/>
+      <c r="AF59" s="63"/>
+      <c r="AG59" s="63"/>
+      <c r="AH59" s="95"/>
+    </row>
+    <row r="60" spans="1:34" s="106" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="97"/>
+      <c r="B60" s="63" t="s">
         <v>221</v>
       </c>
-      <c r="C60" s="90"/>
-[...34 lines deleted...]
-      <c r="B61" s="132" t="s">
+      <c r="C60" s="63"/>
+      <c r="D60" s="63"/>
+      <c r="E60" s="63"/>
+      <c r="F60" s="63"/>
+      <c r="G60" s="112"/>
+      <c r="H60" s="63"/>
+      <c r="I60" s="63"/>
+      <c r="J60" s="63"/>
+      <c r="K60" s="63"/>
+      <c r="L60" s="63"/>
+      <c r="M60" s="63"/>
+      <c r="N60" s="63"/>
+      <c r="O60" s="63"/>
+      <c r="P60" s="63"/>
+      <c r="Q60" s="63"/>
+      <c r="R60" s="63"/>
+      <c r="S60" s="63"/>
+      <c r="T60" s="63"/>
+      <c r="U60" s="63"/>
+      <c r="V60" s="63"/>
+      <c r="W60" s="63"/>
+      <c r="X60" s="63"/>
+      <c r="Y60" s="63"/>
+      <c r="Z60" s="112"/>
+      <c r="AA60" s="63"/>
+      <c r="AB60" s="63"/>
+      <c r="AC60" s="63"/>
+      <c r="AD60" s="63"/>
+      <c r="AE60" s="63"/>
+      <c r="AF60" s="63"/>
+      <c r="AG60" s="63"/>
+      <c r="AH60" s="105"/>
+    </row>
+    <row r="61" spans="1:34" s="106" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="97"/>
+      <c r="B61" s="62" t="s">
         <v>220</v>
       </c>
-      <c r="C61" s="90"/>
-[...35 lines deleted...]
-      <c r="C62" s="152" t="s">
+      <c r="C61" s="63"/>
+      <c r="D61" s="63"/>
+      <c r="E61" s="63"/>
+      <c r="F61" s="63"/>
+      <c r="G61" s="112"/>
+      <c r="H61" s="63"/>
+      <c r="I61" s="63"/>
+      <c r="J61" s="63"/>
+      <c r="K61" s="63"/>
+      <c r="L61" s="63"/>
+      <c r="M61" s="63"/>
+      <c r="N61" s="63"/>
+      <c r="O61" s="63"/>
+      <c r="P61" s="63"/>
+      <c r="Q61" s="63"/>
+      <c r="R61" s="63"/>
+      <c r="S61" s="63"/>
+      <c r="T61" s="63"/>
+      <c r="U61" s="63"/>
+      <c r="V61" s="63"/>
+      <c r="W61" s="63"/>
+      <c r="X61" s="63"/>
+      <c r="Y61" s="63"/>
+      <c r="Z61" s="112"/>
+      <c r="AA61" s="63"/>
+      <c r="AB61" s="63"/>
+      <c r="AC61" s="63"/>
+      <c r="AD61" s="63"/>
+      <c r="AE61" s="63"/>
+      <c r="AF61" s="63"/>
+      <c r="AG61" s="63"/>
+      <c r="AH61" s="105"/>
+    </row>
+    <row r="62" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="60"/>
+      <c r="B62" s="104"/>
+      <c r="C62" s="104" t="s">
         <v>219</v>
       </c>
-      <c r="D62" s="152"/>
-[...34 lines deleted...]
-      <c r="C63" s="132" t="s">
+      <c r="D62" s="104"/>
+      <c r="E62" s="104"/>
+      <c r="F62" s="104"/>
+      <c r="G62" s="850"/>
+      <c r="H62" s="850"/>
+      <c r="I62" s="850"/>
+      <c r="J62" s="850"/>
+      <c r="K62" s="850"/>
+      <c r="L62" s="850"/>
+      <c r="M62" s="850"/>
+      <c r="N62" s="850"/>
+      <c r="O62" s="850"/>
+      <c r="P62" s="850"/>
+      <c r="Q62" s="850"/>
+      <c r="R62" s="850"/>
+      <c r="S62" s="850"/>
+      <c r="T62" s="850"/>
+      <c r="U62" s="104"/>
+      <c r="V62" s="104"/>
+      <c r="W62" s="104"/>
+      <c r="X62" s="104"/>
+      <c r="Y62" s="104"/>
+      <c r="Z62" s="104"/>
+      <c r="AA62" s="104"/>
+      <c r="AB62" s="104"/>
+      <c r="AC62" s="104"/>
+      <c r="AD62" s="104"/>
+      <c r="AE62" s="104"/>
+      <c r="AF62" s="104"/>
+      <c r="AG62" s="104"/>
+      <c r="AH62" s="95"/>
+    </row>
+    <row r="63" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="60"/>
+      <c r="B63" s="104"/>
+      <c r="C63" s="62" t="s">
         <v>218</v>
       </c>
-      <c r="D63" s="152"/>
-[...70 lines deleted...]
-      <c r="C65" s="152" t="s">
+      <c r="D63" s="104"/>
+      <c r="E63" s="104"/>
+      <c r="F63" s="104"/>
+      <c r="G63" s="851"/>
+      <c r="H63" s="851"/>
+      <c r="I63" s="851"/>
+      <c r="J63" s="851"/>
+      <c r="K63" s="851"/>
+      <c r="L63" s="851"/>
+      <c r="M63" s="851"/>
+      <c r="N63" s="851"/>
+      <c r="O63" s="851"/>
+      <c r="P63" s="851"/>
+      <c r="Q63" s="851"/>
+      <c r="R63" s="851"/>
+      <c r="S63" s="851"/>
+      <c r="T63" s="851"/>
+      <c r="U63" s="104"/>
+      <c r="V63" s="104"/>
+      <c r="W63" s="104"/>
+      <c r="X63" s="104"/>
+      <c r="Y63" s="104"/>
+      <c r="Z63" s="104"/>
+      <c r="AA63" s="104"/>
+      <c r="AB63" s="104"/>
+      <c r="AC63" s="104"/>
+      <c r="AD63" s="104"/>
+      <c r="AE63" s="104"/>
+      <c r="AF63" s="104"/>
+      <c r="AG63" s="104"/>
+      <c r="AH63" s="95"/>
+    </row>
+    <row r="64" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="60"/>
+      <c r="B64" s="104"/>
+      <c r="C64" s="62"/>
+      <c r="D64" s="104"/>
+      <c r="E64" s="104"/>
+      <c r="F64" s="104"/>
+      <c r="G64" s="104"/>
+      <c r="H64" s="104"/>
+      <c r="I64" s="104"/>
+      <c r="J64" s="104"/>
+      <c r="K64" s="104"/>
+      <c r="L64" s="104"/>
+      <c r="M64" s="104"/>
+      <c r="N64" s="104"/>
+      <c r="O64" s="104"/>
+      <c r="P64" s="104"/>
+      <c r="Q64" s="104"/>
+      <c r="R64" s="104"/>
+      <c r="S64" s="104"/>
+      <c r="T64" s="104"/>
+      <c r="U64" s="104"/>
+      <c r="V64" s="104"/>
+      <c r="W64" s="104"/>
+      <c r="X64" s="104"/>
+      <c r="Y64" s="104"/>
+      <c r="Z64" s="104"/>
+      <c r="AA64" s="104"/>
+      <c r="AB64" s="104"/>
+      <c r="AC64" s="104"/>
+      <c r="AD64" s="104"/>
+      <c r="AE64" s="104"/>
+      <c r="AF64" s="104"/>
+      <c r="AG64" s="104"/>
+      <c r="AH64" s="95"/>
+    </row>
+    <row r="65" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="60"/>
+      <c r="B65" s="104"/>
+      <c r="C65" s="104" t="s">
         <v>217</v>
       </c>
-      <c r="D65" s="152"/>
-[...6 lines deleted...]
-      <c r="K65" s="1065" t="s">
+      <c r="D65" s="104"/>
+      <c r="E65" s="104"/>
+      <c r="F65" s="104"/>
+      <c r="G65" s="896"/>
+      <c r="H65" s="896"/>
+      <c r="I65" s="896"/>
+      <c r="J65" s="896"/>
+      <c r="K65" s="898" t="s">
         <v>51</v>
       </c>
-      <c r="L65" s="1065"/>
-[...2 lines deleted...]
-      <c r="O65" s="1065" t="s">
+      <c r="L65" s="898"/>
+      <c r="M65" s="896"/>
+      <c r="N65" s="896"/>
+      <c r="O65" s="898" t="s">
         <v>50</v>
       </c>
-      <c r="P65" s="1065"/>
-      <c r="Q65" s="1065" t="s">
+      <c r="P65" s="898"/>
+      <c r="Q65" s="898" t="s">
         <v>67</v>
       </c>
-      <c r="R65" s="1065"/>
-[...4 lines deleted...]
-      <c r="W65" s="1065" t="s">
+      <c r="R65" s="898"/>
+      <c r="S65" s="896"/>
+      <c r="T65" s="896"/>
+      <c r="U65" s="896"/>
+      <c r="V65" s="896"/>
+      <c r="W65" s="898" t="s">
         <v>51</v>
       </c>
-      <c r="X65" s="1065"/>
-[...2 lines deleted...]
-      <c r="AA65" s="1065" t="s">
+      <c r="X65" s="898"/>
+      <c r="Y65" s="896"/>
+      <c r="Z65" s="896"/>
+      <c r="AA65" s="898" t="s">
         <v>50</v>
       </c>
-      <c r="AB65" s="1065"/>
-      <c r="AC65" s="152" t="s">
+      <c r="AB65" s="898"/>
+      <c r="AC65" s="104" t="s">
         <v>216</v>
       </c>
-      <c r="AD65" s="152"/>
-[...8 lines deleted...]
-      <c r="C66" s="132" t="s">
+      <c r="AD65" s="104"/>
+      <c r="AE65" s="63"/>
+      <c r="AF65" s="63"/>
+      <c r="AG65" s="63"/>
+      <c r="AH65" s="95"/>
+    </row>
+    <row r="66" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="60"/>
+      <c r="B66" s="63"/>
+      <c r="C66" s="62" t="s">
         <v>215</v>
       </c>
-      <c r="D66" s="132"/>
-      <c r="E66" s="97" t="s">
+      <c r="D66" s="62"/>
+      <c r="E66" s="70" t="s">
         <v>214</v>
       </c>
-      <c r="F66" s="132"/>
-[...4 lines deleted...]
-      <c r="K66" s="969" t="s">
+      <c r="F66" s="62"/>
+      <c r="G66" s="897"/>
+      <c r="H66" s="897"/>
+      <c r="I66" s="897"/>
+      <c r="J66" s="897"/>
+      <c r="K66" s="818" t="s">
         <v>1</v>
       </c>
-      <c r="L66" s="969"/>
-[...2 lines deleted...]
-      <c r="O66" s="969" t="s">
+      <c r="L66" s="818"/>
+      <c r="M66" s="897"/>
+      <c r="N66" s="897"/>
+      <c r="O66" s="818" t="s">
         <v>2</v>
       </c>
-      <c r="P66" s="969"/>
-      <c r="Q66" s="1066" t="s">
+      <c r="P66" s="818"/>
+      <c r="Q66" s="899" t="s">
         <v>213</v>
       </c>
-      <c r="R66" s="1066"/>
-[...4 lines deleted...]
-      <c r="W66" s="969" t="s">
+      <c r="R66" s="899"/>
+      <c r="S66" s="897"/>
+      <c r="T66" s="897"/>
+      <c r="U66" s="897"/>
+      <c r="V66" s="897"/>
+      <c r="W66" s="818" t="s">
         <v>1</v>
       </c>
-      <c r="X66" s="969"/>
-[...2 lines deleted...]
-      <c r="AA66" s="969" t="s">
+      <c r="X66" s="818"/>
+      <c r="Y66" s="897"/>
+      <c r="Z66" s="897"/>
+      <c r="AA66" s="818" t="s">
         <v>2</v>
       </c>
-      <c r="AB66" s="969"/>
-[...44 lines deleted...]
-      <c r="A68" s="87" t="s">
+      <c r="AB66" s="818"/>
+      <c r="AC66" s="63"/>
+      <c r="AD66" s="63"/>
+      <c r="AE66" s="63"/>
+      <c r="AF66" s="63"/>
+      <c r="AG66" s="63"/>
+      <c r="AH66" s="95"/>
+    </row>
+    <row r="67" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="60"/>
+      <c r="B67" s="63"/>
+      <c r="C67" s="62"/>
+      <c r="D67" s="62"/>
+      <c r="E67" s="62"/>
+      <c r="F67" s="62"/>
+      <c r="G67" s="62"/>
+      <c r="H67" s="62"/>
+      <c r="I67" s="62"/>
+      <c r="J67" s="62"/>
+      <c r="K67" s="62"/>
+      <c r="L67" s="63"/>
+      <c r="M67" s="62"/>
+      <c r="N67" s="62"/>
+      <c r="O67" s="62"/>
+      <c r="P67" s="65"/>
+      <c r="Q67" s="62"/>
+      <c r="R67" s="62"/>
+      <c r="S67" s="62"/>
+      <c r="T67" s="62"/>
+      <c r="U67" s="62"/>
+      <c r="V67" s="62"/>
+      <c r="W67" s="62"/>
+      <c r="X67" s="62"/>
+      <c r="Y67" s="62"/>
+      <c r="Z67" s="62"/>
+      <c r="AA67" s="63"/>
+      <c r="AB67" s="62"/>
+      <c r="AC67" s="62"/>
+      <c r="AD67" s="62"/>
+      <c r="AE67" s="65"/>
+      <c r="AF67" s="63"/>
+      <c r="AG67" s="63"/>
+      <c r="AH67" s="95"/>
+    </row>
+    <row r="68" spans="1:41" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
+      <c r="A68" s="60" t="s">
         <v>545</v>
       </c>
-      <c r="B68" s="90"/>
-[...35 lines deleted...]
-      <c r="B69" s="89" t="s">
+      <c r="B68" s="63"/>
+      <c r="C68" s="63"/>
+      <c r="D68" s="63"/>
+      <c r="E68" s="63"/>
+      <c r="F68" s="63"/>
+      <c r="G68" s="63"/>
+      <c r="H68" s="63"/>
+      <c r="I68" s="63"/>
+      <c r="J68" s="63"/>
+      <c r="K68" s="63"/>
+      <c r="L68" s="63"/>
+      <c r="M68" s="63"/>
+      <c r="N68" s="62"/>
+      <c r="O68" s="63"/>
+      <c r="P68" s="63"/>
+      <c r="Q68" s="63"/>
+      <c r="R68" s="63"/>
+      <c r="S68" s="63"/>
+      <c r="T68" s="63"/>
+      <c r="U68" s="63"/>
+      <c r="V68" s="63"/>
+      <c r="W68" s="63"/>
+      <c r="X68" s="63"/>
+      <c r="Y68" s="63"/>
+      <c r="Z68" s="63"/>
+      <c r="AA68" s="63"/>
+      <c r="AB68" s="63"/>
+      <c r="AC68" s="63"/>
+      <c r="AD68" s="63"/>
+      <c r="AE68" s="63"/>
+      <c r="AF68" s="63"/>
+      <c r="AG68" s="63"/>
+      <c r="AH68" s="95"/>
+    </row>
+    <row r="69" spans="1:41" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
+      <c r="A69" s="60"/>
+      <c r="B69" s="62" t="s">
         <v>212</v>
       </c>
-      <c r="C69" s="90"/>
-[...34 lines deleted...]
-      <c r="B70" s="90" t="s">
+      <c r="C69" s="63"/>
+      <c r="D69" s="63"/>
+      <c r="E69" s="63"/>
+      <c r="F69" s="63"/>
+      <c r="G69" s="63"/>
+      <c r="H69" s="63"/>
+      <c r="I69" s="63"/>
+      <c r="J69" s="62"/>
+      <c r="K69" s="63"/>
+      <c r="L69" s="63"/>
+      <c r="M69" s="63"/>
+      <c r="N69" s="62"/>
+      <c r="O69" s="63"/>
+      <c r="P69" s="63"/>
+      <c r="Q69" s="63"/>
+      <c r="R69" s="63"/>
+      <c r="S69" s="63"/>
+      <c r="T69" s="63"/>
+      <c r="U69" s="63"/>
+      <c r="V69" s="63"/>
+      <c r="W69" s="63"/>
+      <c r="X69" s="63"/>
+      <c r="Y69" s="63"/>
+      <c r="Z69" s="63"/>
+      <c r="AA69" s="63"/>
+      <c r="AB69" s="63"/>
+      <c r="AC69" s="63"/>
+      <c r="AD69" s="63"/>
+      <c r="AE69" s="63"/>
+      <c r="AF69" s="63"/>
+      <c r="AG69" s="63"/>
+      <c r="AH69" s="95"/>
+    </row>
+    <row r="70" spans="1:41" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="60"/>
+      <c r="B70" s="63" t="s">
         <v>211</v>
       </c>
-      <c r="C70" s="164"/>
-[...9 lines deleted...]
-      <c r="M70" s="89" t="s">
+      <c r="C70" s="113"/>
+      <c r="D70" s="113"/>
+      <c r="E70" s="113"/>
+      <c r="F70" s="63"/>
+      <c r="G70" s="112"/>
+      <c r="H70" s="63"/>
+      <c r="I70" s="62"/>
+      <c r="J70" s="62"/>
+      <c r="K70" s="62"/>
+      <c r="L70" s="63"/>
+      <c r="M70" s="62" t="s">
         <v>210</v>
       </c>
-      <c r="N70" s="90"/>
-[...23 lines deleted...]
-      <c r="B71" s="143" t="s">
+      <c r="N70" s="63"/>
+      <c r="O70" s="63"/>
+      <c r="P70" s="63"/>
+      <c r="Q70" s="63"/>
+      <c r="R70" s="63"/>
+      <c r="S70" s="63"/>
+      <c r="T70" s="63"/>
+      <c r="U70" s="63"/>
+      <c r="V70" s="63"/>
+      <c r="W70" s="63"/>
+      <c r="X70" s="63"/>
+      <c r="Y70" s="63"/>
+      <c r="Z70" s="63"/>
+      <c r="AA70" s="63"/>
+      <c r="AB70" s="63"/>
+      <c r="AC70" s="63"/>
+      <c r="AD70" s="112"/>
+      <c r="AE70" s="81"/>
+      <c r="AF70" s="63"/>
+      <c r="AG70" s="63"/>
+      <c r="AH70" s="95"/>
+    </row>
+    <row r="71" spans="1:41" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="60"/>
+      <c r="B71" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="C71" s="136" t="s">
+      <c r="C71" s="63" t="s">
         <v>209</v>
       </c>
-      <c r="D71" s="136"/>
-[...10 lines deleted...]
-      <c r="O71" s="136" t="s">
+      <c r="D71" s="63"/>
+      <c r="E71" s="63"/>
+      <c r="F71" s="63"/>
+      <c r="G71" s="890"/>
+      <c r="H71" s="890"/>
+      <c r="I71" s="890"/>
+      <c r="J71" s="890"/>
+      <c r="K71" s="890"/>
+      <c r="L71" s="890"/>
+      <c r="M71" s="890"/>
+      <c r="N71" s="890"/>
+      <c r="O71" s="63" t="s">
         <v>195</v>
       </c>
-      <c r="P71" s="136"/>
-[...2 lines deleted...]
-      <c r="S71" s="143" t="s">
+      <c r="P71" s="63"/>
+      <c r="Q71" s="63"/>
+      <c r="R71" s="63"/>
+      <c r="S71" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="T71" s="136" t="s">
+      <c r="T71" s="63" t="s">
         <v>208</v>
       </c>
-      <c r="U71" s="136"/>
-[...11 lines deleted...]
-      <c r="AG71" s="136" t="s">
+      <c r="U71" s="63"/>
+      <c r="V71" s="63"/>
+      <c r="W71" s="63"/>
+      <c r="X71" s="63"/>
+      <c r="Y71" s="63"/>
+      <c r="Z71" s="63"/>
+      <c r="AA71" s="892"/>
+      <c r="AB71" s="892"/>
+      <c r="AC71" s="892"/>
+      <c r="AD71" s="892"/>
+      <c r="AE71" s="892"/>
+      <c r="AF71" s="892"/>
+      <c r="AG71" s="63" t="s">
         <v>195</v>
       </c>
-      <c r="AH71" s="158"/>
-[...4 lines deleted...]
-      <c r="C72" s="89" t="s">
+      <c r="AH71" s="95"/>
+    </row>
+    <row r="72" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="60"/>
+      <c r="B72" s="63"/>
+      <c r="C72" s="62" t="s">
         <v>207</v>
       </c>
-      <c r="D72" s="132"/>
-[...10 lines deleted...]
-      <c r="O72" s="89" t="s">
+      <c r="D72" s="62"/>
+      <c r="E72" s="62"/>
+      <c r="F72" s="62"/>
+      <c r="G72" s="891"/>
+      <c r="H72" s="891"/>
+      <c r="I72" s="891"/>
+      <c r="J72" s="891"/>
+      <c r="K72" s="891"/>
+      <c r="L72" s="891"/>
+      <c r="M72" s="891"/>
+      <c r="N72" s="891"/>
+      <c r="O72" s="62" t="s">
         <v>193</v>
       </c>
-      <c r="P72" s="132"/>
-[...3 lines deleted...]
-      <c r="T72" s="132" t="s">
+      <c r="P72" s="62"/>
+      <c r="Q72" s="62"/>
+      <c r="R72" s="63"/>
+      <c r="S72" s="62"/>
+      <c r="T72" s="62" t="s">
         <v>13</v>
       </c>
-      <c r="U72" s="136"/>
-[...11 lines deleted...]
-      <c r="AG72" s="89" t="s">
+      <c r="U72" s="63"/>
+      <c r="V72" s="63"/>
+      <c r="W72" s="63"/>
+      <c r="X72" s="63"/>
+      <c r="Y72" s="63"/>
+      <c r="Z72" s="63"/>
+      <c r="AA72" s="893"/>
+      <c r="AB72" s="893"/>
+      <c r="AC72" s="893"/>
+      <c r="AD72" s="893"/>
+      <c r="AE72" s="893"/>
+      <c r="AF72" s="893"/>
+      <c r="AG72" s="62" t="s">
         <v>193</v>
       </c>
-      <c r="AH72" s="158"/>
-[...39 lines deleted...]
-      <c r="B74" s="143" t="s">
+      <c r="AH72" s="95"/>
+    </row>
+    <row r="73" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="60"/>
+      <c r="B73" s="63"/>
+      <c r="C73" s="62"/>
+      <c r="D73" s="62"/>
+      <c r="E73" s="62"/>
+      <c r="F73" s="62"/>
+      <c r="G73" s="62"/>
+      <c r="H73" s="62"/>
+      <c r="I73" s="62"/>
+      <c r="J73" s="62"/>
+      <c r="K73" s="62"/>
+      <c r="L73" s="62"/>
+      <c r="M73" s="62"/>
+      <c r="N73" s="62"/>
+      <c r="O73" s="62"/>
+      <c r="P73" s="62"/>
+      <c r="Q73" s="62"/>
+      <c r="R73" s="62"/>
+      <c r="S73" s="62"/>
+      <c r="T73" s="63"/>
+      <c r="U73" s="63"/>
+      <c r="V73" s="63"/>
+      <c r="W73" s="63"/>
+      <c r="X73" s="63"/>
+      <c r="Y73" s="63"/>
+      <c r="Z73" s="63"/>
+      <c r="AA73" s="63"/>
+      <c r="AB73" s="63"/>
+      <c r="AC73" s="63"/>
+      <c r="AD73" s="63"/>
+      <c r="AE73" s="63"/>
+      <c r="AF73" s="63"/>
+      <c r="AG73" s="62"/>
+      <c r="AH73" s="95"/>
+    </row>
+    <row r="74" spans="1:41" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="60"/>
+      <c r="B74" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="C74" s="136" t="s">
+      <c r="C74" s="63" t="s">
         <v>206</v>
       </c>
-      <c r="D74" s="136"/>
-[...13 lines deleted...]
-      <c r="R74" s="91" t="s">
+      <c r="D74" s="63"/>
+      <c r="E74" s="63"/>
+      <c r="F74" s="63"/>
+      <c r="G74" s="63"/>
+      <c r="H74" s="63"/>
+      <c r="I74" s="63"/>
+      <c r="J74" s="892"/>
+      <c r="K74" s="892"/>
+      <c r="L74" s="892"/>
+      <c r="M74" s="892"/>
+      <c r="N74" s="892"/>
+      <c r="O74" s="892"/>
+      <c r="P74" s="892"/>
+      <c r="Q74" s="892"/>
+      <c r="R74" s="64" t="s">
         <v>195</v>
       </c>
-      <c r="S74" s="136"/>
-[...2 lines deleted...]
-      <c r="V74" s="143" t="s">
+      <c r="S74" s="63"/>
+      <c r="T74" s="63"/>
+      <c r="U74" s="63"/>
+      <c r="V74" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="W74" s="136" t="s">
+      <c r="W74" s="63" t="s">
         <v>205</v>
       </c>
-      <c r="X74" s="136"/>
-[...8 lines deleted...]
-      <c r="AG74" s="108" t="s">
+      <c r="X74" s="63"/>
+      <c r="Y74" s="63"/>
+      <c r="Z74" s="63"/>
+      <c r="AA74" s="892"/>
+      <c r="AB74" s="892"/>
+      <c r="AC74" s="892"/>
+      <c r="AD74" s="892"/>
+      <c r="AE74" s="892"/>
+      <c r="AF74" s="892"/>
+      <c r="AG74" s="81" t="s">
         <v>195</v>
       </c>
-      <c r="AH74" s="158"/>
-[...4 lines deleted...]
-      <c r="C75" s="89" t="s">
+      <c r="AH74" s="95"/>
+    </row>
+    <row r="75" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="60"/>
+      <c r="B75" s="62"/>
+      <c r="C75" s="62" t="s">
         <v>14</v>
       </c>
-      <c r="D75" s="132"/>
-[...13 lines deleted...]
-      <c r="R75" s="89" t="s">
+      <c r="D75" s="62"/>
+      <c r="E75" s="62"/>
+      <c r="F75" s="62"/>
+      <c r="G75" s="62"/>
+      <c r="H75" s="62"/>
+      <c r="I75" s="62"/>
+      <c r="J75" s="893"/>
+      <c r="K75" s="893"/>
+      <c r="L75" s="893"/>
+      <c r="M75" s="893"/>
+      <c r="N75" s="893"/>
+      <c r="O75" s="893"/>
+      <c r="P75" s="893"/>
+      <c r="Q75" s="893"/>
+      <c r="R75" s="62" t="s">
         <v>193</v>
       </c>
-      <c r="S75" s="132"/>
-[...3 lines deleted...]
-      <c r="W75" s="89" t="s">
+      <c r="S75" s="62"/>
+      <c r="T75" s="62"/>
+      <c r="U75" s="63"/>
+      <c r="V75" s="62"/>
+      <c r="W75" s="62" t="s">
         <v>204</v>
       </c>
-      <c r="X75" s="132"/>
-[...8 lines deleted...]
-      <c r="AG75" s="89" t="s">
+      <c r="X75" s="62"/>
+      <c r="Y75" s="63"/>
+      <c r="Z75" s="63"/>
+      <c r="AA75" s="893"/>
+      <c r="AB75" s="893"/>
+      <c r="AC75" s="893"/>
+      <c r="AD75" s="893"/>
+      <c r="AE75" s="893"/>
+      <c r="AF75" s="893"/>
+      <c r="AG75" s="62" t="s">
         <v>193</v>
       </c>
-      <c r="AH75" s="158"/>
-[...39 lines deleted...]
-      <c r="B77" s="143" t="s">
+      <c r="AH75" s="95"/>
+    </row>
+    <row r="76" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="60"/>
+      <c r="B76" s="62"/>
+      <c r="C76" s="62"/>
+      <c r="D76" s="62"/>
+      <c r="E76" s="62"/>
+      <c r="F76" s="62"/>
+      <c r="G76" s="62"/>
+      <c r="H76" s="62"/>
+      <c r="I76" s="62"/>
+      <c r="J76" s="62"/>
+      <c r="K76" s="62"/>
+      <c r="L76" s="62"/>
+      <c r="M76" s="62"/>
+      <c r="N76" s="62"/>
+      <c r="O76" s="62"/>
+      <c r="P76" s="62"/>
+      <c r="Q76" s="62"/>
+      <c r="R76" s="62"/>
+      <c r="S76" s="62"/>
+      <c r="T76" s="62"/>
+      <c r="U76" s="62"/>
+      <c r="V76" s="62"/>
+      <c r="W76" s="62"/>
+      <c r="X76" s="63"/>
+      <c r="Y76" s="63"/>
+      <c r="Z76" s="63"/>
+      <c r="AA76" s="63"/>
+      <c r="AB76" s="63"/>
+      <c r="AC76" s="63"/>
+      <c r="AD76" s="63"/>
+      <c r="AE76" s="63"/>
+      <c r="AF76" s="63"/>
+      <c r="AG76" s="62"/>
+      <c r="AH76" s="95"/>
+    </row>
+    <row r="77" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="60"/>
+      <c r="B77" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="C77" s="90" t="s">
+      <c r="C77" s="63" t="s">
         <v>203</v>
       </c>
-      <c r="D77" s="90"/>
-[...9 lines deleted...]
-      <c r="N77" s="136" t="s">
+      <c r="D77" s="63"/>
+      <c r="E77" s="63"/>
+      <c r="F77" s="846"/>
+      <c r="G77" s="846"/>
+      <c r="H77" s="846"/>
+      <c r="I77" s="846"/>
+      <c r="J77" s="846"/>
+      <c r="K77" s="846"/>
+      <c r="L77" s="846"/>
+      <c r="M77" s="846"/>
+      <c r="N77" s="63" t="s">
         <v>195</v>
       </c>
-      <c r="O77" s="136"/>
-[...23 lines deleted...]
-      <c r="C78" s="89" t="s">
+      <c r="O77" s="63"/>
+      <c r="P77" s="63"/>
+      <c r="Q77" s="63"/>
+      <c r="R77" s="63"/>
+      <c r="S77" s="63"/>
+      <c r="T77" s="63"/>
+      <c r="U77" s="63"/>
+      <c r="V77" s="63"/>
+      <c r="W77" s="63"/>
+      <c r="X77" s="63"/>
+      <c r="Y77" s="63"/>
+      <c r="Z77" s="63"/>
+      <c r="AA77" s="63"/>
+      <c r="AB77" s="63"/>
+      <c r="AC77" s="63"/>
+      <c r="AD77" s="63"/>
+      <c r="AE77" s="63"/>
+      <c r="AF77" s="63"/>
+      <c r="AG77" s="63"/>
+      <c r="AH77" s="95"/>
+    </row>
+    <row r="78" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="60"/>
+      <c r="B78" s="63"/>
+      <c r="C78" s="62" t="s">
         <v>83</v>
       </c>
-      <c r="D78" s="90"/>
-[...9 lines deleted...]
-      <c r="N78" s="89" t="s">
+      <c r="D78" s="63"/>
+      <c r="E78" s="63"/>
+      <c r="F78" s="847"/>
+      <c r="G78" s="847"/>
+      <c r="H78" s="847"/>
+      <c r="I78" s="847"/>
+      <c r="J78" s="847"/>
+      <c r="K78" s="847"/>
+      <c r="L78" s="847"/>
+      <c r="M78" s="847"/>
+      <c r="N78" s="62" t="s">
         <v>193</v>
       </c>
-      <c r="O78" s="90"/>
-[...96 lines deleted...]
-      <c r="B81" s="90" t="s">
+      <c r="O78" s="63"/>
+      <c r="P78" s="63"/>
+      <c r="Q78" s="63"/>
+      <c r="R78" s="63"/>
+      <c r="S78" s="63"/>
+      <c r="T78" s="63"/>
+      <c r="U78" s="63"/>
+      <c r="V78" s="63"/>
+      <c r="W78" s="63"/>
+      <c r="X78" s="63"/>
+      <c r="Y78" s="63"/>
+      <c r="Z78" s="63"/>
+      <c r="AA78" s="63"/>
+      <c r="AB78" s="63"/>
+      <c r="AC78" s="63"/>
+      <c r="AD78" s="63"/>
+      <c r="AE78" s="63"/>
+      <c r="AF78" s="63"/>
+      <c r="AG78" s="63"/>
+      <c r="AH78" s="95"/>
+      <c r="AO78" s="41"/>
+    </row>
+    <row r="79" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="60"/>
+      <c r="B79" s="63"/>
+      <c r="C79" s="63"/>
+      <c r="D79" s="62"/>
+      <c r="E79" s="62"/>
+      <c r="F79" s="62"/>
+      <c r="G79" s="62"/>
+      <c r="H79" s="62"/>
+      <c r="I79" s="62"/>
+      <c r="J79" s="62"/>
+      <c r="K79" s="62"/>
+      <c r="L79" s="62"/>
+      <c r="M79" s="62"/>
+      <c r="N79" s="62"/>
+      <c r="O79" s="62"/>
+      <c r="P79" s="62"/>
+      <c r="Q79" s="62"/>
+      <c r="R79" s="62"/>
+      <c r="S79" s="62"/>
+      <c r="T79" s="62"/>
+      <c r="U79" s="63"/>
+      <c r="V79" s="63"/>
+      <c r="W79" s="63"/>
+      <c r="X79" s="63"/>
+      <c r="Y79" s="63"/>
+      <c r="Z79" s="63"/>
+      <c r="AA79" s="63"/>
+      <c r="AB79" s="63"/>
+      <c r="AC79" s="63"/>
+      <c r="AD79" s="63"/>
+      <c r="AE79" s="63"/>
+      <c r="AF79" s="63"/>
+      <c r="AG79" s="63"/>
+      <c r="AH79" s="95"/>
+    </row>
+    <row r="80" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="60"/>
+      <c r="B80" s="63"/>
+      <c r="C80" s="62"/>
+      <c r="D80" s="63"/>
+      <c r="E80" s="63"/>
+      <c r="F80" s="63"/>
+      <c r="G80" s="63"/>
+      <c r="H80" s="63"/>
+      <c r="I80" s="63"/>
+      <c r="J80" s="63"/>
+      <c r="K80" s="63"/>
+      <c r="L80" s="63"/>
+      <c r="M80" s="63"/>
+      <c r="N80" s="63"/>
+      <c r="O80" s="63"/>
+      <c r="P80" s="63"/>
+      <c r="Q80" s="63"/>
+      <c r="R80" s="63"/>
+      <c r="S80" s="63"/>
+      <c r="T80" s="63"/>
+      <c r="U80" s="63"/>
+      <c r="V80" s="63"/>
+      <c r="W80" s="63"/>
+      <c r="X80" s="63"/>
+      <c r="Y80" s="63"/>
+      <c r="Z80" s="63"/>
+      <c r="AA80" s="63"/>
+      <c r="AB80" s="63"/>
+      <c r="AC80" s="63"/>
+      <c r="AD80" s="63"/>
+      <c r="AE80" s="63"/>
+      <c r="AF80" s="63"/>
+      <c r="AG80" s="63"/>
+      <c r="AH80" s="95"/>
+      <c r="AO80" s="41"/>
+    </row>
+    <row r="81" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="60"/>
+      <c r="B81" s="63" t="s">
         <v>499</v>
       </c>
-      <c r="C81" s="90"/>
-[...36 lines deleted...]
-      <c r="C82" s="1060" t="s">
+      <c r="C81" s="63"/>
+      <c r="D81" s="63"/>
+      <c r="E81" s="63"/>
+      <c r="F81" s="63"/>
+      <c r="G81" s="63"/>
+      <c r="H81" s="63"/>
+      <c r="I81" s="63"/>
+      <c r="J81" s="63"/>
+      <c r="K81" s="63"/>
+      <c r="L81" s="63"/>
+      <c r="M81" s="63"/>
+      <c r="N81" s="63"/>
+      <c r="O81" s="63"/>
+      <c r="P81" s="63"/>
+      <c r="Q81" s="63"/>
+      <c r="R81" s="63"/>
+      <c r="S81" s="63"/>
+      <c r="T81" s="63"/>
+      <c r="U81" s="63"/>
+      <c r="V81" s="63"/>
+      <c r="W81" s="63"/>
+      <c r="X81" s="63"/>
+      <c r="Y81" s="63"/>
+      <c r="Z81" s="63"/>
+      <c r="AA81" s="63"/>
+      <c r="AB81" s="63"/>
+      <c r="AC81" s="63"/>
+      <c r="AD81" s="63"/>
+      <c r="AE81" s="63"/>
+      <c r="AF81" s="63"/>
+      <c r="AG81" s="63"/>
+      <c r="AH81" s="95"/>
+      <c r="AO81" s="41"/>
+    </row>
+    <row r="82" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="60"/>
+      <c r="B82" s="63"/>
+      <c r="C82" s="894" t="s">
         <v>202</v>
       </c>
-      <c r="D82" s="1060"/>
-[...35 lines deleted...]
-      <c r="C83" s="90" t="s">
+      <c r="D82" s="894"/>
+      <c r="E82" s="894"/>
+      <c r="F82" s="894"/>
+      <c r="G82" s="894"/>
+      <c r="H82" s="894"/>
+      <c r="I82" s="894"/>
+      <c r="J82" s="894"/>
+      <c r="K82" s="894"/>
+      <c r="L82" s="894"/>
+      <c r="M82" s="894"/>
+      <c r="N82" s="894"/>
+      <c r="O82" s="894"/>
+      <c r="P82" s="894"/>
+      <c r="Q82" s="894"/>
+      <c r="R82" s="894"/>
+      <c r="S82" s="894"/>
+      <c r="T82" s="894"/>
+      <c r="U82" s="894"/>
+      <c r="V82" s="894"/>
+      <c r="W82" s="894"/>
+      <c r="X82" s="894"/>
+      <c r="Y82" s="894"/>
+      <c r="Z82" s="894"/>
+      <c r="AA82" s="894"/>
+      <c r="AB82" s="894"/>
+      <c r="AC82" s="894"/>
+      <c r="AD82" s="894"/>
+      <c r="AE82" s="894"/>
+      <c r="AF82" s="894"/>
+      <c r="AG82" s="894"/>
+      <c r="AH82" s="895"/>
+      <c r="AO82" s="41"/>
+    </row>
+    <row r="83" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="60"/>
+      <c r="B83" s="63"/>
+      <c r="C83" s="63" t="s">
         <v>201</v>
       </c>
-      <c r="D83" s="90"/>
-[...2 lines deleted...]
-      <c r="G83" s="999" t="str">
+      <c r="D83" s="63"/>
+      <c r="E83" s="63"/>
+      <c r="F83" s="63"/>
+      <c r="G83" s="848" t="str">
         <f>'Form 1'!D96&amp;""</f>
         <v/>
       </c>
-      <c r="H83" s="1045"/>
-[...31 lines deleted...]
-      <c r="D84" s="132" t="s">
+      <c r="H83" s="848"/>
+      <c r="I83" s="848"/>
+      <c r="J83" s="848"/>
+      <c r="K83" s="848"/>
+      <c r="L83" s="848"/>
+      <c r="M83" s="848"/>
+      <c r="N83" s="848"/>
+      <c r="O83" s="848"/>
+      <c r="P83" s="848"/>
+      <c r="Q83" s="848"/>
+      <c r="R83" s="848"/>
+      <c r="S83" s="848"/>
+      <c r="T83" s="848"/>
+      <c r="U83" s="848"/>
+      <c r="V83" s="63"/>
+      <c r="W83" s="63"/>
+      <c r="X83" s="63"/>
+      <c r="Y83" s="63"/>
+      <c r="Z83" s="63"/>
+      <c r="AA83" s="63"/>
+      <c r="AB83" s="63"/>
+      <c r="AC83" s="63"/>
+      <c r="AD83" s="63"/>
+      <c r="AE83" s="63"/>
+      <c r="AF83" s="63"/>
+      <c r="AG83" s="63"/>
+      <c r="AH83" s="95"/>
+    </row>
+    <row r="84" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="60"/>
+      <c r="B84" s="63"/>
+      <c r="C84" s="63"/>
+      <c r="D84" s="62" t="s">
         <v>31</v>
       </c>
-      <c r="E84" s="90"/>
-[...33 lines deleted...]
-      <c r="C85" s="90" t="s">
+      <c r="E84" s="63"/>
+      <c r="F84" s="63"/>
+      <c r="G84" s="849"/>
+      <c r="H84" s="849"/>
+      <c r="I84" s="849"/>
+      <c r="J84" s="849"/>
+      <c r="K84" s="849"/>
+      <c r="L84" s="849"/>
+      <c r="M84" s="849"/>
+      <c r="N84" s="849"/>
+      <c r="O84" s="849"/>
+      <c r="P84" s="849"/>
+      <c r="Q84" s="849"/>
+      <c r="R84" s="849"/>
+      <c r="S84" s="849"/>
+      <c r="T84" s="849"/>
+      <c r="U84" s="849"/>
+      <c r="V84" s="63"/>
+      <c r="W84" s="63"/>
+      <c r="X84" s="63"/>
+      <c r="Y84" s="63"/>
+      <c r="Z84" s="63"/>
+      <c r="AA84" s="63"/>
+      <c r="AB84" s="63"/>
+      <c r="AC84" s="63"/>
+      <c r="AD84" s="63"/>
+      <c r="AE84" s="63"/>
+      <c r="AF84" s="63"/>
+      <c r="AG84" s="63"/>
+      <c r="AH84" s="95"/>
+    </row>
+    <row r="85" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="60"/>
+      <c r="B85" s="63"/>
+      <c r="C85" s="63" t="s">
         <v>200</v>
       </c>
-      <c r="D85" s="90"/>
-[...2 lines deleted...]
-      <c r="G85" s="1046" t="str">
+      <c r="D85" s="63"/>
+      <c r="E85" s="63"/>
+      <c r="F85" s="63"/>
+      <c r="G85" s="884" t="str">
         <f>'Form 1'!D97&amp;""</f>
         <v/>
       </c>
-      <c r="H85" s="1046"/>
-[...14 lines deleted...]
-      <c r="W85" s="90" t="s">
+      <c r="H85" s="884"/>
+      <c r="I85" s="884"/>
+      <c r="J85" s="884"/>
+      <c r="K85" s="884"/>
+      <c r="L85" s="884"/>
+      <c r="M85" s="884"/>
+      <c r="N85" s="884"/>
+      <c r="O85" s="884"/>
+      <c r="P85" s="884"/>
+      <c r="Q85" s="884"/>
+      <c r="R85" s="884"/>
+      <c r="S85" s="884"/>
+      <c r="T85" s="884"/>
+      <c r="U85" s="884"/>
+      <c r="V85" s="63"/>
+      <c r="W85" s="63" t="s">
         <v>159</v>
       </c>
-      <c r="X85" s="90"/>
-[...2 lines deleted...]
-      <c r="AA85" s="1048" t="str">
+      <c r="X85" s="63"/>
+      <c r="Y85" s="63"/>
+      <c r="Z85" s="63"/>
+      <c r="AA85" s="848" t="str">
         <f>'Form 1'!G99&amp;"-"&amp;'Form 1'!L99</f>
         <v>-</v>
       </c>
-      <c r="AB85" s="1049"/>
-[...12 lines deleted...]
-      <c r="D86" s="132" t="s">
+      <c r="AB85" s="848"/>
+      <c r="AC85" s="848"/>
+      <c r="AD85" s="848"/>
+      <c r="AE85" s="848"/>
+      <c r="AF85" s="848"/>
+      <c r="AG85" s="848"/>
+      <c r="AH85" s="95"/>
+    </row>
+    <row r="86" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="60"/>
+      <c r="B86" s="63"/>
+      <c r="C86" s="63"/>
+      <c r="D86" s="62" t="s">
         <v>199</v>
       </c>
-      <c r="E86" s="132"/>
-[...17 lines deleted...]
-      <c r="W86" s="132" t="s">
+      <c r="E86" s="62"/>
+      <c r="F86" s="62"/>
+      <c r="G86" s="885"/>
+      <c r="H86" s="885"/>
+      <c r="I86" s="885"/>
+      <c r="J86" s="885"/>
+      <c r="K86" s="885"/>
+      <c r="L86" s="885"/>
+      <c r="M86" s="885"/>
+      <c r="N86" s="885"/>
+      <c r="O86" s="885"/>
+      <c r="P86" s="885"/>
+      <c r="Q86" s="885"/>
+      <c r="R86" s="885"/>
+      <c r="S86" s="885"/>
+      <c r="T86" s="885"/>
+      <c r="U86" s="885"/>
+      <c r="V86" s="62"/>
+      <c r="W86" s="62" t="s">
         <v>157</v>
       </c>
-      <c r="X86" s="132"/>
-[...50 lines deleted...]
-      <c r="C88" s="90" t="s">
+      <c r="X86" s="62"/>
+      <c r="Y86" s="63"/>
+      <c r="Z86" s="63"/>
+      <c r="AA86" s="849"/>
+      <c r="AB86" s="849"/>
+      <c r="AC86" s="849"/>
+      <c r="AD86" s="849"/>
+      <c r="AE86" s="849"/>
+      <c r="AF86" s="849"/>
+      <c r="AG86" s="849"/>
+      <c r="AH86" s="95"/>
+    </row>
+    <row r="87" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="60"/>
+      <c r="B87" s="63"/>
+      <c r="C87" s="63"/>
+      <c r="D87" s="62"/>
+      <c r="E87" s="62"/>
+      <c r="F87" s="62"/>
+      <c r="G87" s="62"/>
+      <c r="H87" s="62"/>
+      <c r="I87" s="62"/>
+      <c r="J87" s="62"/>
+      <c r="K87" s="62"/>
+      <c r="L87" s="62"/>
+      <c r="M87" s="62"/>
+      <c r="N87" s="62"/>
+      <c r="O87" s="62"/>
+      <c r="P87" s="62"/>
+      <c r="Q87" s="62"/>
+      <c r="R87" s="62"/>
+      <c r="S87" s="62"/>
+      <c r="T87" s="62"/>
+      <c r="U87" s="62"/>
+      <c r="V87" s="62"/>
+      <c r="W87" s="62"/>
+      <c r="X87" s="62"/>
+      <c r="Y87" s="63"/>
+      <c r="Z87" s="63"/>
+      <c r="AA87" s="63"/>
+      <c r="AB87" s="63"/>
+      <c r="AC87" s="63"/>
+      <c r="AD87" s="63"/>
+      <c r="AE87" s="63"/>
+      <c r="AF87" s="63"/>
+      <c r="AG87" s="63"/>
+      <c r="AH87" s="95"/>
+    </row>
+    <row r="88" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="114"/>
+      <c r="B88" s="63"/>
+      <c r="C88" s="63" t="s">
         <v>198</v>
       </c>
-      <c r="D88" s="90"/>
-[...7 lines deleted...]
-      <c r="L88" s="1051" t="str">
+      <c r="D88" s="63"/>
+      <c r="E88" s="63"/>
+      <c r="F88" s="63"/>
+      <c r="G88" s="63"/>
+      <c r="H88" s="63"/>
+      <c r="I88" s="63"/>
+      <c r="J88" s="63"/>
+      <c r="K88" s="63"/>
+      <c r="L88" s="886" t="str">
         <f>'Form 1'!D101&amp;"("&amp;'Form 1'!D103&amp;")"</f>
         <v>()</v>
       </c>
-      <c r="M88" s="1052"/>
-[...9 lines deleted...]
-      <c r="W88" s="90" t="s">
+      <c r="M88" s="886"/>
+      <c r="N88" s="886"/>
+      <c r="O88" s="886"/>
+      <c r="P88" s="886"/>
+      <c r="Q88" s="886"/>
+      <c r="R88" s="886"/>
+      <c r="S88" s="886"/>
+      <c r="T88" s="886"/>
+      <c r="U88" s="886"/>
+      <c r="V88" s="63"/>
+      <c r="W88" s="63" t="s">
         <v>159</v>
       </c>
-      <c r="X88" s="90"/>
-[...2 lines deleted...]
-      <c r="AA88" s="1048" t="str">
+      <c r="X88" s="63"/>
+      <c r="Y88" s="63"/>
+      <c r="Z88" s="63"/>
+      <c r="AA88" s="848" t="str">
         <f>'Form 1'!G104&amp;"-"&amp;'Form 1'!L104</f>
         <v>-</v>
       </c>
-      <c r="AB88" s="1049"/>
-[...11 lines deleted...]
-      <c r="D89" s="132" t="s">
+      <c r="AB88" s="848"/>
+      <c r="AC88" s="848"/>
+      <c r="AD88" s="848"/>
+      <c r="AE88" s="848"/>
+      <c r="AF88" s="848"/>
+      <c r="AG88" s="848"/>
+      <c r="AH88" s="95"/>
+    </row>
+    <row r="89" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="60"/>
+      <c r="B89" s="63"/>
+      <c r="C89" s="63"/>
+      <c r="D89" s="62" t="s">
         <v>197</v>
       </c>
-      <c r="E89" s="132"/>
-[...17 lines deleted...]
-      <c r="W89" s="132" t="s">
+      <c r="E89" s="62"/>
+      <c r="F89" s="62"/>
+      <c r="G89" s="62"/>
+      <c r="H89" s="62"/>
+      <c r="I89" s="62"/>
+      <c r="J89" s="62"/>
+      <c r="K89" s="62"/>
+      <c r="L89" s="887"/>
+      <c r="M89" s="887"/>
+      <c r="N89" s="887"/>
+      <c r="O89" s="887"/>
+      <c r="P89" s="887"/>
+      <c r="Q89" s="887"/>
+      <c r="R89" s="887"/>
+      <c r="S89" s="887"/>
+      <c r="T89" s="887"/>
+      <c r="U89" s="887"/>
+      <c r="V89" s="62"/>
+      <c r="W89" s="62" t="s">
         <v>157</v>
       </c>
-      <c r="X89" s="132"/>
-[...50 lines deleted...]
-      <c r="C91" s="108" t="s">
+      <c r="X89" s="62"/>
+      <c r="Y89" s="63"/>
+      <c r="Z89" s="63"/>
+      <c r="AA89" s="849"/>
+      <c r="AB89" s="849"/>
+      <c r="AC89" s="849"/>
+      <c r="AD89" s="849"/>
+      <c r="AE89" s="849"/>
+      <c r="AF89" s="849"/>
+      <c r="AG89" s="849"/>
+      <c r="AH89" s="95"/>
+    </row>
+    <row r="90" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="60"/>
+      <c r="B90" s="63"/>
+      <c r="C90" s="63"/>
+      <c r="D90" s="62"/>
+      <c r="E90" s="62"/>
+      <c r="F90" s="62"/>
+      <c r="G90" s="62"/>
+      <c r="H90" s="62"/>
+      <c r="I90" s="62"/>
+      <c r="J90" s="62"/>
+      <c r="K90" s="62"/>
+      <c r="L90" s="115"/>
+      <c r="M90" s="115"/>
+      <c r="N90" s="115"/>
+      <c r="O90" s="115"/>
+      <c r="P90" s="115"/>
+      <c r="Q90" s="115"/>
+      <c r="R90" s="115"/>
+      <c r="S90" s="115"/>
+      <c r="T90" s="115"/>
+      <c r="U90" s="115"/>
+      <c r="V90" s="62"/>
+      <c r="W90" s="62"/>
+      <c r="X90" s="62"/>
+      <c r="Y90" s="63"/>
+      <c r="Z90" s="63"/>
+      <c r="AA90" s="115"/>
+      <c r="AB90" s="115"/>
+      <c r="AC90" s="115"/>
+      <c r="AD90" s="115"/>
+      <c r="AE90" s="115"/>
+      <c r="AF90" s="115"/>
+      <c r="AG90" s="115"/>
+      <c r="AH90" s="95"/>
+    </row>
+    <row r="91" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="60"/>
+      <c r="B91" s="81"/>
+      <c r="C91" s="81" t="s">
         <v>196</v>
       </c>
-      <c r="D91" s="108"/>
-[...3 lines deleted...]
-      <c r="H91" s="1054">
+      <c r="D91" s="81"/>
+      <c r="E91" s="63"/>
+      <c r="F91" s="63"/>
+      <c r="G91" s="63"/>
+      <c r="H91" s="888">
         <f>'Form 1'!D106</f>
         <v>0</v>
       </c>
-      <c r="I91" s="1054"/>
-[...5 lines deleted...]
-      <c r="O91" s="90" t="s">
+      <c r="I91" s="888"/>
+      <c r="J91" s="888"/>
+      <c r="K91" s="888"/>
+      <c r="L91" s="888"/>
+      <c r="M91" s="888"/>
+      <c r="N91" s="888"/>
+      <c r="O91" s="63" t="s">
         <v>195</v>
       </c>
-      <c r="P91" s="90"/>
-[...23 lines deleted...]
-      <c r="D92" s="97" t="s">
+      <c r="P91" s="63"/>
+      <c r="Q91" s="63"/>
+      <c r="R91" s="63"/>
+      <c r="S91" s="63"/>
+      <c r="T91" s="63"/>
+      <c r="U91" s="63"/>
+      <c r="V91" s="63"/>
+      <c r="W91" s="112"/>
+      <c r="X91" s="112"/>
+      <c r="Y91" s="112"/>
+      <c r="Z91" s="63"/>
+      <c r="AA91" s="63"/>
+      <c r="AB91" s="63"/>
+      <c r="AC91" s="63"/>
+      <c r="AD91" s="63"/>
+      <c r="AE91" s="63"/>
+      <c r="AF91" s="63"/>
+      <c r="AG91" s="63"/>
+      <c r="AH91" s="95"/>
+    </row>
+    <row r="92" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="60"/>
+      <c r="B92" s="81"/>
+      <c r="C92" s="81"/>
+      <c r="D92" s="70" t="s">
         <v>194</v>
       </c>
-      <c r="E92" s="90"/>
-[...9 lines deleted...]
-      <c r="O92" s="132" t="s">
+      <c r="E92" s="63"/>
+      <c r="F92" s="63"/>
+      <c r="G92" s="63"/>
+      <c r="H92" s="889"/>
+      <c r="I92" s="889"/>
+      <c r="J92" s="889"/>
+      <c r="K92" s="889"/>
+      <c r="L92" s="889"/>
+      <c r="M92" s="889"/>
+      <c r="N92" s="889"/>
+      <c r="O92" s="62" t="s">
         <v>193</v>
       </c>
-      <c r="P92" s="90"/>
-[...739 lines deleted...]
-      <c r="AI240" s="5"/>
+      <c r="P92" s="63"/>
+      <c r="Q92" s="63"/>
+      <c r="R92" s="63"/>
+      <c r="S92" s="63"/>
+      <c r="T92" s="63"/>
+      <c r="U92" s="63"/>
+      <c r="V92" s="63"/>
+      <c r="W92" s="112"/>
+      <c r="X92" s="112"/>
+      <c r="Y92" s="112"/>
+      <c r="Z92" s="63"/>
+      <c r="AA92" s="63"/>
+      <c r="AB92" s="63"/>
+      <c r="AC92" s="63"/>
+      <c r="AD92" s="63"/>
+      <c r="AE92" s="63"/>
+      <c r="AF92" s="63"/>
+      <c r="AG92" s="63"/>
+      <c r="AH92" s="95"/>
+    </row>
+    <row r="93" spans="1:41" s="28" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="86"/>
+      <c r="B93" s="116"/>
+      <c r="C93" s="117"/>
+      <c r="D93" s="118"/>
+      <c r="E93" s="117"/>
+      <c r="F93" s="117"/>
+      <c r="G93" s="117"/>
+      <c r="H93" s="117"/>
+      <c r="I93" s="117"/>
+      <c r="J93" s="117"/>
+      <c r="K93" s="117"/>
+      <c r="L93" s="117"/>
+      <c r="M93" s="117"/>
+      <c r="N93" s="117"/>
+      <c r="O93" s="117"/>
+      <c r="P93" s="117"/>
+      <c r="Q93" s="117"/>
+      <c r="R93" s="117"/>
+      <c r="S93" s="117"/>
+      <c r="T93" s="117"/>
+      <c r="U93" s="117"/>
+      <c r="V93" s="117"/>
+      <c r="W93" s="117"/>
+      <c r="X93" s="117"/>
+      <c r="Y93" s="117"/>
+      <c r="Z93" s="117"/>
+      <c r="AA93" s="117"/>
+      <c r="AB93" s="117"/>
+      <c r="AC93" s="117"/>
+      <c r="AD93" s="117"/>
+      <c r="AE93" s="117"/>
+      <c r="AF93" s="117"/>
+      <c r="AG93" s="117"/>
+      <c r="AH93" s="119"/>
+    </row>
+    <row r="94" spans="1:41" s="28" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="120"/>
+      <c r="B94" s="120"/>
+      <c r="C94" s="121"/>
+      <c r="D94" s="121"/>
+      <c r="E94" s="121"/>
+      <c r="F94" s="121"/>
+      <c r="G94" s="121"/>
+      <c r="H94" s="121"/>
+      <c r="I94" s="121"/>
+      <c r="J94" s="121"/>
+      <c r="K94" s="121"/>
+      <c r="L94" s="121"/>
+      <c r="M94" s="121"/>
+      <c r="N94" s="121"/>
+      <c r="O94" s="121"/>
+      <c r="P94" s="121"/>
+      <c r="Q94" s="121"/>
+      <c r="R94" s="121"/>
+      <c r="S94" s="121"/>
+      <c r="T94" s="121"/>
+      <c r="U94" s="121"/>
+      <c r="V94" s="121"/>
+      <c r="W94" s="121"/>
+      <c r="X94" s="121"/>
+      <c r="Y94" s="121"/>
+      <c r="Z94" s="121"/>
+      <c r="AA94" s="121"/>
+      <c r="AB94" s="121"/>
+      <c r="AC94" s="121"/>
+      <c r="AD94" s="121"/>
+      <c r="AE94" s="121"/>
+      <c r="AF94" s="121"/>
+      <c r="AG94" s="121"/>
+      <c r="AH94" s="120"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="GmljrV5MET9y+Qugo2sPe5dOcq8Iz/3k99iFyIi+m5gaqf3MH49MQsSvilFwGDj2HeOqkI7garI+u1oBXeh4QQ==" saltValue="BwxqILglRQgj4fg7q3lMWg==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="121">
     <mergeCell ref="G5:AG6"/>
     <mergeCell ref="F8:S9"/>
     <mergeCell ref="Y8:AG9"/>
     <mergeCell ref="V11:Y12"/>
     <mergeCell ref="Z19:AF20"/>
     <mergeCell ref="H21:N22"/>
     <mergeCell ref="O21:W21"/>
     <mergeCell ref="X21:AB22"/>
     <mergeCell ref="AD21:AE22"/>
     <mergeCell ref="AF21:AG21"/>
     <mergeCell ref="A27:D27"/>
     <mergeCell ref="E27:H27"/>
     <mergeCell ref="I27:Q27"/>
     <mergeCell ref="R27:U27"/>
     <mergeCell ref="V27:Y27"/>
     <mergeCell ref="Z27:AH27"/>
     <mergeCell ref="P22:W22"/>
     <mergeCell ref="AF22:AG22"/>
     <mergeCell ref="B25:AH25"/>
     <mergeCell ref="A26:D26"/>
     <mergeCell ref="E26:H26"/>
@@ -37687,8055 +33429,5612 @@
     <mergeCell ref="O65:P65"/>
     <mergeCell ref="Q65:R65"/>
     <mergeCell ref="S65:V66"/>
     <mergeCell ref="W65:X65"/>
     <mergeCell ref="G83:U84"/>
     <mergeCell ref="G85:U86"/>
     <mergeCell ref="AA85:AG86"/>
     <mergeCell ref="L88:U89"/>
     <mergeCell ref="AA88:AG89"/>
     <mergeCell ref="H91:N92"/>
     <mergeCell ref="G71:N72"/>
     <mergeCell ref="AA71:AF72"/>
     <mergeCell ref="J74:Q75"/>
     <mergeCell ref="AA74:AF75"/>
     <mergeCell ref="F77:M78"/>
     <mergeCell ref="C82:AH82"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C17 S71 V74 B77 B74 B71 H15 M15 R15 X15 J17 Q17 V17 AB17 P19 J19 C19 B40 B45 B52 V19" xr:uid="{6BB062CA-E1C9-4E41-9272-FB078136C2C5}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A693DAA4-E9CD-4DC5-9C5A-8F075B506AED}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.375" customWidth="1"/>
-    <col min="2" max="2" width="77.625" customWidth="1"/>
+    <col min="1" max="1" width="22.36328125" customWidth="1"/>
+    <col min="2" max="2" width="77.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="1128" t="s">
+    <row r="1" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="954" t="s">
         <v>553</v>
       </c>
-      <c r="B1" s="1129"/>
-[...2 lines deleted...]
-      <c r="A2" s="266" t="s">
+      <c r="B1" s="955"/>
+    </row>
+    <row r="2" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="187" t="s">
         <v>527</v>
       </c>
-      <c r="B2" s="267" t="str">
+      <c r="B2" s="188" t="str">
         <f>'Form 1'!D108&amp;""</f>
         <v/>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="266" t="s">
+    <row r="3" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="187" t="s">
         <v>528</v>
       </c>
-      <c r="B3" s="267" t="str">
+      <c r="B3" s="188" t="str">
         <f>'Form 1'!D112&amp;""</f>
         <v/>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A4" s="266" t="s">
+    <row r="4" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="187" t="s">
         <v>529</v>
       </c>
-      <c r="B4" s="267" t="str">
+      <c r="B4" s="188" t="str">
         <f>'Form 1'!D109&amp;""</f>
         <v/>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A5" s="266" t="s">
+    <row r="5" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="187" t="s">
         <v>159</v>
       </c>
-      <c r="B5" s="267" t="str">
+      <c r="B5" s="188" t="str">
         <f>'Form 1'!G111&amp;"-"&amp;'Form 1'!L111</f>
         <v>-</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="266" t="s">
+    <row r="6" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="187" t="s">
         <v>530</v>
       </c>
-      <c r="B6" s="267" t="str">
+      <c r="B6" s="188" t="str">
         <f>'Form 1'!D113&amp;""</f>
         <v/>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A7" s="266" t="s">
+    <row r="7" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="187" t="s">
         <v>531</v>
       </c>
-      <c r="B7" s="267" t="str">
+      <c r="B7" s="188" t="str">
         <f>'Form 1'!D115&amp;""</f>
         <v/>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A8" s="266" t="s">
+    <row r="8" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="187" t="s">
         <v>532</v>
       </c>
-      <c r="B8" s="267" t="str">
+      <c r="B8" s="188" t="str">
         <f>'Form 1'!G116&amp;"-"&amp;'Form 1'!L116</f>
         <v>-</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A9" s="266" t="s">
+    <row r="9" spans="1:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="187" t="s">
         <v>552</v>
       </c>
-      <c r="B9" s="304">
+      <c r="B9" s="220">
         <f>'Form 1'!D118</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{450C3D0C-56CC-4790-AAEA-2F6D61310281}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AO228"/>
+  <dimension ref="A1:AO90"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="A37" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="G57" sqref="G57:P58"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="34" width="3.125" style="6" customWidth="1"/>
-    <col min="35" max="16384" width="2.625" style="6"/>
+    <col min="1" max="34" width="3.08984375" style="5" customWidth="1"/>
+    <col min="35" max="16384" width="2.6328125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="133" t="s">
+    <row r="1" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" t="s">
         <v>336</v>
       </c>
       <c r="Z1" s="5" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="2" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A2" s="134" t="s">
+    <row r="2" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8" t="s">
         <v>335</v>
       </c>
-      <c r="Z2" s="10" t="s">
+      <c r="Z2" s="8" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="3" spans="1:41" s="38" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.15">
-[...37 lines deleted...]
-      <c r="B4" s="90" t="s">
+    <row r="3" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="122"/>
+      <c r="B3" s="120"/>
+      <c r="C3" s="121"/>
+      <c r="D3" s="121"/>
+      <c r="E3" s="121"/>
+      <c r="F3" s="121"/>
+      <c r="G3" s="121"/>
+      <c r="H3" s="121"/>
+      <c r="I3" s="121"/>
+      <c r="J3" s="121"/>
+      <c r="K3" s="121"/>
+      <c r="L3" s="121"/>
+      <c r="M3" s="121"/>
+      <c r="N3" s="121"/>
+      <c r="O3" s="121"/>
+      <c r="P3" s="121"/>
+      <c r="Q3" s="121"/>
+      <c r="R3" s="121"/>
+      <c r="S3" s="121"/>
+      <c r="T3" s="121"/>
+      <c r="U3" s="121"/>
+      <c r="V3" s="121"/>
+      <c r="W3" s="121"/>
+      <c r="X3" s="121"/>
+      <c r="Y3" s="121"/>
+      <c r="Z3" s="121"/>
+      <c r="AA3" s="121"/>
+      <c r="AB3" s="121"/>
+      <c r="AC3" s="121"/>
+      <c r="AD3" s="121"/>
+      <c r="AE3" s="121"/>
+      <c r="AF3" s="121"/>
+      <c r="AG3" s="121"/>
+      <c r="AH3" s="123"/>
+    </row>
+    <row r="4" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="60"/>
+      <c r="B4" s="63" t="s">
         <v>509</v>
       </c>
-      <c r="C4" s="90"/>
-[...36 lines deleted...]
-      <c r="C5" s="89" t="s">
+      <c r="C4" s="63"/>
+      <c r="D4" s="63"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="63"/>
+      <c r="G4" s="63"/>
+      <c r="H4" s="63"/>
+      <c r="I4" s="63"/>
+      <c r="J4" s="63"/>
+      <c r="K4" s="63"/>
+      <c r="L4" s="63"/>
+      <c r="M4" s="63"/>
+      <c r="N4" s="63"/>
+      <c r="O4" s="63"/>
+      <c r="P4" s="63"/>
+      <c r="Q4" s="63"/>
+      <c r="R4" s="63"/>
+      <c r="S4" s="63"/>
+      <c r="T4" s="63"/>
+      <c r="U4" s="63"/>
+      <c r="V4" s="63"/>
+      <c r="W4" s="63"/>
+      <c r="X4" s="63"/>
+      <c r="Y4" s="63"/>
+      <c r="Z4" s="63"/>
+      <c r="AA4" s="63"/>
+      <c r="AB4" s="63"/>
+      <c r="AC4" s="63"/>
+      <c r="AD4" s="63"/>
+      <c r="AE4" s="63"/>
+      <c r="AF4" s="63"/>
+      <c r="AG4" s="63"/>
+      <c r="AH4" s="95"/>
+      <c r="AO4" s="41"/>
+    </row>
+    <row r="5" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="60"/>
+      <c r="B5" s="72"/>
+      <c r="C5" s="62" t="s">
         <v>508</v>
       </c>
-      <c r="D5" s="99"/>
-[...72 lines deleted...]
-      <c r="C7" s="143" t="s">
+      <c r="D5" s="72"/>
+      <c r="E5" s="72"/>
+      <c r="F5" s="72"/>
+      <c r="G5" s="72"/>
+      <c r="H5" s="72"/>
+      <c r="I5" s="72"/>
+      <c r="J5" s="72"/>
+      <c r="K5" s="72"/>
+      <c r="L5" s="72"/>
+      <c r="M5" s="72"/>
+      <c r="N5" s="72"/>
+      <c r="O5" s="72"/>
+      <c r="P5" s="72"/>
+      <c r="Q5" s="72"/>
+      <c r="R5" s="72"/>
+      <c r="S5" s="72"/>
+      <c r="T5" s="72"/>
+      <c r="U5" s="72"/>
+      <c r="V5" s="72"/>
+      <c r="W5" s="72"/>
+      <c r="X5" s="72"/>
+      <c r="Y5" s="72"/>
+      <c r="Z5" s="72"/>
+      <c r="AA5" s="72"/>
+      <c r="AB5" s="72"/>
+      <c r="AC5" s="72"/>
+      <c r="AD5" s="72"/>
+      <c r="AE5" s="72"/>
+      <c r="AF5" s="72"/>
+      <c r="AG5" s="72"/>
+      <c r="AH5" s="124"/>
+      <c r="AO5" s="41"/>
+    </row>
+    <row r="6" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="60"/>
+      <c r="B6" s="72"/>
+      <c r="C6" s="62"/>
+      <c r="D6" s="72"/>
+      <c r="E6" s="72"/>
+      <c r="F6" s="72"/>
+      <c r="G6" s="72"/>
+      <c r="H6" s="72"/>
+      <c r="I6" s="72"/>
+      <c r="J6" s="72"/>
+      <c r="K6" s="72"/>
+      <c r="L6" s="72"/>
+      <c r="M6" s="72"/>
+      <c r="N6" s="72"/>
+      <c r="O6" s="72"/>
+      <c r="P6" s="72"/>
+      <c r="Q6" s="72"/>
+      <c r="R6" s="72"/>
+      <c r="S6" s="72"/>
+      <c r="T6" s="72"/>
+      <c r="U6" s="72"/>
+      <c r="V6" s="72"/>
+      <c r="W6" s="72"/>
+      <c r="X6" s="72"/>
+      <c r="Y6" s="72"/>
+      <c r="Z6" s="72"/>
+      <c r="AA6" s="72"/>
+      <c r="AB6" s="72"/>
+      <c r="AC6" s="72"/>
+      <c r="AD6" s="72"/>
+      <c r="AE6" s="72"/>
+      <c r="AF6" s="72"/>
+      <c r="AG6" s="72"/>
+      <c r="AH6" s="124"/>
+      <c r="AO6" s="41"/>
+    </row>
+    <row r="7" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="60"/>
+      <c r="B7" s="63"/>
+      <c r="C7" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D7" s="108" t="s">
+      <c r="D7" s="81" t="s">
         <v>334</v>
       </c>
-      <c r="E7" s="108"/>
-      <c r="F7" s="143" t="s">
+      <c r="E7" s="81"/>
+      <c r="F7" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="108" t="s">
+      <c r="G7" s="81" t="s">
         <v>333</v>
       </c>
-      <c r="H7" s="136"/>
-      <c r="I7" s="143" t="s">
+      <c r="H7" s="63"/>
+      <c r="I7" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="J7" s="108" t="s">
+      <c r="J7" s="81" t="s">
         <v>332</v>
       </c>
-      <c r="K7" s="108"/>
-      <c r="L7" s="143" t="s">
+      <c r="K7" s="81"/>
+      <c r="L7" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="M7" s="136" t="s">
+      <c r="M7" s="63" t="s">
         <v>331</v>
       </c>
-      <c r="N7" s="108"/>
-      <c r="O7" s="143" t="s">
+      <c r="N7" s="81"/>
+      <c r="O7" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="P7" s="108" t="s">
+      <c r="P7" s="81" t="s">
         <v>330</v>
       </c>
-      <c r="Q7" s="108"/>
-[...1 lines deleted...]
-      <c r="S7" s="143" t="s">
+      <c r="Q7" s="81"/>
+      <c r="R7" s="63"/>
+      <c r="S7" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="T7" s="108" t="s">
+      <c r="T7" s="81" t="s">
         <v>329</v>
       </c>
-      <c r="U7" s="108"/>
-[...1 lines deleted...]
-      <c r="W7" s="143" t="s">
+      <c r="U7" s="81"/>
+      <c r="V7" s="63"/>
+      <c r="W7" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="X7" s="108" t="s">
+      <c r="X7" s="81" t="s">
         <v>328</v>
       </c>
-      <c r="Y7" s="108"/>
-[...1 lines deleted...]
-      <c r="AA7" s="143" t="s">
+      <c r="Y7" s="81"/>
+      <c r="Z7" s="81"/>
+      <c r="AA7" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="AB7" s="136" t="s">
+      <c r="AB7" s="63" t="s">
         <v>327</v>
       </c>
-      <c r="AC7" s="108"/>
-[...10 lines deleted...]
-      <c r="D8" s="176" t="s">
+      <c r="AC7" s="81"/>
+      <c r="AD7" s="81"/>
+      <c r="AE7" s="63"/>
+      <c r="AF7" s="81"/>
+      <c r="AG7" s="81"/>
+      <c r="AH7" s="95"/>
+    </row>
+    <row r="8" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="60"/>
+      <c r="B8" s="63"/>
+      <c r="C8" s="81"/>
+      <c r="D8" s="62" t="s">
         <v>326</v>
       </c>
-      <c r="E8" s="176"/>
-[...1 lines deleted...]
-      <c r="G8" s="176" t="s">
+      <c r="E8" s="62"/>
+      <c r="F8" s="62"/>
+      <c r="G8" s="62" t="s">
         <v>325</v>
       </c>
-      <c r="H8" s="176"/>
-[...1 lines deleted...]
-      <c r="J8" s="176" t="s">
+      <c r="H8" s="62"/>
+      <c r="I8" s="62"/>
+      <c r="J8" s="62" t="s">
         <v>20</v>
       </c>
-      <c r="K8" s="176"/>
-[...1 lines deleted...]
-      <c r="M8" s="176" t="s">
+      <c r="K8" s="62"/>
+      <c r="L8" s="62"/>
+      <c r="M8" s="62" t="s">
         <v>19</v>
       </c>
-      <c r="N8" s="176"/>
-[...1 lines deleted...]
-      <c r="P8" s="176" t="s">
+      <c r="N8" s="62"/>
+      <c r="O8" s="62"/>
+      <c r="P8" s="62" t="s">
         <v>324</v>
       </c>
-      <c r="Q8" s="176"/>
-[...2 lines deleted...]
-      <c r="T8" s="176" t="s">
+      <c r="Q8" s="62"/>
+      <c r="R8" s="62"/>
+      <c r="S8" s="62"/>
+      <c r="T8" s="62" t="s">
         <v>323</v>
       </c>
-      <c r="U8" s="176"/>
-[...2 lines deleted...]
-      <c r="X8" s="176" t="s">
+      <c r="U8" s="62"/>
+      <c r="V8" s="62"/>
+      <c r="W8" s="62"/>
+      <c r="X8" s="62" t="s">
         <v>322</v>
       </c>
-      <c r="Y8" s="176"/>
-[...2 lines deleted...]
-      <c r="AB8" s="176" t="s">
+      <c r="Y8" s="62"/>
+      <c r="Z8" s="62"/>
+      <c r="AA8" s="62"/>
+      <c r="AB8" s="62" t="s">
         <v>321</v>
       </c>
-      <c r="AC8" s="108"/>
-[...45 lines deleted...]
-      <c r="C10" s="143" t="s">
+      <c r="AC8" s="81"/>
+      <c r="AD8" s="81"/>
+      <c r="AE8" s="81"/>
+      <c r="AF8" s="81"/>
+      <c r="AG8" s="81"/>
+      <c r="AH8" s="95"/>
+    </row>
+    <row r="9" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="60"/>
+      <c r="B9" s="63"/>
+      <c r="C9" s="81"/>
+      <c r="D9" s="62"/>
+      <c r="E9" s="62"/>
+      <c r="F9" s="62"/>
+      <c r="G9" s="62"/>
+      <c r="H9" s="62"/>
+      <c r="I9" s="62"/>
+      <c r="J9" s="62"/>
+      <c r="K9" s="62"/>
+      <c r="L9" s="62"/>
+      <c r="M9" s="62"/>
+      <c r="N9" s="62"/>
+      <c r="O9" s="62"/>
+      <c r="P9" s="62"/>
+      <c r="Q9" s="62"/>
+      <c r="R9" s="62"/>
+      <c r="S9" s="62"/>
+      <c r="T9" s="62"/>
+      <c r="U9" s="62"/>
+      <c r="V9" s="62"/>
+      <c r="W9" s="62"/>
+      <c r="X9" s="62"/>
+      <c r="Y9" s="62"/>
+      <c r="Z9" s="62"/>
+      <c r="AA9" s="62"/>
+      <c r="AB9" s="62"/>
+      <c r="AC9" s="81"/>
+      <c r="AD9" s="81"/>
+      <c r="AE9" s="81"/>
+      <c r="AF9" s="81"/>
+      <c r="AG9" s="81"/>
+      <c r="AH9" s="95"/>
+    </row>
+    <row r="10" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="60"/>
+      <c r="B10" s="63"/>
+      <c r="C10" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D10" s="108" t="s">
+      <c r="D10" s="81" t="s">
         <v>320</v>
       </c>
-      <c r="E10" s="108"/>
-[...3 lines deleted...]
-      <c r="I10" s="143" t="s">
+      <c r="E10" s="81"/>
+      <c r="F10" s="81"/>
+      <c r="G10" s="81"/>
+      <c r="H10" s="63"/>
+      <c r="I10" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="J10" s="108" t="s">
+      <c r="J10" s="81" t="s">
         <v>319</v>
       </c>
-      <c r="K10" s="108"/>
-[...7 lines deleted...]
-      <c r="S10" s="143" t="s">
+      <c r="K10" s="81"/>
+      <c r="L10" s="81"/>
+      <c r="M10" s="63"/>
+      <c r="N10" s="81"/>
+      <c r="O10" s="81"/>
+      <c r="P10" s="81"/>
+      <c r="Q10" s="81"/>
+      <c r="R10" s="63"/>
+      <c r="S10" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="T10" s="108" t="s">
+      <c r="T10" s="81" t="s">
         <v>318</v>
       </c>
-      <c r="U10" s="108"/>
-[...5 lines deleted...]
-      <c r="AA10" s="143" t="s">
+      <c r="U10" s="81"/>
+      <c r="V10" s="81"/>
+      <c r="W10" s="81"/>
+      <c r="X10" s="81"/>
+      <c r="Y10" s="81"/>
+      <c r="Z10" s="81"/>
+      <c r="AA10" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="AB10" s="144" t="s">
+      <c r="AB10" s="63" t="s">
         <v>317</v>
       </c>
-      <c r="AC10" s="108"/>
-[...11 lines deleted...]
-      <c r="D11" s="176" t="s">
+      <c r="AC10" s="81"/>
+      <c r="AD10" s="81"/>
+      <c r="AE10" s="81"/>
+      <c r="AF10" s="81"/>
+      <c r="AG10" s="81"/>
+      <c r="AH10" s="95"/>
+    </row>
+    <row r="11" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="60"/>
+      <c r="B11" s="63"/>
+      <c r="C11" s="81"/>
+      <c r="D11" s="62" t="s">
         <v>316</v>
       </c>
-      <c r="E11" s="176"/>
-[...4 lines deleted...]
-      <c r="J11" s="176" t="s">
+      <c r="E11" s="62"/>
+      <c r="F11" s="62"/>
+      <c r="G11" s="62"/>
+      <c r="H11" s="62"/>
+      <c r="I11" s="62"/>
+      <c r="J11" s="62" t="s">
         <v>315</v>
       </c>
-      <c r="K11" s="176"/>
-[...8 lines deleted...]
-      <c r="T11" s="176" t="s">
+      <c r="K11" s="62"/>
+      <c r="L11" s="62"/>
+      <c r="M11" s="62"/>
+      <c r="N11" s="62"/>
+      <c r="O11" s="62"/>
+      <c r="P11" s="62"/>
+      <c r="Q11" s="62"/>
+      <c r="R11" s="62"/>
+      <c r="S11" s="62"/>
+      <c r="T11" s="62" t="s">
         <v>314</v>
       </c>
-      <c r="U11" s="176"/>
-[...6 lines deleted...]
-      <c r="AB11" s="176" t="s">
+      <c r="U11" s="62"/>
+      <c r="V11" s="62"/>
+      <c r="W11" s="62"/>
+      <c r="X11" s="62"/>
+      <c r="Y11" s="62"/>
+      <c r="Z11" s="62"/>
+      <c r="AA11" s="62"/>
+      <c r="AB11" s="62" t="s">
         <v>313</v>
       </c>
-      <c r="AC11" s="108"/>
-[...45 lines deleted...]
-      <c r="C13" s="143" t="s">
+      <c r="AC11" s="81"/>
+      <c r="AD11" s="81"/>
+      <c r="AE11" s="81"/>
+      <c r="AF11" s="81"/>
+      <c r="AG11" s="81"/>
+      <c r="AH11" s="95"/>
+    </row>
+    <row r="12" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="60"/>
+      <c r="B12" s="63"/>
+      <c r="C12" s="81"/>
+      <c r="D12" s="62"/>
+      <c r="E12" s="62"/>
+      <c r="F12" s="62"/>
+      <c r="G12" s="62"/>
+      <c r="H12" s="62"/>
+      <c r="I12" s="62"/>
+      <c r="J12" s="62"/>
+      <c r="K12" s="62"/>
+      <c r="L12" s="62"/>
+      <c r="M12" s="62"/>
+      <c r="N12" s="62"/>
+      <c r="O12" s="62"/>
+      <c r="P12" s="62"/>
+      <c r="Q12" s="62"/>
+      <c r="R12" s="62"/>
+      <c r="S12" s="62"/>
+      <c r="T12" s="62"/>
+      <c r="U12" s="62"/>
+      <c r="V12" s="62"/>
+      <c r="W12" s="62"/>
+      <c r="X12" s="62"/>
+      <c r="Y12" s="62"/>
+      <c r="Z12" s="62"/>
+      <c r="AA12" s="62"/>
+      <c r="AB12" s="62"/>
+      <c r="AC12" s="81"/>
+      <c r="AD12" s="81"/>
+      <c r="AE12" s="81"/>
+      <c r="AF12" s="81"/>
+      <c r="AG12" s="81"/>
+      <c r="AH12" s="95"/>
+    </row>
+    <row r="13" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="114"/>
+      <c r="B13" s="64"/>
+      <c r="C13" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D13" s="108" t="s">
+      <c r="D13" s="81" t="s">
         <v>312</v>
       </c>
-      <c r="E13" s="108"/>
-[...6 lines deleted...]
-      <c r="L13" s="143" t="s">
+      <c r="E13" s="81"/>
+      <c r="F13" s="81"/>
+      <c r="G13" s="81"/>
+      <c r="H13" s="63"/>
+      <c r="I13" s="81"/>
+      <c r="J13" s="81"/>
+      <c r="K13" s="63"/>
+      <c r="L13" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="M13" s="108" t="s">
+      <c r="M13" s="81" t="s">
         <v>311</v>
       </c>
-      <c r="N13" s="108"/>
-[...25 lines deleted...]
-      <c r="D14" s="176" t="s">
+      <c r="N13" s="81"/>
+      <c r="O13" s="81"/>
+      <c r="P13" s="81"/>
+      <c r="Q13" s="81"/>
+      <c r="R13" s="63"/>
+      <c r="S13" s="81"/>
+      <c r="T13" s="81"/>
+      <c r="U13" s="81"/>
+      <c r="V13" s="81"/>
+      <c r="W13" s="81"/>
+      <c r="X13" s="81"/>
+      <c r="Y13" s="81"/>
+      <c r="Z13" s="81"/>
+      <c r="AA13" s="81"/>
+      <c r="AB13" s="81"/>
+      <c r="AC13" s="81"/>
+      <c r="AD13" s="81"/>
+      <c r="AE13" s="81"/>
+      <c r="AF13" s="81"/>
+      <c r="AG13" s="81"/>
+      <c r="AH13" s="95"/>
+    </row>
+    <row r="14" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="60"/>
+      <c r="B14" s="63"/>
+      <c r="C14" s="81"/>
+      <c r="D14" s="62" t="s">
         <v>310</v>
       </c>
-      <c r="E14" s="176"/>
-[...7 lines deleted...]
-      <c r="M14" s="176" t="s">
+      <c r="E14" s="62"/>
+      <c r="F14" s="62"/>
+      <c r="G14" s="62"/>
+      <c r="H14" s="62"/>
+      <c r="I14" s="62"/>
+      <c r="J14" s="62"/>
+      <c r="K14" s="63"/>
+      <c r="L14" s="62"/>
+      <c r="M14" s="62" t="s">
         <v>309</v>
       </c>
-      <c r="N14" s="108"/>
-[...60 lines deleted...]
-      <c r="C16" s="143" t="s">
+      <c r="N14" s="81"/>
+      <c r="O14" s="81"/>
+      <c r="P14" s="81"/>
+      <c r="Q14" s="81"/>
+      <c r="R14" s="81"/>
+      <c r="S14" s="81"/>
+      <c r="T14" s="81"/>
+      <c r="U14" s="81"/>
+      <c r="V14" s="81"/>
+      <c r="W14" s="81"/>
+      <c r="X14" s="81"/>
+      <c r="Y14" s="81"/>
+      <c r="Z14" s="81"/>
+      <c r="AA14" s="81"/>
+      <c r="AB14" s="81"/>
+      <c r="AC14" s="81"/>
+      <c r="AD14" s="81"/>
+      <c r="AE14" s="81"/>
+      <c r="AF14" s="81"/>
+      <c r="AG14" s="81"/>
+      <c r="AH14" s="95"/>
+    </row>
+    <row r="15" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="60"/>
+      <c r="B15" s="63"/>
+      <c r="C15" s="81"/>
+      <c r="D15" s="62"/>
+      <c r="E15" s="62"/>
+      <c r="F15" s="62"/>
+      <c r="G15" s="62"/>
+      <c r="H15" s="62"/>
+      <c r="I15" s="62"/>
+      <c r="J15" s="62"/>
+      <c r="K15" s="63"/>
+      <c r="L15" s="62"/>
+      <c r="M15" s="62"/>
+      <c r="N15" s="81"/>
+      <c r="O15" s="81"/>
+      <c r="P15" s="81"/>
+      <c r="Q15" s="81"/>
+      <c r="R15" s="81"/>
+      <c r="S15" s="81"/>
+      <c r="T15" s="81"/>
+      <c r="U15" s="81"/>
+      <c r="V15" s="81"/>
+      <c r="W15" s="81"/>
+      <c r="X15" s="81"/>
+      <c r="Y15" s="81"/>
+      <c r="Z15" s="81"/>
+      <c r="AA15" s="81"/>
+      <c r="AB15" s="81"/>
+      <c r="AC15" s="81"/>
+      <c r="AD15" s="81"/>
+      <c r="AE15" s="81"/>
+      <c r="AF15" s="81"/>
+      <c r="AG15" s="81"/>
+      <c r="AH15" s="95"/>
+    </row>
+    <row r="16" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="60"/>
+      <c r="B16" s="63"/>
+      <c r="C16" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D16" s="108" t="s">
+      <c r="D16" s="81" t="s">
         <v>308</v>
       </c>
-      <c r="E16" s="108"/>
-[...13 lines deleted...]
-      <c r="S16" s="143" t="s">
+      <c r="E16" s="81"/>
+      <c r="F16" s="81"/>
+      <c r="G16" s="81"/>
+      <c r="H16" s="81"/>
+      <c r="I16" s="81"/>
+      <c r="J16" s="81"/>
+      <c r="K16" s="81"/>
+      <c r="L16" s="81"/>
+      <c r="M16" s="81"/>
+      <c r="N16" s="81"/>
+      <c r="O16" s="81"/>
+      <c r="P16" s="81"/>
+      <c r="Q16" s="81"/>
+      <c r="R16" s="63"/>
+      <c r="S16" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="T16" s="108" t="s">
+      <c r="T16" s="81" t="s">
         <v>241</v>
       </c>
-      <c r="U16" s="108"/>
-[...7 lines deleted...]
-      <c r="AC16" s="108" t="s">
+      <c r="U16" s="81"/>
+      <c r="V16" s="81"/>
+      <c r="W16" s="949"/>
+      <c r="X16" s="949"/>
+      <c r="Y16" s="949"/>
+      <c r="Z16" s="949"/>
+      <c r="AA16" s="949"/>
+      <c r="AB16" s="949"/>
+      <c r="AC16" s="81" t="s">
         <v>63</v>
       </c>
-      <c r="AD16" s="108"/>
-[...9 lines deleted...]
-      <c r="D17" s="176" t="s">
+      <c r="AD16" s="81"/>
+      <c r="AE16" s="81"/>
+      <c r="AF16" s="81"/>
+      <c r="AG16" s="81"/>
+      <c r="AH16" s="95"/>
+    </row>
+    <row r="17" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="60"/>
+      <c r="B17" s="63"/>
+      <c r="C17" s="81"/>
+      <c r="D17" s="62" t="s">
         <v>307</v>
       </c>
-      <c r="E17" s="176"/>
-[...14 lines deleted...]
-      <c r="T17" s="176" t="s">
+      <c r="E17" s="62"/>
+      <c r="F17" s="62"/>
+      <c r="G17" s="62"/>
+      <c r="H17" s="62"/>
+      <c r="I17" s="62"/>
+      <c r="J17" s="62"/>
+      <c r="K17" s="62"/>
+      <c r="L17" s="62"/>
+      <c r="M17" s="62"/>
+      <c r="N17" s="62"/>
+      <c r="O17" s="62"/>
+      <c r="P17" s="62"/>
+      <c r="Q17" s="62"/>
+      <c r="R17" s="63"/>
+      <c r="S17" s="62"/>
+      <c r="T17" s="62" t="s">
         <v>83</v>
       </c>
-      <c r="U17" s="176"/>
-[...52 lines deleted...]
-      <c r="B19" s="90" t="s">
+      <c r="U17" s="62"/>
+      <c r="V17" s="81"/>
+      <c r="W17" s="949"/>
+      <c r="X17" s="949"/>
+      <c r="Y17" s="949"/>
+      <c r="Z17" s="949"/>
+      <c r="AA17" s="949"/>
+      <c r="AB17" s="949"/>
+      <c r="AC17" s="81"/>
+      <c r="AD17" s="81"/>
+      <c r="AE17" s="81"/>
+      <c r="AF17" s="81"/>
+      <c r="AG17" s="81"/>
+      <c r="AH17" s="95"/>
+    </row>
+    <row r="18" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="60"/>
+      <c r="B18" s="63"/>
+      <c r="C18" s="81"/>
+      <c r="D18" s="62"/>
+      <c r="E18" s="62"/>
+      <c r="F18" s="62"/>
+      <c r="G18" s="62"/>
+      <c r="H18" s="62"/>
+      <c r="I18" s="62"/>
+      <c r="J18" s="62"/>
+      <c r="K18" s="62"/>
+      <c r="L18" s="62"/>
+      <c r="M18" s="62"/>
+      <c r="N18" s="62"/>
+      <c r="O18" s="62"/>
+      <c r="P18" s="62"/>
+      <c r="Q18" s="62"/>
+      <c r="R18" s="62"/>
+      <c r="S18" s="62"/>
+      <c r="T18" s="62"/>
+      <c r="U18" s="81"/>
+      <c r="V18" s="81"/>
+      <c r="W18" s="81"/>
+      <c r="X18" s="81"/>
+      <c r="Y18" s="81"/>
+      <c r="Z18" s="81"/>
+      <c r="AA18" s="81"/>
+      <c r="AB18" s="81"/>
+      <c r="AC18" s="81"/>
+      <c r="AD18" s="81"/>
+      <c r="AE18" s="81"/>
+      <c r="AF18" s="81"/>
+      <c r="AG18" s="81"/>
+      <c r="AH18" s="95"/>
+    </row>
+    <row r="19" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="60"/>
+      <c r="B19" s="63" t="s">
         <v>507</v>
       </c>
-      <c r="C19" s="108"/>
-[...35 lines deleted...]
-      <c r="C20" s="1165" t="s">
+      <c r="C19" s="81"/>
+      <c r="D19" s="81"/>
+      <c r="E19" s="81"/>
+      <c r="F19" s="81"/>
+      <c r="G19" s="81"/>
+      <c r="H19" s="81"/>
+      <c r="I19" s="81"/>
+      <c r="J19" s="81"/>
+      <c r="K19" s="81"/>
+      <c r="L19" s="81"/>
+      <c r="M19" s="81"/>
+      <c r="N19" s="81"/>
+      <c r="O19" s="81"/>
+      <c r="P19" s="81"/>
+      <c r="Q19" s="81"/>
+      <c r="R19" s="81"/>
+      <c r="S19" s="81"/>
+      <c r="T19" s="81"/>
+      <c r="U19" s="81"/>
+      <c r="V19" s="81"/>
+      <c r="W19" s="81"/>
+      <c r="X19" s="81"/>
+      <c r="Y19" s="81"/>
+      <c r="Z19" s="81"/>
+      <c r="AA19" s="81"/>
+      <c r="AB19" s="81"/>
+      <c r="AC19" s="81"/>
+      <c r="AD19" s="81"/>
+      <c r="AE19" s="81"/>
+      <c r="AF19" s="81"/>
+      <c r="AG19" s="81"/>
+      <c r="AH19" s="95"/>
+    </row>
+    <row r="20" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="60"/>
+      <c r="B20" s="63"/>
+      <c r="C20" s="894" t="s">
         <v>506</v>
       </c>
-      <c r="D20" s="1165"/>
-[...70 lines deleted...]
-      <c r="C22" s="143" t="s">
+      <c r="D20" s="894"/>
+      <c r="E20" s="894"/>
+      <c r="F20" s="894"/>
+      <c r="G20" s="894"/>
+      <c r="H20" s="894"/>
+      <c r="I20" s="894"/>
+      <c r="J20" s="894"/>
+      <c r="K20" s="894"/>
+      <c r="L20" s="894"/>
+      <c r="M20" s="894"/>
+      <c r="N20" s="894"/>
+      <c r="O20" s="894"/>
+      <c r="P20" s="894"/>
+      <c r="Q20" s="894"/>
+      <c r="R20" s="894"/>
+      <c r="S20" s="894"/>
+      <c r="T20" s="894"/>
+      <c r="U20" s="894"/>
+      <c r="V20" s="894"/>
+      <c r="W20" s="894"/>
+      <c r="X20" s="894"/>
+      <c r="Y20" s="894"/>
+      <c r="Z20" s="894"/>
+      <c r="AA20" s="894"/>
+      <c r="AB20" s="894"/>
+      <c r="AC20" s="894"/>
+      <c r="AD20" s="894"/>
+      <c r="AE20" s="894"/>
+      <c r="AF20" s="894"/>
+      <c r="AG20" s="894"/>
+      <c r="AH20" s="895"/>
+    </row>
+    <row r="21" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="60"/>
+      <c r="B21" s="63"/>
+      <c r="C21" s="62"/>
+      <c r="D21" s="81"/>
+      <c r="E21" s="81"/>
+      <c r="F21" s="81"/>
+      <c r="G21" s="81"/>
+      <c r="H21" s="81"/>
+      <c r="I21" s="81"/>
+      <c r="J21" s="81"/>
+      <c r="K21" s="81"/>
+      <c r="L21" s="81"/>
+      <c r="M21" s="81"/>
+      <c r="N21" s="81"/>
+      <c r="O21" s="81"/>
+      <c r="P21" s="81"/>
+      <c r="Q21" s="81"/>
+      <c r="R21" s="81"/>
+      <c r="S21" s="81"/>
+      <c r="T21" s="81"/>
+      <c r="U21" s="81"/>
+      <c r="V21" s="81"/>
+      <c r="W21" s="81"/>
+      <c r="X21" s="81"/>
+      <c r="Y21" s="81"/>
+      <c r="Z21" s="81"/>
+      <c r="AA21" s="81"/>
+      <c r="AB21" s="81"/>
+      <c r="AC21" s="81"/>
+      <c r="AD21" s="81"/>
+      <c r="AE21" s="81"/>
+      <c r="AF21" s="81"/>
+      <c r="AG21" s="81"/>
+      <c r="AH21" s="95"/>
+    </row>
+    <row r="22" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="60"/>
+      <c r="B22" s="63"/>
+      <c r="C22" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D22" s="108" t="s">
+      <c r="D22" s="81" t="s">
         <v>306</v>
       </c>
-      <c r="E22" s="108"/>
-[...3 lines deleted...]
-      <c r="I22" s="143" t="s">
+      <c r="E22" s="81"/>
+      <c r="F22" s="81"/>
+      <c r="G22" s="81"/>
+      <c r="H22" s="81"/>
+      <c r="I22" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="J22" s="108" t="s">
+      <c r="J22" s="81" t="s">
         <v>305</v>
       </c>
-      <c r="K22" s="108"/>
-[...4 lines deleted...]
-      <c r="P22" s="143" t="s">
+      <c r="K22" s="81"/>
+      <c r="L22" s="81"/>
+      <c r="M22" s="81"/>
+      <c r="N22" s="81"/>
+      <c r="O22" s="81"/>
+      <c r="P22" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="Q22" s="108" t="s">
+      <c r="Q22" s="81" t="s">
         <v>304</v>
       </c>
-      <c r="R22" s="108"/>
-[...21 lines deleted...]
-      <c r="D23" s="176" t="s">
+      <c r="R22" s="81"/>
+      <c r="S22" s="81"/>
+      <c r="T22" s="81"/>
+      <c r="U22" s="81"/>
+      <c r="V22" s="81"/>
+      <c r="W22" s="81"/>
+      <c r="X22" s="81"/>
+      <c r="Y22" s="81"/>
+      <c r="Z22" s="81"/>
+      <c r="AA22" s="81"/>
+      <c r="AB22" s="81"/>
+      <c r="AC22" s="81"/>
+      <c r="AD22" s="81"/>
+      <c r="AE22" s="81"/>
+      <c r="AF22" s="81"/>
+      <c r="AG22" s="81"/>
+      <c r="AH22" s="95"/>
+    </row>
+    <row r="23" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="60"/>
+      <c r="B23" s="63"/>
+      <c r="C23" s="81"/>
+      <c r="D23" s="62" t="s">
         <v>15</v>
       </c>
-      <c r="E23" s="176"/>
-[...4 lines deleted...]
-      <c r="J23" s="176" t="s">
+      <c r="E23" s="62"/>
+      <c r="F23" s="62"/>
+      <c r="G23" s="62"/>
+      <c r="H23" s="62"/>
+      <c r="I23" s="62"/>
+      <c r="J23" s="62" t="s">
         <v>16</v>
       </c>
-      <c r="K23" s="176"/>
-[...5 lines deleted...]
-      <c r="Q23" s="176" t="s">
+      <c r="K23" s="62"/>
+      <c r="L23" s="62"/>
+      <c r="M23" s="62"/>
+      <c r="N23" s="62"/>
+      <c r="O23" s="62"/>
+      <c r="P23" s="62"/>
+      <c r="Q23" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="R23" s="176"/>
-[...56 lines deleted...]
-      <c r="C25" s="143" t="s">
+      <c r="R23" s="62"/>
+      <c r="S23" s="81"/>
+      <c r="T23" s="81"/>
+      <c r="U23" s="81"/>
+      <c r="V23" s="81"/>
+      <c r="W23" s="81"/>
+      <c r="X23" s="81"/>
+      <c r="Y23" s="81"/>
+      <c r="Z23" s="81"/>
+      <c r="AA23" s="81"/>
+      <c r="AB23" s="81"/>
+      <c r="AC23" s="81"/>
+      <c r="AD23" s="81"/>
+      <c r="AE23" s="81"/>
+      <c r="AF23" s="81"/>
+      <c r="AG23" s="81"/>
+      <c r="AH23" s="95"/>
+    </row>
+    <row r="24" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="60"/>
+      <c r="B24" s="63"/>
+      <c r="C24" s="81"/>
+      <c r="D24" s="62"/>
+      <c r="E24" s="62"/>
+      <c r="F24" s="62"/>
+      <c r="G24" s="62"/>
+      <c r="H24" s="62"/>
+      <c r="I24" s="62"/>
+      <c r="J24" s="62"/>
+      <c r="K24" s="62"/>
+      <c r="L24" s="62"/>
+      <c r="M24" s="62"/>
+      <c r="N24" s="62"/>
+      <c r="O24" s="62"/>
+      <c r="P24" s="62"/>
+      <c r="Q24" s="62"/>
+      <c r="R24" s="62"/>
+      <c r="S24" s="81"/>
+      <c r="T24" s="81"/>
+      <c r="U24" s="81"/>
+      <c r="V24" s="81"/>
+      <c r="W24" s="81"/>
+      <c r="X24" s="81"/>
+      <c r="Y24" s="81"/>
+      <c r="Z24" s="81"/>
+      <c r="AA24" s="81"/>
+      <c r="AB24" s="81"/>
+      <c r="AC24" s="81"/>
+      <c r="AD24" s="81"/>
+      <c r="AE24" s="81"/>
+      <c r="AF24" s="81"/>
+      <c r="AG24" s="81"/>
+      <c r="AH24" s="95"/>
+    </row>
+    <row r="25" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="60"/>
+      <c r="B25" s="63"/>
+      <c r="C25" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D25" s="1166" t="s">
+      <c r="D25" s="978" t="s">
         <v>303</v>
       </c>
-      <c r="E25" s="1167"/>
-[...16 lines deleted...]
-      <c r="V25" s="108" t="s">
+      <c r="E25" s="979"/>
+      <c r="F25" s="979"/>
+      <c r="G25" s="979"/>
+      <c r="H25" s="979"/>
+      <c r="I25" s="979"/>
+      <c r="J25" s="979"/>
+      <c r="K25" s="979"/>
+      <c r="L25" s="979"/>
+      <c r="M25" s="979"/>
+      <c r="N25" s="979"/>
+      <c r="O25" s="949"/>
+      <c r="P25" s="949"/>
+      <c r="Q25" s="949"/>
+      <c r="R25" s="949"/>
+      <c r="S25" s="949"/>
+      <c r="T25" s="949"/>
+      <c r="U25" s="949"/>
+      <c r="V25" s="81" t="s">
         <v>63</v>
       </c>
-      <c r="W25" s="143" t="s">
+      <c r="W25" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="X25" s="108" t="s">
+      <c r="X25" s="81" t="s">
         <v>241</v>
       </c>
-      <c r="Y25" s="108"/>
-[...7 lines deleted...]
-      <c r="AG25" s="108" t="s">
+      <c r="Y25" s="81"/>
+      <c r="Z25" s="63"/>
+      <c r="AA25" s="949"/>
+      <c r="AB25" s="949"/>
+      <c r="AC25" s="949"/>
+      <c r="AD25" s="949"/>
+      <c r="AE25" s="949"/>
+      <c r="AF25" s="949"/>
+      <c r="AG25" s="81" t="s">
         <v>63</v>
       </c>
-      <c r="AH25" s="158"/>
-[...5 lines deleted...]
-      <c r="D26" s="1168" t="s">
+      <c r="AH25" s="95"/>
+    </row>
+    <row r="26" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="60"/>
+      <c r="B26" s="63"/>
+      <c r="C26" s="62"/>
+      <c r="D26" s="908" t="s">
         <v>302</v>
       </c>
-      <c r="E26" s="1168"/>
-[...18 lines deleted...]
-      <c r="X26" s="176" t="s">
+      <c r="E26" s="908"/>
+      <c r="F26" s="908"/>
+      <c r="G26" s="908"/>
+      <c r="H26" s="908"/>
+      <c r="I26" s="908"/>
+      <c r="J26" s="908"/>
+      <c r="K26" s="908"/>
+      <c r="L26" s="908"/>
+      <c r="M26" s="908"/>
+      <c r="N26" s="908"/>
+      <c r="O26" s="949"/>
+      <c r="P26" s="949"/>
+      <c r="Q26" s="949"/>
+      <c r="R26" s="949"/>
+      <c r="S26" s="949"/>
+      <c r="T26" s="949"/>
+      <c r="U26" s="949"/>
+      <c r="V26" s="81"/>
+      <c r="W26" s="81"/>
+      <c r="X26" s="62" t="s">
         <v>83</v>
       </c>
-      <c r="Y26" s="108"/>
-[...83 lines deleted...]
-      <c r="A29" s="138" t="s">
+      <c r="Y26" s="81"/>
+      <c r="Z26" s="81"/>
+      <c r="AA26" s="949"/>
+      <c r="AB26" s="949"/>
+      <c r="AC26" s="949"/>
+      <c r="AD26" s="949"/>
+      <c r="AE26" s="949"/>
+      <c r="AF26" s="949"/>
+      <c r="AG26" s="81"/>
+      <c r="AH26" s="95"/>
+    </row>
+    <row r="27" spans="1:34" s="28" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="60"/>
+      <c r="B27" s="63"/>
+      <c r="C27" s="62"/>
+      <c r="D27" s="908"/>
+      <c r="E27" s="908"/>
+      <c r="F27" s="908"/>
+      <c r="G27" s="908"/>
+      <c r="H27" s="908"/>
+      <c r="I27" s="908"/>
+      <c r="J27" s="908"/>
+      <c r="K27" s="908"/>
+      <c r="L27" s="908"/>
+      <c r="M27" s="908"/>
+      <c r="N27" s="908"/>
+      <c r="O27" s="62"/>
+      <c r="P27" s="62"/>
+      <c r="Q27" s="63"/>
+      <c r="R27" s="62"/>
+      <c r="S27" s="81"/>
+      <c r="T27" s="81"/>
+      <c r="U27" s="81"/>
+      <c r="V27" s="81"/>
+      <c r="W27" s="81"/>
+      <c r="X27" s="62"/>
+      <c r="Y27" s="81"/>
+      <c r="Z27" s="81"/>
+      <c r="AA27" s="81"/>
+      <c r="AB27" s="81"/>
+      <c r="AC27" s="81"/>
+      <c r="AD27" s="81"/>
+      <c r="AE27" s="81"/>
+      <c r="AF27" s="81"/>
+      <c r="AG27" s="81"/>
+      <c r="AH27" s="95"/>
+    </row>
+    <row r="28" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="60"/>
+      <c r="B28" s="63"/>
+      <c r="C28" s="62"/>
+      <c r="D28" s="62"/>
+      <c r="E28" s="62"/>
+      <c r="F28" s="62"/>
+      <c r="G28" s="62"/>
+      <c r="H28" s="62"/>
+      <c r="I28" s="62"/>
+      <c r="J28" s="62"/>
+      <c r="K28" s="62"/>
+      <c r="L28" s="62"/>
+      <c r="M28" s="62"/>
+      <c r="N28" s="62"/>
+      <c r="O28" s="62"/>
+      <c r="P28" s="62"/>
+      <c r="Q28" s="63"/>
+      <c r="R28" s="62"/>
+      <c r="S28" s="81"/>
+      <c r="T28" s="81"/>
+      <c r="U28" s="81"/>
+      <c r="V28" s="81"/>
+      <c r="W28" s="81"/>
+      <c r="X28" s="62"/>
+      <c r="Y28" s="81"/>
+      <c r="Z28" s="81"/>
+      <c r="AA28" s="81"/>
+      <c r="AB28" s="81"/>
+      <c r="AC28" s="81"/>
+      <c r="AD28" s="81"/>
+      <c r="AE28" s="81"/>
+      <c r="AF28" s="81"/>
+      <c r="AG28" s="81"/>
+      <c r="AH28" s="95"/>
+    </row>
+    <row r="29" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="60" t="s">
         <v>546</v>
       </c>
-      <c r="B29" s="136"/>
-[...5 lines deleted...]
-      <c r="H29" s="176" t="s">
+      <c r="B29" s="63"/>
+      <c r="C29" s="81"/>
+      <c r="D29" s="81"/>
+      <c r="E29" s="81"/>
+      <c r="F29" s="81"/>
+      <c r="G29" s="63"/>
+      <c r="H29" s="62" t="s">
         <v>301</v>
       </c>
-      <c r="I29" s="108"/>
-[...68 lines deleted...]
-      <c r="B31" s="143" t="s">
+      <c r="I29" s="81"/>
+      <c r="J29" s="81"/>
+      <c r="K29" s="81"/>
+      <c r="L29" s="81"/>
+      <c r="M29" s="81"/>
+      <c r="N29" s="81"/>
+      <c r="O29" s="81"/>
+      <c r="P29" s="81"/>
+      <c r="Q29" s="81"/>
+      <c r="R29" s="81"/>
+      <c r="S29" s="81"/>
+      <c r="T29" s="81"/>
+      <c r="U29" s="81"/>
+      <c r="V29" s="81"/>
+      <c r="W29" s="81"/>
+      <c r="X29" s="81"/>
+      <c r="Y29" s="81"/>
+      <c r="Z29" s="81"/>
+      <c r="AA29" s="81"/>
+      <c r="AB29" s="81"/>
+      <c r="AC29" s="81"/>
+      <c r="AD29" s="81"/>
+      <c r="AE29" s="81"/>
+      <c r="AF29" s="81"/>
+      <c r="AG29" s="81"/>
+      <c r="AH29" s="101"/>
+    </row>
+    <row r="30" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="60"/>
+      <c r="B30" s="63"/>
+      <c r="C30" s="81"/>
+      <c r="D30" s="81"/>
+      <c r="E30" s="81"/>
+      <c r="F30" s="81"/>
+      <c r="G30" s="63"/>
+      <c r="H30" s="62"/>
+      <c r="I30" s="81"/>
+      <c r="J30" s="81"/>
+      <c r="K30" s="81"/>
+      <c r="L30" s="81"/>
+      <c r="M30" s="81"/>
+      <c r="N30" s="81"/>
+      <c r="O30" s="81"/>
+      <c r="P30" s="81"/>
+      <c r="Q30" s="81"/>
+      <c r="R30" s="81"/>
+      <c r="S30" s="81"/>
+      <c r="T30" s="81"/>
+      <c r="U30" s="81"/>
+      <c r="V30" s="81"/>
+      <c r="W30" s="81"/>
+      <c r="X30" s="81"/>
+      <c r="Y30" s="81"/>
+      <c r="Z30" s="81"/>
+      <c r="AA30" s="81"/>
+      <c r="AB30" s="81"/>
+      <c r="AC30" s="81"/>
+      <c r="AD30" s="81"/>
+      <c r="AE30" s="81"/>
+      <c r="AF30" s="81"/>
+      <c r="AG30" s="81"/>
+      <c r="AH30" s="101"/>
+    </row>
+    <row r="31" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="60"/>
+      <c r="B31" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="C31" s="108" t="s">
+      <c r="C31" s="81" t="s">
         <v>300</v>
       </c>
-      <c r="D31" s="108"/>
-[...8 lines deleted...]
-      <c r="M31" s="143" t="s">
+      <c r="D31" s="81"/>
+      <c r="E31" s="81"/>
+      <c r="F31" s="81"/>
+      <c r="G31" s="63"/>
+      <c r="H31" s="81"/>
+      <c r="I31" s="81"/>
+      <c r="J31" s="81"/>
+      <c r="K31" s="63"/>
+      <c r="L31" s="63"/>
+      <c r="M31" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="N31" s="108" t="s">
+      <c r="N31" s="81" t="s">
         <v>299</v>
       </c>
-      <c r="O31" s="144"/>
-[...25 lines deleted...]
-      <c r="C32" s="176" t="s">
+      <c r="O31" s="63"/>
+      <c r="P31" s="63"/>
+      <c r="Q31" s="81"/>
+      <c r="R31" s="81"/>
+      <c r="S31" s="81"/>
+      <c r="T31" s="81"/>
+      <c r="U31" s="63"/>
+      <c r="V31" s="81"/>
+      <c r="W31" s="63"/>
+      <c r="X31" s="63"/>
+      <c r="Y31" s="81"/>
+      <c r="Z31" s="81"/>
+      <c r="AA31" s="81"/>
+      <c r="AB31" s="81"/>
+      <c r="AC31" s="81"/>
+      <c r="AD31" s="81"/>
+      <c r="AE31" s="81"/>
+      <c r="AF31" s="63"/>
+      <c r="AG31" s="63"/>
+      <c r="AH31" s="101"/>
+    </row>
+    <row r="32" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="60"/>
+      <c r="B32" s="63"/>
+      <c r="C32" s="62" t="s">
         <v>298</v>
       </c>
-      <c r="D32" s="176"/>
-[...9 lines deleted...]
-      <c r="N32" s="176" t="s">
+      <c r="D32" s="62"/>
+      <c r="E32" s="62"/>
+      <c r="F32" s="62"/>
+      <c r="G32" s="62"/>
+      <c r="H32" s="63"/>
+      <c r="I32" s="62"/>
+      <c r="J32" s="62"/>
+      <c r="K32" s="63"/>
+      <c r="L32" s="63"/>
+      <c r="M32" s="62"/>
+      <c r="N32" s="62" t="s">
         <v>297</v>
       </c>
-      <c r="O32" s="176"/>
-[...62 lines deleted...]
-      <c r="B34" s="143" t="s">
+      <c r="O32" s="62"/>
+      <c r="P32" s="62"/>
+      <c r="Q32" s="63"/>
+      <c r="R32" s="62"/>
+      <c r="S32" s="62"/>
+      <c r="T32" s="62"/>
+      <c r="U32" s="62"/>
+      <c r="V32" s="63"/>
+      <c r="W32" s="63"/>
+      <c r="X32" s="63"/>
+      <c r="Y32" s="62"/>
+      <c r="Z32" s="81"/>
+      <c r="AA32" s="81"/>
+      <c r="AB32" s="81"/>
+      <c r="AC32" s="81"/>
+      <c r="AD32" s="81"/>
+      <c r="AE32" s="81"/>
+      <c r="AF32" s="81"/>
+      <c r="AG32" s="81"/>
+      <c r="AH32" s="101"/>
+    </row>
+    <row r="33" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="60"/>
+      <c r="B33" s="63"/>
+      <c r="C33" s="62"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="62"/>
+      <c r="F33" s="62"/>
+      <c r="G33" s="62"/>
+      <c r="H33" s="63"/>
+      <c r="I33" s="62"/>
+      <c r="J33" s="62"/>
+      <c r="K33" s="63"/>
+      <c r="L33" s="63"/>
+      <c r="M33" s="62"/>
+      <c r="N33" s="62"/>
+      <c r="O33" s="62"/>
+      <c r="P33" s="62"/>
+      <c r="Q33" s="63"/>
+      <c r="R33" s="62"/>
+      <c r="S33" s="62"/>
+      <c r="T33" s="62"/>
+      <c r="U33" s="62"/>
+      <c r="V33" s="63"/>
+      <c r="W33" s="63"/>
+      <c r="X33" s="63"/>
+      <c r="Y33" s="62"/>
+      <c r="Z33" s="81"/>
+      <c r="AA33" s="81"/>
+      <c r="AB33" s="81"/>
+      <c r="AC33" s="81"/>
+      <c r="AD33" s="81"/>
+      <c r="AE33" s="81"/>
+      <c r="AF33" s="81"/>
+      <c r="AG33" s="81"/>
+      <c r="AH33" s="101"/>
+    </row>
+    <row r="34" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="60"/>
+      <c r="B34" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="C34" s="144" t="s">
+      <c r="C34" s="63" t="s">
         <v>296</v>
       </c>
-      <c r="D34" s="176"/>
-[...8 lines deleted...]
-      <c r="M34" s="143" t="s">
+      <c r="D34" s="62"/>
+      <c r="E34" s="62"/>
+      <c r="F34" s="62"/>
+      <c r="G34" s="62"/>
+      <c r="H34" s="125"/>
+      <c r="I34" s="62"/>
+      <c r="J34" s="62"/>
+      <c r="K34" s="63"/>
+      <c r="L34" s="63"/>
+      <c r="M34" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="N34" s="108" t="s">
+      <c r="N34" s="81" t="s">
         <v>241</v>
       </c>
-      <c r="O34" s="176"/>
-[...17 lines deleted...]
-      <c r="AG34" s="108" t="s">
+      <c r="O34" s="62"/>
+      <c r="P34" s="62"/>
+      <c r="Q34" s="969"/>
+      <c r="R34" s="969"/>
+      <c r="S34" s="969"/>
+      <c r="T34" s="969"/>
+      <c r="U34" s="969"/>
+      <c r="V34" s="969"/>
+      <c r="W34" s="969"/>
+      <c r="X34" s="969"/>
+      <c r="Y34" s="969"/>
+      <c r="Z34" s="969"/>
+      <c r="AA34" s="969"/>
+      <c r="AB34" s="969"/>
+      <c r="AC34" s="969"/>
+      <c r="AD34" s="969"/>
+      <c r="AE34" s="969"/>
+      <c r="AF34" s="969"/>
+      <c r="AG34" s="81" t="s">
         <v>63</v>
       </c>
-      <c r="AH34" s="147"/>
-[...6 lines deleted...]
-      <c r="C35" s="176" t="s">
+      <c r="AH34" s="101"/>
+    </row>
+    <row r="35" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="60"/>
+      <c r="B35" s="63"/>
+      <c r="C35" s="62" t="s">
         <v>18</v>
       </c>
-      <c r="D35" s="176"/>
-[...9 lines deleted...]
-      <c r="N35" s="176" t="s">
+      <c r="D35" s="62"/>
+      <c r="E35" s="62"/>
+      <c r="F35" s="62"/>
+      <c r="G35" s="62"/>
+      <c r="H35" s="125"/>
+      <c r="I35" s="62"/>
+      <c r="J35" s="62"/>
+      <c r="K35" s="63"/>
+      <c r="L35" s="63"/>
+      <c r="M35" s="62"/>
+      <c r="N35" s="62" t="s">
         <v>295</v>
       </c>
-      <c r="O35" s="176"/>
-[...23 lines deleted...]
-      <c r="A36" s="178" t="s">
+      <c r="O35" s="62"/>
+      <c r="P35" s="62"/>
+      <c r="Q35" s="969"/>
+      <c r="R35" s="969"/>
+      <c r="S35" s="969"/>
+      <c r="T35" s="969"/>
+      <c r="U35" s="969"/>
+      <c r="V35" s="969"/>
+      <c r="W35" s="969"/>
+      <c r="X35" s="969"/>
+      <c r="Y35" s="969"/>
+      <c r="Z35" s="969"/>
+      <c r="AA35" s="969"/>
+      <c r="AB35" s="969"/>
+      <c r="AC35" s="969"/>
+      <c r="AD35" s="969"/>
+      <c r="AE35" s="969"/>
+      <c r="AF35" s="969"/>
+      <c r="AG35" s="81"/>
+      <c r="AH35" s="101"/>
+    </row>
+    <row r="36" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
+      <c r="A36" s="60" t="s">
         <v>547</v>
       </c>
-      <c r="B36" s="136"/>
-[...35 lines deleted...]
-      <c r="B37" s="89" t="s">
+      <c r="B36" s="63"/>
+      <c r="C36" s="63"/>
+      <c r="D36" s="63"/>
+      <c r="E36" s="63"/>
+      <c r="F36" s="63"/>
+      <c r="G36" s="63"/>
+      <c r="H36" s="63"/>
+      <c r="I36" s="63"/>
+      <c r="J36" s="63"/>
+      <c r="K36" s="63"/>
+      <c r="L36" s="63"/>
+      <c r="M36" s="63"/>
+      <c r="N36" s="63"/>
+      <c r="O36" s="63"/>
+      <c r="P36" s="63"/>
+      <c r="Q36" s="63"/>
+      <c r="R36" s="63"/>
+      <c r="S36" s="63"/>
+      <c r="T36" s="63"/>
+      <c r="U36" s="63"/>
+      <c r="V36" s="63"/>
+      <c r="W36" s="63"/>
+      <c r="X36" s="63"/>
+      <c r="Y36" s="63"/>
+      <c r="Z36" s="63"/>
+      <c r="AA36" s="63"/>
+      <c r="AB36" s="63"/>
+      <c r="AC36" s="63"/>
+      <c r="AD36" s="63"/>
+      <c r="AE36" s="63"/>
+      <c r="AF36" s="63"/>
+      <c r="AG36" s="63"/>
+      <c r="AH36" s="95"/>
+    </row>
+    <row r="37" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="60"/>
+      <c r="B37" s="62" t="s">
         <v>505</v>
       </c>
-      <c r="C37" s="136"/>
-[...70 lines deleted...]
-      <c r="B39" s="136" t="s">
+      <c r="C37" s="63"/>
+      <c r="D37" s="63"/>
+      <c r="E37" s="63"/>
+      <c r="F37" s="63"/>
+      <c r="G37" s="63"/>
+      <c r="H37" s="63"/>
+      <c r="I37" s="63"/>
+      <c r="J37" s="63"/>
+      <c r="K37" s="63"/>
+      <c r="L37" s="63"/>
+      <c r="M37" s="63"/>
+      <c r="N37" s="63"/>
+      <c r="O37" s="63"/>
+      <c r="P37" s="63"/>
+      <c r="Q37" s="63"/>
+      <c r="R37" s="63"/>
+      <c r="S37" s="63"/>
+      <c r="T37" s="63"/>
+      <c r="U37" s="63"/>
+      <c r="V37" s="63"/>
+      <c r="W37" s="63"/>
+      <c r="X37" s="63"/>
+      <c r="Y37" s="63"/>
+      <c r="Z37" s="63"/>
+      <c r="AA37" s="63"/>
+      <c r="AB37" s="63"/>
+      <c r="AC37" s="63"/>
+      <c r="AD37" s="63"/>
+      <c r="AE37" s="63"/>
+      <c r="AF37" s="63"/>
+      <c r="AG37" s="63"/>
+      <c r="AH37" s="95"/>
+    </row>
+    <row r="38" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="60"/>
+      <c r="B38" s="62"/>
+      <c r="C38" s="63"/>
+      <c r="D38" s="63"/>
+      <c r="E38" s="63"/>
+      <c r="F38" s="63"/>
+      <c r="G38" s="63"/>
+      <c r="H38" s="63"/>
+      <c r="I38" s="63"/>
+      <c r="J38" s="63"/>
+      <c r="K38" s="63"/>
+      <c r="L38" s="63"/>
+      <c r="M38" s="63"/>
+      <c r="N38" s="63"/>
+      <c r="O38" s="63"/>
+      <c r="P38" s="63"/>
+      <c r="Q38" s="63"/>
+      <c r="R38" s="63"/>
+      <c r="S38" s="63"/>
+      <c r="T38" s="63"/>
+      <c r="U38" s="63"/>
+      <c r="V38" s="63"/>
+      <c r="W38" s="63"/>
+      <c r="X38" s="63"/>
+      <c r="Y38" s="63"/>
+      <c r="Z38" s="63"/>
+      <c r="AA38" s="63"/>
+      <c r="AB38" s="63"/>
+      <c r="AC38" s="63"/>
+      <c r="AD38" s="63"/>
+      <c r="AE38" s="63"/>
+      <c r="AF38" s="63"/>
+      <c r="AG38" s="63"/>
+      <c r="AH38" s="95"/>
+    </row>
+    <row r="39" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
+      <c r="A39" s="60"/>
+      <c r="B39" s="63" t="s">
         <v>279</v>
       </c>
-      <c r="C39" s="136"/>
-[...14 lines deleted...]
-      <c r="R39" s="90" t="s">
+      <c r="C39" s="63"/>
+      <c r="D39" s="63"/>
+      <c r="E39" s="63"/>
+      <c r="F39" s="970"/>
+      <c r="G39" s="970"/>
+      <c r="H39" s="970"/>
+      <c r="I39" s="970"/>
+      <c r="J39" s="970"/>
+      <c r="K39" s="970"/>
+      <c r="L39" s="970"/>
+      <c r="M39" s="970"/>
+      <c r="N39" s="970"/>
+      <c r="O39" s="970"/>
+      <c r="P39" s="970"/>
+      <c r="Q39" s="63"/>
+      <c r="R39" s="63" t="s">
         <v>293</v>
       </c>
-      <c r="S39" s="90"/>
-[...19 lines deleted...]
-      <c r="C40" s="179" t="s">
+      <c r="S39" s="63"/>
+      <c r="T39" s="63"/>
+      <c r="U39" s="63"/>
+      <c r="V39" s="63"/>
+      <c r="W39" s="63"/>
+      <c r="X39" s="63"/>
+      <c r="Y39" s="63"/>
+      <c r="Z39" s="63"/>
+      <c r="AA39" s="970"/>
+      <c r="AB39" s="970"/>
+      <c r="AC39" s="970"/>
+      <c r="AD39" s="970"/>
+      <c r="AE39" s="970"/>
+      <c r="AF39" s="970"/>
+      <c r="AG39" s="970"/>
+      <c r="AH39" s="95"/>
+    </row>
+    <row r="40" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="60"/>
+      <c r="B40" s="63"/>
+      <c r="C40" s="126" t="s">
         <v>31</v>
       </c>
-      <c r="D40" s="179"/>
-[...14 lines deleted...]
-      <c r="S40" s="179" t="s">
+      <c r="D40" s="126"/>
+      <c r="E40" s="126"/>
+      <c r="F40" s="971"/>
+      <c r="G40" s="971"/>
+      <c r="H40" s="971"/>
+      <c r="I40" s="971"/>
+      <c r="J40" s="971"/>
+      <c r="K40" s="971"/>
+      <c r="L40" s="971"/>
+      <c r="M40" s="971"/>
+      <c r="N40" s="971"/>
+      <c r="O40" s="971"/>
+      <c r="P40" s="971"/>
+      <c r="Q40" s="126"/>
+      <c r="R40" s="126"/>
+      <c r="S40" s="126" t="s">
         <v>292</v>
       </c>
-      <c r="T40" s="179"/>
-[...53 lines deleted...]
-      <c r="B42" s="136" t="s">
+      <c r="T40" s="126"/>
+      <c r="U40" s="126"/>
+      <c r="V40" s="126"/>
+      <c r="W40" s="126"/>
+      <c r="X40" s="126"/>
+      <c r="Y40" s="126"/>
+      <c r="Z40" s="126"/>
+      <c r="AA40" s="971"/>
+      <c r="AB40" s="971"/>
+      <c r="AC40" s="971"/>
+      <c r="AD40" s="971"/>
+      <c r="AE40" s="971"/>
+      <c r="AF40" s="971"/>
+      <c r="AG40" s="971"/>
+      <c r="AH40" s="95"/>
+    </row>
+    <row r="41" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="60"/>
+      <c r="B41" s="63"/>
+      <c r="C41" s="126"/>
+      <c r="D41" s="126"/>
+      <c r="E41" s="126"/>
+      <c r="F41" s="115"/>
+      <c r="G41" s="115"/>
+      <c r="H41" s="115"/>
+      <c r="I41" s="115"/>
+      <c r="J41" s="115"/>
+      <c r="K41" s="115"/>
+      <c r="L41" s="115"/>
+      <c r="M41" s="115"/>
+      <c r="N41" s="115"/>
+      <c r="O41" s="115"/>
+      <c r="P41" s="115"/>
+      <c r="Q41" s="126"/>
+      <c r="R41" s="126"/>
+      <c r="S41" s="126"/>
+      <c r="T41" s="126"/>
+      <c r="U41" s="126"/>
+      <c r="V41" s="126"/>
+      <c r="W41" s="126"/>
+      <c r="X41" s="126"/>
+      <c r="Y41" s="126"/>
+      <c r="Z41" s="126"/>
+      <c r="AA41" s="115"/>
+      <c r="AB41" s="115"/>
+      <c r="AC41" s="115"/>
+      <c r="AD41" s="115"/>
+      <c r="AE41" s="115"/>
+      <c r="AF41" s="115"/>
+      <c r="AG41" s="115"/>
+      <c r="AH41" s="95"/>
+    </row>
+    <row r="42" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
+      <c r="A42" s="60"/>
+      <c r="B42" s="63" t="s">
         <v>291</v>
       </c>
-      <c r="C42" s="136"/>
-[...35 lines deleted...]
-      <c r="C43" s="132" t="s">
+      <c r="C42" s="63"/>
+      <c r="D42" s="63"/>
+      <c r="E42" s="63"/>
+      <c r="F42" s="970"/>
+      <c r="G42" s="970"/>
+      <c r="H42" s="970"/>
+      <c r="I42" s="970"/>
+      <c r="J42" s="970"/>
+      <c r="K42" s="970"/>
+      <c r="L42" s="970"/>
+      <c r="M42" s="970"/>
+      <c r="N42" s="970"/>
+      <c r="O42" s="970"/>
+      <c r="P42" s="970"/>
+      <c r="Q42" s="970"/>
+      <c r="R42" s="970"/>
+      <c r="S42" s="970"/>
+      <c r="T42" s="970"/>
+      <c r="U42" s="970"/>
+      <c r="V42" s="970"/>
+      <c r="W42" s="970"/>
+      <c r="X42" s="970"/>
+      <c r="Y42" s="970"/>
+      <c r="Z42" s="970"/>
+      <c r="AA42" s="970"/>
+      <c r="AB42" s="970"/>
+      <c r="AC42" s="970"/>
+      <c r="AD42" s="970"/>
+      <c r="AE42" s="970"/>
+      <c r="AF42" s="970"/>
+      <c r="AG42" s="970"/>
+      <c r="AH42" s="95"/>
+    </row>
+    <row r="43" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="60"/>
+      <c r="B43" s="63"/>
+      <c r="C43" s="62" t="s">
         <v>199</v>
       </c>
-      <c r="D43" s="132"/>
-[...70 lines deleted...]
-      <c r="C45" s="90" t="s">
+      <c r="D43" s="62"/>
+      <c r="E43" s="62"/>
+      <c r="F43" s="971"/>
+      <c r="G43" s="971"/>
+      <c r="H43" s="971"/>
+      <c r="I43" s="971"/>
+      <c r="J43" s="971"/>
+      <c r="K43" s="971"/>
+      <c r="L43" s="971"/>
+      <c r="M43" s="971"/>
+      <c r="N43" s="971"/>
+      <c r="O43" s="971"/>
+      <c r="P43" s="971"/>
+      <c r="Q43" s="971"/>
+      <c r="R43" s="971"/>
+      <c r="S43" s="971"/>
+      <c r="T43" s="971"/>
+      <c r="U43" s="971"/>
+      <c r="V43" s="971"/>
+      <c r="W43" s="971"/>
+      <c r="X43" s="971"/>
+      <c r="Y43" s="971"/>
+      <c r="Z43" s="971"/>
+      <c r="AA43" s="971"/>
+      <c r="AB43" s="971"/>
+      <c r="AC43" s="971"/>
+      <c r="AD43" s="971"/>
+      <c r="AE43" s="971"/>
+      <c r="AF43" s="971"/>
+      <c r="AG43" s="971"/>
+      <c r="AH43" s="95"/>
+    </row>
+    <row r="44" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="60"/>
+      <c r="B44" s="63"/>
+      <c r="C44" s="62"/>
+      <c r="D44" s="62"/>
+      <c r="E44" s="62"/>
+      <c r="F44" s="115"/>
+      <c r="G44" s="115"/>
+      <c r="H44" s="115"/>
+      <c r="I44" s="115"/>
+      <c r="J44" s="115"/>
+      <c r="K44" s="115"/>
+      <c r="L44" s="115"/>
+      <c r="M44" s="115"/>
+      <c r="N44" s="115"/>
+      <c r="O44" s="115"/>
+      <c r="P44" s="115"/>
+      <c r="Q44" s="115"/>
+      <c r="R44" s="115"/>
+      <c r="S44" s="115"/>
+      <c r="T44" s="115"/>
+      <c r="U44" s="115"/>
+      <c r="V44" s="115"/>
+      <c r="W44" s="115"/>
+      <c r="X44" s="115"/>
+      <c r="Y44" s="115"/>
+      <c r="Z44" s="115"/>
+      <c r="AA44" s="115"/>
+      <c r="AB44" s="115"/>
+      <c r="AC44" s="115"/>
+      <c r="AD44" s="115"/>
+      <c r="AE44" s="115"/>
+      <c r="AF44" s="115"/>
+      <c r="AG44" s="115"/>
+      <c r="AH44" s="95"/>
+    </row>
+    <row r="45" spans="1:34" s="24" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="60"/>
+      <c r="B45" s="63"/>
+      <c r="C45" s="63" t="s">
         <v>159</v>
       </c>
-      <c r="D45" s="90"/>
-[...14 lines deleted...]
-      <c r="S45" s="90" t="s">
+      <c r="D45" s="63"/>
+      <c r="E45" s="63"/>
+      <c r="F45" s="63"/>
+      <c r="G45" s="972"/>
+      <c r="H45" s="972"/>
+      <c r="I45" s="972"/>
+      <c r="J45" s="972"/>
+      <c r="K45" s="972"/>
+      <c r="L45" s="972"/>
+      <c r="M45" s="972"/>
+      <c r="N45" s="972"/>
+      <c r="O45" s="972"/>
+      <c r="P45" s="972"/>
+      <c r="Q45" s="63"/>
+      <c r="R45" s="63"/>
+      <c r="S45" s="63" t="s">
         <v>158</v>
       </c>
-      <c r="T45" s="90"/>
-[...18 lines deleted...]
-      <c r="C46" s="179" t="s">
+      <c r="T45" s="63"/>
+      <c r="U45" s="63"/>
+      <c r="V45" s="63"/>
+      <c r="W45" s="63"/>
+      <c r="X45" s="972"/>
+      <c r="Y45" s="972"/>
+      <c r="Z45" s="972"/>
+      <c r="AA45" s="972"/>
+      <c r="AB45" s="972"/>
+      <c r="AC45" s="972"/>
+      <c r="AD45" s="972"/>
+      <c r="AE45" s="972"/>
+      <c r="AF45" s="972"/>
+      <c r="AG45" s="972"/>
+      <c r="AH45" s="95"/>
+    </row>
+    <row r="46" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="60"/>
+      <c r="B46" s="63"/>
+      <c r="C46" s="126" t="s">
         <v>157</v>
       </c>
-      <c r="D46" s="179"/>
-[...14 lines deleted...]
-      <c r="S46" s="179" t="s">
+      <c r="D46" s="126"/>
+      <c r="E46" s="126"/>
+      <c r="F46" s="126"/>
+      <c r="G46" s="973"/>
+      <c r="H46" s="973"/>
+      <c r="I46" s="973"/>
+      <c r="J46" s="973"/>
+      <c r="K46" s="973"/>
+      <c r="L46" s="973"/>
+      <c r="M46" s="973"/>
+      <c r="N46" s="973"/>
+      <c r="O46" s="973"/>
+      <c r="P46" s="973"/>
+      <c r="Q46" s="126"/>
+      <c r="R46" s="126"/>
+      <c r="S46" s="126" t="s">
         <v>290</v>
       </c>
-      <c r="T46" s="179"/>
-[...54 lines deleted...]
-      <c r="A48" s="138" t="s">
+      <c r="T46" s="126"/>
+      <c r="U46" s="126"/>
+      <c r="V46" s="126"/>
+      <c r="W46" s="126"/>
+      <c r="X46" s="973"/>
+      <c r="Y46" s="973"/>
+      <c r="Z46" s="973"/>
+      <c r="AA46" s="973"/>
+      <c r="AB46" s="973"/>
+      <c r="AC46" s="973"/>
+      <c r="AD46" s="973"/>
+      <c r="AE46" s="973"/>
+      <c r="AF46" s="973"/>
+      <c r="AG46" s="973"/>
+      <c r="AH46" s="95"/>
+    </row>
+    <row r="47" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="60"/>
+      <c r="B47" s="63"/>
+      <c r="C47" s="125"/>
+      <c r="D47" s="62"/>
+      <c r="E47" s="62"/>
+      <c r="F47" s="62"/>
+      <c r="G47" s="62"/>
+      <c r="H47" s="125"/>
+      <c r="I47" s="62"/>
+      <c r="J47" s="62"/>
+      <c r="K47" s="63"/>
+      <c r="L47" s="63"/>
+      <c r="M47" s="62"/>
+      <c r="N47" s="62"/>
+      <c r="O47" s="62"/>
+      <c r="P47" s="62"/>
+      <c r="Q47" s="125"/>
+      <c r="R47" s="62"/>
+      <c r="S47" s="62"/>
+      <c r="T47" s="62"/>
+      <c r="U47" s="62"/>
+      <c r="V47" s="63"/>
+      <c r="W47" s="62"/>
+      <c r="X47" s="62"/>
+      <c r="Y47" s="62"/>
+      <c r="Z47" s="81"/>
+      <c r="AA47" s="81"/>
+      <c r="AB47" s="81"/>
+      <c r="AC47" s="81"/>
+      <c r="AD47" s="81"/>
+      <c r="AE47" s="81"/>
+      <c r="AF47" s="81"/>
+      <c r="AG47" s="81"/>
+      <c r="AH47" s="101"/>
+    </row>
+    <row r="48" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
+      <c r="A48" s="60" t="s">
         <v>548</v>
       </c>
-      <c r="B48" s="136"/>
-[...35 lines deleted...]
-      <c r="B49" s="89" t="s">
+      <c r="B48" s="63"/>
+      <c r="C48" s="63"/>
+      <c r="D48" s="63"/>
+      <c r="E48" s="63"/>
+      <c r="F48" s="63"/>
+      <c r="G48" s="63"/>
+      <c r="H48" s="63"/>
+      <c r="I48" s="63"/>
+      <c r="J48" s="63"/>
+      <c r="K48" s="63"/>
+      <c r="L48" s="63"/>
+      <c r="M48" s="63"/>
+      <c r="N48" s="63"/>
+      <c r="O48" s="63"/>
+      <c r="P48" s="63"/>
+      <c r="Q48" s="63"/>
+      <c r="R48" s="63"/>
+      <c r="S48" s="63"/>
+      <c r="T48" s="63"/>
+      <c r="U48" s="63"/>
+      <c r="V48" s="63"/>
+      <c r="W48" s="63"/>
+      <c r="X48" s="63"/>
+      <c r="Y48" s="63"/>
+      <c r="Z48" s="63"/>
+      <c r="AA48" s="63"/>
+      <c r="AB48" s="63"/>
+      <c r="AC48" s="63"/>
+      <c r="AD48" s="63"/>
+      <c r="AE48" s="63"/>
+      <c r="AF48" s="63"/>
+      <c r="AG48" s="63"/>
+      <c r="AH48" s="95"/>
+    </row>
+    <row r="49" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="60"/>
+      <c r="B49" s="62" t="s">
         <v>294</v>
       </c>
-      <c r="C49" s="136"/>
-[...70 lines deleted...]
-      <c r="B51" s="136" t="s">
+      <c r="C49" s="63"/>
+      <c r="D49" s="63"/>
+      <c r="E49" s="63"/>
+      <c r="F49" s="63"/>
+      <c r="G49" s="63"/>
+      <c r="H49" s="63"/>
+      <c r="I49" s="63"/>
+      <c r="J49" s="63"/>
+      <c r="K49" s="63"/>
+      <c r="L49" s="63"/>
+      <c r="M49" s="63"/>
+      <c r="N49" s="63"/>
+      <c r="O49" s="63"/>
+      <c r="P49" s="63"/>
+      <c r="Q49" s="63"/>
+      <c r="R49" s="63"/>
+      <c r="S49" s="63"/>
+      <c r="T49" s="63"/>
+      <c r="U49" s="63"/>
+      <c r="V49" s="63"/>
+      <c r="W49" s="63"/>
+      <c r="X49" s="63"/>
+      <c r="Y49" s="63"/>
+      <c r="Z49" s="63"/>
+      <c r="AA49" s="63"/>
+      <c r="AB49" s="63"/>
+      <c r="AC49" s="63"/>
+      <c r="AD49" s="63"/>
+      <c r="AE49" s="63"/>
+      <c r="AF49" s="63"/>
+      <c r="AG49" s="63"/>
+      <c r="AH49" s="95"/>
+    </row>
+    <row r="50" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="60"/>
+      <c r="B50" s="62"/>
+      <c r="C50" s="63"/>
+      <c r="D50" s="63"/>
+      <c r="E50" s="63"/>
+      <c r="F50" s="63"/>
+      <c r="G50" s="63"/>
+      <c r="H50" s="63"/>
+      <c r="I50" s="63"/>
+      <c r="J50" s="63"/>
+      <c r="K50" s="63"/>
+      <c r="L50" s="63"/>
+      <c r="M50" s="63"/>
+      <c r="N50" s="63"/>
+      <c r="O50" s="63"/>
+      <c r="P50" s="63"/>
+      <c r="Q50" s="63"/>
+      <c r="R50" s="63"/>
+      <c r="S50" s="63"/>
+      <c r="T50" s="63"/>
+      <c r="U50" s="63"/>
+      <c r="V50" s="63"/>
+      <c r="W50" s="63"/>
+      <c r="X50" s="63"/>
+      <c r="Y50" s="63"/>
+      <c r="Z50" s="63"/>
+      <c r="AA50" s="63"/>
+      <c r="AB50" s="63"/>
+      <c r="AC50" s="63"/>
+      <c r="AD50" s="63"/>
+      <c r="AE50" s="63"/>
+      <c r="AF50" s="63"/>
+      <c r="AG50" s="63"/>
+      <c r="AH50" s="95"/>
+    </row>
+    <row r="51" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
+      <c r="A51" s="60"/>
+      <c r="B51" s="63" t="s">
         <v>279</v>
       </c>
-      <c r="C51" s="136"/>
-[...16 lines deleted...]
-      <c r="R51" s="90" t="s">
+      <c r="C51" s="63"/>
+      <c r="D51" s="63"/>
+      <c r="E51" s="63"/>
+      <c r="F51" s="974" t="s">
+        <v>622</v>
+      </c>
+      <c r="G51" s="974"/>
+      <c r="H51" s="974"/>
+      <c r="I51" s="974"/>
+      <c r="J51" s="974"/>
+      <c r="K51" s="974"/>
+      <c r="L51" s="974"/>
+      <c r="M51" s="974"/>
+      <c r="N51" s="974"/>
+      <c r="O51" s="974"/>
+      <c r="P51" s="974"/>
+      <c r="Q51" s="63"/>
+      <c r="R51" s="63" t="s">
         <v>293</v>
       </c>
-      <c r="S51" s="90"/>
-[...7 lines deleted...]
-      <c r="AA51" s="1113" t="s">
+      <c r="S51" s="63"/>
+      <c r="T51" s="63"/>
+      <c r="U51" s="63"/>
+      <c r="V51" s="63"/>
+      <c r="W51" s="63"/>
+      <c r="X51" s="63"/>
+      <c r="Y51" s="63"/>
+      <c r="Z51" s="63"/>
+      <c r="AA51" s="943" t="s">
         <v>524</v>
       </c>
-      <c r="AB51" s="1114"/>
-[...10 lines deleted...]
-      <c r="C52" s="179" t="s">
+      <c r="AB51" s="943"/>
+      <c r="AC51" s="943"/>
+      <c r="AD51" s="943"/>
+      <c r="AE51" s="943"/>
+      <c r="AF51" s="943"/>
+      <c r="AG51" s="943"/>
+      <c r="AH51" s="95"/>
+    </row>
+    <row r="52" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="60"/>
+      <c r="B52" s="63"/>
+      <c r="C52" s="126" t="s">
         <v>31</v>
       </c>
-      <c r="D52" s="179"/>
-[...14 lines deleted...]
-      <c r="S52" s="179" t="s">
+      <c r="D52" s="126"/>
+      <c r="E52" s="126"/>
+      <c r="F52" s="975"/>
+      <c r="G52" s="975"/>
+      <c r="H52" s="975"/>
+      <c r="I52" s="975"/>
+      <c r="J52" s="975"/>
+      <c r="K52" s="975"/>
+      <c r="L52" s="975"/>
+      <c r="M52" s="975"/>
+      <c r="N52" s="975"/>
+      <c r="O52" s="975"/>
+      <c r="P52" s="975"/>
+      <c r="Q52" s="126"/>
+      <c r="R52" s="126"/>
+      <c r="S52" s="126" t="s">
         <v>292</v>
       </c>
-      <c r="T52" s="179"/>
-[...53 lines deleted...]
-      <c r="B54" s="136" t="s">
+      <c r="T52" s="126"/>
+      <c r="U52" s="126"/>
+      <c r="V52" s="126"/>
+      <c r="W52" s="126"/>
+      <c r="X52" s="126"/>
+      <c r="Y52" s="126"/>
+      <c r="Z52" s="126"/>
+      <c r="AA52" s="944"/>
+      <c r="AB52" s="944"/>
+      <c r="AC52" s="944"/>
+      <c r="AD52" s="944"/>
+      <c r="AE52" s="944"/>
+      <c r="AF52" s="944"/>
+      <c r="AG52" s="944"/>
+      <c r="AH52" s="95"/>
+    </row>
+    <row r="53" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="60"/>
+      <c r="B53" s="63"/>
+      <c r="C53" s="126"/>
+      <c r="D53" s="126"/>
+      <c r="E53" s="126"/>
+      <c r="F53" s="115"/>
+      <c r="G53" s="115"/>
+      <c r="H53" s="115"/>
+      <c r="I53" s="115"/>
+      <c r="J53" s="115"/>
+      <c r="K53" s="115"/>
+      <c r="L53" s="115"/>
+      <c r="M53" s="115"/>
+      <c r="N53" s="115"/>
+      <c r="O53" s="115"/>
+      <c r="P53" s="115"/>
+      <c r="Q53" s="126"/>
+      <c r="R53" s="126"/>
+      <c r="S53" s="126"/>
+      <c r="T53" s="126"/>
+      <c r="U53" s="126"/>
+      <c r="V53" s="126"/>
+      <c r="W53" s="126"/>
+      <c r="X53" s="126"/>
+      <c r="Y53" s="126"/>
+      <c r="Z53" s="126"/>
+      <c r="AA53" s="115"/>
+      <c r="AB53" s="115"/>
+      <c r="AC53" s="115"/>
+      <c r="AD53" s="115"/>
+      <c r="AE53" s="115"/>
+      <c r="AF53" s="115"/>
+      <c r="AG53" s="115"/>
+      <c r="AH53" s="95"/>
+    </row>
+    <row r="54" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
+      <c r="A54" s="60"/>
+      <c r="B54" s="63" t="s">
         <v>291</v>
       </c>
-      <c r="C54" s="136"/>
-[...2 lines deleted...]
-      <c r="F54" s="1159" t="str">
+      <c r="C54" s="63"/>
+      <c r="D54" s="63"/>
+      <c r="E54" s="63"/>
+      <c r="F54" s="947" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "滋賀県草津市野路東1-1-1 立命館大学 びわこ・くさつキャンパス", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "大阪府茨木市岩倉町2-150 立命館大学 大阪いばらきキャンパス", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "京都府京都市北区等持院北町56-1 立命館大学 衣笠キャンパス"), "")</f>
         <v/>
       </c>
-      <c r="G54" s="1160"/>
-[...31 lines deleted...]
-      <c r="C55" s="132" t="s">
+      <c r="G54" s="947"/>
+      <c r="H54" s="947"/>
+      <c r="I54" s="947"/>
+      <c r="J54" s="947"/>
+      <c r="K54" s="947"/>
+      <c r="L54" s="947"/>
+      <c r="M54" s="947"/>
+      <c r="N54" s="947"/>
+      <c r="O54" s="947"/>
+      <c r="P54" s="947"/>
+      <c r="Q54" s="947"/>
+      <c r="R54" s="947"/>
+      <c r="S54" s="947"/>
+      <c r="T54" s="947"/>
+      <c r="U54" s="947"/>
+      <c r="V54" s="947"/>
+      <c r="W54" s="947"/>
+      <c r="X54" s="947"/>
+      <c r="Y54" s="947"/>
+      <c r="Z54" s="947"/>
+      <c r="AA54" s="947"/>
+      <c r="AB54" s="947"/>
+      <c r="AC54" s="947"/>
+      <c r="AD54" s="947"/>
+      <c r="AE54" s="947"/>
+      <c r="AF54" s="947"/>
+      <c r="AG54" s="947"/>
+      <c r="AH54" s="95"/>
+    </row>
+    <row r="55" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="60"/>
+      <c r="B55" s="63"/>
+      <c r="C55" s="62" t="s">
         <v>199</v>
       </c>
-      <c r="D55" s="132"/>
-[...70 lines deleted...]
-      <c r="C57" s="90" t="s">
+      <c r="D55" s="62"/>
+      <c r="E55" s="62"/>
+      <c r="F55" s="948"/>
+      <c r="G55" s="948"/>
+      <c r="H55" s="948"/>
+      <c r="I55" s="948"/>
+      <c r="J55" s="948"/>
+      <c r="K55" s="948"/>
+      <c r="L55" s="948"/>
+      <c r="M55" s="948"/>
+      <c r="N55" s="948"/>
+      <c r="O55" s="948"/>
+      <c r="P55" s="948"/>
+      <c r="Q55" s="948"/>
+      <c r="R55" s="948"/>
+      <c r="S55" s="948"/>
+      <c r="T55" s="948"/>
+      <c r="U55" s="948"/>
+      <c r="V55" s="948"/>
+      <c r="W55" s="948"/>
+      <c r="X55" s="948"/>
+      <c r="Y55" s="948"/>
+      <c r="Z55" s="948"/>
+      <c r="AA55" s="948"/>
+      <c r="AB55" s="948"/>
+      <c r="AC55" s="948"/>
+      <c r="AD55" s="948"/>
+      <c r="AE55" s="948"/>
+      <c r="AF55" s="948"/>
+      <c r="AG55" s="948"/>
+      <c r="AH55" s="95"/>
+    </row>
+    <row r="56" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="60"/>
+      <c r="B56" s="63"/>
+      <c r="C56" s="62"/>
+      <c r="D56" s="62"/>
+      <c r="E56" s="62"/>
+      <c r="F56" s="115"/>
+      <c r="G56" s="115"/>
+      <c r="H56" s="115"/>
+      <c r="I56" s="115"/>
+      <c r="J56" s="115"/>
+      <c r="K56" s="115"/>
+      <c r="L56" s="115"/>
+      <c r="M56" s="115"/>
+      <c r="N56" s="115"/>
+      <c r="O56" s="115"/>
+      <c r="P56" s="115"/>
+      <c r="Q56" s="115"/>
+      <c r="R56" s="115"/>
+      <c r="S56" s="115"/>
+      <c r="T56" s="115"/>
+      <c r="U56" s="115"/>
+      <c r="V56" s="115"/>
+      <c r="W56" s="115"/>
+      <c r="X56" s="115"/>
+      <c r="Y56" s="115"/>
+      <c r="Z56" s="115"/>
+      <c r="AA56" s="115"/>
+      <c r="AB56" s="115"/>
+      <c r="AC56" s="115"/>
+      <c r="AD56" s="115"/>
+      <c r="AE56" s="115"/>
+      <c r="AF56" s="115"/>
+      <c r="AG56" s="115"/>
+      <c r="AH56" s="95"/>
+    </row>
+    <row r="57" spans="1:34" s="24" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="60"/>
+      <c r="B57" s="63"/>
+      <c r="C57" s="63" t="s">
         <v>159</v>
       </c>
-      <c r="D57" s="90"/>
-[...2 lines deleted...]
-      <c r="G57" s="1118" t="str">
+      <c r="D57" s="63"/>
+      <c r="E57" s="63"/>
+      <c r="F57" s="63"/>
+      <c r="G57" s="947" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "077-561-3946", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "072-665-2070", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "075-465-8230"), "")</f>
         <v/>
       </c>
-      <c r="H57" s="1118"/>
-[...10 lines deleted...]
-      <c r="S57" s="90" t="s">
+      <c r="H57" s="947"/>
+      <c r="I57" s="947"/>
+      <c r="J57" s="947"/>
+      <c r="K57" s="947"/>
+      <c r="L57" s="947"/>
+      <c r="M57" s="947"/>
+      <c r="N57" s="947"/>
+      <c r="O57" s="947"/>
+      <c r="P57" s="947"/>
+      <c r="Q57" s="63"/>
+      <c r="R57" s="63"/>
+      <c r="S57" s="63" t="s">
         <v>158</v>
       </c>
-      <c r="T57" s="90"/>
-[...18 lines deleted...]
-      <c r="C58" s="179" t="s">
+      <c r="T57" s="63"/>
+      <c r="U57" s="63"/>
+      <c r="V57" s="63"/>
+      <c r="W57" s="63"/>
+      <c r="X57" s="976"/>
+      <c r="Y57" s="976"/>
+      <c r="Z57" s="976"/>
+      <c r="AA57" s="976"/>
+      <c r="AB57" s="976"/>
+      <c r="AC57" s="976"/>
+      <c r="AD57" s="976"/>
+      <c r="AE57" s="976"/>
+      <c r="AF57" s="976"/>
+      <c r="AG57" s="976"/>
+      <c r="AH57" s="95"/>
+    </row>
+    <row r="58" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="60"/>
+      <c r="B58" s="63"/>
+      <c r="C58" s="126" t="s">
         <v>157</v>
       </c>
-      <c r="D58" s="179"/>
-[...14 lines deleted...]
-      <c r="S58" s="179" t="s">
+      <c r="D58" s="126"/>
+      <c r="E58" s="126"/>
+      <c r="F58" s="126"/>
+      <c r="G58" s="948"/>
+      <c r="H58" s="948"/>
+      <c r="I58" s="948"/>
+      <c r="J58" s="948"/>
+      <c r="K58" s="948"/>
+      <c r="L58" s="948"/>
+      <c r="M58" s="948"/>
+      <c r="N58" s="948"/>
+      <c r="O58" s="948"/>
+      <c r="P58" s="948"/>
+      <c r="Q58" s="126"/>
+      <c r="R58" s="126"/>
+      <c r="S58" s="126" t="s">
         <v>290</v>
       </c>
-      <c r="T58" s="179"/>
-[...53 lines deleted...]
-      <c r="B60" s="1147" t="s">
+      <c r="T58" s="126"/>
+      <c r="U58" s="126"/>
+      <c r="V58" s="126"/>
+      <c r="W58" s="126"/>
+      <c r="X58" s="977"/>
+      <c r="Y58" s="977"/>
+      <c r="Z58" s="977"/>
+      <c r="AA58" s="977"/>
+      <c r="AB58" s="977"/>
+      <c r="AC58" s="977"/>
+      <c r="AD58" s="977"/>
+      <c r="AE58" s="977"/>
+      <c r="AF58" s="977"/>
+      <c r="AG58" s="977"/>
+      <c r="AH58" s="95"/>
+    </row>
+    <row r="59" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="60"/>
+      <c r="B59" s="63"/>
+      <c r="C59" s="126"/>
+      <c r="D59" s="126"/>
+      <c r="E59" s="126"/>
+      <c r="F59" s="126"/>
+      <c r="G59" s="126"/>
+      <c r="H59" s="126"/>
+      <c r="I59" s="126"/>
+      <c r="J59" s="126"/>
+      <c r="K59" s="126"/>
+      <c r="L59" s="126"/>
+      <c r="M59" s="126"/>
+      <c r="N59" s="126"/>
+      <c r="O59" s="126"/>
+      <c r="P59" s="126"/>
+      <c r="Q59" s="126"/>
+      <c r="R59" s="126"/>
+      <c r="S59" s="126"/>
+      <c r="T59" s="126"/>
+      <c r="U59" s="126"/>
+      <c r="V59" s="126"/>
+      <c r="W59" s="126"/>
+      <c r="X59" s="126"/>
+      <c r="Y59" s="126"/>
+      <c r="Z59" s="126"/>
+      <c r="AA59" s="126"/>
+      <c r="AB59" s="126"/>
+      <c r="AC59" s="126"/>
+      <c r="AD59" s="126"/>
+      <c r="AE59" s="126"/>
+      <c r="AF59" s="126"/>
+      <c r="AG59" s="126"/>
+      <c r="AH59" s="95"/>
+    </row>
+    <row r="60" spans="1:34" s="24" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="127"/>
+      <c r="B60" s="967" t="s">
         <v>289</v>
       </c>
-      <c r="C60" s="1148"/>
-[...15 lines deleted...]
-      <c r="S60" s="183" t="s">
+      <c r="C60" s="968"/>
+      <c r="D60" s="968"/>
+      <c r="E60" s="968"/>
+      <c r="F60" s="968"/>
+      <c r="G60" s="968"/>
+      <c r="H60" s="968"/>
+      <c r="I60" s="968"/>
+      <c r="J60" s="968"/>
+      <c r="K60" s="968"/>
+      <c r="L60" s="968"/>
+      <c r="M60" s="968"/>
+      <c r="N60" s="968"/>
+      <c r="O60" s="968"/>
+      <c r="P60" s="968"/>
+      <c r="Q60" s="968"/>
+      <c r="R60" s="107"/>
+      <c r="S60" s="128" t="s">
         <v>288</v>
       </c>
-      <c r="T60" s="184"/>
-[...17 lines deleted...]
-      <c r="B61" s="186" t="s">
+      <c r="T60" s="107"/>
+      <c r="U60" s="107"/>
+      <c r="V60" s="107"/>
+      <c r="W60" s="107"/>
+      <c r="X60" s="107"/>
+      <c r="Y60" s="107"/>
+      <c r="Z60" s="107"/>
+      <c r="AA60" s="107"/>
+      <c r="AB60" s="107"/>
+      <c r="AC60" s="107"/>
+      <c r="AD60" s="107"/>
+      <c r="AE60" s="107"/>
+      <c r="AF60" s="107"/>
+      <c r="AG60" s="107"/>
+      <c r="AH60" s="102"/>
+    </row>
+    <row r="61" spans="1:34" s="24" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="127"/>
+      <c r="B61" s="129" t="s">
         <v>287</v>
       </c>
-      <c r="C61" s="184"/>
-[...15 lines deleted...]
-      <c r="S61" s="179" t="s">
+      <c r="C61" s="107"/>
+      <c r="D61" s="107"/>
+      <c r="E61" s="107"/>
+      <c r="F61" s="107"/>
+      <c r="G61" s="107"/>
+      <c r="H61" s="107"/>
+      <c r="I61" s="107"/>
+      <c r="J61" s="107"/>
+      <c r="K61" s="107"/>
+      <c r="L61" s="107"/>
+      <c r="M61" s="62"/>
+      <c r="N61" s="107"/>
+      <c r="O61" s="107"/>
+      <c r="P61" s="107"/>
+      <c r="Q61" s="107"/>
+      <c r="R61" s="107"/>
+      <c r="S61" s="126" t="s">
         <v>286</v>
       </c>
-      <c r="T61" s="184"/>
-[...76 lines deleted...]
-      <c r="Y63" s="90" t="s">
+      <c r="T61" s="107"/>
+      <c r="U61" s="62"/>
+      <c r="V61" s="107"/>
+      <c r="W61" s="107"/>
+      <c r="X61" s="107"/>
+      <c r="Y61" s="107"/>
+      <c r="Z61" s="107"/>
+      <c r="AA61" s="107"/>
+      <c r="AB61" s="107"/>
+      <c r="AC61" s="107"/>
+      <c r="AD61" s="107"/>
+      <c r="AE61" s="107"/>
+      <c r="AF61" s="107"/>
+      <c r="AG61" s="107"/>
+      <c r="AH61" s="102"/>
+    </row>
+    <row r="62" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="127"/>
+      <c r="B62" s="62"/>
+      <c r="C62" s="107"/>
+      <c r="D62" s="107"/>
+      <c r="E62" s="107"/>
+      <c r="F62" s="107"/>
+      <c r="G62" s="107"/>
+      <c r="H62" s="107"/>
+      <c r="I62" s="107"/>
+      <c r="J62" s="107"/>
+      <c r="K62" s="107"/>
+      <c r="L62" s="107"/>
+      <c r="M62" s="62"/>
+      <c r="N62" s="107"/>
+      <c r="O62" s="107"/>
+      <c r="P62" s="107"/>
+      <c r="Q62" s="107"/>
+      <c r="R62" s="107"/>
+      <c r="S62" s="107"/>
+      <c r="T62" s="107"/>
+      <c r="U62" s="107"/>
+      <c r="V62" s="126"/>
+      <c r="W62" s="107"/>
+      <c r="X62" s="107"/>
+      <c r="Y62" s="107"/>
+      <c r="Z62" s="107"/>
+      <c r="AA62" s="107"/>
+      <c r="AB62" s="107"/>
+      <c r="AC62" s="107"/>
+      <c r="AD62" s="107"/>
+      <c r="AE62" s="107"/>
+      <c r="AF62" s="107"/>
+      <c r="AG62" s="107"/>
+      <c r="AH62" s="102"/>
+    </row>
+    <row r="63" spans="1:34" s="24" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="60"/>
+      <c r="B63" s="107"/>
+      <c r="C63" s="107"/>
+      <c r="D63" s="107"/>
+      <c r="E63" s="107"/>
+      <c r="F63" s="107"/>
+      <c r="G63" s="107"/>
+      <c r="H63" s="107"/>
+      <c r="I63" s="107"/>
+      <c r="J63" s="107"/>
+      <c r="K63" s="107"/>
+      <c r="L63" s="107"/>
+      <c r="M63" s="107"/>
+      <c r="N63" s="107"/>
+      <c r="O63" s="107"/>
+      <c r="P63" s="107"/>
+      <c r="Q63" s="107"/>
+      <c r="R63" s="107"/>
+      <c r="S63" s="107"/>
+      <c r="T63" s="107"/>
+      <c r="U63" s="104"/>
+      <c r="V63" s="104"/>
+      <c r="W63" s="104"/>
+      <c r="X63" s="104"/>
+      <c r="Y63" s="63" t="s">
         <v>51</v>
       </c>
-      <c r="Z63" s="90"/>
-[...2 lines deleted...]
-      <c r="AC63" s="90" t="s">
+      <c r="Z63" s="63"/>
+      <c r="AA63" s="107"/>
+      <c r="AB63" s="63"/>
+      <c r="AC63" s="63" t="s">
         <v>50</v>
       </c>
-      <c r="AD63" s="182"/>
-[...2 lines deleted...]
-      <c r="AG63" s="90" t="s">
+      <c r="AD63" s="107"/>
+      <c r="AE63" s="63"/>
+      <c r="AF63" s="63"/>
+      <c r="AG63" s="63" t="s">
         <v>49</v>
       </c>
-      <c r="AH63" s="137"/>
-[...26 lines deleted...]
-      <c r="Y64" s="188" t="s">
+      <c r="AH63" s="95"/>
+    </row>
+    <row r="64" spans="1:34" s="24" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="60"/>
+      <c r="B64" s="130"/>
+      <c r="C64" s="130"/>
+      <c r="D64" s="130"/>
+      <c r="E64" s="130"/>
+      <c r="F64" s="130"/>
+      <c r="G64" s="130"/>
+      <c r="H64" s="130"/>
+      <c r="I64" s="130"/>
+      <c r="J64" s="130"/>
+      <c r="K64" s="130"/>
+      <c r="L64" s="130"/>
+      <c r="M64" s="130"/>
+      <c r="N64" s="130"/>
+      <c r="O64" s="130"/>
+      <c r="P64" s="130"/>
+      <c r="Q64" s="130"/>
+      <c r="R64" s="130"/>
+      <c r="S64" s="130"/>
+      <c r="T64" s="130"/>
+      <c r="U64" s="130"/>
+      <c r="V64" s="130"/>
+      <c r="W64" s="130"/>
+      <c r="X64" s="130"/>
+      <c r="Y64" s="131" t="s">
         <v>1</v>
       </c>
-      <c r="Z64" s="189"/>
-[...2 lines deleted...]
-      <c r="AC64" s="188" t="s">
+      <c r="Z64" s="130"/>
+      <c r="AA64" s="132"/>
+      <c r="AB64" s="130"/>
+      <c r="AC64" s="131" t="s">
         <v>2</v>
       </c>
-      <c r="AD64" s="190"/>
-[...2 lines deleted...]
-      <c r="AG64" s="188" t="s">
+      <c r="AD64" s="132"/>
+      <c r="AE64" s="130"/>
+      <c r="AF64" s="130"/>
+      <c r="AG64" s="131" t="s">
         <v>3</v>
       </c>
-      <c r="AH64" s="137"/>
-[...38 lines deleted...]
-      <c r="A66" s="1136" t="s">
+      <c r="AH64" s="95"/>
+    </row>
+    <row r="65" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="60"/>
+      <c r="B65" s="62"/>
+      <c r="C65" s="62"/>
+      <c r="D65" s="62"/>
+      <c r="E65" s="62"/>
+      <c r="F65" s="62"/>
+      <c r="G65" s="62"/>
+      <c r="H65" s="62"/>
+      <c r="I65" s="62"/>
+      <c r="J65" s="62"/>
+      <c r="K65" s="62"/>
+      <c r="L65" s="62"/>
+      <c r="M65" s="62"/>
+      <c r="N65" s="62"/>
+      <c r="O65" s="62"/>
+      <c r="P65" s="62"/>
+      <c r="Q65" s="62"/>
+      <c r="R65" s="62"/>
+      <c r="S65" s="62"/>
+      <c r="T65" s="62"/>
+      <c r="U65" s="62"/>
+      <c r="V65" s="62"/>
+      <c r="W65" s="62"/>
+      <c r="X65" s="62"/>
+      <c r="Y65" s="62"/>
+      <c r="Z65" s="62"/>
+      <c r="AA65" s="62"/>
+      <c r="AB65" s="62"/>
+      <c r="AC65" s="62"/>
+      <c r="AD65" s="65"/>
+      <c r="AE65" s="62"/>
+      <c r="AF65" s="62"/>
+      <c r="AG65" s="62"/>
+      <c r="AH65" s="95"/>
+    </row>
+    <row r="66" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="958" t="s">
         <v>285</v>
       </c>
-      <c r="B66" s="1137"/>
-[...1 lines deleted...]
-      <c r="D66" s="1138" t="s">
+      <c r="B66" s="959"/>
+      <c r="C66" s="959"/>
+      <c r="D66" s="960" t="s">
         <v>284</v>
       </c>
-      <c r="E66" s="1138"/>
-[...33 lines deleted...]
-      <c r="C67" s="193"/>
+      <c r="E66" s="960"/>
+      <c r="F66" s="960"/>
+      <c r="G66" s="960"/>
+      <c r="H66" s="960"/>
+      <c r="I66" s="960"/>
+      <c r="J66" s="960"/>
+      <c r="K66" s="960"/>
+      <c r="L66" s="960"/>
+      <c r="M66" s="960"/>
+      <c r="N66" s="960"/>
+      <c r="O66" s="960"/>
+      <c r="P66" s="960"/>
+      <c r="Q66" s="960"/>
+      <c r="R66" s="960"/>
+      <c r="S66" s="960"/>
+      <c r="T66" s="960"/>
+      <c r="U66" s="960"/>
+      <c r="V66" s="960"/>
+      <c r="W66" s="960"/>
+      <c r="X66" s="960"/>
+      <c r="Y66" s="960"/>
+      <c r="Z66" s="960"/>
+      <c r="AA66" s="960"/>
+      <c r="AB66" s="960"/>
+      <c r="AC66" s="960"/>
+      <c r="AD66" s="960"/>
+      <c r="AE66" s="960"/>
+      <c r="AF66" s="960"/>
+      <c r="AG66" s="960"/>
+      <c r="AH66" s="961"/>
+    </row>
+    <row r="67" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="133"/>
+      <c r="B67" s="134"/>
+      <c r="C67" s="134"/>
       <c r="D67" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="E67" s="194"/>
-[...31 lines deleted...]
-      <c r="A68" s="1140" t="s">
+      <c r="E67" s="135"/>
+      <c r="F67" s="135"/>
+      <c r="G67" s="135"/>
+      <c r="H67" s="135"/>
+      <c r="I67" s="135"/>
+      <c r="J67" s="135"/>
+      <c r="K67" s="135"/>
+      <c r="L67" s="135"/>
+      <c r="M67" s="135"/>
+      <c r="N67" s="135"/>
+      <c r="O67" s="135"/>
+      <c r="P67" s="135"/>
+      <c r="Q67" s="135"/>
+      <c r="R67" s="135"/>
+      <c r="S67" s="135"/>
+      <c r="T67" s="135"/>
+      <c r="U67" s="136"/>
+      <c r="V67" s="135"/>
+      <c r="W67" s="135"/>
+      <c r="X67" s="135"/>
+      <c r="Y67" s="135"/>
+      <c r="Z67" s="135"/>
+      <c r="AA67" s="135"/>
+      <c r="AB67" s="135"/>
+      <c r="AC67" s="135"/>
+      <c r="AD67" s="135"/>
+      <c r="AE67" s="135"/>
+      <c r="AF67" s="135"/>
+      <c r="AG67" s="135"/>
+      <c r="AH67" s="137"/>
+    </row>
+    <row r="68" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="962" t="s">
         <v>283</v>
       </c>
-      <c r="B68" s="1141"/>
-[...1 lines deleted...]
-      <c r="D68" s="1077" t="s">
+      <c r="B68" s="963"/>
+      <c r="C68" s="963"/>
+      <c r="D68" s="908" t="s">
         <v>282</v>
       </c>
-      <c r="E68" s="1077"/>
-[...69 lines deleted...]
-      <c r="C70" s="200"/>
+      <c r="E68" s="908"/>
+      <c r="F68" s="908"/>
+      <c r="G68" s="908"/>
+      <c r="H68" s="908"/>
+      <c r="I68" s="908"/>
+      <c r="J68" s="908"/>
+      <c r="K68" s="908"/>
+      <c r="L68" s="908"/>
+      <c r="M68" s="908"/>
+      <c r="N68" s="908"/>
+      <c r="O68" s="908"/>
+      <c r="P68" s="908"/>
+      <c r="Q68" s="908"/>
+      <c r="R68" s="908"/>
+      <c r="S68" s="908"/>
+      <c r="T68" s="908"/>
+      <c r="U68" s="908"/>
+      <c r="V68" s="908"/>
+      <c r="W68" s="908"/>
+      <c r="X68" s="908"/>
+      <c r="Y68" s="908"/>
+      <c r="Z68" s="908"/>
+      <c r="AA68" s="908"/>
+      <c r="AB68" s="908"/>
+      <c r="AC68" s="908"/>
+      <c r="AD68" s="908"/>
+      <c r="AE68" s="908"/>
+      <c r="AF68" s="908"/>
+      <c r="AG68" s="908"/>
+      <c r="AH68" s="964"/>
+    </row>
+    <row r="69" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="138"/>
+      <c r="B69" s="111"/>
+      <c r="C69" s="139"/>
+      <c r="D69" s="908"/>
+      <c r="E69" s="908"/>
+      <c r="F69" s="908"/>
+      <c r="G69" s="908"/>
+      <c r="H69" s="908"/>
+      <c r="I69" s="908"/>
+      <c r="J69" s="908"/>
+      <c r="K69" s="908"/>
+      <c r="L69" s="908"/>
+      <c r="M69" s="908"/>
+      <c r="N69" s="908"/>
+      <c r="O69" s="908"/>
+      <c r="P69" s="908"/>
+      <c r="Q69" s="908"/>
+      <c r="R69" s="908"/>
+      <c r="S69" s="908"/>
+      <c r="T69" s="908"/>
+      <c r="U69" s="908"/>
+      <c r="V69" s="908"/>
+      <c r="W69" s="908"/>
+      <c r="X69" s="908"/>
+      <c r="Y69" s="908"/>
+      <c r="Z69" s="908"/>
+      <c r="AA69" s="908"/>
+      <c r="AB69" s="908"/>
+      <c r="AC69" s="908"/>
+      <c r="AD69" s="908"/>
+      <c r="AE69" s="908"/>
+      <c r="AF69" s="908"/>
+      <c r="AG69" s="908"/>
+      <c r="AH69" s="964"/>
+    </row>
+    <row r="70" spans="1:34" s="24" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="140"/>
+      <c r="B70" s="141"/>
+      <c r="C70" s="141"/>
       <c r="D70" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="E70" s="201"/>
-[...67 lines deleted...]
-      <c r="A72" s="37" t="s">
+      <c r="E70" s="142"/>
+      <c r="F70" s="142"/>
+      <c r="G70" s="142"/>
+      <c r="H70" s="142"/>
+      <c r="I70" s="142"/>
+      <c r="J70" s="142"/>
+      <c r="K70" s="142"/>
+      <c r="L70" s="142"/>
+      <c r="M70" s="142"/>
+      <c r="N70" s="142"/>
+      <c r="O70" s="142"/>
+      <c r="P70" s="142"/>
+      <c r="Q70" s="142"/>
+      <c r="R70" s="142"/>
+      <c r="S70" s="142"/>
+      <c r="T70" s="142"/>
+      <c r="U70" s="142"/>
+      <c r="V70" s="142"/>
+      <c r="W70" s="142"/>
+      <c r="X70" s="142"/>
+      <c r="Y70" s="142"/>
+      <c r="Z70" s="142"/>
+      <c r="AA70" s="142"/>
+      <c r="AB70" s="142"/>
+      <c r="AC70" s="142"/>
+      <c r="AD70" s="142"/>
+      <c r="AE70" s="142"/>
+      <c r="AF70" s="142"/>
+      <c r="AG70" s="142"/>
+      <c r="AH70" s="143"/>
+    </row>
+    <row r="71" spans="1:34" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="14"/>
+      <c r="B71" s="28"/>
+      <c r="C71" s="28"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="28"/>
+      <c r="F71" s="28"/>
+      <c r="G71" s="28"/>
+      <c r="H71" s="28"/>
+      <c r="I71" s="28"/>
+      <c r="J71" s="28"/>
+      <c r="K71" s="28"/>
+      <c r="L71" s="28"/>
+      <c r="M71" s="28"/>
+      <c r="N71" s="28"/>
+      <c r="O71" s="28"/>
+      <c r="P71" s="28"/>
+      <c r="Q71" s="28"/>
+      <c r="R71" s="28"/>
+      <c r="S71" s="28"/>
+      <c r="T71" s="28"/>
+      <c r="U71" s="28"/>
+      <c r="V71" s="28"/>
+      <c r="W71" s="28"/>
+      <c r="X71" s="28"/>
+      <c r="Y71" s="28"/>
+      <c r="Z71" s="28"/>
+      <c r="AA71" s="28"/>
+      <c r="AB71" s="28"/>
+      <c r="AC71" s="28"/>
+      <c r="AD71" s="28"/>
+      <c r="AE71" s="28"/>
+      <c r="AF71" s="28"/>
+      <c r="AG71" s="28"/>
+      <c r="AH71" s="29"/>
+    </row>
+    <row r="72" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
+      <c r="A72" s="18" t="s">
         <v>281</v>
       </c>
-      <c r="B72" s="38"/>
-[...2 lines deleted...]
-      <c r="E72" s="42" t="s">
+      <c r="B72" s="28"/>
+      <c r="C72" s="28"/>
+      <c r="D72" s="28"/>
+      <c r="E72" s="8" t="s">
         <v>280</v>
       </c>
-      <c r="F72" s="38"/>
-[...66 lines deleted...]
-      <c r="B74" s="38" t="s">
+      <c r="F72" s="28"/>
+      <c r="G72" s="28"/>
+      <c r="H72" s="28"/>
+      <c r="I72" s="28"/>
+      <c r="J72" s="28"/>
+      <c r="K72" s="28"/>
+      <c r="L72" s="28"/>
+      <c r="M72" s="28"/>
+      <c r="N72" s="28"/>
+      <c r="O72" s="28"/>
+      <c r="P72" s="28"/>
+      <c r="Q72" s="28"/>
+      <c r="R72" s="28"/>
+      <c r="S72" s="28"/>
+      <c r="T72" s="28"/>
+      <c r="U72" s="28"/>
+      <c r="V72" s="28"/>
+      <c r="W72" s="28"/>
+      <c r="X72" s="28"/>
+      <c r="Y72" s="28"/>
+      <c r="Z72" s="28"/>
+      <c r="AA72" s="28"/>
+      <c r="AB72" s="28"/>
+      <c r="AC72" s="28"/>
+      <c r="AD72" s="28"/>
+      <c r="AE72" s="28"/>
+      <c r="AF72" s="28"/>
+      <c r="AG72" s="28"/>
+      <c r="AH72" s="29"/>
+    </row>
+    <row r="73" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="18"/>
+      <c r="C73" s="28"/>
+      <c r="D73" s="28"/>
+      <c r="E73" s="28"/>
+      <c r="F73" s="28"/>
+      <c r="G73" s="28"/>
+      <c r="H73" s="28"/>
+      <c r="I73" s="28"/>
+      <c r="J73" s="28"/>
+      <c r="K73" s="28"/>
+      <c r="L73" s="28"/>
+      <c r="M73" s="28"/>
+      <c r="N73" s="28"/>
+      <c r="O73" s="28"/>
+      <c r="P73" s="28"/>
+      <c r="Q73" s="28"/>
+      <c r="R73" s="28"/>
+      <c r="S73" s="28"/>
+      <c r="T73" s="28"/>
+      <c r="U73" s="28"/>
+      <c r="V73" s="28"/>
+      <c r="W73" s="28"/>
+      <c r="X73" s="28"/>
+      <c r="Y73" s="28"/>
+      <c r="Z73" s="28"/>
+      <c r="AA73" s="28"/>
+      <c r="AB73" s="28"/>
+      <c r="AC73" s="28"/>
+      <c r="AD73" s="28"/>
+      <c r="AE73" s="28"/>
+      <c r="AF73" s="28"/>
+      <c r="AG73" s="28"/>
+      <c r="AH73" s="29"/>
+    </row>
+    <row r="74" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="18"/>
+      <c r="B74" s="28" t="s">
         <v>279</v>
       </c>
-      <c r="C74" s="38"/>
-[...10 lines deleted...]
-      <c r="N74" s="38" t="s">
+      <c r="C74" s="28"/>
+      <c r="D74" s="28"/>
+      <c r="E74" s="965"/>
+      <c r="F74" s="965"/>
+      <c r="G74" s="965"/>
+      <c r="H74" s="965"/>
+      <c r="I74" s="965"/>
+      <c r="J74" s="965"/>
+      <c r="K74" s="965"/>
+      <c r="L74" s="965"/>
+      <c r="M74" s="28"/>
+      <c r="N74" s="28" t="s">
         <v>278</v>
       </c>
-      <c r="O74" s="38"/>
-[...23 lines deleted...]
-      <c r="C75" s="42" t="s">
+      <c r="O74" s="28"/>
+      <c r="P74" s="28"/>
+      <c r="Q74" s="28"/>
+      <c r="R74" s="956"/>
+      <c r="S74" s="956"/>
+      <c r="T74" s="956"/>
+      <c r="U74" s="956"/>
+      <c r="V74" s="956"/>
+      <c r="W74" s="956"/>
+      <c r="X74" s="956"/>
+      <c r="Y74" s="956"/>
+      <c r="Z74" s="956"/>
+      <c r="AA74" s="956"/>
+      <c r="AB74" s="956"/>
+      <c r="AC74" s="956"/>
+      <c r="AD74" s="956"/>
+      <c r="AE74" s="956"/>
+      <c r="AF74" s="956"/>
+      <c r="AG74" s="956"/>
+      <c r="AH74" s="29"/>
+    </row>
+    <row r="75" spans="1:34" s="24" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="18"/>
+      <c r="B75" s="28"/>
+      <c r="C75" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="D75" s="38"/>
-[...10 lines deleted...]
-      <c r="O75" s="42" t="s">
+      <c r="D75" s="28"/>
+      <c r="E75" s="966"/>
+      <c r="F75" s="966"/>
+      <c r="G75" s="966"/>
+      <c r="H75" s="966"/>
+      <c r="I75" s="966"/>
+      <c r="J75" s="966"/>
+      <c r="K75" s="966"/>
+      <c r="L75" s="966"/>
+      <c r="M75" s="28"/>
+      <c r="N75" s="28"/>
+      <c r="O75" s="8" t="s">
         <v>199</v>
       </c>
-      <c r="P75" s="38"/>
-[...57 lines deleted...]
-      <c r="B77" s="38" t="s">
+      <c r="P75" s="28"/>
+      <c r="Q75" s="28"/>
+      <c r="R75" s="957"/>
+      <c r="S75" s="957"/>
+      <c r="T75" s="957"/>
+      <c r="U75" s="957"/>
+      <c r="V75" s="957"/>
+      <c r="W75" s="957"/>
+      <c r="X75" s="957"/>
+      <c r="Y75" s="957"/>
+      <c r="Z75" s="957"/>
+      <c r="AA75" s="957"/>
+      <c r="AB75" s="957"/>
+      <c r="AC75" s="957"/>
+      <c r="AD75" s="957"/>
+      <c r="AE75" s="957"/>
+      <c r="AF75" s="957"/>
+      <c r="AG75" s="957"/>
+      <c r="AH75" s="29"/>
+    </row>
+    <row r="76" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="18"/>
+      <c r="B76" s="28"/>
+      <c r="C76" s="8"/>
+      <c r="D76" s="28"/>
+      <c r="E76" s="28"/>
+      <c r="F76" s="28"/>
+      <c r="G76" s="28"/>
+      <c r="H76" s="28"/>
+      <c r="I76" s="28"/>
+      <c r="J76" s="28"/>
+      <c r="K76" s="28"/>
+      <c r="L76" s="28"/>
+      <c r="M76" s="28"/>
+      <c r="N76" s="28"/>
+      <c r="O76" s="8"/>
+      <c r="P76" s="28"/>
+      <c r="Q76" s="28"/>
+      <c r="R76" s="28"/>
+      <c r="S76" s="28"/>
+      <c r="T76" s="28"/>
+      <c r="U76" s="28"/>
+      <c r="V76" s="28"/>
+      <c r="W76" s="28"/>
+      <c r="X76" s="28"/>
+      <c r="Y76" s="28"/>
+      <c r="Z76" s="28"/>
+      <c r="AA76" s="28"/>
+      <c r="AB76" s="28"/>
+      <c r="AC76" s="28"/>
+      <c r="AD76" s="28"/>
+      <c r="AE76" s="28"/>
+      <c r="AF76" s="28"/>
+      <c r="AG76" s="28"/>
+      <c r="AH76" s="29"/>
+    </row>
+    <row r="77" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="18"/>
+      <c r="B77" s="28" t="s">
         <v>277</v>
       </c>
-      <c r="C77" s="38"/>
-[...4 lines deleted...]
-      <c r="H77" s="42" t="s">
+      <c r="C77" s="28"/>
+      <c r="D77" s="28"/>
+      <c r="E77" s="28"/>
+      <c r="F77" s="28"/>
+      <c r="G77" s="28"/>
+      <c r="H77" s="8" t="s">
         <v>276</v>
       </c>
-      <c r="I77" s="38"/>
-[...13 lines deleted...]
-      <c r="W77" s="51" t="s">
+      <c r="I77" s="28"/>
+      <c r="J77" s="28"/>
+      <c r="K77" s="28"/>
+      <c r="L77" s="28"/>
+      <c r="M77" s="28"/>
+      <c r="N77" s="28"/>
+      <c r="O77" s="28"/>
+      <c r="P77" s="28"/>
+      <c r="Q77" s="28"/>
+      <c r="R77" s="28"/>
+      <c r="S77" s="28"/>
+      <c r="T77" s="28"/>
+      <c r="U77" s="28"/>
+      <c r="V77" s="28"/>
+      <c r="W77" s="35" t="s">
         <v>159</v>
       </c>
-      <c r="X77" s="51"/>
-[...2 lines deleted...]
-      <c r="AA77" s="42" t="s">
+      <c r="X77" s="35"/>
+      <c r="Y77" s="35"/>
+      <c r="Z77" s="28"/>
+      <c r="AA77" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="AB77" s="38"/>
-[...834 lines deleted...]
-    </row>
+      <c r="AB77" s="28"/>
+      <c r="AC77" s="28"/>
+      <c r="AD77" s="28"/>
+      <c r="AE77" s="28"/>
+      <c r="AF77" s="28"/>
+      <c r="AG77" s="28"/>
+      <c r="AH77" s="29"/>
+    </row>
+    <row r="78" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="18"/>
+      <c r="B78" s="28"/>
+      <c r="C78" s="956"/>
+      <c r="D78" s="956"/>
+      <c r="E78" s="956"/>
+      <c r="F78" s="956"/>
+      <c r="G78" s="956"/>
+      <c r="H78" s="956"/>
+      <c r="I78" s="956"/>
+      <c r="J78" s="956"/>
+      <c r="K78" s="956"/>
+      <c r="L78" s="956"/>
+      <c r="M78" s="956"/>
+      <c r="N78" s="956"/>
+      <c r="O78" s="956"/>
+      <c r="P78" s="956"/>
+      <c r="Q78" s="956"/>
+      <c r="R78" s="956"/>
+      <c r="S78" s="956"/>
+      <c r="T78" s="956"/>
+      <c r="U78" s="956"/>
+      <c r="V78" s="28"/>
+      <c r="W78" s="871"/>
+      <c r="X78" s="871"/>
+      <c r="Y78" s="871"/>
+      <c r="Z78" s="871"/>
+      <c r="AA78" s="871"/>
+      <c r="AB78" s="871"/>
+      <c r="AC78" s="871"/>
+      <c r="AD78" s="871"/>
+      <c r="AE78" s="871"/>
+      <c r="AF78" s="871"/>
+      <c r="AG78" s="871"/>
+      <c r="AH78" s="29"/>
+    </row>
+    <row r="79" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
+      <c r="A79" s="18"/>
+      <c r="B79" s="28"/>
+      <c r="C79" s="957"/>
+      <c r="D79" s="957"/>
+      <c r="E79" s="957"/>
+      <c r="F79" s="957"/>
+      <c r="G79" s="957"/>
+      <c r="H79" s="957"/>
+      <c r="I79" s="957"/>
+      <c r="J79" s="957"/>
+      <c r="K79" s="957"/>
+      <c r="L79" s="957"/>
+      <c r="M79" s="957"/>
+      <c r="N79" s="957"/>
+      <c r="O79" s="957"/>
+      <c r="P79" s="957"/>
+      <c r="Q79" s="957"/>
+      <c r="R79" s="957"/>
+      <c r="S79" s="957"/>
+      <c r="T79" s="957"/>
+      <c r="U79" s="957"/>
+      <c r="V79" s="28"/>
+      <c r="W79" s="872"/>
+      <c r="X79" s="872"/>
+      <c r="Y79" s="872"/>
+      <c r="Z79" s="872"/>
+      <c r="AA79" s="872"/>
+      <c r="AB79" s="872"/>
+      <c r="AC79" s="872"/>
+      <c r="AD79" s="872"/>
+      <c r="AE79" s="872"/>
+      <c r="AF79" s="872"/>
+      <c r="AG79" s="872"/>
+      <c r="AH79" s="29"/>
+    </row>
+    <row r="80" spans="1:34" s="24" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="144"/>
+      <c r="B80" s="145"/>
+      <c r="C80" s="145"/>
+      <c r="D80" s="145"/>
+      <c r="E80" s="145"/>
+      <c r="F80" s="145"/>
+      <c r="G80" s="145"/>
+      <c r="H80" s="145"/>
+      <c r="I80" s="145"/>
+      <c r="J80" s="145"/>
+      <c r="K80" s="145"/>
+      <c r="L80" s="145"/>
+      <c r="M80" s="145"/>
+      <c r="N80" s="145"/>
+      <c r="O80" s="145"/>
+      <c r="P80" s="145"/>
+      <c r="Q80" s="145"/>
+      <c r="R80" s="145"/>
+      <c r="S80" s="145"/>
+      <c r="T80" s="145"/>
+      <c r="U80" s="145"/>
+      <c r="V80" s="145"/>
+      <c r="W80" s="145"/>
+      <c r="X80" s="145"/>
+      <c r="Y80" s="145"/>
+      <c r="Z80" s="145"/>
+      <c r="AA80" s="145"/>
+      <c r="AB80" s="145"/>
+      <c r="AC80" s="145"/>
+      <c r="AD80" s="145"/>
+      <c r="AE80" s="145"/>
+      <c r="AF80" s="145"/>
+      <c r="AG80" s="145"/>
+      <c r="AH80" s="87"/>
+    </row>
+    <row r="81" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="122"/>
+      <c r="B81" s="120"/>
+      <c r="C81" s="120"/>
+      <c r="D81" s="120"/>
+      <c r="E81" s="120"/>
+      <c r="F81" s="120"/>
+      <c r="G81" s="120"/>
+      <c r="H81" s="120"/>
+      <c r="I81" s="120"/>
+      <c r="J81" s="120"/>
+      <c r="K81" s="120"/>
+      <c r="L81" s="120"/>
+      <c r="M81" s="120"/>
+      <c r="N81" s="120"/>
+      <c r="O81" s="120"/>
+      <c r="P81" s="120"/>
+      <c r="Q81" s="120"/>
+      <c r="R81" s="120"/>
+      <c r="S81" s="120"/>
+      <c r="T81" s="120"/>
+      <c r="U81" s="120"/>
+      <c r="V81" s="120"/>
+      <c r="W81" s="120"/>
+      <c r="X81" s="120"/>
+      <c r="Y81" s="120"/>
+      <c r="Z81" s="120"/>
+      <c r="AA81" s="120"/>
+      <c r="AB81" s="120"/>
+      <c r="AC81" s="120"/>
+      <c r="AD81" s="120"/>
+      <c r="AE81" s="120"/>
+      <c r="AF81" s="120"/>
+      <c r="AG81" s="120"/>
+      <c r="AH81" s="123"/>
+    </row>
+    <row r="82" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="18"/>
+      <c r="B82" s="28"/>
+      <c r="C82" s="28"/>
+      <c r="D82" s="28"/>
+      <c r="E82" s="28"/>
+      <c r="F82" s="28"/>
+      <c r="G82" s="28"/>
+      <c r="H82" s="28"/>
+      <c r="I82" s="28"/>
+      <c r="J82" s="28"/>
+      <c r="K82" s="28"/>
+      <c r="L82" s="28"/>
+      <c r="M82" s="28"/>
+      <c r="N82" s="28"/>
+      <c r="O82" s="28"/>
+      <c r="P82" s="28"/>
+      <c r="Q82" s="28"/>
+      <c r="R82" s="28"/>
+      <c r="S82" s="28"/>
+      <c r="T82" s="28"/>
+      <c r="U82" s="28"/>
+      <c r="V82" s="28"/>
+      <c r="W82" s="28"/>
+      <c r="X82" s="28"/>
+      <c r="Y82" s="28"/>
+      <c r="Z82" s="28"/>
+      <c r="AA82" s="28"/>
+      <c r="AB82" s="28"/>
+      <c r="AC82" s="28"/>
+      <c r="AD82" s="28"/>
+      <c r="AE82" s="28"/>
+      <c r="AF82" s="28"/>
+      <c r="AG82" s="28"/>
+      <c r="AH82" s="29"/>
+    </row>
+    <row r="83" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="18"/>
+      <c r="B83" s="28"/>
+      <c r="C83" s="28"/>
+      <c r="D83" s="28"/>
+      <c r="E83" s="28"/>
+      <c r="F83" s="28"/>
+      <c r="G83" s="28"/>
+      <c r="H83" s="28"/>
+      <c r="I83" s="28"/>
+      <c r="J83" s="28"/>
+      <c r="K83" s="28"/>
+      <c r="L83" s="28"/>
+      <c r="M83" s="28"/>
+      <c r="N83" s="28"/>
+      <c r="O83" s="28"/>
+      <c r="P83" s="28"/>
+      <c r="Q83" s="28"/>
+      <c r="R83" s="28"/>
+      <c r="S83" s="28"/>
+      <c r="T83" s="28"/>
+      <c r="U83" s="28"/>
+      <c r="V83" s="28"/>
+      <c r="W83" s="28"/>
+      <c r="X83" s="28"/>
+      <c r="Y83" s="28"/>
+      <c r="Z83" s="28"/>
+      <c r="AA83" s="28"/>
+      <c r="AB83" s="28"/>
+      <c r="AC83" s="28"/>
+      <c r="AD83" s="28"/>
+      <c r="AE83" s="28"/>
+      <c r="AF83" s="28"/>
+      <c r="AG83" s="28"/>
+      <c r="AH83" s="29"/>
+    </row>
+    <row r="84" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="144"/>
+      <c r="B84" s="145"/>
+      <c r="C84" s="145"/>
+      <c r="D84" s="145"/>
+      <c r="E84" s="145"/>
+      <c r="F84" s="145"/>
+      <c r="G84" s="145"/>
+      <c r="H84" s="145"/>
+      <c r="I84" s="145"/>
+      <c r="J84" s="145"/>
+      <c r="K84" s="145"/>
+      <c r="L84" s="145"/>
+      <c r="M84" s="145"/>
+      <c r="N84" s="145"/>
+      <c r="O84" s="145"/>
+      <c r="P84" s="145"/>
+      <c r="Q84" s="145"/>
+      <c r="R84" s="145"/>
+      <c r="S84" s="145"/>
+      <c r="T84" s="145"/>
+      <c r="U84" s="145"/>
+      <c r="V84" s="145"/>
+      <c r="W84" s="145"/>
+      <c r="X84" s="145"/>
+      <c r="Y84" s="145"/>
+      <c r="Z84" s="145"/>
+      <c r="AA84" s="145"/>
+      <c r="AB84" s="145"/>
+      <c r="AC84" s="145"/>
+      <c r="AD84" s="145"/>
+      <c r="AE84" s="145"/>
+      <c r="AF84" s="145"/>
+      <c r="AG84" s="145"/>
+      <c r="AH84" s="87"/>
+    </row>
+    <row r="85" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="jC6Ft2NWPR2C+nZ/NB3CDjVXEF8RJUDPRn7wILQ2Q+rQTinkjHp+2b4W+iTsKVYwT4VcPKAKkV1rGVYCUWm1wA==" saltValue="tReOdQ5P7Dfwd9Ty3nkvvw==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="26">
     <mergeCell ref="W16:AB17"/>
     <mergeCell ref="C20:AH20"/>
     <mergeCell ref="D25:N25"/>
     <mergeCell ref="O25:U26"/>
     <mergeCell ref="AA25:AF26"/>
     <mergeCell ref="D26:N27"/>
     <mergeCell ref="B60:Q60"/>
     <mergeCell ref="Q34:AF35"/>
     <mergeCell ref="F39:P40"/>
     <mergeCell ref="AA39:AG40"/>
     <mergeCell ref="F42:AG43"/>
     <mergeCell ref="G45:P46"/>
     <mergeCell ref="X45:AG46"/>
     <mergeCell ref="F51:P52"/>
     <mergeCell ref="AA51:AG52"/>
     <mergeCell ref="F54:AG55"/>
     <mergeCell ref="G57:P58"/>
     <mergeCell ref="X57:AG58"/>
     <mergeCell ref="C78:U79"/>
     <mergeCell ref="W78:AG79"/>
     <mergeCell ref="A66:C66"/>
     <mergeCell ref="D66:AH66"/>
     <mergeCell ref="A68:C68"/>
     <mergeCell ref="D68:AH69"/>
     <mergeCell ref="E74:L75"/>
     <mergeCell ref="R74:AG75"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S16 B31 B34 M34 M31 W25 C25 P22 I22 C22 L13 C16 C13 C10 I10 S10 AA10 AA7 W7 S7 O7 L7 I7 F7 C7" xr:uid="{93B62C1F-5D35-4295-BBBB-CF549E007F69}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="94" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51FDD82F-0C8D-40D3-B36B-460032A55343}">
   <sheetPr codeName="Sheet8">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AO144"/>
+  <dimension ref="A1:AJ73"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="2.625" style="6"/>
+    <col min="1" max="16384" width="2.6328125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:37" s="133" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="133" t="s">
+    <row r="1" spans="1:36" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" t="s">
         <v>401</v>
       </c>
-      <c r="Z1" s="6" t="s">
+      <c r="Z1" s="5" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="2" spans="1:37" ht="13.35" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A2" s="134" t="s">
+    <row r="2" spans="1:36" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="8" t="s">
         <v>400</v>
       </c>
-      <c r="J2" s="134"/>
-      <c r="Z2" s="134" t="s">
+      <c r="J2" s="8"/>
+      <c r="Z2" s="8" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="3" spans="1:37" ht="3" customHeight="1" x14ac:dyDescent="0.15">
-[...38 lines deleted...]
-      <c r="A4" s="21" t="s">
+    <row r="3" spans="1:36" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="303"/>
+      <c r="B3" s="304"/>
+      <c r="C3" s="304"/>
+      <c r="D3" s="304"/>
+      <c r="E3" s="304"/>
+      <c r="F3" s="304"/>
+      <c r="G3" s="304"/>
+      <c r="H3" s="304"/>
+      <c r="I3" s="304"/>
+      <c r="J3" s="304"/>
+      <c r="K3" s="304"/>
+      <c r="L3" s="304"/>
+      <c r="M3" s="304"/>
+      <c r="N3" s="304"/>
+      <c r="O3" s="304"/>
+      <c r="P3" s="304"/>
+      <c r="Q3" s="304"/>
+      <c r="R3" s="304"/>
+      <c r="S3" s="304"/>
+      <c r="T3" s="304"/>
+      <c r="U3" s="304"/>
+      <c r="V3" s="304"/>
+      <c r="W3" s="304"/>
+      <c r="X3" s="304"/>
+      <c r="Y3" s="304"/>
+      <c r="Z3" s="304"/>
+      <c r="AA3" s="304"/>
+      <c r="AB3" s="304"/>
+      <c r="AC3" s="304"/>
+      <c r="AD3" s="304"/>
+      <c r="AE3" s="304"/>
+      <c r="AF3" s="304"/>
+      <c r="AG3" s="304"/>
+      <c r="AH3" s="304"/>
+      <c r="AI3" s="304"/>
+      <c r="AJ3" s="305"/>
+    </row>
+    <row r="4" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="18" t="s">
         <v>399</v>
       </c>
-      <c r="B4" s="29"/>
-[...9 lines deleted...]
-      <c r="L4" s="1183" t="str">
+      <c r="L4" s="992" t="str">
         <f>'1 申請人'!G20&amp;""</f>
         <v/>
       </c>
-      <c r="M4" s="1184"/>
-[...26 lines deleted...]
-      <c r="B5" s="10" t="s">
+      <c r="M4" s="992"/>
+      <c r="N4" s="992"/>
+      <c r="O4" s="992"/>
+      <c r="P4" s="992"/>
+      <c r="Q4" s="992"/>
+      <c r="R4" s="992"/>
+      <c r="S4" s="992"/>
+      <c r="T4" s="992"/>
+      <c r="U4" s="992"/>
+      <c r="V4" s="992"/>
+      <c r="W4" s="992"/>
+      <c r="X4" s="992"/>
+      <c r="Y4" s="992"/>
+      <c r="Z4" s="992"/>
+      <c r="AA4" s="992"/>
+      <c r="AB4" s="992"/>
+      <c r="AC4" s="992"/>
+      <c r="AD4" s="992"/>
+      <c r="AE4" s="992"/>
+      <c r="AF4" s="992"/>
+      <c r="AG4" s="992"/>
+      <c r="AH4" s="992"/>
+      <c r="AJ4" s="154"/>
+    </row>
+    <row r="5" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="153"/>
+      <c r="B5" s="8" t="s">
         <v>398</v>
       </c>
-      <c r="C5" s="409"/>
-[...73 lines deleted...]
-      <c r="A7" s="37" t="s">
+      <c r="C5" s="306"/>
+      <c r="D5" s="306"/>
+      <c r="L5" s="993"/>
+      <c r="M5" s="993"/>
+      <c r="N5" s="993"/>
+      <c r="O5" s="993"/>
+      <c r="P5" s="993"/>
+      <c r="Q5" s="993"/>
+      <c r="R5" s="993"/>
+      <c r="S5" s="993"/>
+      <c r="T5" s="993"/>
+      <c r="U5" s="993"/>
+      <c r="V5" s="993"/>
+      <c r="W5" s="993"/>
+      <c r="X5" s="993"/>
+      <c r="Y5" s="993"/>
+      <c r="Z5" s="993"/>
+      <c r="AA5" s="993"/>
+      <c r="AB5" s="993"/>
+      <c r="AC5" s="993"/>
+      <c r="AD5" s="993"/>
+      <c r="AE5" s="993"/>
+      <c r="AF5" s="993"/>
+      <c r="AG5" s="993"/>
+      <c r="AH5" s="993"/>
+      <c r="AJ5" s="154"/>
+    </row>
+    <row r="6" spans="1:36" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="21"/>
+      <c r="C6" s="8"/>
+      <c r="AJ6" s="20"/>
+    </row>
+    <row r="7" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="18" t="s">
         <v>397</v>
       </c>
-      <c r="B7" s="220"/>
-[...2 lines deleted...]
-      <c r="E7" s="10" t="s">
+      <c r="E7" s="8" t="s">
         <v>396</v>
       </c>
-      <c r="F7" s="29"/>
-[...33 lines deleted...]
-      <c r="B8" s="38" t="s">
+      <c r="AJ7" s="154"/>
+    </row>
+    <row r="8" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="153"/>
+      <c r="B8" s="28" t="s">
         <v>395</v>
       </c>
-      <c r="C8" s="220"/>
-[...3 lines deleted...]
-      <c r="G8" s="1186" t="s">
+      <c r="G8" s="994" t="s">
         <v>526</v>
       </c>
-      <c r="H8" s="1187"/>
-[...32 lines deleted...]
-      <c r="C9" s="10" t="s">
+      <c r="H8" s="994"/>
+      <c r="I8" s="994"/>
+      <c r="J8" s="994"/>
+      <c r="K8" s="994"/>
+      <c r="L8" s="994"/>
+      <c r="M8" s="994"/>
+      <c r="N8" s="994"/>
+      <c r="O8" s="994"/>
+      <c r="P8" s="994"/>
+      <c r="Q8" s="994"/>
+      <c r="R8" s="994"/>
+      <c r="S8" s="994"/>
+      <c r="T8" s="994"/>
+      <c r="U8" s="994"/>
+      <c r="V8" s="994"/>
+      <c r="W8" s="994"/>
+      <c r="X8" s="994"/>
+      <c r="Y8" s="994"/>
+      <c r="Z8" s="994"/>
+      <c r="AA8" s="994"/>
+      <c r="AB8" s="994"/>
+      <c r="AC8" s="994"/>
+      <c r="AD8" s="994"/>
+      <c r="AE8" s="994"/>
+      <c r="AF8" s="994"/>
+      <c r="AG8" s="994"/>
+      <c r="AH8" s="994"/>
+      <c r="AJ8" s="154"/>
+    </row>
+    <row r="9" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="153"/>
+      <c r="C9" s="8" t="s">
         <v>394</v>
       </c>
-      <c r="D9" s="29"/>
-[...73 lines deleted...]
-      <c r="B11" s="38" t="s">
+      <c r="G9" s="995"/>
+      <c r="H9" s="995"/>
+      <c r="I9" s="995"/>
+      <c r="J9" s="995"/>
+      <c r="K9" s="995"/>
+      <c r="L9" s="995"/>
+      <c r="M9" s="995"/>
+      <c r="N9" s="995"/>
+      <c r="O9" s="995"/>
+      <c r="P9" s="995"/>
+      <c r="Q9" s="995"/>
+      <c r="R9" s="995"/>
+      <c r="S9" s="995"/>
+      <c r="T9" s="995"/>
+      <c r="U9" s="995"/>
+      <c r="V9" s="995"/>
+      <c r="W9" s="995"/>
+      <c r="X9" s="995"/>
+      <c r="Y9" s="995"/>
+      <c r="Z9" s="995"/>
+      <c r="AA9" s="995"/>
+      <c r="AB9" s="995"/>
+      <c r="AC9" s="995"/>
+      <c r="AD9" s="995"/>
+      <c r="AE9" s="995"/>
+      <c r="AF9" s="995"/>
+      <c r="AG9" s="995"/>
+      <c r="AH9" s="995"/>
+      <c r="AJ9" s="154"/>
+    </row>
+    <row r="10" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="153"/>
+      <c r="C10" s="8"/>
+      <c r="G10" s="44"/>
+      <c r="H10" s="44"/>
+      <c r="I10" s="44"/>
+      <c r="J10" s="44"/>
+      <c r="K10" s="44"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="44"/>
+      <c r="N10" s="44"/>
+      <c r="O10" s="44"/>
+      <c r="P10" s="44"/>
+      <c r="Q10" s="44"/>
+      <c r="R10" s="44"/>
+      <c r="S10" s="44"/>
+      <c r="T10" s="44"/>
+      <c r="U10" s="44"/>
+      <c r="V10" s="44"/>
+      <c r="W10" s="44"/>
+      <c r="X10" s="44"/>
+      <c r="Y10" s="44"/>
+      <c r="Z10" s="44"/>
+      <c r="AA10" s="44"/>
+      <c r="AB10" s="44"/>
+      <c r="AC10" s="44"/>
+      <c r="AD10" s="44"/>
+      <c r="AE10" s="44"/>
+      <c r="AF10" s="44"/>
+      <c r="AG10" s="44"/>
+      <c r="AH10" s="44"/>
+      <c r="AJ10" s="154"/>
+    </row>
+    <row r="11" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="153"/>
+      <c r="B11" s="28" t="s">
         <v>268</v>
       </c>
-      <c r="C11" s="220"/>
-[...3 lines deleted...]
-      <c r="G11" s="1189" t="str">
+      <c r="G11" s="996" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "滋賀県草津市野路東1-1-1 立命館大学 びわこ・くさつキャンパス", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "大阪府茨木市岩倉町2-150 立命館大学 大阪いばらきキャンパス", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "京都府京都市北区等持院北町56-1 立命館大学 衣笠キャンパス"), "")</f>
         <v/>
       </c>
-      <c r="H11" s="1189"/>
-[...32 lines deleted...]
-      <c r="C12" s="10" t="s">
+      <c r="H11" s="996"/>
+      <c r="I11" s="996"/>
+      <c r="J11" s="996"/>
+      <c r="K11" s="996"/>
+      <c r="L11" s="996"/>
+      <c r="M11" s="996"/>
+      <c r="N11" s="996"/>
+      <c r="O11" s="996"/>
+      <c r="P11" s="996"/>
+      <c r="Q11" s="996"/>
+      <c r="R11" s="996"/>
+      <c r="S11" s="996"/>
+      <c r="T11" s="996"/>
+      <c r="U11" s="996"/>
+      <c r="V11" s="996"/>
+      <c r="W11" s="996"/>
+      <c r="X11" s="996"/>
+      <c r="Y11" s="996"/>
+      <c r="Z11" s="996"/>
+      <c r="AA11" s="996"/>
+      <c r="AB11" s="996"/>
+      <c r="AC11" s="996"/>
+      <c r="AD11" s="996"/>
+      <c r="AE11" s="996"/>
+      <c r="AF11" s="996"/>
+      <c r="AG11" s="996"/>
+      <c r="AH11" s="996"/>
+      <c r="AJ11" s="154"/>
+    </row>
+    <row r="12" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="153"/>
+      <c r="C12" s="8" t="s">
         <v>199</v>
       </c>
-      <c r="D12" s="29"/>
-[...74 lines deleted...]
-      <c r="C14" s="38" t="s">
+      <c r="G12" s="997"/>
+      <c r="H12" s="997"/>
+      <c r="I12" s="997"/>
+      <c r="J12" s="997"/>
+      <c r="K12" s="997"/>
+      <c r="L12" s="997"/>
+      <c r="M12" s="997"/>
+      <c r="N12" s="997"/>
+      <c r="O12" s="997"/>
+      <c r="P12" s="997"/>
+      <c r="Q12" s="997"/>
+      <c r="R12" s="997"/>
+      <c r="S12" s="997"/>
+      <c r="T12" s="997"/>
+      <c r="U12" s="997"/>
+      <c r="V12" s="997"/>
+      <c r="W12" s="997"/>
+      <c r="X12" s="997"/>
+      <c r="Y12" s="997"/>
+      <c r="Z12" s="997"/>
+      <c r="AA12" s="997"/>
+      <c r="AB12" s="997"/>
+      <c r="AC12" s="997"/>
+      <c r="AD12" s="997"/>
+      <c r="AE12" s="997"/>
+      <c r="AF12" s="997"/>
+      <c r="AG12" s="997"/>
+      <c r="AH12" s="997"/>
+      <c r="AJ12" s="154"/>
+    </row>
+    <row r="13" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="153"/>
+      <c r="C13" s="8"/>
+      <c r="G13" s="44"/>
+      <c r="H13" s="44"/>
+      <c r="I13" s="44"/>
+      <c r="J13" s="44"/>
+      <c r="K13" s="44"/>
+      <c r="L13" s="44"/>
+      <c r="M13" s="44"/>
+      <c r="N13" s="44"/>
+      <c r="O13" s="44"/>
+      <c r="P13" s="44"/>
+      <c r="Q13" s="44"/>
+      <c r="R13" s="44"/>
+      <c r="S13" s="44"/>
+      <c r="T13" s="44"/>
+      <c r="U13" s="44"/>
+      <c r="V13" s="44"/>
+      <c r="W13" s="44"/>
+      <c r="X13" s="44"/>
+      <c r="Y13" s="44"/>
+      <c r="Z13" s="44"/>
+      <c r="AA13" s="44"/>
+      <c r="AB13" s="44"/>
+      <c r="AC13" s="44"/>
+      <c r="AD13" s="44"/>
+      <c r="AE13" s="44"/>
+      <c r="AF13" s="44"/>
+      <c r="AG13" s="44"/>
+      <c r="AH13" s="44"/>
+      <c r="AJ13" s="154"/>
+    </row>
+    <row r="14" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="153"/>
+      <c r="C14" s="28" t="s">
         <v>159</v>
       </c>
-      <c r="D14" s="220"/>
-[...2 lines deleted...]
-      <c r="G14" s="1028" t="str">
+      <c r="G14" s="869" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "077-561-3946", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "072-665-2070", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "075-465-8230"), "")</f>
         <v/>
       </c>
-      <c r="H14" s="1028"/>
-[...32 lines deleted...]
-      <c r="C15" s="10" t="s">
+      <c r="H14" s="869"/>
+      <c r="I14" s="869"/>
+      <c r="J14" s="869"/>
+      <c r="K14" s="869"/>
+      <c r="L14" s="869"/>
+      <c r="M14" s="869"/>
+      <c r="N14" s="869"/>
+      <c r="O14" s="869"/>
+      <c r="P14" s="869"/>
+      <c r="Q14" s="869"/>
+      <c r="W14" s="28"/>
+      <c r="AD14" s="28"/>
+      <c r="AJ14" s="154"/>
+    </row>
+    <row r="15" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="153"/>
+      <c r="C15" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="D15" s="29"/>
-[...75 lines deleted...]
-      <c r="B17" s="38" t="s">
+      <c r="G15" s="870"/>
+      <c r="H15" s="870"/>
+      <c r="I15" s="870"/>
+      <c r="J15" s="870"/>
+      <c r="K15" s="870"/>
+      <c r="L15" s="870"/>
+      <c r="M15" s="870"/>
+      <c r="N15" s="870"/>
+      <c r="O15" s="870"/>
+      <c r="P15" s="870"/>
+      <c r="Q15" s="870"/>
+      <c r="AJ15" s="154"/>
+    </row>
+    <row r="16" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="153"/>
+      <c r="C16" s="8"/>
+      <c r="G16" s="57"/>
+      <c r="H16" s="57"/>
+      <c r="I16" s="57"/>
+      <c r="J16" s="57"/>
+      <c r="K16" s="57"/>
+      <c r="L16" s="57"/>
+      <c r="M16" s="57"/>
+      <c r="N16" s="57"/>
+      <c r="O16" s="57"/>
+      <c r="P16" s="57"/>
+      <c r="Q16" s="57"/>
+      <c r="AJ16" s="154"/>
+    </row>
+    <row r="17" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="153"/>
+      <c r="B17" s="28" t="s">
         <v>393</v>
       </c>
-      <c r="C17" s="10"/>
-[...3 lines deleted...]
-      <c r="G17" s="1191" t="s">
+      <c r="C17" s="8"/>
+      <c r="G17" s="998" t="s">
         <v>525</v>
       </c>
-      <c r="H17" s="1191"/>
-[...33 lines deleted...]
-      <c r="C18" s="1175" t="s">
+      <c r="H17" s="998"/>
+      <c r="I17" s="998"/>
+      <c r="J17" s="998"/>
+      <c r="K17" s="998"/>
+      <c r="L17" s="998"/>
+      <c r="M17" s="998"/>
+      <c r="N17" s="998"/>
+      <c r="O17" s="998"/>
+      <c r="P17" s="998"/>
+      <c r="Q17" s="998"/>
+      <c r="R17" s="998"/>
+      <c r="S17" s="998"/>
+      <c r="T17" s="998"/>
+      <c r="U17" s="998"/>
+      <c r="V17" s="998"/>
+      <c r="W17" s="998"/>
+      <c r="X17" s="998"/>
+      <c r="Y17" s="998"/>
+      <c r="Z17" s="998"/>
+      <c r="AA17" s="998"/>
+      <c r="AB17" s="998"/>
+      <c r="AC17" s="998"/>
+      <c r="AD17" s="998"/>
+      <c r="AE17" s="998"/>
+      <c r="AF17" s="998"/>
+      <c r="AG17" s="998"/>
+      <c r="AH17" s="998"/>
+      <c r="AJ17" s="154"/>
+    </row>
+    <row r="18" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="153"/>
+      <c r="B18" s="28"/>
+      <c r="C18" s="984" t="s">
         <v>392</v>
       </c>
-      <c r="D18" s="1175"/>
-[...75 lines deleted...]
-      <c r="B20" s="38" t="s">
+      <c r="D18" s="984"/>
+      <c r="E18" s="984"/>
+      <c r="F18" s="984"/>
+      <c r="G18" s="999"/>
+      <c r="H18" s="999"/>
+      <c r="I18" s="999"/>
+      <c r="J18" s="999"/>
+      <c r="K18" s="999"/>
+      <c r="L18" s="999"/>
+      <c r="M18" s="999"/>
+      <c r="N18" s="999"/>
+      <c r="O18" s="999"/>
+      <c r="P18" s="999"/>
+      <c r="Q18" s="999"/>
+      <c r="R18" s="999"/>
+      <c r="S18" s="999"/>
+      <c r="T18" s="999"/>
+      <c r="U18" s="999"/>
+      <c r="V18" s="999"/>
+      <c r="W18" s="999"/>
+      <c r="X18" s="999"/>
+      <c r="Y18" s="999"/>
+      <c r="Z18" s="999"/>
+      <c r="AA18" s="999"/>
+      <c r="AB18" s="999"/>
+      <c r="AC18" s="999"/>
+      <c r="AD18" s="999"/>
+      <c r="AE18" s="999"/>
+      <c r="AF18" s="999"/>
+      <c r="AG18" s="999"/>
+      <c r="AH18" s="999"/>
+      <c r="AJ18" s="154"/>
+    </row>
+    <row r="19" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="153"/>
+      <c r="B19" s="28"/>
+      <c r="C19" s="8"/>
+      <c r="G19" s="57"/>
+      <c r="H19" s="57"/>
+      <c r="I19" s="57"/>
+      <c r="J19" s="57"/>
+      <c r="K19" s="57"/>
+      <c r="L19" s="57"/>
+      <c r="M19" s="57"/>
+      <c r="N19" s="57"/>
+      <c r="O19" s="57"/>
+      <c r="P19" s="57"/>
+      <c r="Q19" s="57"/>
+      <c r="AJ19" s="154"/>
+    </row>
+    <row r="20" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="153"/>
+      <c r="B20" s="28" t="s">
         <v>391</v>
       </c>
-      <c r="C20" s="10"/>
-[...11 lines deleted...]
-      <c r="O20" s="1179">
+      <c r="C20" s="8"/>
+      <c r="G20"/>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20"/>
+      <c r="K20"/>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20"/>
+      <c r="O20" s="988">
         <v>9</v>
       </c>
-      <c r="P20" s="1179">
+      <c r="P20" s="988">
         <v>1</v>
       </c>
-      <c r="Q20" s="1179">
+      <c r="Q20" s="988">
         <v>3</v>
       </c>
-      <c r="R20" s="1181">
+      <c r="R20" s="990">
         <v>0</v>
       </c>
-      <c r="S20" s="1181">
+      <c r="S20" s="990">
         <v>0</v>
       </c>
-      <c r="T20" s="1181">
+      <c r="T20" s="990">
         <v>0</v>
       </c>
-      <c r="U20" s="1181">
+      <c r="U20" s="990">
         <v>5</v>
       </c>
-      <c r="V20" s="1181">
+      <c r="V20" s="990">
         <v>0</v>
       </c>
-      <c r="W20" s="1181">
+      <c r="W20" s="990">
         <v>0</v>
       </c>
-      <c r="X20" s="1181">
+      <c r="X20" s="990">
         <v>4</v>
       </c>
-      <c r="Y20" s="1181">
+      <c r="Y20" s="990">
         <v>2</v>
       </c>
-      <c r="Z20" s="1181">
+      <c r="Z20" s="990">
         <v>8</v>
       </c>
-      <c r="AA20" s="1181">
+      <c r="AA20" s="990">
         <v>9</v>
       </c>
-      <c r="AB20" s="29"/>
-[...13 lines deleted...]
-      <c r="C21" s="1175" t="s">
+      <c r="AJ20" s="154"/>
+    </row>
+    <row r="21" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="153"/>
+      <c r="B21" s="28"/>
+      <c r="C21" s="984" t="s">
         <v>390</v>
       </c>
-      <c r="D21" s="1175"/>
-[...75 lines deleted...]
-      <c r="B23" s="34" t="s">
+      <c r="D21" s="984"/>
+      <c r="E21" s="984"/>
+      <c r="F21" s="984"/>
+      <c r="G21" s="984"/>
+      <c r="H21" s="984"/>
+      <c r="I21" s="984"/>
+      <c r="J21" s="984"/>
+      <c r="K21" s="984"/>
+      <c r="L21" s="984"/>
+      <c r="M21" s="984"/>
+      <c r="N21" s="984"/>
+      <c r="O21" s="989"/>
+      <c r="P21" s="989"/>
+      <c r="Q21" s="989"/>
+      <c r="R21" s="991"/>
+      <c r="S21" s="991"/>
+      <c r="T21" s="991"/>
+      <c r="U21" s="991"/>
+      <c r="V21" s="991"/>
+      <c r="W21" s="991"/>
+      <c r="X21" s="991"/>
+      <c r="Y21" s="991"/>
+      <c r="Z21" s="991"/>
+      <c r="AA21" s="991"/>
+      <c r="AJ21" s="154"/>
+    </row>
+    <row r="22" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="153"/>
+      <c r="C22" s="8"/>
+      <c r="AJ22" s="154"/>
+    </row>
+    <row r="23" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="153"/>
+      <c r="B23" s="28" t="s">
         <v>389</v>
       </c>
-      <c r="C23" s="29"/>
-[...3 lines deleted...]
-      <c r="G23" s="10" t="s">
+      <c r="G23" s="8" t="s">
         <v>388</v>
       </c>
-      <c r="H23" s="10"/>
-[...33 lines deleted...]
-      <c r="C24" s="222" t="s">
+      <c r="H23" s="8"/>
+      <c r="AJ23" s="154"/>
+    </row>
+    <row r="24" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="153"/>
+      <c r="C24" s="155" t="s">
         <v>11</v>
       </c>
-      <c r="D24" s="34" t="s">
+      <c r="D24" s="28" t="s">
         <v>387</v>
       </c>
-      <c r="E24" s="29"/>
-[...3 lines deleted...]
-      <c r="I24" s="222" t="s">
+      <c r="I24" s="155" t="s">
         <v>5</v>
       </c>
-      <c r="J24" s="34" t="s">
+      <c r="J24" s="28" t="s">
         <v>386</v>
       </c>
-      <c r="K24" s="29"/>
-[...3 lines deleted...]
-      <c r="O24" s="222" t="s">
+      <c r="O24" s="155" t="s">
         <v>5</v>
       </c>
-      <c r="P24" s="34" t="s">
+      <c r="P24" s="28" t="s">
         <v>385</v>
       </c>
-      <c r="Q24" s="29"/>
-[...25 lines deleted...]
-      <c r="D25" s="10" t="s">
+      <c r="AJ24" s="154"/>
+    </row>
+    <row r="25" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="153"/>
+      <c r="D25" s="8" t="s">
         <v>384</v>
       </c>
-      <c r="E25" s="10"/>
-[...4 lines deleted...]
-      <c r="J25" s="10" t="s">
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="8"/>
+      <c r="H25" s="8"/>
+      <c r="I25" s="8"/>
+      <c r="J25" s="8" t="s">
         <v>383</v>
       </c>
-      <c r="K25" s="10"/>
-[...4 lines deleted...]
-      <c r="P25" s="10" t="s">
+      <c r="K25" s="8"/>
+      <c r="L25" s="8"/>
+      <c r="M25" s="8"/>
+      <c r="N25" s="8"/>
+      <c r="O25" s="8"/>
+      <c r="P25" s="8" t="s">
         <v>382</v>
       </c>
-      <c r="Q25" s="10"/>
-[...24 lines deleted...]
-      <c r="C26" s="222" t="s">
+      <c r="Q25" s="8"/>
+      <c r="AJ25" s="154"/>
+    </row>
+    <row r="26" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="153"/>
+      <c r="C26" s="155" t="s">
         <v>5</v>
       </c>
-      <c r="D26" s="34" t="s">
+      <c r="D26" s="28" t="s">
         <v>381</v>
       </c>
-      <c r="E26" s="10"/>
-[...37 lines deleted...]
-      <c r="D27" s="10" t="s">
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="8"/>
+      <c r="K26" s="8"/>
+      <c r="L26" s="8"/>
+      <c r="M26" s="8"/>
+      <c r="N26" s="8"/>
+      <c r="O26" s="8"/>
+      <c r="P26" s="8"/>
+      <c r="Q26" s="8"/>
+      <c r="AJ26" s="154"/>
+    </row>
+    <row r="27" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="153"/>
+      <c r="D27" s="8" t="s">
         <v>380</v>
       </c>
-      <c r="E27" s="10"/>
-[...36 lines deleted...]
-      <c r="C28" s="222" t="s">
+      <c r="E27" s="8"/>
+      <c r="F27" s="8"/>
+      <c r="G27" s="8"/>
+      <c r="H27" s="8"/>
+      <c r="I27" s="8"/>
+      <c r="J27" s="8"/>
+      <c r="K27" s="8"/>
+      <c r="L27" s="8"/>
+      <c r="M27" s="8"/>
+      <c r="N27" s="8"/>
+      <c r="O27" s="8"/>
+      <c r="P27" s="8"/>
+      <c r="Q27" s="8"/>
+      <c r="AJ27" s="154"/>
+    </row>
+    <row r="28" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="153"/>
+      <c r="C28" s="155" t="s">
         <v>5</v>
       </c>
-      <c r="D28" s="34" t="s">
+      <c r="D28" s="28" t="s">
         <v>379</v>
       </c>
-      <c r="E28" s="29"/>
-[...37 lines deleted...]
-      <c r="D29" s="10" t="s">
+      <c r="AJ28" s="154"/>
+    </row>
+    <row r="29" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="153"/>
+      <c r="D29" s="8" t="s">
         <v>378</v>
       </c>
-      <c r="E29" s="10"/>
-[...35 lines deleted...]
-      <c r="B30" s="34" t="s">
+      <c r="E29" s="8"/>
+      <c r="F29" s="8"/>
+      <c r="G29" s="8"/>
+      <c r="H29" s="8"/>
+      <c r="I29" s="8"/>
+      <c r="J29" s="8"/>
+      <c r="K29" s="8"/>
+      <c r="L29" s="8"/>
+      <c r="M29" s="8"/>
+      <c r="N29" s="8"/>
+      <c r="O29" s="8"/>
+      <c r="P29" s="8"/>
+      <c r="Q29" s="8"/>
+      <c r="AJ29" s="154"/>
+    </row>
+    <row r="30" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="153"/>
+      <c r="B30" s="28" t="s">
+        <v>726</v>
+      </c>
+      <c r="AE30" s="985"/>
+      <c r="AF30" s="985"/>
+      <c r="AG30" s="985"/>
+      <c r="AH30" s="985"/>
+      <c r="AJ30" s="154"/>
+    </row>
+    <row r="31" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="153"/>
+      <c r="C31" s="8" t="s">
+        <v>377</v>
+      </c>
+      <c r="AE31" s="770"/>
+      <c r="AF31" s="770"/>
+      <c r="AG31" s="770"/>
+      <c r="AH31" s="770"/>
+      <c r="AJ31" s="154"/>
+    </row>
+    <row r="32" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="153"/>
+      <c r="C32" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="AF32" s="156"/>
+      <c r="AG32" s="156"/>
+      <c r="AH32" s="156"/>
+      <c r="AJ32" s="154"/>
+    </row>
+    <row r="33" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="153"/>
+      <c r="B33" s="28" t="s">
+        <v>375</v>
+      </c>
+      <c r="C33" s="157"/>
+      <c r="D33" s="157"/>
+      <c r="E33" s="157"/>
+      <c r="F33" s="157"/>
+      <c r="G33" s="157"/>
+      <c r="H33" s="157"/>
+      <c r="I33" s="157"/>
+      <c r="J33" s="157"/>
+      <c r="K33" s="157"/>
+      <c r="L33" s="157"/>
+      <c r="M33" s="157"/>
+      <c r="N33" s="157"/>
+      <c r="O33" s="157"/>
+      <c r="P33" s="157"/>
+      <c r="Q33" s="157"/>
+      <c r="R33" s="157"/>
+      <c r="S33" s="157"/>
+      <c r="T33" s="157"/>
+      <c r="U33" s="157"/>
+      <c r="V33" s="157"/>
+      <c r="Z33" s="157"/>
+      <c r="AA33" s="157"/>
+      <c r="AB33" s="986" t="s">
+        <v>374</v>
+      </c>
+      <c r="AC33" s="986"/>
+      <c r="AD33" s="986"/>
+      <c r="AH33" s="157"/>
+      <c r="AJ33" s="154"/>
+    </row>
+    <row r="34" spans="1:36" s="31" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="30"/>
+      <c r="B34" s="300"/>
+      <c r="C34" s="28" t="s">
+        <v>727</v>
+      </c>
+      <c r="D34" s="300"/>
+      <c r="E34" s="300"/>
+      <c r="F34" s="300"/>
+      <c r="G34" s="300"/>
+      <c r="H34" s="300"/>
+      <c r="I34" s="300"/>
+      <c r="J34" s="300"/>
+      <c r="K34" s="300"/>
+      <c r="L34" s="300"/>
+      <c r="M34" s="300"/>
+      <c r="N34" s="300"/>
+      <c r="O34" s="300"/>
+      <c r="P34" s="300"/>
+      <c r="Q34" s="300"/>
+      <c r="R34" s="300"/>
+      <c r="S34" s="300"/>
+      <c r="T34" s="300"/>
+      <c r="U34" s="300"/>
+      <c r="V34" s="300"/>
+      <c r="W34" s="300"/>
+      <c r="X34" s="300"/>
+      <c r="Y34" s="300"/>
+      <c r="Z34" s="300"/>
+      <c r="AA34" s="300"/>
+      <c r="AB34" s="987" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC34" s="987"/>
+      <c r="AD34" s="987"/>
+      <c r="AE34" s="300"/>
+      <c r="AF34" s="300"/>
+      <c r="AG34" s="300"/>
+      <c r="AH34" s="300"/>
+      <c r="AJ34" s="158"/>
+    </row>
+    <row r="35" spans="1:36" s="31" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="30"/>
+      <c r="B35" s="300"/>
+      <c r="C35" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="D35" s="300"/>
+      <c r="E35" s="300"/>
+      <c r="F35" s="300"/>
+      <c r="G35" s="300"/>
+      <c r="H35" s="300"/>
+      <c r="I35" s="300"/>
+      <c r="J35" s="300"/>
+      <c r="K35" s="300"/>
+      <c r="L35" s="300"/>
+      <c r="M35" s="300"/>
+      <c r="N35" s="300"/>
+      <c r="O35" s="300"/>
+      <c r="P35" s="300"/>
+      <c r="Q35" s="300"/>
+      <c r="R35" s="300"/>
+      <c r="S35" s="300"/>
+      <c r="T35" s="300"/>
+      <c r="U35" s="300"/>
+      <c r="V35" s="300"/>
+      <c r="W35" s="300"/>
+      <c r="X35" s="300"/>
+      <c r="Y35" s="300"/>
+      <c r="Z35" s="300"/>
+      <c r="AA35" s="300"/>
+      <c r="AE35" s="300"/>
+      <c r="AF35" s="300"/>
+      <c r="AG35" s="300"/>
+      <c r="AH35" s="300"/>
+      <c r="AJ35" s="158"/>
+    </row>
+    <row r="36" spans="1:36" s="31" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="30"/>
+      <c r="B36" s="300"/>
+      <c r="C36" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="D36" s="300"/>
+      <c r="E36" s="300"/>
+      <c r="F36" s="300"/>
+      <c r="G36" s="300"/>
+      <c r="H36" s="300"/>
+      <c r="I36" s="300"/>
+      <c r="J36" s="300"/>
+      <c r="K36" s="300"/>
+      <c r="L36" s="300"/>
+      <c r="M36" s="300"/>
+      <c r="N36" s="300"/>
+      <c r="O36" s="300"/>
+      <c r="P36" s="300"/>
+      <c r="Q36" s="300"/>
+      <c r="R36" s="300"/>
+      <c r="S36" s="300"/>
+      <c r="T36" s="300"/>
+      <c r="U36" s="300"/>
+      <c r="V36" s="300"/>
+      <c r="W36" s="300"/>
+      <c r="X36" s="300"/>
+      <c r="Y36" s="300"/>
+      <c r="Z36" s="300"/>
+      <c r="AA36" s="300"/>
+      <c r="AB36" s="300"/>
+      <c r="AC36" s="300"/>
+      <c r="AD36" s="300"/>
+      <c r="AE36" s="300"/>
+      <c r="AF36" s="300"/>
+      <c r="AG36" s="300"/>
+      <c r="AH36" s="300"/>
+      <c r="AJ36" s="158"/>
+    </row>
+    <row r="37" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="18"/>
+      <c r="C37" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>371</v>
+      </c>
+      <c r="O37" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="P37" s="28" t="s">
+        <v>370</v>
+      </c>
+      <c r="W37" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="X37" s="28" t="s">
+        <v>369</v>
+      </c>
+      <c r="AE37" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF37" s="28" t="s">
+        <v>368</v>
+      </c>
+      <c r="AJ37" s="29"/>
+    </row>
+    <row r="38" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="159"/>
+      <c r="D38" s="31" t="s">
+        <v>367</v>
+      </c>
+      <c r="E38" s="31"/>
+      <c r="F38" s="31"/>
+      <c r="G38" s="31"/>
+      <c r="H38" s="31"/>
+      <c r="I38" s="31"/>
+      <c r="J38" s="31"/>
+      <c r="K38" s="31"/>
+      <c r="L38" s="31"/>
+      <c r="M38" s="31"/>
+      <c r="N38" s="31"/>
+      <c r="P38" s="31" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q38" s="31"/>
+      <c r="R38" s="31"/>
+      <c r="T38" s="31"/>
+      <c r="U38" s="31"/>
+      <c r="V38" s="31"/>
+      <c r="X38" s="31" t="s">
+        <v>365</v>
+      </c>
+      <c r="Z38" s="31"/>
+      <c r="AB38" s="31"/>
+      <c r="AC38" s="31"/>
+      <c r="AF38" s="31" t="s">
+        <v>364</v>
+      </c>
+      <c r="AG38" s="31"/>
+      <c r="AJ38" s="34"/>
+    </row>
+    <row r="39" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="18"/>
+      <c r="C39" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>363</v>
+      </c>
+      <c r="W39" s="155" t="s">
+        <v>5</v>
+      </c>
+      <c r="X39" s="28" t="s">
+        <v>241</v>
+      </c>
+      <c r="AA39" s="980"/>
+      <c r="AB39" s="980"/>
+      <c r="AC39" s="980"/>
+      <c r="AD39" s="980"/>
+      <c r="AE39" s="980"/>
+      <c r="AF39" s="980"/>
+      <c r="AG39" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH39" s="160"/>
+      <c r="AJ39" s="29"/>
+    </row>
+    <row r="40" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="153"/>
+      <c r="D40" s="31" t="s">
+        <v>362</v>
+      </c>
+      <c r="X40" s="31" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA40" s="980"/>
+      <c r="AB40" s="980"/>
+      <c r="AC40" s="980"/>
+      <c r="AD40" s="980"/>
+      <c r="AE40" s="980"/>
+      <c r="AF40" s="980"/>
+      <c r="AG40" s="160"/>
+      <c r="AH40" s="160"/>
+      <c r="AJ40" s="154"/>
+    </row>
+    <row r="41" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="18" t="s">
+        <v>361</v>
+      </c>
+      <c r="H41" s="161"/>
+      <c r="I41" s="982"/>
+      <c r="J41" s="982"/>
+      <c r="K41" s="982"/>
+      <c r="L41" s="982"/>
+      <c r="M41" s="845" t="s">
+        <v>51</v>
+      </c>
+      <c r="N41" s="845"/>
+      <c r="O41" s="982"/>
+      <c r="P41" s="982"/>
+      <c r="Q41" s="845" t="s">
+        <v>50</v>
+      </c>
+      <c r="R41" s="845"/>
+      <c r="S41" s="982"/>
+      <c r="T41" s="982"/>
+      <c r="U41" s="28" t="s">
+        <v>49</v>
+      </c>
+      <c r="AJ41" s="154"/>
+    </row>
+    <row r="42" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="153"/>
+      <c r="B42" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="C42" s="8"/>
+      <c r="D42" s="8"/>
+      <c r="E42" s="8"/>
+      <c r="F42" s="8"/>
+      <c r="G42" s="8"/>
+      <c r="H42" s="57"/>
+      <c r="I42" s="983"/>
+      <c r="J42" s="983"/>
+      <c r="K42" s="983"/>
+      <c r="L42" s="983"/>
+      <c r="M42" s="819" t="s">
+        <v>1</v>
+      </c>
+      <c r="N42" s="819"/>
+      <c r="O42" s="983"/>
+      <c r="P42" s="983"/>
+      <c r="Q42" s="819" t="s">
+        <v>359</v>
+      </c>
+      <c r="R42" s="819"/>
+      <c r="S42" s="983"/>
+      <c r="T42" s="983"/>
+      <c r="U42" s="45" t="s">
+        <v>3</v>
+      </c>
+      <c r="AJ42" s="154"/>
+    </row>
+    <row r="43" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="153"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="8"/>
+      <c r="D43" s="8"/>
+      <c r="E43" s="8"/>
+      <c r="F43" s="8"/>
+      <c r="G43" s="8"/>
+      <c r="H43" s="8"/>
+      <c r="I43" s="8"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="8"/>
+      <c r="L43" s="8"/>
+      <c r="M43" s="8"/>
+      <c r="N43" s="8"/>
+      <c r="O43" s="8"/>
+      <c r="Q43" s="42"/>
+      <c r="R43" s="8"/>
+      <c r="S43" s="8"/>
+      <c r="T43" s="8"/>
+      <c r="U43" s="8"/>
+      <c r="AJ43" s="154"/>
+    </row>
+    <row r="44" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="18" t="s">
+        <v>358</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44"/>
+      <c r="K44"/>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44" s="859">
+        <v>10.5</v>
+      </c>
+      <c r="O44" s="859"/>
+      <c r="P44" s="859"/>
+      <c r="Q44" s="859"/>
+      <c r="R44" s="859"/>
+      <c r="S44" s="859"/>
+      <c r="T44" s="859"/>
+      <c r="U44" s="859"/>
+      <c r="V44" s="859"/>
+      <c r="W44" s="859"/>
+      <c r="X44" s="28" t="s">
+        <v>357</v>
+      </c>
+      <c r="AJ44" s="154"/>
+    </row>
+    <row r="45" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="153"/>
+      <c r="B45" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45"/>
+      <c r="K45"/>
+      <c r="L45"/>
+      <c r="M45"/>
+      <c r="N45" s="860"/>
+      <c r="O45" s="860"/>
+      <c r="P45" s="860"/>
+      <c r="Q45" s="860"/>
+      <c r="R45" s="860"/>
+      <c r="S45" s="860"/>
+      <c r="T45" s="860"/>
+      <c r="U45" s="860"/>
+      <c r="V45" s="860"/>
+      <c r="W45" s="860"/>
+      <c r="X45" s="31" t="s">
+        <v>355</v>
+      </c>
+      <c r="AJ45" s="154"/>
+    </row>
+    <row r="46" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="153"/>
+      <c r="B46" s="8"/>
+      <c r="I46" s="57"/>
+      <c r="J46" s="57"/>
+      <c r="K46" s="57"/>
+      <c r="L46" s="57"/>
+      <c r="M46" s="57"/>
+      <c r="N46" s="57"/>
+      <c r="O46" s="57"/>
+      <c r="P46" s="57"/>
+      <c r="Q46" s="57"/>
+      <c r="R46" s="57"/>
+      <c r="S46" s="57"/>
+      <c r="T46" s="57"/>
+      <c r="U46" s="57"/>
+      <c r="AJ46" s="154"/>
+    </row>
+    <row r="47" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F47" s="8" t="s">
+        <v>353</v>
+      </c>
+      <c r="AJ47" s="154"/>
+    </row>
+    <row r="48" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="153"/>
+      <c r="B48" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="35" t="s">
+        <v>352</v>
+      </c>
+      <c r="D48" s="35"/>
+      <c r="E48" s="35"/>
+      <c r="F48" s="35"/>
+      <c r="G48" s="35"/>
+      <c r="H48" s="35"/>
+      <c r="K48" s="35"/>
+      <c r="L48" s="35"/>
+      <c r="M48" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="N48" s="35" t="s">
+        <v>351</v>
+      </c>
+      <c r="O48" s="35"/>
+      <c r="R48" s="35"/>
+      <c r="S48" s="35"/>
+      <c r="T48" s="35"/>
+      <c r="U48" s="35"/>
+      <c r="V48" s="35"/>
+      <c r="W48" s="35"/>
+      <c r="X48" s="35"/>
+      <c r="Y48" s="35"/>
+      <c r="Z48" s="24"/>
+      <c r="AA48" s="162"/>
+      <c r="AB48" s="35"/>
+      <c r="AC48" s="24"/>
+      <c r="AD48" s="24"/>
+      <c r="AE48" s="35"/>
+      <c r="AF48" s="35"/>
+      <c r="AH48" s="35"/>
+      <c r="AJ48" s="29"/>
+    </row>
+    <row r="49" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="153"/>
+      <c r="B49" s="33"/>
+      <c r="C49" s="31" t="s">
         <v>728</v>
       </c>
-      <c r="C30" s="29"/>
-[...163 lines deleted...]
-      <c r="C34" s="38" t="s">
+      <c r="D49" s="31"/>
+      <c r="E49" s="31"/>
+      <c r="F49" s="31"/>
+      <c r="G49" s="31"/>
+      <c r="H49" s="31"/>
+      <c r="I49" s="31"/>
+      <c r="J49" s="31"/>
+      <c r="K49" s="31"/>
+      <c r="L49" s="31"/>
+      <c r="M49" s="31"/>
+      <c r="N49" s="31" t="s">
         <v>729</v>
       </c>
-      <c r="D34" s="397"/>
-[...121 lines deleted...]
-      <c r="C37" s="222" t="s">
+      <c r="O49" s="31"/>
+      <c r="P49" s="31"/>
+      <c r="Q49" s="31"/>
+      <c r="R49" s="31"/>
+      <c r="S49" s="31"/>
+      <c r="T49" s="31"/>
+      <c r="U49" s="31"/>
+      <c r="V49" s="31"/>
+      <c r="W49" s="31"/>
+      <c r="X49" s="31"/>
+      <c r="Y49" s="31"/>
+      <c r="Z49" s="31"/>
+      <c r="AA49" s="31"/>
+      <c r="AB49" s="31"/>
+      <c r="AC49" s="24"/>
+      <c r="AD49" s="24"/>
+      <c r="AE49" s="31"/>
+      <c r="AF49" s="33"/>
+      <c r="AG49" s="33"/>
+      <c r="AH49" s="33"/>
+      <c r="AJ49" s="29"/>
+    </row>
+    <row r="50" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="153"/>
+      <c r="B50" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C50" s="35" t="s">
+        <v>730</v>
+      </c>
+      <c r="D50" s="35"/>
+      <c r="E50" s="24"/>
+      <c r="F50" s="24"/>
+      <c r="G50" s="35"/>
+      <c r="H50" s="31"/>
+      <c r="I50" s="31"/>
+      <c r="J50" s="31"/>
+      <c r="K50" s="31"/>
+      <c r="L50" s="31"/>
+      <c r="M50" s="31"/>
+      <c r="N50" s="31"/>
+      <c r="O50" s="59"/>
+      <c r="P50" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="35" t="s">
+        <v>731</v>
+      </c>
+      <c r="R50"/>
+      <c r="S50"/>
+      <c r="T50" s="31"/>
+      <c r="U50" s="24"/>
+      <c r="V50" s="24"/>
+      <c r="W50" s="31"/>
+      <c r="X50" s="33"/>
+      <c r="Y50" s="33"/>
+      <c r="Z50" s="33"/>
+      <c r="AA50" s="59"/>
+      <c r="AB50" s="35"/>
+      <c r="AC50" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="AD50" s="35" t="s">
+        <v>732</v>
+      </c>
+      <c r="AE50" s="35"/>
+      <c r="AF50" s="35"/>
+      <c r="AG50" s="35"/>
+      <c r="AH50" s="35"/>
+      <c r="AJ50" s="29"/>
+    </row>
+    <row r="51" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="153"/>
+      <c r="B51" s="33"/>
+      <c r="C51" s="981" t="s">
+        <v>733</v>
+      </c>
+      <c r="D51" s="981"/>
+      <c r="E51" s="981"/>
+      <c r="F51" s="981"/>
+      <c r="G51" s="981"/>
+      <c r="H51" s="981"/>
+      <c r="I51" s="981"/>
+      <c r="J51" s="981"/>
+      <c r="K51" s="981"/>
+      <c r="L51" s="981"/>
+      <c r="M51" s="981"/>
+      <c r="N51" s="31"/>
+      <c r="O51" s="31"/>
+      <c r="P51" s="307"/>
+      <c r="Q51" s="981" t="s">
+        <v>734</v>
+      </c>
+      <c r="R51" s="981"/>
+      <c r="S51" s="981"/>
+      <c r="T51" s="981"/>
+      <c r="U51" s="981"/>
+      <c r="V51" s="981"/>
+      <c r="W51" s="981"/>
+      <c r="X51" s="981"/>
+      <c r="Y51" s="981"/>
+      <c r="Z51" s="307"/>
+      <c r="AA51" s="307"/>
+      <c r="AB51" s="31"/>
+      <c r="AC51" s="31"/>
+      <c r="AD51" s="31" t="s">
+        <v>735</v>
+      </c>
+      <c r="AE51" s="31"/>
+      <c r="AF51" s="31"/>
+      <c r="AG51" s="31"/>
+      <c r="AJ51" s="34"/>
+    </row>
+    <row r="52" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="153"/>
+      <c r="B52" s="33"/>
+      <c r="C52" s="981"/>
+      <c r="D52" s="981"/>
+      <c r="E52" s="981"/>
+      <c r="F52" s="981"/>
+      <c r="G52" s="981"/>
+      <c r="H52" s="981"/>
+      <c r="I52" s="981"/>
+      <c r="J52" s="981"/>
+      <c r="K52" s="981"/>
+      <c r="L52" s="981"/>
+      <c r="M52" s="981"/>
+      <c r="N52" s="31"/>
+      <c r="O52" s="31"/>
+      <c r="P52" s="307"/>
+      <c r="Q52" s="981"/>
+      <c r="R52" s="981"/>
+      <c r="S52" s="981"/>
+      <c r="T52" s="981"/>
+      <c r="U52" s="981"/>
+      <c r="V52" s="981"/>
+      <c r="W52" s="981"/>
+      <c r="X52" s="981"/>
+      <c r="Y52" s="981"/>
+      <c r="Z52" s="307"/>
+      <c r="AA52" s="307"/>
+      <c r="AJ52" s="34"/>
+    </row>
+    <row r="53" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="153"/>
+      <c r="B53" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C53" s="35" t="s">
+        <v>736</v>
+      </c>
+      <c r="D53" s="31"/>
+      <c r="E53" s="31"/>
+      <c r="F53" s="31"/>
+      <c r="G53" s="31"/>
+      <c r="H53" s="31"/>
+      <c r="I53" s="31"/>
+      <c r="J53" s="31"/>
+      <c r="K53" s="31"/>
+      <c r="L53" s="31"/>
+      <c r="M53" s="31"/>
+      <c r="N53" s="31"/>
+      <c r="O53" s="59"/>
+      <c r="P53" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="35" t="s">
+        <v>737</v>
+      </c>
+      <c r="R53"/>
+      <c r="S53"/>
+      <c r="T53" s="31"/>
+      <c r="U53" s="24"/>
+      <c r="V53" s="24"/>
+      <c r="W53" s="31"/>
+      <c r="X53" s="31"/>
+      <c r="Y53" s="308"/>
+      <c r="Z53" s="309"/>
+      <c r="AA53" s="59"/>
+      <c r="AB53" s="35"/>
+      <c r="AC53" s="59" t="s">
         <v>5</v>
       </c>
-      <c r="D37" s="34" t="s">
-[...125 lines deleted...]
-      <c r="X39" s="34" t="s">
+      <c r="AD53" s="35" t="s">
+        <v>738</v>
+      </c>
+      <c r="AE53" s="35"/>
+      <c r="AF53" s="310"/>
+      <c r="AG53" s="310"/>
+      <c r="AH53" s="311"/>
+      <c r="AI53" s="311"/>
+      <c r="AJ53" s="312"/>
+    </row>
+    <row r="54" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="153"/>
+      <c r="B54" s="33"/>
+      <c r="C54" s="981" t="s">
+        <v>739</v>
+      </c>
+      <c r="D54" s="981"/>
+      <c r="E54" s="981"/>
+      <c r="F54" s="981"/>
+      <c r="G54" s="981"/>
+      <c r="H54" s="981"/>
+      <c r="I54" s="981"/>
+      <c r="J54" s="981"/>
+      <c r="K54" s="981"/>
+      <c r="L54" s="981"/>
+      <c r="M54" s="981"/>
+      <c r="N54" s="31"/>
+      <c r="O54" s="31"/>
+      <c r="P54" s="307"/>
+      <c r="Q54" s="981" t="s">
+        <v>740</v>
+      </c>
+      <c r="R54" s="981"/>
+      <c r="S54" s="981"/>
+      <c r="T54" s="981"/>
+      <c r="U54" s="981"/>
+      <c r="V54" s="981"/>
+      <c r="W54" s="981"/>
+      <c r="X54" s="981"/>
+      <c r="Y54" s="981"/>
+      <c r="Z54" s="313"/>
+      <c r="AA54" s="33"/>
+      <c r="AB54" s="31"/>
+      <c r="AC54" s="33"/>
+      <c r="AD54" s="31" t="s">
+        <v>350</v>
+      </c>
+      <c r="AE54" s="31"/>
+      <c r="AF54" s="313"/>
+      <c r="AG54" s="313"/>
+      <c r="AH54" s="311"/>
+      <c r="AI54" s="311"/>
+      <c r="AJ54" s="314"/>
+    </row>
+    <row r="55" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="153"/>
+      <c r="B55" s="33"/>
+      <c r="C55" s="981"/>
+      <c r="D55" s="981"/>
+      <c r="E55" s="981"/>
+      <c r="F55" s="981"/>
+      <c r="G55" s="981"/>
+      <c r="H55" s="981"/>
+      <c r="I55" s="981"/>
+      <c r="J55" s="981"/>
+      <c r="K55" s="981"/>
+      <c r="L55" s="981"/>
+      <c r="M55" s="981"/>
+      <c r="N55" s="31"/>
+      <c r="O55" s="31"/>
+      <c r="P55" s="307"/>
+      <c r="Q55" s="981"/>
+      <c r="R55" s="981"/>
+      <c r="S55" s="981"/>
+      <c r="T55" s="981"/>
+      <c r="U55" s="981"/>
+      <c r="V55" s="981"/>
+      <c r="W55" s="981"/>
+      <c r="X55" s="981"/>
+      <c r="Y55" s="981"/>
+      <c r="AC55" s="35"/>
+      <c r="AD55" s="35"/>
+      <c r="AE55" s="35"/>
+      <c r="AF55" s="35"/>
+      <c r="AG55" s="35"/>
+      <c r="AJ55" s="29"/>
+    </row>
+    <row r="56" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="153"/>
+      <c r="B56" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C56" s="35" t="s">
+        <v>741</v>
+      </c>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="35"/>
+      <c r="G56" s="28"/>
+      <c r="H56" s="35"/>
+      <c r="J56" s="28"/>
+      <c r="K56" s="28"/>
+      <c r="L56" s="28"/>
+      <c r="M56" s="28"/>
+      <c r="Q56" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="R56" s="35" t="s">
+        <v>742</v>
+      </c>
+      <c r="S56" s="28"/>
+      <c r="T56" s="35"/>
+      <c r="U56" s="28"/>
+      <c r="V56" s="35"/>
+      <c r="W56" s="35"/>
+      <c r="X56" s="35"/>
+      <c r="Y56" s="35"/>
+      <c r="AA56" s="35"/>
+      <c r="AC56" s="31"/>
+      <c r="AD56" s="31"/>
+      <c r="AE56" s="31"/>
+      <c r="AF56" s="31"/>
+      <c r="AG56" s="31"/>
+      <c r="AJ56" s="34"/>
+    </row>
+    <row r="57" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="153"/>
+      <c r="B57" s="31"/>
+      <c r="C57" s="981" t="s">
+        <v>743</v>
+      </c>
+      <c r="D57" s="981"/>
+      <c r="E57" s="981"/>
+      <c r="F57" s="981"/>
+      <c r="G57" s="981"/>
+      <c r="H57" s="981"/>
+      <c r="I57" s="981"/>
+      <c r="J57" s="981"/>
+      <c r="K57" s="981"/>
+      <c r="L57" s="981"/>
+      <c r="M57" s="981"/>
+      <c r="Q57" s="31"/>
+      <c r="R57" s="981" t="s">
+        <v>744</v>
+      </c>
+      <c r="S57" s="981"/>
+      <c r="T57" s="981"/>
+      <c r="U57" s="981"/>
+      <c r="V57" s="981"/>
+      <c r="W57" s="981"/>
+      <c r="X57" s="981"/>
+      <c r="Y57" s="981"/>
+      <c r="Z57" s="981"/>
+      <c r="AA57" s="981"/>
+      <c r="AJ57" s="34"/>
+    </row>
+    <row r="58" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="153"/>
+      <c r="B58" s="31"/>
+      <c r="C58" s="981"/>
+      <c r="D58" s="981"/>
+      <c r="E58" s="981"/>
+      <c r="F58" s="981"/>
+      <c r="G58" s="981"/>
+      <c r="H58" s="981"/>
+      <c r="I58" s="981"/>
+      <c r="J58" s="981"/>
+      <c r="K58" s="981"/>
+      <c r="L58" s="981"/>
+      <c r="M58" s="981"/>
+      <c r="Q58" s="31"/>
+      <c r="R58" s="981"/>
+      <c r="S58" s="981"/>
+      <c r="T58" s="981"/>
+      <c r="U58" s="981"/>
+      <c r="V58" s="981"/>
+      <c r="W58" s="981"/>
+      <c r="X58" s="981"/>
+      <c r="Y58" s="981"/>
+      <c r="Z58" s="981"/>
+      <c r="AA58" s="981"/>
+      <c r="AB58" s="310"/>
+      <c r="AC58" s="308"/>
+      <c r="AD58" s="310"/>
+      <c r="AE58" s="310"/>
+      <c r="AF58" s="310"/>
+      <c r="AG58" s="310"/>
+      <c r="AH58" s="310"/>
+      <c r="AI58" s="308"/>
+      <c r="AJ58" s="29"/>
+    </row>
+    <row r="59" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="153"/>
+      <c r="B59" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C59" s="35" t="s">
+        <v>349</v>
+      </c>
+      <c r="D59" s="35"/>
+      <c r="E59" s="35"/>
+      <c r="F59" s="35"/>
+      <c r="G59" s="35"/>
+      <c r="H59" s="35"/>
+      <c r="I59" s="35"/>
+      <c r="J59" s="35"/>
+      <c r="K59" s="35"/>
+      <c r="L59"/>
+      <c r="M59" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="N59" s="35" t="s">
+        <v>348</v>
+      </c>
+      <c r="O59" s="35"/>
+      <c r="P59" s="28"/>
+      <c r="Q59" s="35"/>
+      <c r="R59" s="35"/>
+      <c r="S59" s="35"/>
+      <c r="T59" s="35"/>
+      <c r="U59" s="35"/>
+      <c r="V59" s="35"/>
+      <c r="W59" s="35"/>
+      <c r="X59" s="35"/>
+      <c r="Y59"/>
+      <c r="Z59" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="35" t="s">
+        <v>347</v>
+      </c>
+      <c r="AB59"/>
+      <c r="AC59" s="28"/>
+      <c r="AD59" s="35"/>
+      <c r="AE59" s="35"/>
+      <c r="AF59" s="35"/>
+      <c r="AG59" s="35"/>
+      <c r="AH59" s="35"/>
+      <c r="AI59" s="28"/>
+      <c r="AJ59" s="34"/>
+    </row>
+    <row r="60" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="153"/>
+      <c r="B60" s="33"/>
+      <c r="C60" s="31" t="s">
+        <v>346</v>
+      </c>
+      <c r="D60" s="33"/>
+      <c r="E60" s="33"/>
+      <c r="F60" s="33"/>
+      <c r="G60" s="33"/>
+      <c r="H60" s="33"/>
+      <c r="I60" s="33"/>
+      <c r="J60" s="33"/>
+      <c r="K60" s="33"/>
+      <c r="L60" s="33"/>
+      <c r="M60" s="33"/>
+      <c r="N60" s="31" t="s">
+        <v>345</v>
+      </c>
+      <c r="O60" s="33"/>
+      <c r="P60" s="33"/>
+      <c r="Q60" s="33"/>
+      <c r="R60" s="33"/>
+      <c r="S60" s="33"/>
+      <c r="T60" s="33"/>
+      <c r="U60" s="33"/>
+      <c r="V60" s="33"/>
+      <c r="W60" s="33"/>
+      <c r="X60" s="33"/>
+      <c r="Y60" s="33"/>
+      <c r="Z60" s="33"/>
+      <c r="AA60" s="31" t="s">
+        <v>344</v>
+      </c>
+      <c r="AB60" s="33"/>
+      <c r="AC60" s="33"/>
+      <c r="AD60" s="33"/>
+      <c r="AE60" s="33"/>
+      <c r="AF60" s="33"/>
+      <c r="AG60" s="33"/>
+      <c r="AH60" s="33"/>
+      <c r="AJ60" s="34"/>
+    </row>
+    <row r="61" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="153"/>
+      <c r="B61" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C61" s="35" t="s">
+        <v>343</v>
+      </c>
+      <c r="D61" s="35"/>
+      <c r="E61" s="35"/>
+      <c r="F61" s="35"/>
+      <c r="G61" s="35"/>
+      <c r="H61" s="35"/>
+      <c r="I61" s="35"/>
+      <c r="J61" s="35"/>
+      <c r="K61" s="35"/>
+      <c r="L61" s="35"/>
+      <c r="M61" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="N61" s="35" t="s">
+        <v>342</v>
+      </c>
+      <c r="O61"/>
+      <c r="P61"/>
+      <c r="Q61" s="35"/>
+      <c r="R61" s="35"/>
+      <c r="S61" s="35"/>
+      <c r="T61" s="35"/>
+      <c r="X61" s="35"/>
+      <c r="Y61" s="35"/>
+      <c r="AE61" s="35"/>
+      <c r="AF61" s="35"/>
+      <c r="AG61" s="35"/>
+      <c r="AH61" s="35"/>
+      <c r="AJ61" s="29"/>
+    </row>
+    <row r="62" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="153"/>
+      <c r="B62" s="33"/>
+      <c r="C62" s="31" t="s">
+        <v>341</v>
+      </c>
+      <c r="D62" s="31"/>
+      <c r="E62" s="31"/>
+      <c r="F62" s="31"/>
+      <c r="G62" s="31"/>
+      <c r="H62" s="31"/>
+      <c r="I62" s="31"/>
+      <c r="J62" s="31"/>
+      <c r="K62" s="31"/>
+      <c r="L62" s="31"/>
+      <c r="M62" s="31"/>
+      <c r="N62" s="31" t="s">
+        <v>340</v>
+      </c>
+      <c r="O62" s="31"/>
+      <c r="P62" s="31"/>
+      <c r="Q62" s="31"/>
+      <c r="R62" s="31"/>
+      <c r="S62" s="31"/>
+      <c r="T62" s="31"/>
+      <c r="X62" s="33"/>
+      <c r="Y62" s="33"/>
+      <c r="AE62" s="33"/>
+      <c r="AF62" s="33"/>
+      <c r="AG62" s="33"/>
+      <c r="AH62" s="33"/>
+      <c r="AJ62" s="34"/>
+    </row>
+    <row r="63" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="153"/>
+      <c r="B63" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C63" s="35" t="s">
+        <v>745</v>
+      </c>
+      <c r="D63" s="35"/>
+      <c r="E63" s="35"/>
+      <c r="F63"/>
+      <c r="G63"/>
+      <c r="H63" s="24"/>
+      <c r="J63" s="35"/>
+      <c r="L63" s="35"/>
+      <c r="Q63" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="R63" s="35" t="s">
+        <v>746</v>
+      </c>
+      <c r="S63" s="35"/>
+      <c r="AJ63" s="29"/>
+    </row>
+    <row r="64" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="153"/>
+      <c r="B64" s="33"/>
+      <c r="C64" s="31" t="s">
+        <v>747</v>
+      </c>
+      <c r="D64" s="33"/>
+      <c r="E64" s="31"/>
+      <c r="F64" s="24"/>
+      <c r="G64" s="31"/>
+      <c r="H64" s="24"/>
+      <c r="I64" s="31"/>
+      <c r="J64" s="33"/>
+      <c r="L64" s="33"/>
+      <c r="Q64" s="33"/>
+      <c r="R64" s="31" t="s">
+        <v>748</v>
+      </c>
+      <c r="S64" s="33"/>
+      <c r="AJ64" s="34"/>
+    </row>
+    <row r="65" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="153"/>
+      <c r="B65" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C65" s="35" t="s">
+        <v>749</v>
+      </c>
+      <c r="F65" s="35"/>
+      <c r="G65" s="35"/>
+      <c r="H65" s="35"/>
+      <c r="I65" s="35"/>
+      <c r="J65" s="35"/>
+      <c r="K65" s="35"/>
+      <c r="L65" s="310"/>
+      <c r="M65" s="310"/>
+      <c r="N65" s="35"/>
+      <c r="O65" s="35"/>
+      <c r="Q65" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="R65" s="35" t="s">
+        <v>339</v>
+      </c>
+      <c r="S65"/>
+      <c r="T65"/>
+      <c r="Y65" s="35"/>
+      <c r="Z65" s="35"/>
+      <c r="AA65" s="35"/>
+      <c r="AB65" s="35"/>
+      <c r="AC65" s="35"/>
+      <c r="AD65" s="35"/>
+      <c r="AE65" s="35"/>
+      <c r="AF65" s="35"/>
+      <c r="AG65" s="35"/>
+      <c r="AH65" s="35"/>
+      <c r="AJ65" s="29"/>
+    </row>
+    <row r="66" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="153"/>
+      <c r="C66" s="31" t="s">
+        <v>750</v>
+      </c>
+      <c r="F66" s="33"/>
+      <c r="G66" s="33"/>
+      <c r="H66" s="33"/>
+      <c r="I66" s="33"/>
+      <c r="J66" s="33"/>
+      <c r="K66" s="33"/>
+      <c r="L66" s="313"/>
+      <c r="M66" s="313"/>
+      <c r="N66" s="33"/>
+      <c r="O66" s="33"/>
+      <c r="P66" s="33"/>
+      <c r="R66" s="31" t="s">
+        <v>751</v>
+      </c>
+      <c r="S66" s="31"/>
+      <c r="Y66" s="33"/>
+      <c r="Z66" s="33"/>
+      <c r="AA66" s="33"/>
+      <c r="AB66" s="33"/>
+      <c r="AC66" s="33"/>
+      <c r="AD66" s="33"/>
+      <c r="AE66" s="33"/>
+      <c r="AF66" s="33"/>
+      <c r="AG66" s="33"/>
+      <c r="AH66" s="33"/>
+      <c r="AJ66" s="34"/>
+    </row>
+    <row r="67" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="153"/>
+      <c r="B67" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C67" s="35" t="s">
+        <v>338</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67"/>
+      <c r="F67" s="35"/>
+      <c r="G67" s="31"/>
+      <c r="H67" s="35"/>
+      <c r="I67" s="35"/>
+      <c r="J67" s="35"/>
+      <c r="K67" s="35"/>
+      <c r="L67" s="31"/>
+      <c r="N67" s="33"/>
+      <c r="O67" s="35"/>
+      <c r="P67" s="35"/>
+      <c r="Q67" s="35"/>
+      <c r="R67" s="35"/>
+      <c r="S67" s="35"/>
+      <c r="T67" s="7"/>
+      <c r="U67" s="35"/>
+      <c r="Y67"/>
+      <c r="Z67" s="35"/>
+      <c r="AA67" s="33"/>
+      <c r="AB67" s="35"/>
+      <c r="AC67" s="35"/>
+      <c r="AD67" s="35"/>
+      <c r="AE67" s="35"/>
+      <c r="AF67" s="35"/>
+      <c r="AG67" s="35"/>
+      <c r="AJ67" s="29"/>
+    </row>
+    <row r="68" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="153"/>
+      <c r="B68" s="33"/>
+      <c r="C68" s="31" t="s">
+        <v>752</v>
+      </c>
+      <c r="D68" s="31"/>
+      <c r="E68" s="31"/>
+      <c r="F68" s="31"/>
+      <c r="G68" s="31"/>
+      <c r="H68" s="31"/>
+      <c r="I68" s="31"/>
+      <c r="J68" s="31"/>
+      <c r="K68" s="31"/>
+      <c r="L68" s="31"/>
+      <c r="N68" s="31"/>
+      <c r="O68" s="31"/>
+      <c r="P68" s="24"/>
+      <c r="Q68" s="31"/>
+      <c r="R68" s="31"/>
+      <c r="S68" s="31"/>
+      <c r="T68" s="31"/>
+      <c r="U68" s="31"/>
+      <c r="Y68" s="31"/>
+      <c r="AB68"/>
+      <c r="AC68"/>
+      <c r="AD68"/>
+      <c r="AE68"/>
+      <c r="AF68"/>
+      <c r="AG68"/>
+      <c r="AH68"/>
+      <c r="AJ68" s="34"/>
+    </row>
+    <row r="69" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="153"/>
+      <c r="B69" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C69" s="35" t="s">
+        <v>337</v>
+      </c>
+      <c r="D69" s="35"/>
+      <c r="E69" s="35"/>
+      <c r="F69" s="35"/>
+      <c r="G69" s="35"/>
+      <c r="H69"/>
+      <c r="I69"/>
+      <c r="J69" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="K69" s="35" t="s">
+        <v>243</v>
+      </c>
+      <c r="L69" s="31"/>
+      <c r="M69" s="31"/>
+      <c r="N69" s="35"/>
+      <c r="O69" s="35"/>
+      <c r="P69" s="35"/>
+      <c r="Q69" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="R69" s="35" t="s">
+        <v>242</v>
+      </c>
+      <c r="S69" s="35"/>
+      <c r="T69" s="31"/>
+      <c r="U69" s="35"/>
+      <c r="V69" s="31"/>
+      <c r="W69" s="35"/>
+      <c r="X69" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="Y69" s="35" t="s">
         <v>241</v>
       </c>
-      <c r="Y39" s="34"/>
-[...7 lines deleted...]
-      <c r="AG39" s="51" t="s">
+      <c r="Z69" s="35"/>
+      <c r="AA69" s="35"/>
+      <c r="AB69" s="980"/>
+      <c r="AC69" s="980"/>
+      <c r="AD69" s="980"/>
+      <c r="AE69" s="980"/>
+      <c r="AF69" s="980"/>
+      <c r="AG69" s="980"/>
+      <c r="AH69" s="35" t="s">
         <v>63</v>
       </c>
-      <c r="AH39" s="232"/>
-[...30 lines deleted...]
-      <c r="X40" s="54" t="s">
+      <c r="AI69"/>
+      <c r="AJ69" s="29"/>
+    </row>
+    <row r="70" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="159"/>
+      <c r="B70" s="35"/>
+      <c r="C70" s="31" t="s">
+        <v>240</v>
+      </c>
+      <c r="D70" s="35"/>
+      <c r="E70" s="35"/>
+      <c r="F70" s="35"/>
+      <c r="G70" s="35"/>
+      <c r="H70" s="35"/>
+      <c r="I70" s="35"/>
+      <c r="J70" s="35"/>
+      <c r="K70" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="L70" s="35"/>
+      <c r="M70"/>
+      <c r="N70" s="35"/>
+      <c r="O70" s="35"/>
+      <c r="P70" s="35"/>
+      <c r="Q70" s="35"/>
+      <c r="R70" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="S70" s="35"/>
+      <c r="T70" s="35"/>
+      <c r="U70" s="35"/>
+      <c r="V70" s="35"/>
+      <c r="W70" s="35"/>
+      <c r="X70" s="35"/>
+      <c r="Y70" s="31" t="s">
         <v>83</v>
       </c>
-      <c r="Y40" s="29"/>
-[...2348 lines deleted...]
-      <c r="AJ144" s="5"/>
+      <c r="Z70" s="35"/>
+      <c r="AA70" s="162"/>
+      <c r="AB70" s="980"/>
+      <c r="AC70" s="980"/>
+      <c r="AD70" s="980"/>
+      <c r="AE70" s="980"/>
+      <c r="AF70" s="980"/>
+      <c r="AG70" s="980"/>
+      <c r="AH70" s="35"/>
+      <c r="AJ70" s="34"/>
+    </row>
+    <row r="71" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="159"/>
+      <c r="AJ71" s="34"/>
+    </row>
+    <row r="72" spans="1:36" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="144"/>
+      <c r="B72" s="315"/>
+      <c r="C72" s="315"/>
+      <c r="D72" s="315"/>
+      <c r="E72" s="315"/>
+      <c r="F72" s="315"/>
+      <c r="G72" s="315"/>
+      <c r="H72" s="315"/>
+      <c r="I72" s="315"/>
+      <c r="J72" s="315"/>
+      <c r="K72" s="315"/>
+      <c r="L72" s="315"/>
+      <c r="M72" s="315"/>
+      <c r="N72" s="315"/>
+      <c r="O72" s="315"/>
+      <c r="P72" s="315"/>
+      <c r="Q72" s="315"/>
+      <c r="R72" s="315"/>
+      <c r="S72" s="315"/>
+      <c r="T72" s="315"/>
+      <c r="U72" s="315"/>
+      <c r="V72" s="315"/>
+      <c r="W72" s="315"/>
+      <c r="X72" s="315"/>
+      <c r="Y72" s="315"/>
+      <c r="Z72" s="315"/>
+      <c r="AA72" s="315"/>
+      <c r="AB72" s="315"/>
+      <c r="AC72" s="315"/>
+      <c r="AD72" s="315"/>
+      <c r="AE72" s="315"/>
+      <c r="AF72" s="315"/>
+      <c r="AG72" s="315"/>
+      <c r="AH72" s="315"/>
+      <c r="AI72" s="315"/>
+      <c r="AJ72" s="316"/>
+    </row>
+    <row r="73" spans="1:36" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="18"/>
+      <c r="B73" s="35"/>
+      <c r="C73" s="35"/>
+      <c r="D73" s="35"/>
+      <c r="E73" s="35"/>
+      <c r="F73" s="35"/>
+      <c r="G73" s="35"/>
+      <c r="H73" s="35"/>
+      <c r="I73" s="35"/>
+      <c r="J73" s="35"/>
+      <c r="K73" s="8"/>
+      <c r="L73" s="35"/>
+      <c r="M73"/>
+      <c r="N73" s="35"/>
+      <c r="O73" s="35"/>
+      <c r="P73" s="35"/>
+      <c r="Q73" s="35"/>
+      <c r="R73" s="8"/>
+      <c r="S73" s="35"/>
+      <c r="T73" s="35"/>
+      <c r="U73" s="35"/>
+      <c r="V73" s="35"/>
+      <c r="W73" s="35"/>
+      <c r="X73" s="35"/>
+      <c r="Y73" s="31"/>
+      <c r="Z73" s="31"/>
+      <c r="AA73" s="162"/>
+      <c r="AB73" s="35"/>
+      <c r="AC73" s="28"/>
+      <c r="AD73" s="28"/>
+      <c r="AE73" s="35"/>
+      <c r="AF73" s="35"/>
+      <c r="AG73" s="35"/>
+      <c r="AH73" s="35"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="qRBywfrrOaR1699wahoxVgv405+F3eHF1yIncB18w/Lw7StzomlbVaTDdFW1UgfbgtdsHRehN69NIJ4YsuEomw==" saltValue="IPKZTF7kx5u+XWwQJSWCow==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="39">
     <mergeCell ref="C18:F18"/>
     <mergeCell ref="L4:AH5"/>
     <mergeCell ref="G8:AH9"/>
     <mergeCell ref="G11:AH12"/>
     <mergeCell ref="G14:Q15"/>
     <mergeCell ref="G17:AH18"/>
     <mergeCell ref="AA39:AF40"/>
     <mergeCell ref="U20:U21"/>
     <mergeCell ref="V20:V21"/>
     <mergeCell ref="W20:W21"/>
     <mergeCell ref="X20:X21"/>
     <mergeCell ref="Y20:Y21"/>
     <mergeCell ref="Z20:Z21"/>
     <mergeCell ref="AA20:AA21"/>
     <mergeCell ref="C21:N21"/>
     <mergeCell ref="AE30:AH31"/>
     <mergeCell ref="AB33:AD33"/>
     <mergeCell ref="AB34:AD34"/>
     <mergeCell ref="O20:O21"/>
     <mergeCell ref="P20:P21"/>
     <mergeCell ref="Q20:Q21"/>
@@ -45744,51 +39043,51 @@
     <mergeCell ref="T20:T21"/>
     <mergeCell ref="I41:L42"/>
     <mergeCell ref="M41:N41"/>
     <mergeCell ref="O41:P42"/>
     <mergeCell ref="Q41:R41"/>
     <mergeCell ref="S41:T42"/>
     <mergeCell ref="M42:N42"/>
     <mergeCell ref="Q42:R42"/>
     <mergeCell ref="AB69:AG70"/>
     <mergeCell ref="N44:W45"/>
     <mergeCell ref="C51:M52"/>
     <mergeCell ref="Q51:Y52"/>
     <mergeCell ref="C54:M55"/>
     <mergeCell ref="Q54:Y55"/>
     <mergeCell ref="C57:M58"/>
     <mergeCell ref="R57:AA58"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M61 X69 C26 B67 B63 AA50 M48 B56 M59 Q56 Z59 Q65 B65 B69 Q63 J69 AE37 W39 W37 O37 C39 C37 C28 O24 I24 C24 B50 O50:P50 O53:P53 Q69 B53 B59 B61 B48 Z53:AA53 AC50 AC53" xr:uid="{60D9E2B5-D476-4EA4-B2AD-604B97B229ED}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="99" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>