--- v1 (2025-11-29)
+++ v2 (2026-02-03)
@@ -1,69 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
   <workbookPr saveExternalLinkValues="0" codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\国際入学課\課内共有\2_英語基準入試\26_入学手続\262_入学手続\277_COE申請関連書類\学生用COE申請用書類\1. フォーム＆指示書_編集作業用\26S\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\国際入学課\課内共有\2_英語基準入試\26_入学手続\262_入学手続\277_COE申請関連書類\学生用COE申請用書類\2. フォーム＆指示書_Ritsu-Mateアップロード用\26S\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4B7FFB0-C9C5-4096-AEBF-387D38D3C971}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{D689AB70-E949-4347-BA1E-8944F88C8C71}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6D49FE58-8463-46F7-893D-FBF3FD76BFA8}"/>
   </bookViews>
   <sheets>
     <sheet name="Form 1" sheetId="36" r:id="rId1"/>
     <sheet name="Form 2" sheetId="32" r:id="rId2"/>
     <sheet name="Form 3-1" sheetId="37" r:id="rId3"/>
     <sheet name="Form 3-2" sheetId="38" r:id="rId4"/>
     <sheet name="1 申請人" sheetId="20" state="hidden" r:id="rId5"/>
     <sheet name="2 申請人" sheetId="21" state="hidden" r:id="rId6"/>
     <sheet name="経費支弁者2人目" sheetId="30" state="hidden" r:id="rId7"/>
     <sheet name="3　申請人" sheetId="22" state="hidden" r:id="rId8"/>
     <sheet name="４ 所属機関" sheetId="39" state="hidden" r:id="rId9"/>
     <sheet name="5 所属機関" sheetId="40" state="hidden" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'1 申請人'!$A$1:$AQ$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'2 申請人'!$A$1:$AH$93</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'3　申請人'!$A$1:$AH$84</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'４ 所属機関'!$A$1:$AJ$72</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'5 所属機関'!$A$1:$AJ$78</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Form 1'!$A$1:$P$141</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Form 2'!$A$1:$Q$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Form 3-1'!$A$1:$K$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Form 3-2'!$A$1:$K$51</definedName>
@@ -125,51 +126,51 @@
   <c r="I35" i="20"/>
   <c r="X26" i="20"/>
   <c r="G57" i="22" l="1"/>
   <c r="I32" i="20"/>
   <c r="I29" i="20"/>
   <c r="F54" i="22"/>
   <c r="Y8" i="21"/>
   <c r="F8" i="21"/>
   <c r="Q29" i="32" l="1"/>
   <c r="E67" i="20" s="1"/>
   <c r="G20" i="20" l="1"/>
   <c r="L4" i="39" s="1"/>
   <c r="AN83" i="20"/>
   <c r="AJ83" i="20"/>
   <c r="AE83" i="20"/>
   <c r="Q83" i="20"/>
   <c r="E26" i="20"/>
   <c r="P23" i="20"/>
   <c r="AM17" i="20"/>
   <c r="AI17" i="20"/>
   <c r="AC17" i="20"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1466" uniqueCount="815">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1465" uniqueCount="815">
   <si>
     <t>□</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Year</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Month</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Day</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Male</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>□</t>
   </si>
   <si>
     <t>Female</t>
@@ -5167,78 +5168,50 @@
   </si>
   <si>
     <t xml:space="preserve">電話番号 Phone Number </t>
     <rPh sb="0" eb="2">
       <t>デンワ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>パスポート番号 Passport Number</t>
     <rPh sb="5" eb="7">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>パスポート有効期限 Passport Expiry Date</t>
     <rPh sb="5" eb="7">
       <t>ユウコウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>キゲン</t>
-    </rPh>
-[...26 lines deleted...]
-      <t>クニ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>犯罪歴 Criminal Record</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t xml:space="preserve">小学校から現在に至るまでの修学年数
 Total Period of Education </t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>卒業（予定）年月 
 または高卒認定取得年月
 Until</t>
     <rPh sb="0" eb="2">
       <t>ソツギョウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ヨテイ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ネンゲツ</t>
     </rPh>
@@ -7019,50 +6992,78 @@
       <t>シベンジジツ</t>
     </rPh>
     <rPh sb="175" eb="176">
       <t>アキ</t>
     </rPh>
     <rPh sb="181" eb="183">
       <t>ショルイ</t>
     </rPh>
     <rPh sb="184" eb="186">
       <t>テイシュツ</t>
     </rPh>
     <phoneticPr fontId="100"/>
   </si>
   <si>
     <t>*部屋番号まですべて記入してください。Enter full address details, including room number.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>*部屋番号まですべて記入してください。
 Enter full address details, including room number.</t>
     <rPh sb="1" eb="5">
       <t>ヘヤバンゴウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>キニュウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>査証申請予定の日本大使館または領事館の場所（日本ではなく自分の国） Location of Japanese Embassy or Consulate for visa application in your country</t>
+    <rPh sb="4" eb="6">
+      <t>ヨテイ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ニホン</t>
+    </rPh>
+    <rPh sb="9" eb="12">
+      <t>タイシカン</t>
+    </rPh>
+    <rPh sb="15" eb="18">
+      <t>リョウジカン</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>バショ</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>ニホン</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>ジブン</t>
+    </rPh>
+    <rPh sb="31" eb="32">
+      <t>クニ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
     <numFmt numFmtId="177" formatCode="#,##0;&quot;△ &quot;#,##0"/>
     <numFmt numFmtId="178" formatCode="#,##0_);\(#,##0\)"/>
   </numFmts>
   <fonts count="125" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
@@ -11442,1235 +11443,1325 @@
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="122" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="124" fillId="28" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="124" fillId="28" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="124" fillId="28" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="173" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="174" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="174" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="175" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="176" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="177" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="32" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="32" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="151" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="187" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="188" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="188" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="189" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="184" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="185" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="186" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="192" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="193" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="30" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="30" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="30" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="30" borderId="117" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="110" fillId="30" borderId="118" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="106" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="86" fillId="28" borderId="86" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="28" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="28" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="28" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="28" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="88" fillId="23" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="86" fillId="28" borderId="43" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="92" fillId="23" borderId="166" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="92" fillId="23" borderId="167" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="92" fillId="23" borderId="168" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="95" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="160" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="161" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="23" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="23" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="23" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="28" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="28" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="28" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="158" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="159" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="180" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="181" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="182" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="183" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="28" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="18" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="18" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="194" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="195" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="140" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="140" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="196" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="38" fontId="86" fillId="23" borderId="171" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="23" borderId="171" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="23" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="131" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="132" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="19" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="19" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="19" borderId="130" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="164" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="165" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="87" fillId="23" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="28" borderId="88" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="28" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="23" borderId="114" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="110" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="86" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="94" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="77" fillId="28" borderId="84" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="38" fontId="77" fillId="28" borderId="81" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="109" fillId="29" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="178" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="179" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="162" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="163" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="153" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="152" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="154" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="155" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="156" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="156" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="157" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="32" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="32" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="32" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="169" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="26" borderId="169" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="26" borderId="170" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="32" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="32" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="18" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="23" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="18" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="23" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="86" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="150" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="28" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="190" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="191" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="123" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="123" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="18" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="18" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="123" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="123" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="17" xfId="42" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="24" borderId="63" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="76" fillId="24" borderId="71" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="76" fillId="24" borderId="64" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="105" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="134" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="28" borderId="46" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="28" borderId="42" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="88" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="28" borderId="83" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="28" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1003 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="133" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="23" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="22" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="21" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="91" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="86" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="89" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="26" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="25" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="24" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="23" borderId="44" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="23" borderId="45" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="23" borderId="135" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="28" borderId="62" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="91" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="86" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="89" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="28" borderId="86" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="28" borderId="89" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="136" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="137" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="138" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="44" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="45" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="135" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="139" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
@@ -12720,1073 +12811,983 @@
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="28" borderId="18" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="23" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="22" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="21" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="20" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="15" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="26" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="92" fillId="0" borderId="139" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="92" fillId="0" borderId="140" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="92" fillId="0" borderId="141" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="89" fillId="28" borderId="62" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="89" fillId="28" borderId="86" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="28" borderId="89" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="89" fillId="28" borderId="46" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="28" borderId="42" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="28" borderId="83" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="133" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="20" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="67" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="73" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="73" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...5 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="35" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="35" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="35" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="35" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="35" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="35" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="19" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="19" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="19" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="19" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="19" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="19" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="35" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="35" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="35" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="35" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="106" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="106" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="35" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="68" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="22" fillId="19" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="22" fillId="19" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="22" fillId="19" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="22" fillId="19" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="22" fillId="19" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="22" fillId="19" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...74 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="176" fontId="67" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="67" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="176" fontId="73" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="73" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="19" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...80 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="107" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="107" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="72" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="67" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="67" fillId="0" borderId="17" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="67" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="67" fillId="19" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="67" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="67" fillId="19" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="0" fontId="66" fillId="22" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="22" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="53" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="53" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="67" fillId="19" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="19" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="19" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="53" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...180 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="58" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="58" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="23" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="23" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="49" fontId="53" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="53" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="19" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="53" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="23" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" justifyLastLine="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="117" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="117" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="53" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...32 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="45">
     <cellStyle name="20 % - Accent1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20 % - Accent2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20 % - Accent3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20 % - Accent4" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20 % - Accent5" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20 % - Accent6" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40 % - Accent1" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40 % - Accent2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40 % - Accent3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40 % - Accent4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40 % - Accent5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40 % - Accent6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60 % - Accent1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60 % - Accent2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60 % - Accent3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60 % - Accent4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60 % - Accent5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60 % - Accent6" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Accent1" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Accent2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Accent3" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Accent4" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -15022,3267 +15023,3265 @@
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:Z351"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="17.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.26953125" style="191" customWidth="1"/>
     <col min="2" max="2" width="3.90625" style="189" customWidth="1"/>
     <col min="3" max="3" width="40.453125" style="190" customWidth="1"/>
     <col min="4" max="15" width="8.90625" style="191" customWidth="1"/>
     <col min="16" max="16" width="3.26953125" style="189" customWidth="1"/>
     <col min="17" max="17" width="9" style="189"/>
     <col min="18" max="18" width="57.453125" style="329" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="41.6328125" style="329" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="40.90625" style="189" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="36.26953125" style="189" hidden="1" customWidth="1"/>
     <col min="22" max="16384" width="9" style="189"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="323"/>
-      <c r="B1" s="663" t="s">
-[...14 lines deleted...]
-      <c r="O1" s="663"/>
+      <c r="B1" s="338" t="s">
+        <v>724</v>
+      </c>
+      <c r="C1" s="338"/>
+      <c r="D1" s="338"/>
+      <c r="E1" s="338"/>
+      <c r="F1" s="338"/>
+      <c r="G1" s="338"/>
+      <c r="H1" s="338"/>
+      <c r="I1" s="338"/>
+      <c r="J1" s="338"/>
+      <c r="K1" s="338"/>
+      <c r="L1" s="338"/>
+      <c r="M1" s="338"/>
+      <c r="N1" s="338"/>
+      <c r="O1" s="338"/>
     </row>
     <row r="2" spans="1:21" ht="10" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="323"/>
       <c r="B2" s="299"/>
       <c r="C2" s="299"/>
       <c r="D2" s="299"/>
       <c r="E2" s="299"/>
       <c r="F2" s="299"/>
       <c r="G2" s="299"/>
       <c r="H2" s="299"/>
       <c r="I2" s="299"/>
       <c r="J2" s="299"/>
       <c r="K2" s="299"/>
       <c r="L2" s="299"/>
       <c r="M2" s="299"/>
       <c r="N2" s="299"/>
       <c r="O2" s="299"/>
     </row>
     <row r="3" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="324"/>
       <c r="B3" s="248"/>
       <c r="C3" s="248"/>
       <c r="D3" s="265"/>
       <c r="E3" s="199" t="s">
         <v>559</v>
       </c>
       <c r="G3" s="248"/>
       <c r="H3" s="248"/>
       <c r="I3" s="248"/>
       <c r="J3" s="248"/>
       <c r="K3" s="248"/>
       <c r="L3" s="248"/>
       <c r="M3" s="248"/>
       <c r="N3" s="248"/>
       <c r="O3" s="248"/>
       <c r="R3" s="330" t="s">
+        <v>792</v>
+      </c>
+      <c r="S3" s="330" t="s">
         <v>793</v>
       </c>
-      <c r="S3" s="330" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T3" s="330" t="s">
+        <v>788</v>
+      </c>
+      <c r="U3" s="330" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="4" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="191"/>
       <c r="C4" s="249"/>
       <c r="D4" s="204"/>
       <c r="E4" s="200" t="s">
         <v>593</v>
       </c>
       <c r="O4" s="189"/>
       <c r="R4" s="330" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="S4" s="330" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="T4" s="330" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="U4" s="330" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
     </row>
     <row r="5" spans="1:21" ht="10" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B5" s="191"/>
       <c r="C5" s="249"/>
       <c r="O5" s="189"/>
       <c r="R5" s="330" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="S5" s="330" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="T5" s="330" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="U5" s="330" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
     </row>
     <row r="6" spans="1:21" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="191">
         <v>1</v>
       </c>
-      <c r="B6" s="664" t="s">
+      <c r="B6" s="339" t="s">
+        <v>760</v>
+      </c>
+      <c r="C6" s="340"/>
+      <c r="D6" s="343"/>
+      <c r="E6" s="343"/>
+      <c r="F6" s="343"/>
+      <c r="G6" s="345" t="s">
         <v>761</v>
       </c>
-      <c r="C6" s="665"/>
-[...15 lines deleted...]
-      <c r="O6" s="667"/>
+      <c r="H6" s="340"/>
+      <c r="I6" s="340"/>
+      <c r="J6" s="341"/>
+      <c r="K6" s="341"/>
+      <c r="L6" s="341"/>
+      <c r="M6" s="341"/>
+      <c r="N6" s="341"/>
+      <c r="O6" s="342"/>
       <c r="R6" s="330" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="S6" s="330" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="T6" s="330" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="U6" s="330"/>
     </row>
     <row r="7" spans="1:21" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="191">
         <v>2</v>
       </c>
-      <c r="B7" s="445" t="s">
-[...16 lines deleted...]
-      <c r="O7" s="448"/>
+      <c r="B7" s="607" t="s">
+        <v>771</v>
+      </c>
+      <c r="C7" s="608"/>
+      <c r="D7" s="344"/>
+      <c r="E7" s="344"/>
+      <c r="F7" s="344"/>
+      <c r="G7" s="346" t="s">
+        <v>762</v>
+      </c>
+      <c r="H7" s="347"/>
+      <c r="I7" s="347"/>
+      <c r="J7" s="609"/>
+      <c r="K7" s="609"/>
+      <c r="L7" s="609"/>
+      <c r="M7" s="609"/>
+      <c r="N7" s="609"/>
+      <c r="O7" s="610"/>
       <c r="R7" s="330" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="S7" s="330" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
     </row>
     <row r="8" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="191">
         <v>3</v>
       </c>
-      <c r="B8" s="418" t="s">
+      <c r="B8" s="627" t="s">
         <v>662</v>
       </c>
-      <c r="C8" s="419"/>
-[...11 lines deleted...]
-      <c r="O8" s="421"/>
+      <c r="C8" s="628"/>
+      <c r="D8" s="629"/>
+      <c r="E8" s="629"/>
+      <c r="F8" s="629"/>
+      <c r="G8" s="629"/>
+      <c r="H8" s="629"/>
+      <c r="I8" s="629"/>
+      <c r="J8" s="629"/>
+      <c r="K8" s="629"/>
+      <c r="L8" s="629"/>
+      <c r="M8" s="629"/>
+      <c r="N8" s="629"/>
+      <c r="O8" s="630"/>
       <c r="R8" s="330" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="S8" s="330"/>
     </row>
     <row r="9" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="191">
         <v>4</v>
       </c>
-      <c r="B9" s="378" t="s">
+      <c r="B9" s="456" t="s">
         <v>560</v>
       </c>
-      <c r="C9" s="379"/>
-      <c r="D9" s="460" t="s">
+      <c r="C9" s="457"/>
+      <c r="D9" s="620" t="s">
         <v>600</v>
       </c>
-      <c r="E9" s="461"/>
-[...9 lines deleted...]
-      <c r="O9" s="464"/>
+      <c r="E9" s="621"/>
+      <c r="F9" s="621"/>
+      <c r="G9" s="621"/>
+      <c r="H9" s="621"/>
+      <c r="I9" s="621"/>
+      <c r="J9" s="622"/>
+      <c r="K9" s="622"/>
+      <c r="L9" s="622"/>
+      <c r="M9" s="622"/>
+      <c r="N9" s="623"/>
+      <c r="O9" s="624"/>
       <c r="R9" s="330" t="s">
+        <v>686</v>
+      </c>
+      <c r="S9" s="330"/>
+    </row>
+    <row r="10" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="456"/>
+      <c r="C10" s="457"/>
+      <c r="D10" s="596" t="s">
+        <v>562</v>
+      </c>
+      <c r="E10" s="597"/>
+      <c r="F10" s="597"/>
+      <c r="G10" s="597"/>
+      <c r="H10" s="597"/>
+      <c r="I10" s="597"/>
+      <c r="J10" s="666"/>
+      <c r="K10" s="666"/>
+      <c r="L10" s="666"/>
+      <c r="M10" s="666"/>
+      <c r="N10" s="666"/>
+      <c r="O10" s="667"/>
+      <c r="R10" s="330" t="s">
         <v>687</v>
       </c>
-      <c r="S9" s="330"/>
-[...18 lines deleted...]
-      <c r="R10" s="330" t="s">
+      <c r="S10" s="330"/>
+    </row>
+    <row r="11" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="456"/>
+      <c r="C11" s="457"/>
+      <c r="D11" s="553" t="s">
+        <v>563</v>
+      </c>
+      <c r="E11" s="554"/>
+      <c r="F11" s="554"/>
+      <c r="G11" s="554"/>
+      <c r="H11" s="554"/>
+      <c r="I11" s="554"/>
+      <c r="J11" s="666"/>
+      <c r="K11" s="666"/>
+      <c r="L11" s="666"/>
+      <c r="M11" s="666"/>
+      <c r="N11" s="666"/>
+      <c r="O11" s="667"/>
+      <c r="R11" s="330" t="s">
         <v>688</v>
       </c>
-      <c r="S10" s="330"/>
-[...20 lines deleted...]
-      </c>
       <c r="S11" s="330"/>
     </row>
     <row r="12" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="378"/>
-[...1 lines deleted...]
-      <c r="D12" s="375" t="s">
+      <c r="B12" s="456"/>
+      <c r="C12" s="457"/>
+      <c r="D12" s="668" t="s">
         <v>564</v>
       </c>
-      <c r="E12" s="376"/>
-[...3 lines deleted...]
-      <c r="I12" s="376"/>
+      <c r="E12" s="669"/>
+      <c r="F12" s="669"/>
+      <c r="G12" s="669"/>
+      <c r="H12" s="669"/>
+      <c r="I12" s="669"/>
       <c r="J12" s="201" t="s">
         <v>549</v>
       </c>
       <c r="K12" s="266"/>
       <c r="L12" s="201" t="s">
         <v>561</v>
       </c>
       <c r="M12" s="266"/>
       <c r="N12" s="201" t="s">
         <v>551</v>
       </c>
       <c r="O12" s="267"/>
       <c r="R12" s="330" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="S12" s="330"/>
     </row>
     <row r="13" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="191">
         <v>5</v>
       </c>
-      <c r="B13" s="337" t="s">
+      <c r="B13" s="454" t="s">
         <v>572</v>
       </c>
-      <c r="C13" s="377"/>
-[...11 lines deleted...]
-      <c r="O13" s="451"/>
+      <c r="C13" s="455"/>
+      <c r="D13" s="611"/>
+      <c r="E13" s="612"/>
+      <c r="F13" s="612"/>
+      <c r="G13" s="612"/>
+      <c r="H13" s="612"/>
+      <c r="I13" s="612"/>
+      <c r="J13" s="612"/>
+      <c r="K13" s="612"/>
+      <c r="L13" s="612"/>
+      <c r="M13" s="612"/>
+      <c r="N13" s="612"/>
+      <c r="O13" s="613"/>
       <c r="P13" s="203"/>
       <c r="R13" s="330" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="S13" s="330"/>
     </row>
     <row r="14" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="380"/>
-[...14 lines deleted...]
-      <c r="O14" s="391"/>
+      <c r="B14" s="545"/>
+      <c r="C14" s="570"/>
+      <c r="D14" s="366" t="s">
+        <v>775</v>
+      </c>
+      <c r="E14" s="614"/>
+      <c r="F14" s="614"/>
+      <c r="G14" s="614"/>
+      <c r="H14" s="614"/>
+      <c r="I14" s="614"/>
+      <c r="J14" s="614"/>
+      <c r="K14" s="614"/>
+      <c r="L14" s="614"/>
+      <c r="M14" s="614"/>
+      <c r="N14" s="614"/>
+      <c r="O14" s="615"/>
       <c r="P14" s="203"/>
       <c r="R14" s="330" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="S14" s="330"/>
     </row>
     <row r="15" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="191">
         <v>6</v>
       </c>
-      <c r="B15" s="337" t="s">
-[...3 lines deleted...]
-      <c r="D15" s="355" t="s">
+      <c r="B15" s="454" t="s">
         <v>800</v>
       </c>
-      <c r="E15" s="356"/>
-[...9 lines deleted...]
-      <c r="O15" s="348"/>
+      <c r="C15" s="349"/>
+      <c r="D15" s="682" t="s">
+        <v>799</v>
+      </c>
+      <c r="E15" s="683"/>
+      <c r="F15" s="683"/>
+      <c r="G15" s="683"/>
+      <c r="H15" s="640"/>
+      <c r="I15" s="640"/>
+      <c r="J15" s="640"/>
+      <c r="K15" s="640"/>
+      <c r="L15" s="640"/>
+      <c r="M15" s="640"/>
+      <c r="N15" s="640"/>
+      <c r="O15" s="641"/>
       <c r="P15" s="203"/>
       <c r="R15" s="330" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="S15" s="330"/>
     </row>
     <row r="16" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="339"/>
-[...14 lines deleted...]
-      <c r="O16" s="344"/>
+      <c r="B16" s="578"/>
+      <c r="C16" s="577"/>
+      <c r="D16" s="676" t="s">
+        <v>801</v>
+      </c>
+      <c r="E16" s="677"/>
+      <c r="F16" s="677"/>
+      <c r="G16" s="677"/>
+      <c r="H16" s="644"/>
+      <c r="I16" s="644"/>
+      <c r="J16" s="644"/>
+      <c r="K16" s="644"/>
+      <c r="L16" s="644"/>
+      <c r="M16" s="644"/>
+      <c r="N16" s="644"/>
+      <c r="O16" s="645"/>
       <c r="P16" s="203"/>
       <c r="R16" s="330" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="S16" s="330"/>
     </row>
     <row r="17" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="341"/>
-[...14 lines deleted...]
-      <c r="O17" s="346"/>
+      <c r="B17" s="350"/>
+      <c r="C17" s="351"/>
+      <c r="D17" s="686" t="s">
+        <v>802</v>
+      </c>
+      <c r="E17" s="687"/>
+      <c r="F17" s="687"/>
+      <c r="G17" s="687"/>
+      <c r="H17" s="638"/>
+      <c r="I17" s="638"/>
+      <c r="J17" s="638"/>
+      <c r="K17" s="638"/>
+      <c r="L17" s="638"/>
+      <c r="M17" s="638"/>
+      <c r="N17" s="638"/>
+      <c r="O17" s="639"/>
       <c r="P17" s="203"/>
       <c r="R17" s="330" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="S17" s="330"/>
     </row>
     <row r="18" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="191">
         <v>7</v>
       </c>
-      <c r="B18" s="357" t="s">
+      <c r="B18" s="684" t="s">
+        <v>797</v>
+      </c>
+      <c r="C18" s="685"/>
+      <c r="D18" s="678"/>
+      <c r="E18" s="679"/>
+      <c r="F18" s="679"/>
+      <c r="G18" s="679"/>
+      <c r="H18" s="680" t="s">
         <v>798</v>
       </c>
-      <c r="C18" s="358"/>
-[...13 lines deleted...]
-      <c r="O18" s="354"/>
+      <c r="I18" s="681"/>
+      <c r="J18" s="681"/>
+      <c r="K18" s="681"/>
+      <c r="L18" s="650"/>
+      <c r="M18" s="650"/>
+      <c r="N18" s="650"/>
+      <c r="O18" s="651"/>
       <c r="P18" s="203"/>
       <c r="R18" s="330" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="S18" s="330"/>
     </row>
     <row r="19" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="191">
         <v>8</v>
       </c>
-      <c r="B19" s="452" t="s">
+      <c r="B19" s="616" t="s">
         <v>565</v>
       </c>
-      <c r="C19" s="453"/>
+      <c r="C19" s="617"/>
       <c r="D19" s="332" t="s">
         <v>549</v>
       </c>
       <c r="E19" s="333"/>
       <c r="F19" s="334" t="s">
         <v>561</v>
       </c>
       <c r="G19" s="333"/>
       <c r="H19" s="334" t="s">
         <v>551</v>
       </c>
       <c r="I19" s="333"/>
-      <c r="J19" s="454"/>
-[...4 lines deleted...]
-      <c r="O19" s="424"/>
+      <c r="J19" s="618"/>
+      <c r="K19" s="618"/>
+      <c r="L19" s="618"/>
+      <c r="M19" s="632"/>
+      <c r="N19" s="632"/>
+      <c r="O19" s="633"/>
       <c r="P19" s="203"/>
       <c r="R19" s="330" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="S19" s="330"/>
     </row>
     <row r="20" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="191">
         <v>9</v>
       </c>
-      <c r="B20" s="337" t="s">
+      <c r="B20" s="454" t="s">
         <v>663</v>
       </c>
-      <c r="C20" s="377"/>
-      <c r="D20" s="425" t="s">
+      <c r="C20" s="455"/>
+      <c r="D20" s="634" t="s">
         <v>606</v>
       </c>
-      <c r="E20" s="426"/>
-[...9 lines deleted...]
-      <c r="O20" s="348"/>
+      <c r="E20" s="635"/>
+      <c r="F20" s="635"/>
+      <c r="G20" s="635"/>
+      <c r="H20" s="635"/>
+      <c r="I20" s="635"/>
+      <c r="J20" s="640"/>
+      <c r="K20" s="640"/>
+      <c r="L20" s="640"/>
+      <c r="M20" s="640"/>
+      <c r="N20" s="640"/>
+      <c r="O20" s="641"/>
       <c r="P20" s="203"/>
       <c r="R20" s="330" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="S20" s="330"/>
     </row>
     <row r="21" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="378"/>
-[...14 lines deleted...]
-      <c r="O21" s="344"/>
+      <c r="B21" s="456"/>
+      <c r="C21" s="457"/>
+      <c r="D21" s="642" t="s">
+        <v>679</v>
+      </c>
+      <c r="E21" s="643"/>
+      <c r="F21" s="643"/>
+      <c r="G21" s="643"/>
+      <c r="H21" s="643"/>
+      <c r="I21" s="643"/>
+      <c r="J21" s="644"/>
+      <c r="K21" s="644"/>
+      <c r="L21" s="644"/>
+      <c r="M21" s="644"/>
+      <c r="N21" s="644"/>
+      <c r="O21" s="645"/>
       <c r="P21" s="203"/>
       <c r="R21" s="330" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="S21" s="330"/>
     </row>
     <row r="22" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="380"/>
-[...14 lines deleted...]
-      <c r="O22" s="346"/>
+      <c r="B22" s="545"/>
+      <c r="C22" s="570"/>
+      <c r="D22" s="636" t="s">
+        <v>763</v>
+      </c>
+      <c r="E22" s="637"/>
+      <c r="F22" s="637"/>
+      <c r="G22" s="637"/>
+      <c r="H22" s="637"/>
+      <c r="I22" s="637"/>
+      <c r="J22" s="638"/>
+      <c r="K22" s="638"/>
+      <c r="L22" s="638"/>
+      <c r="M22" s="638"/>
+      <c r="N22" s="638"/>
+      <c r="O22" s="639"/>
       <c r="P22" s="203"/>
       <c r="R22" s="330" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="S22" s="330"/>
     </row>
     <row r="23" spans="1:19" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="191">
         <v>10</v>
       </c>
-      <c r="B23" s="673" t="s">
+      <c r="B23" s="348" t="s">
         <v>664</v>
       </c>
-      <c r="C23" s="338"/>
-[...11 lines deleted...]
-      <c r="O23" s="385"/>
+      <c r="C23" s="349"/>
+      <c r="D23" s="361"/>
+      <c r="E23" s="362"/>
+      <c r="F23" s="362"/>
+      <c r="G23" s="362"/>
+      <c r="H23" s="362"/>
+      <c r="I23" s="362"/>
+      <c r="J23" s="362"/>
+      <c r="K23" s="362"/>
+      <c r="L23" s="362"/>
+      <c r="M23" s="362"/>
+      <c r="N23" s="362"/>
+      <c r="O23" s="363"/>
       <c r="P23" s="203"/>
       <c r="R23" s="330" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="S23" s="330"/>
     </row>
     <row r="24" spans="1:19" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="341"/>
-[...14 lines deleted...]
-      <c r="O24" s="395"/>
+      <c r="B24" s="350"/>
+      <c r="C24" s="351"/>
+      <c r="D24" s="366" t="s">
+        <v>803</v>
+      </c>
+      <c r="E24" s="367"/>
+      <c r="F24" s="367"/>
+      <c r="G24" s="367"/>
+      <c r="H24" s="367"/>
+      <c r="I24" s="367"/>
+      <c r="J24" s="367"/>
+      <c r="K24" s="367"/>
+      <c r="L24" s="367"/>
+      <c r="M24" s="367"/>
+      <c r="N24" s="367"/>
+      <c r="O24" s="368"/>
       <c r="P24" s="203"/>
       <c r="R24" s="330" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="S24" s="330"/>
     </row>
     <row r="25" spans="1:19" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="191">
         <v>11</v>
       </c>
-      <c r="B25" s="673" t="s">
+      <c r="B25" s="348" t="s">
         <v>665</v>
       </c>
-      <c r="C25" s="338"/>
-[...11 lines deleted...]
-      <c r="O25" s="385"/>
+      <c r="C25" s="349"/>
+      <c r="D25" s="361"/>
+      <c r="E25" s="362"/>
+      <c r="F25" s="362"/>
+      <c r="G25" s="362"/>
+      <c r="H25" s="362"/>
+      <c r="I25" s="362"/>
+      <c r="J25" s="362"/>
+      <c r="K25" s="362"/>
+      <c r="L25" s="362"/>
+      <c r="M25" s="362"/>
+      <c r="N25" s="362"/>
+      <c r="O25" s="363"/>
       <c r="P25" s="203"/>
       <c r="R25" s="330" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="S25" s="330"/>
     </row>
     <row r="26" spans="1:19" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="341"/>
-[...14 lines deleted...]
-      <c r="O26" s="395"/>
+      <c r="B26" s="350"/>
+      <c r="C26" s="351"/>
+      <c r="D26" s="366" t="s">
+        <v>764</v>
+      </c>
+      <c r="E26" s="367"/>
+      <c r="F26" s="367"/>
+      <c r="G26" s="367"/>
+      <c r="H26" s="367"/>
+      <c r="I26" s="367"/>
+      <c r="J26" s="367"/>
+      <c r="K26" s="367"/>
+      <c r="L26" s="367"/>
+      <c r="M26" s="367"/>
+      <c r="N26" s="367"/>
+      <c r="O26" s="368"/>
       <c r="P26" s="203"/>
       <c r="R26" s="330" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="S26" s="330"/>
     </row>
     <row r="27" spans="1:19" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="191">
         <v>12</v>
       </c>
-      <c r="B27" s="396" t="s">
+      <c r="B27" s="671" t="s">
         <v>555</v>
       </c>
-      <c r="C27" s="397"/>
-[...11 lines deleted...]
-      <c r="O27" s="400"/>
+      <c r="C27" s="672"/>
+      <c r="D27" s="673"/>
+      <c r="E27" s="355"/>
+      <c r="F27" s="355"/>
+      <c r="G27" s="355"/>
+      <c r="H27" s="355"/>
+      <c r="I27" s="355"/>
+      <c r="J27" s="355"/>
+      <c r="K27" s="355"/>
+      <c r="L27" s="355"/>
+      <c r="M27" s="355"/>
+      <c r="N27" s="355"/>
+      <c r="O27" s="356"/>
       <c r="P27" s="203"/>
       <c r="R27" s="330" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="S27" s="330"/>
     </row>
     <row r="28" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="191">
         <v>13</v>
       </c>
-      <c r="B28" s="681" t="s">
+      <c r="B28" s="364" t="s">
         <v>666</v>
       </c>
-      <c r="C28" s="682"/>
-      <c r="D28" s="674" t="s">
+      <c r="C28" s="365"/>
+      <c r="D28" s="352" t="s">
         <v>596</v>
       </c>
-      <c r="E28" s="675"/>
-      <c r="F28" s="675"/>
+      <c r="E28" s="353"/>
+      <c r="F28" s="353"/>
       <c r="G28" s="268"/>
-      <c r="H28" s="676" t="s">
+      <c r="H28" s="354" t="s">
         <v>597</v>
       </c>
-      <c r="I28" s="676"/>
-[...5 lines deleted...]
-      <c r="O28" s="400"/>
+      <c r="I28" s="354"/>
+      <c r="J28" s="354"/>
+      <c r="K28" s="354"/>
+      <c r="L28" s="355"/>
+      <c r="M28" s="355"/>
+      <c r="N28" s="355"/>
+      <c r="O28" s="356"/>
       <c r="R28" s="330" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="S28" s="330"/>
     </row>
     <row r="29" spans="1:19" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="191">
         <v>14</v>
       </c>
-      <c r="B29" s="401" t="s">
+      <c r="B29" s="674" t="s">
         <v>667</v>
       </c>
-      <c r="C29" s="402"/>
-[...11 lines deleted...]
-      <c r="O29" s="685"/>
+      <c r="C29" s="675"/>
+      <c r="D29" s="369"/>
+      <c r="E29" s="370"/>
+      <c r="F29" s="370"/>
+      <c r="G29" s="370"/>
+      <c r="H29" s="370"/>
+      <c r="I29" s="370"/>
+      <c r="J29" s="370"/>
+      <c r="K29" s="370"/>
+      <c r="L29" s="370"/>
+      <c r="M29" s="370"/>
+      <c r="N29" s="370"/>
+      <c r="O29" s="371"/>
       <c r="R29" s="330" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="S29" s="330"/>
     </row>
     <row r="30" spans="1:19" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="191">
         <v>15</v>
       </c>
-      <c r="B30" s="584" t="s">
-[...3 lines deleted...]
-      <c r="D30" s="586" t="s">
+      <c r="B30" s="477" t="s">
+        <v>786</v>
+      </c>
+      <c r="C30" s="478"/>
+      <c r="D30" s="479" t="s">
         <v>549</v>
       </c>
-      <c r="E30" s="587"/>
-[...2 lines deleted...]
-      <c r="H30" s="587" t="s">
+      <c r="E30" s="480"/>
+      <c r="F30" s="481"/>
+      <c r="G30" s="481"/>
+      <c r="H30" s="480" t="s">
         <v>561</v>
       </c>
-      <c r="I30" s="587"/>
-[...2 lines deleted...]
-      <c r="L30" s="587" t="s">
+      <c r="I30" s="480"/>
+      <c r="J30" s="481"/>
+      <c r="K30" s="481"/>
+      <c r="L30" s="480" t="s">
         <v>551</v>
       </c>
-      <c r="M30" s="587"/>
-[...1 lines deleted...]
-      <c r="O30" s="589"/>
+      <c r="M30" s="480"/>
+      <c r="N30" s="481"/>
+      <c r="O30" s="482"/>
       <c r="R30" s="330" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="S30" s="330"/>
     </row>
     <row r="31" spans="1:19" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="191">
         <v>16</v>
       </c>
-      <c r="B31" s="686" t="s">
+      <c r="B31" s="372" t="s">
         <v>668</v>
       </c>
-      <c r="C31" s="687"/>
-      <c r="D31" s="677" t="s">
+      <c r="C31" s="373"/>
+      <c r="D31" s="357" t="s">
         <v>549</v>
       </c>
-      <c r="E31" s="678"/>
-[...2 lines deleted...]
-      <c r="H31" s="678" t="s">
+      <c r="E31" s="358"/>
+      <c r="F31" s="359"/>
+      <c r="G31" s="359"/>
+      <c r="H31" s="358" t="s">
         <v>561</v>
       </c>
-      <c r="I31" s="678"/>
-[...2 lines deleted...]
-      <c r="L31" s="678" t="s">
+      <c r="I31" s="358"/>
+      <c r="J31" s="359"/>
+      <c r="K31" s="359"/>
+      <c r="L31" s="358" t="s">
         <v>551</v>
       </c>
-      <c r="M31" s="678"/>
-[...1 lines deleted...]
-      <c r="O31" s="680"/>
+      <c r="M31" s="358"/>
+      <c r="N31" s="359"/>
+      <c r="O31" s="360"/>
       <c r="R31" s="330" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="S31" s="330"/>
     </row>
     <row r="32" spans="1:19" ht="21" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="191">
         <v>17</v>
       </c>
-      <c r="B32" s="337" t="s">
+      <c r="B32" s="454" t="s">
         <v>611</v>
       </c>
-      <c r="C32" s="377"/>
-      <c r="D32" s="382" t="s">
+      <c r="C32" s="455"/>
+      <c r="D32" s="557" t="s">
         <v>549</v>
       </c>
-      <c r="E32" s="383"/>
-      <c r="F32" s="384">
+      <c r="E32" s="551"/>
+      <c r="F32" s="362">
         <v>2026</v>
       </c>
-      <c r="G32" s="384"/>
-      <c r="H32" s="383" t="s">
+      <c r="G32" s="362"/>
+      <c r="H32" s="551" t="s">
         <v>561</v>
       </c>
-      <c r="I32" s="383"/>
-      <c r="J32" s="384">
+      <c r="I32" s="551"/>
+      <c r="J32" s="362">
         <v>3</v>
       </c>
-      <c r="K32" s="384"/>
-      <c r="L32" s="383" t="s">
+      <c r="K32" s="362"/>
+      <c r="L32" s="551" t="s">
         <v>551</v>
       </c>
-      <c r="M32" s="383"/>
-      <c r="N32" s="384">
+      <c r="M32" s="551"/>
+      <c r="N32" s="362">
         <v>1</v>
       </c>
-      <c r="O32" s="385"/>
+      <c r="O32" s="363"/>
       <c r="R32" s="330" t="s">
+        <v>709</v>
+      </c>
+      <c r="S32" s="330"/>
+    </row>
+    <row r="33" spans="1:19" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="456"/>
+      <c r="C33" s="457"/>
+      <c r="D33" s="564" t="s">
+        <v>804</v>
+      </c>
+      <c r="E33" s="565"/>
+      <c r="F33" s="565"/>
+      <c r="G33" s="565"/>
+      <c r="H33" s="565"/>
+      <c r="I33" s="565"/>
+      <c r="J33" s="565"/>
+      <c r="K33" s="565"/>
+      <c r="L33" s="565"/>
+      <c r="M33" s="565"/>
+      <c r="N33" s="565"/>
+      <c r="O33" s="566"/>
+      <c r="R33" s="330" t="s">
         <v>710</v>
       </c>
-      <c r="S32" s="330"/>
-[...18 lines deleted...]
-      <c r="R33" s="330" t="s">
+      <c r="S33" s="330"/>
+    </row>
+    <row r="34" spans="1:19" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="545"/>
+      <c r="C34" s="570"/>
+      <c r="D34" s="670"/>
+      <c r="E34" s="614"/>
+      <c r="F34" s="614"/>
+      <c r="G34" s="614"/>
+      <c r="H34" s="614"/>
+      <c r="I34" s="614"/>
+      <c r="J34" s="614"/>
+      <c r="K34" s="614"/>
+      <c r="L34" s="614"/>
+      <c r="M34" s="614"/>
+      <c r="N34" s="614"/>
+      <c r="O34" s="615"/>
+      <c r="R34" s="330" t="s">
         <v>711</v>
-      </c>
-[...18 lines deleted...]
-        <v>712</v>
       </c>
       <c r="S34" s="330"/>
     </row>
     <row r="35" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="191">
         <v>18</v>
       </c>
-      <c r="B35" s="361" t="s">
+      <c r="B35" s="648" t="s">
         <v>608</v>
       </c>
-      <c r="C35" s="362"/>
-      <c r="D35" s="363" t="s">
+      <c r="C35" s="385"/>
+      <c r="D35" s="660" t="s">
         <v>603</v>
       </c>
-      <c r="E35" s="364"/>
-[...9 lines deleted...]
-      <c r="O35" s="354"/>
+      <c r="E35" s="661"/>
+      <c r="F35" s="661"/>
+      <c r="G35" s="661"/>
+      <c r="H35" s="661"/>
+      <c r="I35" s="661"/>
+      <c r="J35" s="661"/>
+      <c r="K35" s="661"/>
+      <c r="L35" s="661"/>
+      <c r="M35" s="661"/>
+      <c r="N35" s="650"/>
+      <c r="O35" s="651"/>
       <c r="R35" s="330" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="S35" s="330"/>
     </row>
     <row r="36" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="191">
         <v>19</v>
       </c>
-      <c r="B36" s="361" t="s">
+      <c r="B36" s="648" t="s">
         <v>602</v>
       </c>
-      <c r="C36" s="362"/>
-[...11 lines deleted...]
-      <c r="O36" s="354"/>
+      <c r="C36" s="385"/>
+      <c r="D36" s="649"/>
+      <c r="E36" s="650"/>
+      <c r="F36" s="650"/>
+      <c r="G36" s="650"/>
+      <c r="H36" s="650"/>
+      <c r="I36" s="650"/>
+      <c r="J36" s="650"/>
+      <c r="K36" s="650"/>
+      <c r="L36" s="650"/>
+      <c r="M36" s="650"/>
+      <c r="N36" s="650"/>
+      <c r="O36" s="651"/>
       <c r="R36" s="330" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="S36" s="330"/>
     </row>
     <row r="37" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="191">
         <v>20</v>
       </c>
-      <c r="B37" s="437" t="s">
-[...3 lines deleted...]
-      <c r="D37" s="425" t="s">
+      <c r="B37" s="652" t="s">
+        <v>814</v>
+      </c>
+      <c r="C37" s="653"/>
+      <c r="D37" s="634" t="s">
         <v>606</v>
       </c>
-      <c r="E37" s="426"/>
-[...9 lines deleted...]
-      <c r="O37" s="348"/>
+      <c r="E37" s="635"/>
+      <c r="F37" s="635"/>
+      <c r="G37" s="635"/>
+      <c r="H37" s="635"/>
+      <c r="I37" s="635"/>
+      <c r="J37" s="640"/>
+      <c r="K37" s="640"/>
+      <c r="L37" s="640"/>
+      <c r="M37" s="640"/>
+      <c r="N37" s="640"/>
+      <c r="O37" s="641"/>
       <c r="R37" s="330" t="s">
+        <v>714</v>
+      </c>
+      <c r="S37" s="330"/>
+    </row>
+    <row r="38" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="654"/>
+      <c r="C38" s="655"/>
+      <c r="D38" s="642" t="s">
+        <v>607</v>
+      </c>
+      <c r="E38" s="643"/>
+      <c r="F38" s="643"/>
+      <c r="G38" s="643"/>
+      <c r="H38" s="643"/>
+      <c r="I38" s="643"/>
+      <c r="J38" s="644"/>
+      <c r="K38" s="644"/>
+      <c r="L38" s="644"/>
+      <c r="M38" s="644"/>
+      <c r="N38" s="644"/>
+      <c r="O38" s="645"/>
+      <c r="R38" s="330" t="s">
         <v>715</v>
       </c>
-      <c r="S37" s="330"/>
-[...18 lines deleted...]
-      <c r="R38" s="330" t="s">
+      <c r="S38" s="330"/>
+    </row>
+    <row r="39" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="654"/>
+      <c r="C39" s="655"/>
+      <c r="D39" s="662" t="s">
+        <v>785</v>
+      </c>
+      <c r="E39" s="663"/>
+      <c r="F39" s="663"/>
+      <c r="G39" s="663"/>
+      <c r="H39" s="663"/>
+      <c r="I39" s="663"/>
+      <c r="J39" s="664"/>
+      <c r="K39" s="664"/>
+      <c r="L39" s="664"/>
+      <c r="M39" s="664"/>
+      <c r="N39" s="664"/>
+      <c r="O39" s="665"/>
+      <c r="R39" s="330" t="s">
         <v>716</v>
-      </c>
-[...20 lines deleted...]
-        <v>717</v>
       </c>
       <c r="S39" s="330"/>
     </row>
     <row r="40" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="191">
         <v>21</v>
       </c>
-      <c r="B40" s="487" t="s">
+      <c r="B40" s="418" t="s">
         <v>567</v>
       </c>
-      <c r="C40" s="488"/>
-      <c r="D40" s="493" t="s">
+      <c r="C40" s="419"/>
+      <c r="D40" s="550" t="s">
         <v>604</v>
       </c>
-      <c r="E40" s="383"/>
-[...9 lines deleted...]
-      <c r="O40" s="444"/>
+      <c r="E40" s="551"/>
+      <c r="F40" s="551"/>
+      <c r="G40" s="551"/>
+      <c r="H40" s="551"/>
+      <c r="I40" s="551"/>
+      <c r="J40" s="551"/>
+      <c r="K40" s="551"/>
+      <c r="L40" s="551"/>
+      <c r="M40" s="551"/>
+      <c r="N40" s="558"/>
+      <c r="O40" s="559"/>
       <c r="R40" s="330" t="s">
+        <v>717</v>
+      </c>
+      <c r="S40" s="330"/>
+    </row>
+    <row r="41" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="545"/>
+      <c r="C41" s="546"/>
+      <c r="D41" s="547" t="s">
+        <v>807</v>
+      </c>
+      <c r="E41" s="548"/>
+      <c r="F41" s="548"/>
+      <c r="G41" s="548"/>
+      <c r="H41" s="548"/>
+      <c r="I41" s="548"/>
+      <c r="J41" s="548"/>
+      <c r="K41" s="548"/>
+      <c r="L41" s="548"/>
+      <c r="M41" s="548"/>
+      <c r="N41" s="548"/>
+      <c r="O41" s="549"/>
+      <c r="R41" s="330" t="s">
         <v>718</v>
-      </c>
-[...20 lines deleted...]
-        <v>719</v>
       </c>
       <c r="S41" s="330"/>
     </row>
     <row r="42" spans="1:19" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="191">
         <v>22</v>
       </c>
-      <c r="B42" s="337" t="s">
+      <c r="B42" s="454" t="s">
         <v>601</v>
       </c>
-      <c r="C42" s="377"/>
-      <c r="D42" s="382" t="s">
+      <c r="C42" s="455"/>
+      <c r="D42" s="557" t="s">
         <v>643</v>
       </c>
-      <c r="E42" s="383"/>
-[...9 lines deleted...]
-      <c r="O42" s="444"/>
+      <c r="E42" s="551"/>
+      <c r="F42" s="551"/>
+      <c r="G42" s="551"/>
+      <c r="H42" s="551"/>
+      <c r="I42" s="551"/>
+      <c r="J42" s="551"/>
+      <c r="K42" s="551"/>
+      <c r="L42" s="551"/>
+      <c r="M42" s="551"/>
+      <c r="N42" s="558"/>
+      <c r="O42" s="559"/>
       <c r="R42" s="330" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="S42" s="330"/>
     </row>
     <row r="43" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="378"/>
-[...14 lines deleted...]
-      <c r="O43" s="388"/>
+      <c r="B43" s="456"/>
+      <c r="C43" s="457"/>
+      <c r="D43" s="564" t="s">
+        <v>772</v>
+      </c>
+      <c r="E43" s="565"/>
+      <c r="F43" s="565"/>
+      <c r="G43" s="565"/>
+      <c r="H43" s="565"/>
+      <c r="I43" s="565"/>
+      <c r="J43" s="565"/>
+      <c r="K43" s="565"/>
+      <c r="L43" s="565"/>
+      <c r="M43" s="565"/>
+      <c r="N43" s="565"/>
+      <c r="O43" s="566"/>
       <c r="S43" s="330"/>
     </row>
     <row r="44" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="378"/>
-[...12 lines deleted...]
-      <c r="O44" s="500"/>
+      <c r="B44" s="456"/>
+      <c r="C44" s="457"/>
+      <c r="D44" s="567"/>
+      <c r="E44" s="442"/>
+      <c r="F44" s="442"/>
+      <c r="G44" s="442"/>
+      <c r="H44" s="442"/>
+      <c r="I44" s="442"/>
+      <c r="J44" s="442"/>
+      <c r="K44" s="442"/>
+      <c r="L44" s="442"/>
+      <c r="M44" s="442"/>
+      <c r="N44" s="442"/>
+      <c r="O44" s="443"/>
       <c r="S44" s="330"/>
     </row>
     <row r="45" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="378"/>
-[...1 lines deleted...]
-      <c r="D45" s="373" t="s">
+      <c r="B45" s="456"/>
+      <c r="C45" s="457"/>
+      <c r="D45" s="553" t="s">
         <v>568</v>
       </c>
-      <c r="E45" s="374"/>
-[...7 lines deleted...]
-      <c r="M45" s="374"/>
+      <c r="E45" s="554"/>
+      <c r="F45" s="554"/>
+      <c r="G45" s="554"/>
+      <c r="H45" s="554"/>
+      <c r="I45" s="554"/>
+      <c r="J45" s="554"/>
+      <c r="K45" s="554"/>
+      <c r="L45" s="554"/>
+      <c r="M45" s="554"/>
       <c r="N45" s="269"/>
       <c r="O45" s="212" t="s">
         <v>569</v>
       </c>
       <c r="S45" s="330"/>
     </row>
     <row r="46" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="378"/>
-[...1 lines deleted...]
-      <c r="D46" s="483" t="s">
+      <c r="B46" s="456"/>
+      <c r="C46" s="457"/>
+      <c r="D46" s="438" t="s">
         <v>605</v>
       </c>
-      <c r="E46" s="484"/>
-[...9 lines deleted...]
-      <c r="O46" s="502"/>
+      <c r="E46" s="439"/>
+      <c r="F46" s="439"/>
+      <c r="G46" s="439"/>
+      <c r="H46" s="439"/>
+      <c r="I46" s="439"/>
+      <c r="J46" s="439"/>
+      <c r="K46" s="439"/>
+      <c r="L46" s="439"/>
+      <c r="M46" s="439"/>
+      <c r="N46" s="568"/>
+      <c r="O46" s="569"/>
     </row>
     <row r="47" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="378"/>
-[...12 lines deleted...]
-      <c r="M47" s="495"/>
+      <c r="B47" s="456"/>
+      <c r="C47" s="457"/>
+      <c r="D47" s="560" t="s">
+        <v>774</v>
+      </c>
+      <c r="E47" s="561"/>
+      <c r="F47" s="561"/>
+      <c r="G47" s="561"/>
+      <c r="H47" s="561"/>
+      <c r="I47" s="561"/>
+      <c r="J47" s="561"/>
+      <c r="K47" s="561"/>
+      <c r="L47" s="561"/>
+      <c r="M47" s="561"/>
       <c r="N47" s="327"/>
       <c r="O47" s="328" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="378"/>
-[...14 lines deleted...]
-      <c r="O48" s="514"/>
+      <c r="B48" s="456"/>
+      <c r="C48" s="457"/>
+      <c r="D48" s="582" t="s">
+        <v>787</v>
+      </c>
+      <c r="E48" s="583"/>
+      <c r="F48" s="583"/>
+      <c r="G48" s="583"/>
+      <c r="H48" s="583"/>
+      <c r="I48" s="583"/>
+      <c r="J48" s="583"/>
+      <c r="K48" s="583"/>
+      <c r="L48" s="583"/>
+      <c r="M48" s="583"/>
+      <c r="N48" s="583"/>
+      <c r="O48" s="584"/>
     </row>
     <row r="49" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="380"/>
-[...12 lines deleted...]
-      <c r="O49" s="662"/>
+      <c r="B49" s="545"/>
+      <c r="C49" s="570"/>
+      <c r="D49" s="335"/>
+      <c r="E49" s="336"/>
+      <c r="F49" s="336"/>
+      <c r="G49" s="336"/>
+      <c r="H49" s="336"/>
+      <c r="I49" s="336"/>
+      <c r="J49" s="336"/>
+      <c r="K49" s="336"/>
+      <c r="L49" s="336"/>
+      <c r="M49" s="336"/>
+      <c r="N49" s="336"/>
+      <c r="O49" s="337"/>
     </row>
     <row r="50" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="191">
         <v>23</v>
       </c>
-      <c r="B50" s="337" t="s">
-[...16 lines deleted...]
-      <c r="O50" s="444"/>
+      <c r="B50" s="454" t="s">
+        <v>669</v>
+      </c>
+      <c r="C50" s="455"/>
+      <c r="D50" s="571" t="s">
+        <v>766</v>
+      </c>
+      <c r="E50" s="572"/>
+      <c r="F50" s="572"/>
+      <c r="G50" s="572"/>
+      <c r="H50" s="572"/>
+      <c r="I50" s="572"/>
+      <c r="J50" s="572"/>
+      <c r="K50" s="572"/>
+      <c r="L50" s="572"/>
+      <c r="M50" s="572"/>
+      <c r="N50" s="558"/>
+      <c r="O50" s="559"/>
     </row>
     <row r="51" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="380"/>
-[...12 lines deleted...]
-      <c r="O51" s="508"/>
+      <c r="B51" s="545"/>
+      <c r="C51" s="570"/>
+      <c r="D51" s="573"/>
+      <c r="E51" s="574"/>
+      <c r="F51" s="574"/>
+      <c r="G51" s="574"/>
+      <c r="H51" s="574"/>
+      <c r="I51" s="574"/>
+      <c r="J51" s="574"/>
+      <c r="K51" s="574"/>
+      <c r="L51" s="574"/>
+      <c r="M51" s="574"/>
+      <c r="N51" s="575"/>
+      <c r="O51" s="576"/>
     </row>
     <row r="52" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="191">
         <v>24</v>
       </c>
-      <c r="B52" s="378" t="s">
+      <c r="B52" s="456" t="s">
         <v>570</v>
       </c>
-      <c r="C52" s="340"/>
-[...13 lines deleted...]
-      <c r="O52" s="474"/>
+      <c r="C52" s="577"/>
+      <c r="D52" s="562" t="s">
+        <v>765</v>
+      </c>
+      <c r="E52" s="563"/>
+      <c r="F52" s="563"/>
+      <c r="G52" s="563"/>
+      <c r="H52" s="563"/>
+      <c r="I52" s="563"/>
+      <c r="J52" s="563"/>
+      <c r="K52" s="563"/>
+      <c r="L52" s="563"/>
+      <c r="M52" s="563"/>
+      <c r="N52" s="463"/>
+      <c r="O52" s="464"/>
     </row>
     <row r="53" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="339"/>
-[...12 lines deleted...]
-      <c r="M53" s="374"/>
+      <c r="B53" s="578"/>
+      <c r="C53" s="577"/>
+      <c r="D53" s="553" t="s">
+        <v>773</v>
+      </c>
+      <c r="E53" s="554"/>
+      <c r="F53" s="554"/>
+      <c r="G53" s="554"/>
+      <c r="H53" s="554"/>
+      <c r="I53" s="554"/>
+      <c r="J53" s="554"/>
+      <c r="K53" s="554"/>
+      <c r="L53" s="554"/>
+      <c r="M53" s="554"/>
       <c r="N53" s="269"/>
       <c r="O53" s="212" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="54" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="339"/>
-[...1 lines deleted...]
-      <c r="D54" s="494" t="s">
+      <c r="B54" s="578"/>
+      <c r="C54" s="577"/>
+      <c r="D54" s="560" t="s">
         <v>624</v>
       </c>
-      <c r="E54" s="495"/>
-[...3 lines deleted...]
-      <c r="I54" s="495"/>
+      <c r="E54" s="561"/>
+      <c r="F54" s="561"/>
+      <c r="G54" s="561"/>
+      <c r="H54" s="561"/>
+      <c r="I54" s="561"/>
       <c r="J54" s="213" t="s">
         <v>549</v>
       </c>
       <c r="K54" s="270"/>
       <c r="L54" s="213" t="s">
         <v>561</v>
       </c>
       <c r="M54" s="270"/>
       <c r="N54" s="213" t="s">
         <v>551</v>
       </c>
       <c r="O54" s="271"/>
     </row>
     <row r="55" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="191">
         <v>25</v>
       </c>
-      <c r="B55" s="337" t="s">
+      <c r="B55" s="454" t="s">
         <v>571</v>
       </c>
-      <c r="C55" s="377"/>
-      <c r="D55" s="496" t="s">
+      <c r="C55" s="455"/>
+      <c r="D55" s="562" t="s">
         <v>618</v>
       </c>
-      <c r="E55" s="497"/>
-[...9 lines deleted...]
-      <c r="O55" s="474"/>
+      <c r="E55" s="563"/>
+      <c r="F55" s="563"/>
+      <c r="G55" s="563"/>
+      <c r="H55" s="563"/>
+      <c r="I55" s="563"/>
+      <c r="J55" s="563"/>
+      <c r="K55" s="563"/>
+      <c r="L55" s="563"/>
+      <c r="M55" s="563"/>
+      <c r="N55" s="463"/>
+      <c r="O55" s="464"/>
     </row>
     <row r="56" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="378"/>
-[...1 lines deleted...]
-      <c r="D56" s="475" t="s">
+      <c r="B56" s="456"/>
+      <c r="C56" s="457"/>
+      <c r="D56" s="485" t="s">
         <v>619</v>
       </c>
-      <c r="E56" s="476"/>
-[...9 lines deleted...]
-      <c r="O56" s="478"/>
+      <c r="E56" s="486"/>
+      <c r="F56" s="486"/>
+      <c r="G56" s="486"/>
+      <c r="H56" s="486"/>
+      <c r="I56" s="486"/>
+      <c r="J56" s="486"/>
+      <c r="K56" s="486"/>
+      <c r="L56" s="486"/>
+      <c r="M56" s="486"/>
+      <c r="N56" s="599"/>
+      <c r="O56" s="600"/>
     </row>
     <row r="57" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="378"/>
-[...14 lines deleted...]
-      <c r="O57" s="511"/>
+      <c r="B57" s="456"/>
+      <c r="C57" s="457"/>
+      <c r="D57" s="579" t="s">
+        <v>808</v>
+      </c>
+      <c r="E57" s="580"/>
+      <c r="F57" s="580"/>
+      <c r="G57" s="580"/>
+      <c r="H57" s="580"/>
+      <c r="I57" s="580"/>
+      <c r="J57" s="580"/>
+      <c r="K57" s="580"/>
+      <c r="L57" s="580"/>
+      <c r="M57" s="580"/>
+      <c r="N57" s="580"/>
+      <c r="O57" s="581"/>
     </row>
     <row r="58" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="378"/>
-[...1 lines deleted...]
-      <c r="D58" s="441" t="s">
+      <c r="B58" s="456"/>
+      <c r="C58" s="457"/>
+      <c r="D58" s="555" t="s">
         <v>572</v>
       </c>
-      <c r="E58" s="442"/>
-[...9 lines deleted...]
-      <c r="O58" s="457"/>
+      <c r="E58" s="556"/>
+      <c r="F58" s="556"/>
+      <c r="G58" s="556"/>
+      <c r="H58" s="556"/>
+      <c r="I58" s="556"/>
+      <c r="J58" s="451"/>
+      <c r="K58" s="451"/>
+      <c r="L58" s="451"/>
+      <c r="M58" s="451"/>
+      <c r="N58" s="451"/>
+      <c r="O58" s="552"/>
     </row>
     <row r="59" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="378"/>
-[...1 lines deleted...]
-      <c r="D59" s="441" t="s">
+      <c r="B59" s="456"/>
+      <c r="C59" s="457"/>
+      <c r="D59" s="555" t="s">
         <v>565</v>
       </c>
-      <c r="E59" s="442"/>
-[...3 lines deleted...]
-      <c r="I59" s="442"/>
+      <c r="E59" s="556"/>
+      <c r="F59" s="556"/>
+      <c r="G59" s="556"/>
+      <c r="H59" s="556"/>
+      <c r="I59" s="556"/>
       <c r="J59" s="246" t="s">
         <v>549</v>
       </c>
       <c r="K59" s="272"/>
       <c r="L59" s="246" t="s">
         <v>550</v>
       </c>
       <c r="M59" s="272"/>
       <c r="N59" s="246" t="s">
         <v>551</v>
       </c>
       <c r="O59" s="273"/>
     </row>
     <row r="60" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="378"/>
-[...1 lines deleted...]
-      <c r="D60" s="441" t="s">
+      <c r="B60" s="456"/>
+      <c r="C60" s="457"/>
+      <c r="D60" s="555" t="s">
         <v>566</v>
       </c>
-      <c r="E60" s="442"/>
-[...9 lines deleted...]
-      <c r="O60" s="457"/>
+      <c r="E60" s="556"/>
+      <c r="F60" s="556"/>
+      <c r="G60" s="556"/>
+      <c r="H60" s="556"/>
+      <c r="I60" s="556"/>
+      <c r="J60" s="451"/>
+      <c r="K60" s="451"/>
+      <c r="L60" s="451"/>
+      <c r="M60" s="451"/>
+      <c r="N60" s="451"/>
+      <c r="O60" s="552"/>
     </row>
     <row r="61" spans="1:15" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="378"/>
-[...1 lines deleted...]
-      <c r="D61" s="441" t="s">
+      <c r="B61" s="456"/>
+      <c r="C61" s="457"/>
+      <c r="D61" s="555" t="s">
         <v>573</v>
       </c>
-      <c r="E61" s="442"/>
-[...9 lines deleted...]
-      <c r="O61" s="457"/>
+      <c r="E61" s="556"/>
+      <c r="F61" s="556"/>
+      <c r="G61" s="556"/>
+      <c r="H61" s="556"/>
+      <c r="I61" s="556"/>
+      <c r="J61" s="451"/>
+      <c r="K61" s="451"/>
+      <c r="L61" s="451"/>
+      <c r="M61" s="451"/>
+      <c r="N61" s="451"/>
+      <c r="O61" s="552"/>
     </row>
     <row r="62" spans="1:15" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="378"/>
-[...1 lines deleted...]
-      <c r="D62" s="483" t="s">
+      <c r="B62" s="456"/>
+      <c r="C62" s="457"/>
+      <c r="D62" s="438" t="s">
         <v>574</v>
       </c>
-      <c r="E62" s="484"/>
-[...9 lines deleted...]
-      <c r="O62" s="457"/>
+      <c r="E62" s="439"/>
+      <c r="F62" s="439"/>
+      <c r="G62" s="439"/>
+      <c r="H62" s="439"/>
+      <c r="I62" s="439"/>
+      <c r="J62" s="451"/>
+      <c r="K62" s="451"/>
+      <c r="L62" s="451"/>
+      <c r="M62" s="451"/>
+      <c r="N62" s="451"/>
+      <c r="O62" s="552"/>
     </row>
     <row r="63" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="378"/>
-[...14 lines deleted...]
-      <c r="O63" s="617"/>
+      <c r="B63" s="456"/>
+      <c r="C63" s="457"/>
+      <c r="D63" s="605" t="s">
+        <v>796</v>
+      </c>
+      <c r="E63" s="606"/>
+      <c r="F63" s="606"/>
+      <c r="G63" s="606"/>
+      <c r="H63" s="606"/>
+      <c r="I63" s="606"/>
+      <c r="J63" s="451"/>
+      <c r="K63" s="451"/>
+      <c r="L63" s="451"/>
+      <c r="M63" s="452"/>
+      <c r="N63" s="452"/>
+      <c r="O63" s="453"/>
     </row>
     <row r="64" spans="1:15" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B64" s="471"/>
-[...1 lines deleted...]
-      <c r="D64" s="479" t="s">
+      <c r="B64" s="420"/>
+      <c r="C64" s="598"/>
+      <c r="D64" s="601" t="s">
         <v>625</v>
       </c>
-      <c r="E64" s="480"/>
-[...9 lines deleted...]
-      <c r="O64" s="482"/>
+      <c r="E64" s="602"/>
+      <c r="F64" s="602"/>
+      <c r="G64" s="602"/>
+      <c r="H64" s="602"/>
+      <c r="I64" s="602"/>
+      <c r="J64" s="602"/>
+      <c r="K64" s="602"/>
+      <c r="L64" s="602"/>
+      <c r="M64" s="602"/>
+      <c r="N64" s="603"/>
+      <c r="O64" s="604"/>
     </row>
     <row r="65" spans="1:15" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B65" s="250"/>
       <c r="C65" s="251"/>
       <c r="D65" s="252"/>
       <c r="E65" s="252"/>
       <c r="F65" s="252"/>
       <c r="G65" s="252"/>
       <c r="H65" s="252"/>
       <c r="I65" s="252"/>
       <c r="J65" s="253"/>
       <c r="K65" s="252"/>
       <c r="L65" s="252"/>
       <c r="M65" s="253"/>
       <c r="N65" s="252"/>
       <c r="O65" s="252"/>
     </row>
     <row r="66" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B66" s="465" t="s">
+      <c r="B66" s="585" t="s">
         <v>594</v>
       </c>
-      <c r="C66" s="466"/>
-[...11 lines deleted...]
-      <c r="O66" s="467"/>
+      <c r="C66" s="586"/>
+      <c r="D66" s="586"/>
+      <c r="E66" s="586"/>
+      <c r="F66" s="586"/>
+      <c r="G66" s="586"/>
+      <c r="H66" s="586"/>
+      <c r="I66" s="586"/>
+      <c r="J66" s="586"/>
+      <c r="K66" s="586"/>
+      <c r="L66" s="586"/>
+      <c r="M66" s="586"/>
+      <c r="N66" s="586"/>
+      <c r="O66" s="587"/>
     </row>
     <row r="67" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="326">
         <v>26</v>
       </c>
-      <c r="B67" s="337" t="s">
-[...3 lines deleted...]
-      <c r="D67" s="382" t="s">
+      <c r="B67" s="454" t="s">
+        <v>670</v>
+      </c>
+      <c r="C67" s="349"/>
+      <c r="D67" s="557" t="s">
         <v>575</v>
       </c>
-      <c r="E67" s="383"/>
-[...8 lines deleted...]
-      <c r="N67" s="432" t="s">
+      <c r="E67" s="551"/>
+      <c r="F67" s="551"/>
+      <c r="G67" s="551"/>
+      <c r="H67" s="551"/>
+      <c r="I67" s="551"/>
+      <c r="J67" s="595"/>
+      <c r="K67" s="595"/>
+      <c r="L67" s="595"/>
+      <c r="M67" s="595"/>
+      <c r="N67" s="591" t="s">
         <v>581</v>
       </c>
-      <c r="O67" s="433"/>
+      <c r="O67" s="592"/>
     </row>
     <row r="68" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B68" s="339"/>
-[...1 lines deleted...]
-      <c r="D68" s="458" t="s">
+      <c r="B68" s="578"/>
+      <c r="C68" s="577"/>
+      <c r="D68" s="593" t="s">
         <v>576</v>
       </c>
-      <c r="E68" s="459"/>
-[...8 lines deleted...]
-      <c r="N68" s="432" t="s">
+      <c r="E68" s="594"/>
+      <c r="F68" s="594"/>
+      <c r="G68" s="594"/>
+      <c r="H68" s="594"/>
+      <c r="I68" s="594"/>
+      <c r="J68" s="595"/>
+      <c r="K68" s="595"/>
+      <c r="L68" s="595"/>
+      <c r="M68" s="595"/>
+      <c r="N68" s="591" t="s">
         <v>582</v>
       </c>
-      <c r="O68" s="433"/>
+      <c r="O68" s="592"/>
     </row>
     <row r="69" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B69" s="339"/>
-[...1 lines deleted...]
-      <c r="D69" s="458" t="s">
+      <c r="B69" s="578"/>
+      <c r="C69" s="577"/>
+      <c r="D69" s="593" t="s">
         <v>577</v>
       </c>
-      <c r="E69" s="459"/>
-[...8 lines deleted...]
-      <c r="N69" s="432" t="s">
+      <c r="E69" s="594"/>
+      <c r="F69" s="594"/>
+      <c r="G69" s="594"/>
+      <c r="H69" s="594"/>
+      <c r="I69" s="594"/>
+      <c r="J69" s="595"/>
+      <c r="K69" s="595"/>
+      <c r="L69" s="595"/>
+      <c r="M69" s="595"/>
+      <c r="N69" s="591" t="s">
         <v>582</v>
       </c>
-      <c r="O69" s="433"/>
+      <c r="O69" s="592"/>
     </row>
     <row r="70" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B70" s="339"/>
-[...1 lines deleted...]
-      <c r="D70" s="458" t="s">
+      <c r="B70" s="578"/>
+      <c r="C70" s="577"/>
+      <c r="D70" s="593" t="s">
         <v>578</v>
       </c>
-      <c r="E70" s="459"/>
-[...8 lines deleted...]
-      <c r="N70" s="432" t="s">
+      <c r="E70" s="594"/>
+      <c r="F70" s="594"/>
+      <c r="G70" s="594"/>
+      <c r="H70" s="594"/>
+      <c r="I70" s="594"/>
+      <c r="J70" s="595"/>
+      <c r="K70" s="595"/>
+      <c r="L70" s="595"/>
+      <c r="M70" s="595"/>
+      <c r="N70" s="591" t="s">
         <v>582</v>
       </c>
-      <c r="O70" s="433"/>
+      <c r="O70" s="592"/>
     </row>
     <row r="71" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B71" s="339"/>
-[...1 lines deleted...]
-      <c r="D71" s="458" t="s">
+      <c r="B71" s="578"/>
+      <c r="C71" s="577"/>
+      <c r="D71" s="593" t="s">
         <v>579</v>
       </c>
-      <c r="E71" s="459"/>
-[...8 lines deleted...]
-      <c r="N71" s="432" t="s">
+      <c r="E71" s="594"/>
+      <c r="F71" s="594"/>
+      <c r="G71" s="594"/>
+      <c r="H71" s="594"/>
+      <c r="I71" s="594"/>
+      <c r="J71" s="595"/>
+      <c r="K71" s="595"/>
+      <c r="L71" s="595"/>
+      <c r="M71" s="595"/>
+      <c r="N71" s="591" t="s">
         <v>582</v>
       </c>
-      <c r="O71" s="433"/>
+      <c r="O71" s="592"/>
     </row>
     <row r="72" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B72" s="339"/>
-[...1 lines deleted...]
-      <c r="D72" s="369" t="s">
+      <c r="B72" s="578"/>
+      <c r="C72" s="577"/>
+      <c r="D72" s="596" t="s">
         <v>580</v>
       </c>
-      <c r="E72" s="370"/>
-[...8 lines deleted...]
-      <c r="N72" s="432" t="s">
+      <c r="E72" s="597"/>
+      <c r="F72" s="597"/>
+      <c r="G72" s="597"/>
+      <c r="H72" s="597"/>
+      <c r="I72" s="597"/>
+      <c r="J72" s="595"/>
+      <c r="K72" s="595"/>
+      <c r="L72" s="595"/>
+      <c r="M72" s="595"/>
+      <c r="N72" s="591" t="s">
         <v>582</v>
       </c>
-      <c r="O72" s="433"/>
+      <c r="O72" s="592"/>
     </row>
     <row r="73" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B73" s="341"/>
-[...1 lines deleted...]
-      <c r="D73" s="434" t="s">
+      <c r="B73" s="350"/>
+      <c r="C73" s="351"/>
+      <c r="D73" s="646" t="s">
         <v>583</v>
       </c>
-      <c r="E73" s="435"/>
-[...4 lines deleted...]
-      <c r="J73" s="422" t="str">
+      <c r="E73" s="647"/>
+      <c r="F73" s="647"/>
+      <c r="G73" s="647"/>
+      <c r="H73" s="647"/>
+      <c r="I73" s="647"/>
+      <c r="J73" s="631" t="str">
         <f>IF(SUM(J67:M72)=0, "0", SUM(J67:M72))</f>
         <v>0</v>
       </c>
-      <c r="K73" s="422"/>
-[...2 lines deleted...]
-      <c r="N73" s="416" t="s">
+      <c r="K73" s="631"/>
+      <c r="L73" s="631"/>
+      <c r="M73" s="631"/>
+      <c r="N73" s="625" t="s">
         <v>581</v>
       </c>
-      <c r="O73" s="417"/>
+      <c r="O73" s="626"/>
     </row>
     <row r="74" spans="1:15" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="191">
         <v>27</v>
       </c>
-      <c r="B74" s="337" t="s">
-[...16 lines deleted...]
-      <c r="O74" s="470"/>
+      <c r="B74" s="454" t="s">
+        <v>782</v>
+      </c>
+      <c r="C74" s="455"/>
+      <c r="D74" s="588" t="s">
+        <v>767</v>
+      </c>
+      <c r="E74" s="589"/>
+      <c r="F74" s="589"/>
+      <c r="G74" s="589"/>
+      <c r="H74" s="589"/>
+      <c r="I74" s="589"/>
+      <c r="J74" s="589"/>
+      <c r="K74" s="589"/>
+      <c r="L74" s="589"/>
+      <c r="M74" s="589"/>
+      <c r="N74" s="589"/>
+      <c r="O74" s="590"/>
     </row>
     <row r="75" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B75" s="378"/>
-[...1 lines deleted...]
-      <c r="D75" s="455" t="s">
+      <c r="B75" s="456"/>
+      <c r="C75" s="457"/>
+      <c r="D75" s="619" t="s">
         <v>584</v>
       </c>
-      <c r="E75" s="412"/>
+      <c r="E75" s="471"/>
       <c r="F75" s="245" t="s">
         <v>549</v>
       </c>
       <c r="G75" s="274"/>
       <c r="H75" s="245" t="s">
         <v>561</v>
       </c>
       <c r="I75" s="274"/>
-      <c r="J75" s="411" t="s">
-[...2 lines deleted...]
-      <c r="K75" s="412"/>
+      <c r="J75" s="470" t="s">
+        <v>671</v>
+      </c>
+      <c r="K75" s="471"/>
       <c r="L75" s="245" t="s">
         <v>549</v>
       </c>
       <c r="M75" s="274"/>
       <c r="N75" s="245" t="s">
         <v>561</v>
       </c>
       <c r="O75" s="275"/>
     </row>
     <row r="76" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B76" s="378"/>
-[...1 lines deleted...]
-      <c r="D76" s="413" t="s">
+      <c r="B76" s="456"/>
+      <c r="C76" s="457"/>
+      <c r="D76" s="472" t="s">
         <v>585</v>
       </c>
-      <c r="E76" s="412"/>
-[...4 lines deleted...]
-      <c r="J76" s="411" t="s">
+      <c r="E76" s="471"/>
+      <c r="F76" s="436"/>
+      <c r="G76" s="436"/>
+      <c r="H76" s="436"/>
+      <c r="I76" s="436"/>
+      <c r="J76" s="470" t="s">
         <v>586</v>
       </c>
-      <c r="K76" s="412"/>
-[...3 lines deleted...]
-      <c r="O76" s="415"/>
+      <c r="K76" s="471"/>
+      <c r="L76" s="436"/>
+      <c r="M76" s="436"/>
+      <c r="N76" s="436"/>
+      <c r="O76" s="437"/>
     </row>
     <row r="77" spans="1:15" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B77" s="378"/>
-[...1 lines deleted...]
-      <c r="D77" s="403" t="s">
+      <c r="B77" s="456"/>
+      <c r="C77" s="457"/>
+      <c r="D77" s="656" t="s">
         <v>587</v>
       </c>
-      <c r="E77" s="404"/>
-[...4 lines deleted...]
-      <c r="J77" s="405" t="s">
+      <c r="E77" s="657"/>
+      <c r="F77" s="659"/>
+      <c r="G77" s="659"/>
+      <c r="H77" s="659"/>
+      <c r="I77" s="659"/>
+      <c r="J77" s="658" t="s">
         <v>588</v>
       </c>
-      <c r="K77" s="405"/>
-[...3 lines deleted...]
-      <c r="O77" s="407"/>
+      <c r="K77" s="658"/>
+      <c r="L77" s="475"/>
+      <c r="M77" s="475"/>
+      <c r="N77" s="475"/>
+      <c r="O77" s="476"/>
     </row>
     <row r="78" spans="1:15" ht="48" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="B78" s="378"/>
-[...1 lines deleted...]
-      <c r="D78" s="409" t="s">
+      <c r="B78" s="456"/>
+      <c r="C78" s="457"/>
+      <c r="D78" s="468" t="s">
         <v>584</v>
       </c>
-      <c r="E78" s="410"/>
+      <c r="E78" s="469"/>
       <c r="F78" s="254" t="s">
         <v>549</v>
       </c>
       <c r="G78" s="276"/>
       <c r="H78" s="254" t="s">
         <v>561</v>
       </c>
       <c r="I78" s="276"/>
-      <c r="J78" s="411" t="s">
-[...2 lines deleted...]
-      <c r="K78" s="412"/>
+      <c r="J78" s="470" t="s">
+        <v>671</v>
+      </c>
+      <c r="K78" s="471"/>
       <c r="L78" s="254" t="s">
         <v>549</v>
       </c>
       <c r="M78" s="276"/>
       <c r="N78" s="254" t="s">
         <v>561</v>
       </c>
       <c r="O78" s="277"/>
     </row>
     <row r="79" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B79" s="378"/>
-[...1 lines deleted...]
-      <c r="D79" s="413" t="s">
+      <c r="B79" s="456"/>
+      <c r="C79" s="457"/>
+      <c r="D79" s="472" t="s">
         <v>585</v>
       </c>
-      <c r="E79" s="412"/>
-[...4 lines deleted...]
-      <c r="J79" s="411" t="s">
+      <c r="E79" s="471"/>
+      <c r="F79" s="436"/>
+      <c r="G79" s="436"/>
+      <c r="H79" s="436"/>
+      <c r="I79" s="436"/>
+      <c r="J79" s="470" t="s">
         <v>586</v>
       </c>
-      <c r="K79" s="412"/>
-[...3 lines deleted...]
-      <c r="O79" s="415"/>
+      <c r="K79" s="471"/>
+      <c r="L79" s="436"/>
+      <c r="M79" s="436"/>
+      <c r="N79" s="436"/>
+      <c r="O79" s="437"/>
     </row>
     <row r="80" spans="1:15" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B80" s="378"/>
-[...1 lines deleted...]
-      <c r="D80" s="403" t="s">
+      <c r="B80" s="456"/>
+      <c r="C80" s="457"/>
+      <c r="D80" s="656" t="s">
         <v>587</v>
       </c>
-      <c r="E80" s="404"/>
-[...4 lines deleted...]
-      <c r="J80" s="405" t="s">
+      <c r="E80" s="657"/>
+      <c r="F80" s="659"/>
+      <c r="G80" s="659"/>
+      <c r="H80" s="659"/>
+      <c r="I80" s="659"/>
+      <c r="J80" s="658" t="s">
         <v>588</v>
       </c>
-      <c r="K80" s="405"/>
-[...3 lines deleted...]
-      <c r="O80" s="407"/>
+      <c r="K80" s="658"/>
+      <c r="L80" s="475"/>
+      <c r="M80" s="475"/>
+      <c r="N80" s="475"/>
+      <c r="O80" s="476"/>
     </row>
     <row r="81" spans="1:26" ht="48" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="B81" s="378"/>
-[...1 lines deleted...]
-      <c r="D81" s="409" t="s">
+      <c r="B81" s="456"/>
+      <c r="C81" s="457"/>
+      <c r="D81" s="468" t="s">
         <v>584</v>
       </c>
-      <c r="E81" s="410"/>
+      <c r="E81" s="469"/>
       <c r="F81" s="254" t="s">
         <v>549</v>
       </c>
       <c r="G81" s="276"/>
       <c r="H81" s="254" t="s">
         <v>561</v>
       </c>
       <c r="I81" s="276"/>
-      <c r="J81" s="411" t="s">
-[...2 lines deleted...]
-      <c r="K81" s="412"/>
+      <c r="J81" s="470" t="s">
+        <v>671</v>
+      </c>
+      <c r="K81" s="471"/>
       <c r="L81" s="254" t="s">
         <v>549</v>
       </c>
       <c r="M81" s="276"/>
       <c r="N81" s="254" t="s">
         <v>561</v>
       </c>
       <c r="O81" s="277"/>
     </row>
     <row r="82" spans="1:26" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B82" s="378"/>
-[...1 lines deleted...]
-      <c r="D82" s="413" t="s">
+      <c r="B82" s="456"/>
+      <c r="C82" s="457"/>
+      <c r="D82" s="472" t="s">
         <v>585</v>
       </c>
-      <c r="E82" s="412"/>
-[...4 lines deleted...]
-      <c r="J82" s="411" t="s">
+      <c r="E82" s="471"/>
+      <c r="F82" s="436"/>
+      <c r="G82" s="436"/>
+      <c r="H82" s="436"/>
+      <c r="I82" s="436"/>
+      <c r="J82" s="470" t="s">
         <v>586</v>
       </c>
-      <c r="K82" s="412"/>
-[...3 lines deleted...]
-      <c r="O82" s="415"/>
+      <c r="K82" s="471"/>
+      <c r="L82" s="436"/>
+      <c r="M82" s="436"/>
+      <c r="N82" s="436"/>
+      <c r="O82" s="437"/>
     </row>
     <row r="83" spans="1:26" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B83" s="380"/>
-[...1 lines deleted...]
-      <c r="D83" s="403" t="s">
+      <c r="B83" s="545"/>
+      <c r="C83" s="570"/>
+      <c r="D83" s="656" t="s">
         <v>587</v>
       </c>
-      <c r="E83" s="404"/>
-[...4 lines deleted...]
-      <c r="J83" s="405" t="s">
+      <c r="E83" s="657"/>
+      <c r="F83" s="659"/>
+      <c r="G83" s="659"/>
+      <c r="H83" s="659"/>
+      <c r="I83" s="659"/>
+      <c r="J83" s="658" t="s">
         <v>588</v>
       </c>
-      <c r="K83" s="405"/>
-[...3 lines deleted...]
-      <c r="O83" s="407"/>
+      <c r="K83" s="658"/>
+      <c r="L83" s="475"/>
+      <c r="M83" s="475"/>
+      <c r="N83" s="475"/>
+      <c r="O83" s="476"/>
     </row>
     <row r="84" spans="1:26" ht="36" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A84" s="191">
         <v>28</v>
       </c>
-      <c r="B84" s="337" t="s">
-[...3 lines deleted...]
-      <c r="D84" s="620" t="s">
+      <c r="B84" s="454" t="s">
+        <v>672</v>
+      </c>
+      <c r="C84" s="455"/>
+      <c r="D84" s="460" t="s">
         <v>620</v>
       </c>
-      <c r="E84" s="621"/>
-[...9 lines deleted...]
-      <c r="O84" s="474"/>
+      <c r="E84" s="461"/>
+      <c r="F84" s="461"/>
+      <c r="G84" s="461"/>
+      <c r="H84" s="461"/>
+      <c r="I84" s="461"/>
+      <c r="J84" s="462"/>
+      <c r="K84" s="462"/>
+      <c r="L84" s="461"/>
+      <c r="M84" s="461"/>
+      <c r="N84" s="463"/>
+      <c r="O84" s="464"/>
     </row>
     <row r="85" spans="1:26" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B85" s="378"/>
-[...14 lines deleted...]
-      <c r="O85" s="500"/>
+      <c r="B85" s="456"/>
+      <c r="C85" s="457"/>
+      <c r="D85" s="441" t="s">
+        <v>768</v>
+      </c>
+      <c r="E85" s="442"/>
+      <c r="F85" s="442"/>
+      <c r="G85" s="442"/>
+      <c r="H85" s="442"/>
+      <c r="I85" s="442"/>
+      <c r="J85" s="442"/>
+      <c r="K85" s="442"/>
+      <c r="L85" s="442"/>
+      <c r="M85" s="442"/>
+      <c r="N85" s="442"/>
+      <c r="O85" s="443"/>
     </row>
     <row r="86" spans="1:26" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B86" s="378"/>
-[...1 lines deleted...]
-      <c r="D86" s="626" t="s">
+      <c r="B86" s="456"/>
+      <c r="C86" s="457"/>
+      <c r="D86" s="473" t="s">
         <v>589</v>
       </c>
-      <c r="E86" s="627"/>
+      <c r="E86" s="474"/>
       <c r="F86" s="244" t="s">
         <v>549</v>
       </c>
       <c r="G86" s="278"/>
       <c r="H86" s="244" t="s">
         <v>561</v>
       </c>
       <c r="I86" s="278"/>
-      <c r="J86" s="627" t="s">
+      <c r="J86" s="474" t="s">
         <v>590</v>
       </c>
-      <c r="K86" s="627"/>
+      <c r="K86" s="474"/>
       <c r="L86" s="244" t="s">
         <v>549</v>
       </c>
       <c r="M86" s="278"/>
       <c r="N86" s="244" t="s">
         <v>561</v>
       </c>
       <c r="O86" s="279"/>
     </row>
     <row r="87" spans="1:26" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B87" s="378"/>
-[...1 lines deleted...]
-      <c r="D87" s="623" t="s">
+      <c r="B87" s="456"/>
+      <c r="C87" s="457"/>
+      <c r="D87" s="465" t="s">
         <v>591</v>
       </c>
-      <c r="E87" s="624"/>
-[...4 lines deleted...]
-      <c r="J87" s="625" t="s">
+      <c r="E87" s="466"/>
+      <c r="F87" s="416"/>
+      <c r="G87" s="416"/>
+      <c r="H87" s="416"/>
+      <c r="I87" s="416"/>
+      <c r="J87" s="467" t="s">
         <v>592</v>
       </c>
-      <c r="K87" s="624"/>
-[...3 lines deleted...]
-      <c r="O87" s="523"/>
+      <c r="K87" s="466"/>
+      <c r="L87" s="416"/>
+      <c r="M87" s="416"/>
+      <c r="N87" s="416"/>
+      <c r="O87" s="417"/>
     </row>
     <row r="88" spans="1:26" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B88" s="378"/>
-[...1 lines deleted...]
-      <c r="D88" s="409" t="s">
+      <c r="B88" s="456"/>
+      <c r="C88" s="457"/>
+      <c r="D88" s="468" t="s">
         <v>589</v>
       </c>
-      <c r="E88" s="410"/>
+      <c r="E88" s="469"/>
       <c r="F88" s="254" t="s">
         <v>549</v>
       </c>
       <c r="G88" s="276"/>
       <c r="H88" s="254" t="s">
         <v>561</v>
       </c>
       <c r="I88" s="276"/>
-      <c r="J88" s="410" t="s">
+      <c r="J88" s="469" t="s">
         <v>590</v>
       </c>
-      <c r="K88" s="410"/>
+      <c r="K88" s="469"/>
       <c r="L88" s="254" t="s">
         <v>549</v>
       </c>
       <c r="M88" s="276"/>
       <c r="N88" s="254" t="s">
         <v>561</v>
       </c>
       <c r="O88" s="277"/>
     </row>
     <row r="89" spans="1:26" s="218" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="191"/>
-      <c r="B89" s="618"/>
-[...1 lines deleted...]
-      <c r="D89" s="623" t="s">
+      <c r="B89" s="458"/>
+      <c r="C89" s="459"/>
+      <c r="D89" s="465" t="s">
         <v>591</v>
       </c>
-      <c r="E89" s="624"/>
-[...4 lines deleted...]
-      <c r="J89" s="625" t="s">
+      <c r="E89" s="466"/>
+      <c r="F89" s="416"/>
+      <c r="G89" s="416"/>
+      <c r="H89" s="416"/>
+      <c r="I89" s="416"/>
+      <c r="J89" s="467" t="s">
         <v>592</v>
       </c>
-      <c r="K89" s="624"/>
-[...3 lines deleted...]
-      <c r="O89" s="523"/>
+      <c r="K89" s="466"/>
+      <c r="L89" s="416"/>
+      <c r="M89" s="416"/>
+      <c r="N89" s="416"/>
+      <c r="O89" s="417"/>
       <c r="P89" s="189"/>
       <c r="Q89" s="189"/>
       <c r="R89" s="329"/>
       <c r="S89" s="329"/>
       <c r="T89" s="189"/>
       <c r="U89" s="189"/>
       <c r="V89" s="189"/>
       <c r="W89" s="189"/>
       <c r="X89" s="189"/>
       <c r="Y89" s="189"/>
       <c r="Z89" s="189"/>
     </row>
     <row r="90" spans="1:26" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="191">
         <v>29</v>
       </c>
-      <c r="B90" s="487" t="s">
+      <c r="B90" s="418" t="s">
         <v>621</v>
       </c>
-      <c r="C90" s="488"/>
-[...13 lines deleted...]
-      <c r="O90" s="639"/>
+      <c r="C90" s="419"/>
+      <c r="D90" s="422"/>
+      <c r="E90" s="423"/>
+      <c r="F90" s="423"/>
+      <c r="G90" s="423"/>
+      <c r="H90" s="423"/>
+      <c r="I90" s="423"/>
+      <c r="J90" s="424" t="s">
+        <v>769</v>
+      </c>
+      <c r="K90" s="425"/>
+      <c r="L90" s="425"/>
+      <c r="M90" s="425"/>
+      <c r="N90" s="425"/>
+      <c r="O90" s="426"/>
     </row>
     <row r="91" spans="1:26" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B91" s="471"/>
-[...12 lines deleted...]
-      <c r="O91" s="642"/>
+      <c r="B91" s="420"/>
+      <c r="C91" s="421"/>
+      <c r="D91" s="427"/>
+      <c r="E91" s="428"/>
+      <c r="F91" s="428"/>
+      <c r="G91" s="428"/>
+      <c r="H91" s="428"/>
+      <c r="I91" s="428"/>
+      <c r="J91" s="428"/>
+      <c r="K91" s="428"/>
+      <c r="L91" s="428"/>
+      <c r="M91" s="428"/>
+      <c r="N91" s="428"/>
+      <c r="O91" s="429"/>
       <c r="R91" s="331"/>
     </row>
     <row r="92" spans="1:26" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="247"/>
       <c r="C92" s="255"/>
       <c r="D92" s="256"/>
       <c r="E92" s="256"/>
       <c r="F92" s="256"/>
       <c r="G92" s="256"/>
       <c r="H92" s="256"/>
       <c r="I92" s="256"/>
       <c r="J92" s="256"/>
       <c r="K92" s="256"/>
       <c r="L92" s="256"/>
       <c r="M92" s="256"/>
       <c r="N92" s="256"/>
       <c r="O92" s="256"/>
     </row>
     <row r="93" spans="1:26" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C93" s="189"/>
       <c r="D93" s="189"/>
       <c r="E93" s="189"/>
       <c r="F93" s="189"/>
       <c r="G93" s="189"/>
       <c r="H93" s="189"/>
       <c r="I93" s="189"/>
       <c r="J93" s="189"/>
       <c r="K93" s="189"/>
       <c r="L93" s="189"/>
       <c r="M93" s="189"/>
       <c r="N93" s="189"/>
       <c r="O93" s="189"/>
     </row>
     <row r="94" spans="1:26" s="198" customFormat="1" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A94" s="191"/>
-      <c r="B94" s="628" t="s">
-[...14 lines deleted...]
-      <c r="O94" s="630"/>
+      <c r="B94" s="407" t="s">
+        <v>806</v>
+      </c>
+      <c r="C94" s="408"/>
+      <c r="D94" s="408"/>
+      <c r="E94" s="408"/>
+      <c r="F94" s="408"/>
+      <c r="G94" s="408"/>
+      <c r="H94" s="408"/>
+      <c r="I94" s="408"/>
+      <c r="J94" s="408"/>
+      <c r="K94" s="408"/>
+      <c r="L94" s="408"/>
+      <c r="M94" s="408"/>
+      <c r="N94" s="408"/>
+      <c r="O94" s="409"/>
       <c r="R94" s="331"/>
       <c r="S94" s="331"/>
     </row>
     <row r="95" spans="1:26" s="198" customFormat="1" ht="21.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A95" s="191"/>
-      <c r="B95" s="631" t="s">
-[...14 lines deleted...]
-      <c r="O95" s="633"/>
+      <c r="B95" s="410" t="s">
+        <v>720</v>
+      </c>
+      <c r="C95" s="411"/>
+      <c r="D95" s="411"/>
+      <c r="E95" s="411"/>
+      <c r="F95" s="411"/>
+      <c r="G95" s="411"/>
+      <c r="H95" s="411"/>
+      <c r="I95" s="411"/>
+      <c r="J95" s="411"/>
+      <c r="K95" s="411"/>
+      <c r="L95" s="411"/>
+      <c r="M95" s="411"/>
+      <c r="N95" s="411"/>
+      <c r="O95" s="412"/>
       <c r="P95" s="189"/>
       <c r="Q95" s="189"/>
       <c r="R95" s="331"/>
       <c r="S95" s="331"/>
     </row>
     <row r="96" spans="1:26" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="191">
         <v>30</v>
       </c>
-      <c r="B96" s="519" t="s">
+      <c r="B96" s="430" t="s">
         <v>572</v>
       </c>
-      <c r="C96" s="520"/>
-[...11 lines deleted...]
-      <c r="O96" s="531"/>
+      <c r="C96" s="431"/>
+      <c r="D96" s="432"/>
+      <c r="E96" s="433"/>
+      <c r="F96" s="433"/>
+      <c r="G96" s="433"/>
+      <c r="H96" s="433"/>
+      <c r="I96" s="433"/>
+      <c r="J96" s="433"/>
+      <c r="K96" s="433"/>
+      <c r="L96" s="433"/>
+      <c r="M96" s="433"/>
+      <c r="N96" s="433"/>
+      <c r="O96" s="434"/>
       <c r="P96" s="189"/>
       <c r="Q96" s="189"/>
       <c r="R96" s="331"/>
       <c r="S96" s="331"/>
     </row>
     <row r="97" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="325">
         <v>31</v>
       </c>
-      <c r="B97" s="534" t="s">
+      <c r="B97" s="444" t="s">
         <v>595</v>
       </c>
-      <c r="C97" s="535"/>
-[...11 lines deleted...]
-      <c r="O97" s="415"/>
+      <c r="C97" s="445"/>
+      <c r="D97" s="435"/>
+      <c r="E97" s="436"/>
+      <c r="F97" s="436"/>
+      <c r="G97" s="436"/>
+      <c r="H97" s="436"/>
+      <c r="I97" s="436"/>
+      <c r="J97" s="436"/>
+      <c r="K97" s="436"/>
+      <c r="L97" s="436"/>
+      <c r="M97" s="436"/>
+      <c r="N97" s="436"/>
+      <c r="O97" s="437"/>
       <c r="R97" s="329"/>
       <c r="S97" s="331"/>
     </row>
     <row r="98" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="191"/>
-      <c r="B98" s="536"/>
-[...14 lines deleted...]
-      <c r="O98" s="540"/>
+      <c r="B98" s="446"/>
+      <c r="C98" s="447"/>
+      <c r="D98" s="448" t="s">
+        <v>812</v>
+      </c>
+      <c r="E98" s="449"/>
+      <c r="F98" s="449"/>
+      <c r="G98" s="449"/>
+      <c r="H98" s="449"/>
+      <c r="I98" s="449"/>
+      <c r="J98" s="449"/>
+      <c r="K98" s="449"/>
+      <c r="L98" s="449"/>
+      <c r="M98" s="449"/>
+      <c r="N98" s="449"/>
+      <c r="O98" s="450"/>
       <c r="R98" s="329"/>
       <c r="S98" s="331"/>
     </row>
     <row r="99" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="325">
         <v>32</v>
       </c>
-      <c r="B99" s="515" t="s">
-[...3 lines deleted...]
-      <c r="D99" s="483" t="s">
+      <c r="B99" s="413" t="s">
+        <v>673</v>
+      </c>
+      <c r="C99" s="414"/>
+      <c r="D99" s="438" t="s">
         <v>596</v>
       </c>
-      <c r="E99" s="484"/>
-      <c r="F99" s="484"/>
+      <c r="E99" s="439"/>
+      <c r="F99" s="439"/>
       <c r="G99" s="274"/>
-      <c r="H99" s="518" t="s">
+      <c r="H99" s="440" t="s">
         <v>597</v>
       </c>
-      <c r="I99" s="518"/>
-[...5 lines deleted...]
-      <c r="O99" s="415"/>
+      <c r="I99" s="440"/>
+      <c r="J99" s="440"/>
+      <c r="K99" s="440"/>
+      <c r="L99" s="436"/>
+      <c r="M99" s="436"/>
+      <c r="N99" s="436"/>
+      <c r="O99" s="437"/>
       <c r="R99" s="331"/>
       <c r="S99" s="331"/>
     </row>
     <row r="100" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="325">
         <v>33</v>
       </c>
-      <c r="B100" s="515" t="s">
+      <c r="B100" s="413" t="s">
         <v>598</v>
       </c>
-      <c r="C100" s="516"/>
-[...11 lines deleted...]
-      <c r="O100" s="415"/>
+      <c r="C100" s="414"/>
+      <c r="D100" s="435"/>
+      <c r="E100" s="436"/>
+      <c r="F100" s="436"/>
+      <c r="G100" s="436"/>
+      <c r="H100" s="436"/>
+      <c r="I100" s="436"/>
+      <c r="J100" s="436"/>
+      <c r="K100" s="436"/>
+      <c r="L100" s="436"/>
+      <c r="M100" s="436"/>
+      <c r="N100" s="436"/>
+      <c r="O100" s="437"/>
       <c r="P100" s="189"/>
       <c r="Q100" s="189"/>
       <c r="R100" s="331"/>
       <c r="S100" s="331"/>
     </row>
     <row r="101" spans="1:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="325">
         <v>34</v>
       </c>
-      <c r="B101" s="515" t="s">
+      <c r="B101" s="413" t="s">
         <v>599</v>
       </c>
-      <c r="C101" s="516"/>
-[...11 lines deleted...]
-      <c r="O101" s="523"/>
+      <c r="C101" s="414"/>
+      <c r="D101" s="415"/>
+      <c r="E101" s="416"/>
+      <c r="F101" s="416"/>
+      <c r="G101" s="416"/>
+      <c r="H101" s="416"/>
+      <c r="I101" s="416"/>
+      <c r="J101" s="416"/>
+      <c r="K101" s="416"/>
+      <c r="L101" s="416"/>
+      <c r="M101" s="416"/>
+      <c r="N101" s="416"/>
+      <c r="O101" s="417"/>
       <c r="R101" s="331"/>
     </row>
     <row r="102" spans="1:19" s="198" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="325"/>
-      <c r="B102" s="515"/>
-[...14 lines deleted...]
-      <c r="O102" s="500"/>
+      <c r="B102" s="413"/>
+      <c r="C102" s="414"/>
+      <c r="D102" s="441" t="s">
+        <v>809</v>
+      </c>
+      <c r="E102" s="442"/>
+      <c r="F102" s="442"/>
+      <c r="G102" s="442"/>
+      <c r="H102" s="442"/>
+      <c r="I102" s="442"/>
+      <c r="J102" s="442"/>
+      <c r="K102" s="442"/>
+      <c r="L102" s="442"/>
+      <c r="M102" s="442"/>
+      <c r="N102" s="442"/>
+      <c r="O102" s="443"/>
       <c r="R102" s="331"/>
       <c r="S102" s="331"/>
     </row>
     <row r="103" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="325">
         <v>35</v>
       </c>
-      <c r="B103" s="515" t="s">
-[...14 lines deleted...]
-      <c r="O103" s="415"/>
+      <c r="B103" s="413" t="s">
+        <v>674</v>
+      </c>
+      <c r="C103" s="414"/>
+      <c r="D103" s="435"/>
+      <c r="E103" s="436"/>
+      <c r="F103" s="436"/>
+      <c r="G103" s="436"/>
+      <c r="H103" s="436"/>
+      <c r="I103" s="436"/>
+      <c r="J103" s="436"/>
+      <c r="K103" s="436"/>
+      <c r="L103" s="436"/>
+      <c r="M103" s="436"/>
+      <c r="N103" s="436"/>
+      <c r="O103" s="437"/>
       <c r="R103" s="331"/>
       <c r="S103" s="331"/>
     </row>
     <row r="104" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="325">
         <v>36</v>
       </c>
-      <c r="B104" s="515" t="s">
-[...3 lines deleted...]
-      <c r="D104" s="475" t="s">
+      <c r="B104" s="413" t="s">
+        <v>675</v>
+      </c>
+      <c r="C104" s="414"/>
+      <c r="D104" s="485" t="s">
         <v>596</v>
       </c>
-      <c r="E104" s="476"/>
-      <c r="F104" s="476"/>
+      <c r="E104" s="486"/>
+      <c r="F104" s="486"/>
       <c r="G104" s="280"/>
-      <c r="H104" s="521" t="s">
+      <c r="H104" s="487" t="s">
         <v>597</v>
       </c>
-      <c r="I104" s="521"/>
-[...5 lines deleted...]
-      <c r="O104" s="523"/>
+      <c r="I104" s="487"/>
+      <c r="J104" s="487"/>
+      <c r="K104" s="487"/>
+      <c r="L104" s="416"/>
+      <c r="M104" s="416"/>
+      <c r="N104" s="416"/>
+      <c r="O104" s="417"/>
       <c r="R104" s="331"/>
       <c r="S104" s="331"/>
     </row>
     <row r="105" spans="1:19" s="198" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="325"/>
-      <c r="B105" s="515"/>
-[...14 lines deleted...]
-      <c r="O105" s="500"/>
+      <c r="B105" s="413"/>
+      <c r="C105" s="414"/>
+      <c r="D105" s="441" t="s">
+        <v>776</v>
+      </c>
+      <c r="E105" s="442"/>
+      <c r="F105" s="442"/>
+      <c r="G105" s="442"/>
+      <c r="H105" s="442"/>
+      <c r="I105" s="442"/>
+      <c r="J105" s="442"/>
+      <c r="K105" s="442"/>
+      <c r="L105" s="442"/>
+      <c r="M105" s="442"/>
+      <c r="N105" s="442"/>
+      <c r="O105" s="443"/>
       <c r="R105" s="331"/>
       <c r="S105" s="331"/>
     </row>
     <row r="106" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="325">
         <v>37</v>
       </c>
-      <c r="B106" s="532" t="s">
+      <c r="B106" s="543" t="s">
         <v>645</v>
       </c>
-      <c r="C106" s="533"/>
-[...10 lines deleted...]
-      <c r="N106" s="525"/>
+      <c r="C106" s="544"/>
+      <c r="D106" s="533"/>
+      <c r="E106" s="534"/>
+      <c r="F106" s="534"/>
+      <c r="G106" s="534"/>
+      <c r="H106" s="534"/>
+      <c r="I106" s="534"/>
+      <c r="J106" s="534"/>
+      <c r="K106" s="534"/>
+      <c r="L106" s="534"/>
+      <c r="M106" s="534"/>
+      <c r="N106" s="534"/>
       <c r="O106" s="257" t="s">
         <v>626</v>
       </c>
       <c r="R106" s="329"/>
       <c r="S106" s="331"/>
     </row>
     <row r="107" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="191"/>
-      <c r="B107" s="526" t="s">
-[...14 lines deleted...]
-      <c r="O107" s="528"/>
+      <c r="B107" s="540" t="s">
+        <v>721</v>
+      </c>
+      <c r="C107" s="541"/>
+      <c r="D107" s="541"/>
+      <c r="E107" s="541"/>
+      <c r="F107" s="541"/>
+      <c r="G107" s="541"/>
+      <c r="H107" s="541"/>
+      <c r="I107" s="541"/>
+      <c r="J107" s="541"/>
+      <c r="K107" s="541"/>
+      <c r="L107" s="541"/>
+      <c r="M107" s="541"/>
+      <c r="N107" s="541"/>
+      <c r="O107" s="542"/>
       <c r="R107" s="329"/>
       <c r="S107" s="331"/>
     </row>
     <row r="108" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="325">
         <v>38</v>
       </c>
-      <c r="B108" s="519" t="s">
+      <c r="B108" s="430" t="s">
         <v>572</v>
       </c>
-      <c r="C108" s="520"/>
-[...11 lines deleted...]
-      <c r="O108" s="531"/>
+      <c r="C108" s="431"/>
+      <c r="D108" s="432"/>
+      <c r="E108" s="433"/>
+      <c r="F108" s="433"/>
+      <c r="G108" s="433"/>
+      <c r="H108" s="433"/>
+      <c r="I108" s="433"/>
+      <c r="J108" s="433"/>
+      <c r="K108" s="433"/>
+      <c r="L108" s="433"/>
+      <c r="M108" s="433"/>
+      <c r="N108" s="433"/>
+      <c r="O108" s="434"/>
       <c r="R108" s="331"/>
       <c r="S108" s="331"/>
     </row>
     <row r="109" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="325">
         <v>39</v>
       </c>
-      <c r="B109" s="534" t="s">
+      <c r="B109" s="444" t="s">
         <v>595</v>
       </c>
-      <c r="C109" s="535"/>
-[...11 lines deleted...]
-      <c r="O109" s="415"/>
+      <c r="C109" s="445"/>
+      <c r="D109" s="435"/>
+      <c r="E109" s="436"/>
+      <c r="F109" s="436"/>
+      <c r="G109" s="436"/>
+      <c r="H109" s="436"/>
+      <c r="I109" s="436"/>
+      <c r="J109" s="436"/>
+      <c r="K109" s="436"/>
+      <c r="L109" s="436"/>
+      <c r="M109" s="436"/>
+      <c r="N109" s="436"/>
+      <c r="O109" s="437"/>
       <c r="P109" s="189"/>
       <c r="Q109" s="189"/>
       <c r="R109" s="329"/>
       <c r="S109" s="331"/>
     </row>
     <row r="110" spans="1:19" s="198" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="325"/>
-      <c r="B110" s="536"/>
-[...14 lines deleted...]
-      <c r="O110" s="540"/>
+      <c r="B110" s="446"/>
+      <c r="C110" s="447"/>
+      <c r="D110" s="448" t="s">
+        <v>812</v>
+      </c>
+      <c r="E110" s="449"/>
+      <c r="F110" s="449"/>
+      <c r="G110" s="449"/>
+      <c r="H110" s="449"/>
+      <c r="I110" s="449"/>
+      <c r="J110" s="449"/>
+      <c r="K110" s="449"/>
+      <c r="L110" s="449"/>
+      <c r="M110" s="449"/>
+      <c r="N110" s="449"/>
+      <c r="O110" s="450"/>
       <c r="P110" s="189"/>
       <c r="Q110" s="189"/>
       <c r="R110" s="329"/>
       <c r="S110" s="331"/>
     </row>
     <row r="111" spans="1:19" s="198" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="325">
         <v>40</v>
       </c>
-      <c r="B111" s="515" t="s">
-[...3 lines deleted...]
-      <c r="D111" s="483" t="s">
+      <c r="B111" s="413" t="s">
+        <v>673</v>
+      </c>
+      <c r="C111" s="414"/>
+      <c r="D111" s="438" t="s">
         <v>596</v>
       </c>
-      <c r="E111" s="484"/>
-      <c r="F111" s="484"/>
+      <c r="E111" s="439"/>
+      <c r="F111" s="439"/>
       <c r="G111" s="274"/>
-      <c r="H111" s="518" t="s">
+      <c r="H111" s="440" t="s">
         <v>597</v>
       </c>
-      <c r="I111" s="518"/>
-[...5 lines deleted...]
-      <c r="O111" s="415"/>
+      <c r="I111" s="440"/>
+      <c r="J111" s="440"/>
+      <c r="K111" s="440"/>
+      <c r="L111" s="436"/>
+      <c r="M111" s="436"/>
+      <c r="N111" s="436"/>
+      <c r="O111" s="437"/>
       <c r="R111" s="329"/>
       <c r="S111" s="331"/>
     </row>
     <row r="112" spans="1:19" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="325">
         <v>41</v>
       </c>
-      <c r="B112" s="515" t="s">
+      <c r="B112" s="413" t="s">
         <v>598</v>
       </c>
-      <c r="C112" s="516"/>
-[...11 lines deleted...]
-      <c r="O112" s="415"/>
+      <c r="C112" s="414"/>
+      <c r="D112" s="435"/>
+      <c r="E112" s="436"/>
+      <c r="F112" s="436"/>
+      <c r="G112" s="436"/>
+      <c r="H112" s="436"/>
+      <c r="I112" s="436"/>
+      <c r="J112" s="436"/>
+      <c r="K112" s="436"/>
+      <c r="L112" s="436"/>
+      <c r="M112" s="436"/>
+      <c r="N112" s="436"/>
+      <c r="O112" s="437"/>
     </row>
     <row r="113" spans="1:16" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="325">
         <v>42</v>
       </c>
-      <c r="B113" s="515" t="s">
+      <c r="B113" s="413" t="s">
         <v>599</v>
       </c>
-      <c r="C113" s="516"/>
-[...11 lines deleted...]
-      <c r="O113" s="523"/>
+      <c r="C113" s="414"/>
+      <c r="D113" s="415"/>
+      <c r="E113" s="416"/>
+      <c r="F113" s="416"/>
+      <c r="G113" s="416"/>
+      <c r="H113" s="416"/>
+      <c r="I113" s="416"/>
+      <c r="J113" s="416"/>
+      <c r="K113" s="416"/>
+      <c r="L113" s="416"/>
+      <c r="M113" s="416"/>
+      <c r="N113" s="416"/>
+      <c r="O113" s="417"/>
     </row>
     <row r="114" spans="1:16" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="325"/>
-      <c r="B114" s="515"/>
-[...14 lines deleted...]
-      <c r="O114" s="500"/>
+      <c r="B114" s="413"/>
+      <c r="C114" s="414"/>
+      <c r="D114" s="441" t="s">
+        <v>809</v>
+      </c>
+      <c r="E114" s="442"/>
+      <c r="F114" s="442"/>
+      <c r="G114" s="442"/>
+      <c r="H114" s="442"/>
+      <c r="I114" s="442"/>
+      <c r="J114" s="442"/>
+      <c r="K114" s="442"/>
+      <c r="L114" s="442"/>
+      <c r="M114" s="442"/>
+      <c r="N114" s="442"/>
+      <c r="O114" s="443"/>
       <c r="P114" s="217"/>
     </row>
     <row r="115" spans="1:16" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="325">
         <v>43</v>
       </c>
-      <c r="B115" s="515" t="s">
-[...14 lines deleted...]
-      <c r="O115" s="415"/>
+      <c r="B115" s="413" t="s">
+        <v>674</v>
+      </c>
+      <c r="C115" s="414"/>
+      <c r="D115" s="435"/>
+      <c r="E115" s="436"/>
+      <c r="F115" s="436"/>
+      <c r="G115" s="436"/>
+      <c r="H115" s="436"/>
+      <c r="I115" s="436"/>
+      <c r="J115" s="436"/>
+      <c r="K115" s="436"/>
+      <c r="L115" s="436"/>
+      <c r="M115" s="436"/>
+      <c r="N115" s="436"/>
+      <c r="O115" s="437"/>
       <c r="P115" s="217"/>
     </row>
     <row r="116" spans="1:16" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="325">
         <v>44</v>
       </c>
-      <c r="B116" s="515" t="s">
-[...3 lines deleted...]
-      <c r="D116" s="475" t="s">
+      <c r="B116" s="413" t="s">
+        <v>675</v>
+      </c>
+      <c r="C116" s="414"/>
+      <c r="D116" s="485" t="s">
         <v>596</v>
       </c>
-      <c r="E116" s="476"/>
-      <c r="F116" s="476"/>
+      <c r="E116" s="486"/>
+      <c r="F116" s="486"/>
       <c r="G116" s="280"/>
-      <c r="H116" s="521" t="s">
+      <c r="H116" s="487" t="s">
         <v>597</v>
       </c>
-      <c r="I116" s="521"/>
-[...5 lines deleted...]
-      <c r="O116" s="523"/>
+      <c r="I116" s="487"/>
+      <c r="J116" s="487"/>
+      <c r="K116" s="487"/>
+      <c r="L116" s="416"/>
+      <c r="M116" s="416"/>
+      <c r="N116" s="416"/>
+      <c r="O116" s="417"/>
       <c r="P116" s="217"/>
     </row>
     <row r="117" spans="1:16" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="325"/>
-      <c r="B117" s="515"/>
-[...14 lines deleted...]
-      <c r="O117" s="500"/>
+      <c r="B117" s="413"/>
+      <c r="C117" s="414"/>
+      <c r="D117" s="441" t="s">
+        <v>776</v>
+      </c>
+      <c r="E117" s="442"/>
+      <c r="F117" s="442"/>
+      <c r="G117" s="442"/>
+      <c r="H117" s="442"/>
+      <c r="I117" s="442"/>
+      <c r="J117" s="442"/>
+      <c r="K117" s="442"/>
+      <c r="L117" s="442"/>
+      <c r="M117" s="442"/>
+      <c r="N117" s="442"/>
+      <c r="O117" s="443"/>
       <c r="P117" s="217"/>
     </row>
     <row r="118" spans="1:16" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A118" s="191">
         <v>45</v>
       </c>
-      <c r="B118" s="548" t="s">
+      <c r="B118" s="538" t="s">
         <v>645</v>
       </c>
-      <c r="C118" s="549"/>
-[...10 lines deleted...]
-      <c r="N118" s="525"/>
+      <c r="C118" s="539"/>
+      <c r="D118" s="533"/>
+      <c r="E118" s="534"/>
+      <c r="F118" s="534"/>
+      <c r="G118" s="534"/>
+      <c r="H118" s="534"/>
+      <c r="I118" s="534"/>
+      <c r="J118" s="534"/>
+      <c r="K118" s="534"/>
+      <c r="L118" s="534"/>
+      <c r="M118" s="534"/>
+      <c r="N118" s="534"/>
       <c r="O118" s="257" t="s">
         <v>626</v>
       </c>
       <c r="P118" s="217"/>
     </row>
     <row r="119" spans="1:16" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A119" s="325"/>
-      <c r="B119" s="545" t="s">
+      <c r="B119" s="535" t="s">
         <v>638</v>
       </c>
-      <c r="C119" s="546"/>
-[...11 lines deleted...]
-      <c r="O119" s="547"/>
+      <c r="C119" s="536"/>
+      <c r="D119" s="536"/>
+      <c r="E119" s="536"/>
+      <c r="F119" s="536"/>
+      <c r="G119" s="536"/>
+      <c r="H119" s="536"/>
+      <c r="I119" s="536"/>
+      <c r="J119" s="536"/>
+      <c r="K119" s="536"/>
+      <c r="L119" s="536"/>
+      <c r="M119" s="536"/>
+      <c r="N119" s="536"/>
+      <c r="O119" s="537"/>
       <c r="P119" s="216"/>
     </row>
     <row r="120" spans="1:16" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="191">
         <v>46</v>
       </c>
-      <c r="B120" s="596"/>
-      <c r="C120" s="598" t="s">
+      <c r="B120" s="492"/>
+      <c r="C120" s="494" t="s">
         <v>631</v>
       </c>
-      <c r="D120" s="600" t="s">
-[...10 lines deleted...]
-      <c r="M120" s="602" t="str">
+      <c r="D120" s="496" t="s">
+        <v>678</v>
+      </c>
+      <c r="E120" s="497"/>
+      <c r="F120" s="497"/>
+      <c r="G120" s="497"/>
+      <c r="H120" s="497"/>
+      <c r="I120" s="497"/>
+      <c r="J120" s="497"/>
+      <c r="K120" s="497"/>
+      <c r="L120" s="497"/>
+      <c r="M120" s="498" t="e">
         <f>_xlfn.IFS(J6=S4, "1,439,200", J6=S5,"1,331,600", J6=S6,"1,771,600",J6=S7,"2,400,000")</f>
-        <v>2,400,000</v>
-[...2 lines deleted...]
-      <c r="O120" s="603" t="s">
+        <v>#N/A</v>
+      </c>
+      <c r="N120" s="498"/>
+      <c r="O120" s="499" t="s">
         <v>626</v>
       </c>
       <c r="P120" s="216"/>
     </row>
     <row r="121" spans="1:16" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B121" s="596"/>
-[...12 lines deleted...]
-      <c r="O121" s="603"/>
+      <c r="B121" s="492"/>
+      <c r="C121" s="494"/>
+      <c r="D121" s="490"/>
+      <c r="E121" s="491"/>
+      <c r="F121" s="491"/>
+      <c r="G121" s="491"/>
+      <c r="H121" s="491"/>
+      <c r="I121" s="491"/>
+      <c r="J121" s="491"/>
+      <c r="K121" s="491"/>
+      <c r="L121" s="491"/>
+      <c r="M121" s="498"/>
+      <c r="N121" s="498"/>
+      <c r="O121" s="499"/>
       <c r="P121" s="216"/>
     </row>
     <row r="122" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B122" s="596"/>
-[...1 lines deleted...]
-      <c r="D122" s="592" t="s">
+      <c r="B122" s="492"/>
+      <c r="C122" s="494"/>
+      <c r="D122" s="488" t="s">
         <v>642</v>
       </c>
-      <c r="E122" s="593"/>
-[...9 lines deleted...]
-      <c r="O122" s="605"/>
+      <c r="E122" s="489"/>
+      <c r="F122" s="489"/>
+      <c r="G122" s="489"/>
+      <c r="H122" s="489"/>
+      <c r="I122" s="489"/>
+      <c r="J122" s="489"/>
+      <c r="K122" s="489"/>
+      <c r="L122" s="489"/>
+      <c r="M122" s="500"/>
+      <c r="N122" s="500"/>
+      <c r="O122" s="501"/>
       <c r="P122" s="216"/>
     </row>
     <row r="123" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B123" s="596"/>
-[...12 lines deleted...]
-      <c r="O123" s="607"/>
+      <c r="B123" s="492"/>
+      <c r="C123" s="494"/>
+      <c r="D123" s="490"/>
+      <c r="E123" s="491"/>
+      <c r="F123" s="491"/>
+      <c r="G123" s="491"/>
+      <c r="H123" s="491"/>
+      <c r="I123" s="491"/>
+      <c r="J123" s="491"/>
+      <c r="K123" s="491"/>
+      <c r="L123" s="491"/>
+      <c r="M123" s="502"/>
+      <c r="N123" s="502"/>
+      <c r="O123" s="503"/>
       <c r="P123" s="216"/>
     </row>
     <row r="124" spans="1:16" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B124" s="596"/>
-[...1 lines deleted...]
-      <c r="D124" s="608" t="s">
+      <c r="B124" s="492"/>
+      <c r="C124" s="495"/>
+      <c r="D124" s="504" t="s">
         <v>639</v>
       </c>
-      <c r="E124" s="609"/>
-[...7 lines deleted...]
-      <c r="M124" s="610" t="str">
+      <c r="E124" s="505"/>
+      <c r="F124" s="505"/>
+      <c r="G124" s="505"/>
+      <c r="H124" s="505"/>
+      <c r="I124" s="505"/>
+      <c r="J124" s="505"/>
+      <c r="K124" s="505"/>
+      <c r="L124" s="505"/>
+      <c r="M124" s="506" t="str">
         <f>IFERROR(_xlfn.IFS(M122="いいえ NO",M120, M122="20％ 減免 Reduction", M120*0.8, M122="50％ 減免 Reduction", M120*0.5, M122="100％ 減免 Reduction", "0", M122="",M120), "")</f>
-        <v>2,400,000</v>
-[...1 lines deleted...]
-      <c r="N124" s="610"/>
+        <v/>
+      </c>
+      <c r="N124" s="506"/>
       <c r="O124" s="258" t="s">
         <v>626</v>
       </c>
       <c r="P124" s="216"/>
     </row>
     <row r="125" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="191">
         <v>47</v>
       </c>
-      <c r="B125" s="596"/>
-      <c r="C125" s="611" t="s">
+      <c r="B125" s="492"/>
+      <c r="C125" s="507" t="s">
         <v>627</v>
       </c>
-      <c r="D125" s="612" t="s">
-[...12 lines deleted...]
-      <c r="O125" s="542" t="s">
+      <c r="D125" s="508" t="s">
+        <v>805</v>
+      </c>
+      <c r="E125" s="509"/>
+      <c r="F125" s="509"/>
+      <c r="G125" s="509"/>
+      <c r="H125" s="509"/>
+      <c r="I125" s="509"/>
+      <c r="J125" s="509"/>
+      <c r="K125" s="509"/>
+      <c r="L125" s="509"/>
+      <c r="M125" s="392"/>
+      <c r="N125" s="392"/>
+      <c r="O125" s="530" t="s">
         <v>626</v>
       </c>
       <c r="P125" s="216"/>
     </row>
     <row r="126" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B126" s="596"/>
-[...12 lines deleted...]
-      <c r="O126" s="543"/>
+      <c r="B126" s="492"/>
+      <c r="C126" s="494"/>
+      <c r="D126" s="510"/>
+      <c r="E126" s="511"/>
+      <c r="F126" s="511"/>
+      <c r="G126" s="511"/>
+      <c r="H126" s="511"/>
+      <c r="I126" s="511"/>
+      <c r="J126" s="511"/>
+      <c r="K126" s="511"/>
+      <c r="L126" s="511"/>
+      <c r="M126" s="394"/>
+      <c r="N126" s="394"/>
+      <c r="O126" s="531"/>
       <c r="P126" s="216"/>
     </row>
     <row r="127" spans="1:16" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B127" s="597"/>
+      <c r="B127" s="493"/>
       <c r="C127" s="297"/>
       <c r="D127" s="288" t="s">
         <v>630</v>
       </c>
-      <c r="E127" s="544" t="s">
+      <c r="E127" s="532" t="s">
         <v>629</v>
       </c>
-      <c r="F127" s="544"/>
-[...6 lines deleted...]
-      <c r="M127" s="541">
+      <c r="F127" s="532"/>
+      <c r="G127" s="532"/>
+      <c r="H127" s="532"/>
+      <c r="I127" s="532"/>
+      <c r="J127" s="532"/>
+      <c r="K127" s="532"/>
+      <c r="L127" s="532"/>
+      <c r="M127" s="529" t="str">
         <f>IFERROR(M124+M125," ")</f>
-        <v>2400000</v>
-[...1 lines deleted...]
-      <c r="N127" s="541"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="N127" s="529"/>
       <c r="O127" s="259" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="128" spans="1:16" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="B128" s="643" t="s">
-[...14 lines deleted...]
-      <c r="O128" s="645"/>
+      <c r="B128" s="374" t="s">
+        <v>676</v>
+      </c>
+      <c r="C128" s="375"/>
+      <c r="D128" s="375"/>
+      <c r="E128" s="375"/>
+      <c r="F128" s="375"/>
+      <c r="G128" s="375"/>
+      <c r="H128" s="375"/>
+      <c r="I128" s="375"/>
+      <c r="J128" s="375"/>
+      <c r="K128" s="375"/>
+      <c r="L128" s="375"/>
+      <c r="M128" s="375"/>
+      <c r="N128" s="375"/>
+      <c r="O128" s="376"/>
       <c r="P128" s="216"/>
     </row>
     <row r="129" spans="1:15" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B129" s="646"/>
-[...16 lines deleted...]
-      <c r="O129" s="653"/>
+      <c r="B129" s="377"/>
+      <c r="C129" s="379" t="s">
+        <v>770</v>
+      </c>
+      <c r="D129" s="380"/>
+      <c r="E129" s="380"/>
+      <c r="F129" s="380"/>
+      <c r="G129" s="380"/>
+      <c r="H129" s="380"/>
+      <c r="I129" s="380"/>
+      <c r="J129" s="380"/>
+      <c r="K129" s="380"/>
+      <c r="L129" s="381"/>
+      <c r="M129" s="382" t="s">
+        <v>810</v>
+      </c>
+      <c r="N129" s="383"/>
+      <c r="O129" s="384"/>
     </row>
     <row r="130" spans="1:15" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="191">
         <v>48</v>
       </c>
-      <c r="B130" s="647"/>
-[...3 lines deleted...]
-      <c r="D130" s="559" t="s">
+      <c r="B130" s="378"/>
+      <c r="C130" s="385" t="s">
+        <v>794</v>
+      </c>
+      <c r="D130" s="386" t="s">
         <v>635</v>
       </c>
-      <c r="E130" s="560"/>
-      <c r="F130" s="561" t="s">
+      <c r="E130" s="387"/>
+      <c r="F130" s="388" t="s">
         <v>633</v>
       </c>
-      <c r="G130" s="562"/>
-[...3 lines deleted...]
-      <c r="K130" s="563"/>
+      <c r="G130" s="389"/>
+      <c r="H130" s="389"/>
+      <c r="I130" s="389"/>
+      <c r="J130" s="390"/>
+      <c r="K130" s="390"/>
       <c r="L130" s="260" t="s">
         <v>626</v>
       </c>
-      <c r="M130" s="564"/>
-[...1 lines deleted...]
-      <c r="O130" s="568" t="s">
+      <c r="M130" s="391"/>
+      <c r="N130" s="392"/>
+      <c r="O130" s="395" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="131" spans="1:15" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B131" s="647"/>
-[...1 lines deleted...]
-      <c r="D131" s="570" t="s">
+      <c r="B131" s="378"/>
+      <c r="C131" s="385"/>
+      <c r="D131" s="397" t="s">
         <v>632</v>
       </c>
-      <c r="E131" s="571"/>
-      <c r="F131" s="570" t="s">
+      <c r="E131" s="398"/>
+      <c r="F131" s="397" t="s">
         <v>640</v>
       </c>
-      <c r="G131" s="572"/>
-[...3 lines deleted...]
-      <c r="K131" s="573"/>
+      <c r="G131" s="399"/>
+      <c r="H131" s="399"/>
+      <c r="I131" s="399"/>
+      <c r="J131" s="400"/>
+      <c r="K131" s="400"/>
       <c r="L131" s="261" t="s">
         <v>626</v>
       </c>
-      <c r="M131" s="566"/>
-[...1 lines deleted...]
-      <c r="O131" s="569"/>
+      <c r="M131" s="393"/>
+      <c r="N131" s="394"/>
+      <c r="O131" s="396"/>
     </row>
     <row r="132" spans="1:15" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="191">
         <v>49</v>
       </c>
-      <c r="B132" s="647"/>
-[...3 lines deleted...]
-      <c r="D132" s="559" t="s">
+      <c r="B132" s="378"/>
+      <c r="C132" s="385" t="s">
+        <v>795</v>
+      </c>
+      <c r="D132" s="386" t="s">
         <v>635</v>
       </c>
-      <c r="E132" s="560"/>
-      <c r="F132" s="561" t="s">
+      <c r="E132" s="387"/>
+      <c r="F132" s="388" t="s">
         <v>633</v>
       </c>
-      <c r="G132" s="562"/>
-[...3 lines deleted...]
-      <c r="K132" s="563"/>
+      <c r="G132" s="389"/>
+      <c r="H132" s="389"/>
+      <c r="I132" s="389"/>
+      <c r="J132" s="390"/>
+      <c r="K132" s="390"/>
       <c r="L132" s="260" t="s">
         <v>626</v>
       </c>
-      <c r="M132" s="564"/>
-[...1 lines deleted...]
-      <c r="O132" s="568" t="s">
+      <c r="M132" s="391"/>
+      <c r="N132" s="392"/>
+      <c r="O132" s="395" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="133" spans="1:15" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B133" s="647"/>
-[...1 lines deleted...]
-      <c r="D133" s="570" t="s">
+      <c r="B133" s="378"/>
+      <c r="C133" s="385"/>
+      <c r="D133" s="397" t="s">
         <v>632</v>
       </c>
-      <c r="E133" s="571"/>
-      <c r="F133" s="570" t="s">
+      <c r="E133" s="398"/>
+      <c r="F133" s="397" t="s">
         <v>641</v>
       </c>
-      <c r="G133" s="572"/>
-[...3 lines deleted...]
-      <c r="K133" s="573"/>
+      <c r="G133" s="399"/>
+      <c r="H133" s="399"/>
+      <c r="I133" s="399"/>
+      <c r="J133" s="400"/>
+      <c r="K133" s="400"/>
       <c r="L133" s="261" t="s">
         <v>626</v>
       </c>
-      <c r="M133" s="566"/>
-[...1 lines deleted...]
-      <c r="O133" s="569"/>
+      <c r="M133" s="393"/>
+      <c r="N133" s="394"/>
+      <c r="O133" s="396"/>
     </row>
     <row r="134" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="191">
         <v>50</v>
       </c>
-      <c r="B134" s="647"/>
-      <c r="C134" s="574" t="s">
+      <c r="B134" s="378"/>
+      <c r="C134" s="519" t="s">
         <v>634</v>
       </c>
-      <c r="D134" s="561" t="s">
+      <c r="D134" s="388" t="s">
         <v>635</v>
       </c>
-      <c r="E134" s="576"/>
-      <c r="F134" s="561" t="s">
+      <c r="E134" s="521"/>
+      <c r="F134" s="388" t="s">
         <v>633</v>
       </c>
-      <c r="G134" s="562"/>
-[...3 lines deleted...]
-      <c r="K134" s="563"/>
+      <c r="G134" s="389"/>
+      <c r="H134" s="389"/>
+      <c r="I134" s="389"/>
+      <c r="J134" s="390"/>
+      <c r="K134" s="390"/>
       <c r="L134" s="260" t="s">
         <v>626</v>
       </c>
-      <c r="M134" s="564"/>
-      <c r="N134" s="565"/>
+      <c r="M134" s="391"/>
+      <c r="N134" s="392"/>
       <c r="O134" s="219" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="135" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B135" s="647"/>
-[...14 lines deleted...]
-      <c r="O135" s="656"/>
+      <c r="B135" s="378"/>
+      <c r="C135" s="520"/>
+      <c r="D135" s="401" t="s">
+        <v>778</v>
+      </c>
+      <c r="E135" s="402"/>
+      <c r="F135" s="402"/>
+      <c r="G135" s="402"/>
+      <c r="H135" s="402"/>
+      <c r="I135" s="402"/>
+      <c r="J135" s="402"/>
+      <c r="K135" s="402"/>
+      <c r="L135" s="402"/>
+      <c r="M135" s="402"/>
+      <c r="N135" s="402"/>
+      <c r="O135" s="403"/>
     </row>
     <row r="136" spans="1:15" ht="57.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="191">
         <v>51</v>
       </c>
-      <c r="B136" s="647"/>
+      <c r="B136" s="378"/>
       <c r="C136" s="262" t="s">
         <v>636</v>
       </c>
-      <c r="D136" s="657" t="s">
-[...11 lines deleted...]
-      <c r="N136" s="583"/>
+      <c r="D136" s="404" t="s">
+        <v>777</v>
+      </c>
+      <c r="E136" s="405"/>
+      <c r="F136" s="405"/>
+      <c r="G136" s="405"/>
+      <c r="H136" s="405"/>
+      <c r="I136" s="405"/>
+      <c r="J136" s="405"/>
+      <c r="K136" s="405"/>
+      <c r="L136" s="405"/>
+      <c r="M136" s="527"/>
+      <c r="N136" s="528"/>
       <c r="O136" s="263" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="137" spans="1:15" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B137" s="647"/>
+      <c r="B137" s="378"/>
       <c r="C137" s="298"/>
       <c r="D137" s="287" t="s">
         <v>628</v>
       </c>
-      <c r="E137" s="659" t="s">
+      <c r="E137" s="406" t="s">
         <v>637</v>
       </c>
-      <c r="F137" s="659"/>
-[...6 lines deleted...]
-      <c r="M137" s="580">
+      <c r="F137" s="406"/>
+      <c r="G137" s="406"/>
+      <c r="H137" s="406"/>
+      <c r="I137" s="406"/>
+      <c r="J137" s="406"/>
+      <c r="K137" s="406"/>
+      <c r="L137" s="406"/>
+      <c r="M137" s="525">
         <f>SUM(M130:N136)</f>
         <v>0</v>
       </c>
-      <c r="N137" s="581"/>
+      <c r="N137" s="526"/>
       <c r="O137" s="219" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="138" spans="1:15" ht="36" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="B138" s="577" t="s">
-[...14 lines deleted...]
-      <c r="O138" s="579"/>
+      <c r="B138" s="522" t="s">
+        <v>722</v>
+      </c>
+      <c r="C138" s="523"/>
+      <c r="D138" s="523"/>
+      <c r="E138" s="523"/>
+      <c r="F138" s="523"/>
+      <c r="G138" s="523"/>
+      <c r="H138" s="523"/>
+      <c r="I138" s="523"/>
+      <c r="J138" s="523"/>
+      <c r="K138" s="523"/>
+      <c r="L138" s="523"/>
+      <c r="M138" s="523"/>
+      <c r="N138" s="523"/>
+      <c r="O138" s="524"/>
     </row>
     <row r="139" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B139" s="289"/>
       <c r="C139" s="290"/>
       <c r="D139" s="291"/>
       <c r="E139" s="291"/>
       <c r="F139" s="291"/>
       <c r="G139" s="292" t="s">
         <v>630</v>
       </c>
-      <c r="H139" s="591">
+      <c r="H139" s="484" t="str">
         <f>IFERROR(M127,"")</f>
-        <v>2400000</v>
-[...1 lines deleted...]
-      <c r="I139" s="591"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="I139" s="484"/>
       <c r="J139" s="293" t="s">
         <v>626</v>
       </c>
       <c r="K139" s="294" t="s">
         <v>644</v>
       </c>
       <c r="L139" s="295" t="s">
         <v>628</v>
       </c>
-      <c r="M139" s="590">
+      <c r="M139" s="483">
         <f>M137</f>
         <v>0</v>
       </c>
-      <c r="N139" s="590"/>
+      <c r="N139" s="483"/>
       <c r="O139" s="296" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="140" spans="1:15" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="191">
         <v>51</v>
       </c>
-      <c r="B140" s="552" t="s">
-[...14 lines deleted...]
-      <c r="O140" s="555"/>
+      <c r="B140" s="512" t="s">
+        <v>723</v>
+      </c>
+      <c r="C140" s="513"/>
+      <c r="D140" s="513"/>
+      <c r="E140" s="513"/>
+      <c r="F140" s="513"/>
+      <c r="G140" s="513"/>
+      <c r="H140" s="513"/>
+      <c r="I140" s="513"/>
+      <c r="J140" s="513"/>
+      <c r="K140" s="513"/>
+      <c r="L140" s="513"/>
+      <c r="M140" s="513"/>
+      <c r="N140" s="514"/>
+      <c r="O140" s="515"/>
     </row>
     <row r="141" spans="1:15" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B141" s="556" t="s">
-[...14 lines deleted...]
-      <c r="O141" s="558"/>
+      <c r="B141" s="516" t="s">
+        <v>779</v>
+      </c>
+      <c r="C141" s="517"/>
+      <c r="D141" s="517"/>
+      <c r="E141" s="517"/>
+      <c r="F141" s="517"/>
+      <c r="G141" s="517"/>
+      <c r="H141" s="517"/>
+      <c r="I141" s="517"/>
+      <c r="J141" s="517"/>
+      <c r="K141" s="517"/>
+      <c r="L141" s="517"/>
+      <c r="M141" s="517"/>
+      <c r="N141" s="517"/>
+      <c r="O141" s="518"/>
     </row>
     <row r="142" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C142" s="189"/>
       <c r="D142" s="189"/>
       <c r="E142" s="189"/>
       <c r="F142" s="189"/>
       <c r="G142" s="189"/>
       <c r="H142" s="189"/>
       <c r="I142" s="189"/>
       <c r="J142" s="189"/>
       <c r="K142" s="189"/>
       <c r="L142" s="189"/>
       <c r="M142" s="189"/>
       <c r="N142" s="189"/>
       <c r="O142" s="189"/>
     </row>
     <row r="143" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C143" s="189"/>
       <c r="D143" s="189"/>
       <c r="E143" s="189"/>
       <c r="F143" s="189"/>
       <c r="G143" s="189"/>
       <c r="H143" s="189"/>
       <c r="I143" s="189"/>
       <c r="J143" s="189"/>
@@ -18775,360 +18774,360 @@
     <row r="330" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="331" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="332" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="333" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="334" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="335" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="336" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="337" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="338" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="339" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="340" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="341" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="342" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="343" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="344" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="345" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="346" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="347" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="348" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="349" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="350" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="351" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="310">
+    <mergeCell ref="D16:G16"/>
+    <mergeCell ref="B15:C17"/>
+    <mergeCell ref="H16:O16"/>
+    <mergeCell ref="H17:O17"/>
+    <mergeCell ref="H15:O15"/>
+    <mergeCell ref="D18:G18"/>
+    <mergeCell ref="H18:K18"/>
+    <mergeCell ref="L18:O18"/>
+    <mergeCell ref="D15:G15"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="D17:G17"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="D39:I39"/>
+    <mergeCell ref="J39:O39"/>
+    <mergeCell ref="D10:I10"/>
+    <mergeCell ref="J10:O10"/>
+    <mergeCell ref="D11:I11"/>
+    <mergeCell ref="J11:O11"/>
+    <mergeCell ref="D12:I12"/>
+    <mergeCell ref="B32:C34"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="D33:O34"/>
+    <mergeCell ref="J38:O38"/>
+    <mergeCell ref="D23:O23"/>
+    <mergeCell ref="D24:O24"/>
+    <mergeCell ref="B27:C27"/>
+    <mergeCell ref="D27:O27"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="D77:E77"/>
+    <mergeCell ref="J77:K77"/>
+    <mergeCell ref="L77:O77"/>
+    <mergeCell ref="D83:E83"/>
+    <mergeCell ref="J83:K83"/>
+    <mergeCell ref="F77:I77"/>
+    <mergeCell ref="D80:E80"/>
+    <mergeCell ref="F80:I80"/>
+    <mergeCell ref="J80:K80"/>
+    <mergeCell ref="L80:O80"/>
+    <mergeCell ref="D78:E78"/>
+    <mergeCell ref="J78:K78"/>
+    <mergeCell ref="D79:E79"/>
+    <mergeCell ref="F79:I79"/>
+    <mergeCell ref="F83:I83"/>
+    <mergeCell ref="J79:K79"/>
+    <mergeCell ref="L79:O79"/>
+    <mergeCell ref="L76:O76"/>
+    <mergeCell ref="N73:O73"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="D8:O8"/>
+    <mergeCell ref="J73:M73"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="B20:C22"/>
+    <mergeCell ref="D20:I20"/>
+    <mergeCell ref="D22:I22"/>
+    <mergeCell ref="J22:O22"/>
+    <mergeCell ref="J20:O20"/>
+    <mergeCell ref="D21:I21"/>
+    <mergeCell ref="J21:O21"/>
+    <mergeCell ref="J72:M72"/>
+    <mergeCell ref="N72:O72"/>
+    <mergeCell ref="D73:I73"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:O36"/>
+    <mergeCell ref="B37:C39"/>
+    <mergeCell ref="D38:I38"/>
+    <mergeCell ref="D60:I60"/>
+    <mergeCell ref="D37:I37"/>
+    <mergeCell ref="J37:O37"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="J7:O7"/>
+    <mergeCell ref="B13:C14"/>
+    <mergeCell ref="D13:O13"/>
+    <mergeCell ref="D14:O14"/>
+    <mergeCell ref="J76:K76"/>
+    <mergeCell ref="B19:C19"/>
+    <mergeCell ref="J19:L19"/>
+    <mergeCell ref="D75:E75"/>
+    <mergeCell ref="J75:K75"/>
+    <mergeCell ref="J60:O60"/>
+    <mergeCell ref="D61:I61"/>
+    <mergeCell ref="J61:O61"/>
+    <mergeCell ref="D69:I69"/>
+    <mergeCell ref="J69:M69"/>
+    <mergeCell ref="N69:O69"/>
+    <mergeCell ref="D67:I67"/>
+    <mergeCell ref="J67:M67"/>
+    <mergeCell ref="B9:C12"/>
+    <mergeCell ref="D9:M9"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="N70:O70"/>
+    <mergeCell ref="D70:I70"/>
+    <mergeCell ref="J70:M70"/>
+    <mergeCell ref="D59:I59"/>
+    <mergeCell ref="B66:O66"/>
+    <mergeCell ref="B74:C83"/>
+    <mergeCell ref="D74:O74"/>
+    <mergeCell ref="D76:E76"/>
+    <mergeCell ref="F76:I76"/>
+    <mergeCell ref="N67:O67"/>
+    <mergeCell ref="D68:I68"/>
+    <mergeCell ref="J68:M68"/>
+    <mergeCell ref="N68:O68"/>
+    <mergeCell ref="B67:C73"/>
+    <mergeCell ref="D71:I71"/>
+    <mergeCell ref="J71:M71"/>
+    <mergeCell ref="N71:O71"/>
+    <mergeCell ref="D72:I72"/>
+    <mergeCell ref="B55:C64"/>
+    <mergeCell ref="N55:O55"/>
+    <mergeCell ref="D56:M56"/>
+    <mergeCell ref="N56:O56"/>
+    <mergeCell ref="D64:M64"/>
+    <mergeCell ref="N64:O64"/>
+    <mergeCell ref="D62:I62"/>
+    <mergeCell ref="J62:O62"/>
+    <mergeCell ref="D63:I63"/>
+    <mergeCell ref="B40:C41"/>
+    <mergeCell ref="D41:O41"/>
+    <mergeCell ref="D40:M40"/>
+    <mergeCell ref="J58:O58"/>
+    <mergeCell ref="D53:M53"/>
+    <mergeCell ref="D58:I58"/>
+    <mergeCell ref="D45:M45"/>
+    <mergeCell ref="D42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="D47:M47"/>
+    <mergeCell ref="D55:M55"/>
+    <mergeCell ref="D43:O44"/>
+    <mergeCell ref="D46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="B50:C51"/>
+    <mergeCell ref="D50:M51"/>
+    <mergeCell ref="N50:O51"/>
+    <mergeCell ref="B52:C54"/>
+    <mergeCell ref="D52:M52"/>
+    <mergeCell ref="N52:O52"/>
+    <mergeCell ref="D54:I54"/>
+    <mergeCell ref="D57:O57"/>
+    <mergeCell ref="D48:O48"/>
+    <mergeCell ref="B42:C49"/>
+    <mergeCell ref="B111:C111"/>
+    <mergeCell ref="B112:C112"/>
+    <mergeCell ref="D112:O112"/>
+    <mergeCell ref="D111:F111"/>
+    <mergeCell ref="H111:K111"/>
+    <mergeCell ref="L111:O111"/>
+    <mergeCell ref="B100:C100"/>
+    <mergeCell ref="D100:O100"/>
+    <mergeCell ref="B108:C108"/>
+    <mergeCell ref="B103:C103"/>
+    <mergeCell ref="D103:O103"/>
+    <mergeCell ref="D104:F104"/>
+    <mergeCell ref="H104:K104"/>
+    <mergeCell ref="L104:O104"/>
+    <mergeCell ref="D106:N106"/>
+    <mergeCell ref="B107:O107"/>
+    <mergeCell ref="D108:O108"/>
+    <mergeCell ref="D109:O109"/>
+    <mergeCell ref="B106:C106"/>
+    <mergeCell ref="B109:C110"/>
+    <mergeCell ref="D110:O110"/>
+    <mergeCell ref="M127:N127"/>
+    <mergeCell ref="O125:O126"/>
+    <mergeCell ref="E127:L127"/>
+    <mergeCell ref="D118:N118"/>
+    <mergeCell ref="B119:O119"/>
+    <mergeCell ref="B118:C118"/>
+    <mergeCell ref="B116:C117"/>
+    <mergeCell ref="D114:O114"/>
+    <mergeCell ref="D115:O115"/>
+    <mergeCell ref="D117:O117"/>
+    <mergeCell ref="B113:C114"/>
+    <mergeCell ref="D113:O113"/>
+    <mergeCell ref="B115:C115"/>
+    <mergeCell ref="B140:M140"/>
+    <mergeCell ref="N140:O140"/>
+    <mergeCell ref="B141:O141"/>
+    <mergeCell ref="C132:C133"/>
+    <mergeCell ref="D132:E132"/>
+    <mergeCell ref="F132:I132"/>
+    <mergeCell ref="J132:K132"/>
+    <mergeCell ref="M132:N133"/>
+    <mergeCell ref="O132:O133"/>
+    <mergeCell ref="D133:E133"/>
+    <mergeCell ref="F133:I133"/>
+    <mergeCell ref="J133:K133"/>
+    <mergeCell ref="C134:C135"/>
+    <mergeCell ref="D134:E134"/>
+    <mergeCell ref="F134:I134"/>
+    <mergeCell ref="J134:K134"/>
+    <mergeCell ref="B138:O138"/>
+    <mergeCell ref="M137:N137"/>
+    <mergeCell ref="M136:N136"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="M139:N139"/>
+    <mergeCell ref="H139:I139"/>
+    <mergeCell ref="D116:F116"/>
+    <mergeCell ref="H116:K116"/>
+    <mergeCell ref="L116:O116"/>
+    <mergeCell ref="D122:L123"/>
+    <mergeCell ref="B120:B127"/>
+    <mergeCell ref="C120:C124"/>
+    <mergeCell ref="D120:L121"/>
+    <mergeCell ref="M120:N121"/>
+    <mergeCell ref="O120:O121"/>
+    <mergeCell ref="M122:O123"/>
+    <mergeCell ref="D124:L124"/>
+    <mergeCell ref="M124:N124"/>
+    <mergeCell ref="C125:C126"/>
+    <mergeCell ref="D125:L126"/>
+    <mergeCell ref="M125:N126"/>
+    <mergeCell ref="J63:O63"/>
+    <mergeCell ref="B84:C89"/>
+    <mergeCell ref="D84:M84"/>
+    <mergeCell ref="N84:O84"/>
+    <mergeCell ref="D85:O85"/>
+    <mergeCell ref="D87:E87"/>
+    <mergeCell ref="F87:I87"/>
+    <mergeCell ref="J87:K87"/>
+    <mergeCell ref="L87:O87"/>
+    <mergeCell ref="D81:E81"/>
+    <mergeCell ref="J81:K81"/>
+    <mergeCell ref="D82:E82"/>
+    <mergeCell ref="F82:I82"/>
+    <mergeCell ref="J82:K82"/>
+    <mergeCell ref="L82:O82"/>
+    <mergeCell ref="D88:E88"/>
+    <mergeCell ref="J88:K88"/>
+    <mergeCell ref="D89:E89"/>
+    <mergeCell ref="F89:I89"/>
+    <mergeCell ref="J89:K89"/>
+    <mergeCell ref="L89:O89"/>
+    <mergeCell ref="D86:E86"/>
+    <mergeCell ref="J86:K86"/>
+    <mergeCell ref="L83:O83"/>
+    <mergeCell ref="B94:O94"/>
+    <mergeCell ref="B95:O95"/>
+    <mergeCell ref="B101:C102"/>
+    <mergeCell ref="D101:O101"/>
+    <mergeCell ref="B104:C105"/>
+    <mergeCell ref="B90:C91"/>
+    <mergeCell ref="D90:I90"/>
+    <mergeCell ref="J90:O90"/>
+    <mergeCell ref="D91:O91"/>
+    <mergeCell ref="B96:C96"/>
+    <mergeCell ref="D96:O96"/>
+    <mergeCell ref="D97:O97"/>
+    <mergeCell ref="B99:C99"/>
+    <mergeCell ref="D99:F99"/>
+    <mergeCell ref="H99:K99"/>
+    <mergeCell ref="L99:O99"/>
+    <mergeCell ref="D105:O105"/>
+    <mergeCell ref="D102:O102"/>
+    <mergeCell ref="B97:C98"/>
+    <mergeCell ref="D98:O98"/>
+    <mergeCell ref="B128:O128"/>
+    <mergeCell ref="B129:B137"/>
+    <mergeCell ref="C129:L129"/>
+    <mergeCell ref="M129:O129"/>
+    <mergeCell ref="C130:C131"/>
+    <mergeCell ref="D130:E130"/>
+    <mergeCell ref="F130:I130"/>
+    <mergeCell ref="J130:K130"/>
+    <mergeCell ref="M130:N131"/>
+    <mergeCell ref="O130:O131"/>
+    <mergeCell ref="D131:E131"/>
+    <mergeCell ref="F131:I131"/>
+    <mergeCell ref="J131:K131"/>
+    <mergeCell ref="M134:N134"/>
+    <mergeCell ref="D135:O135"/>
+    <mergeCell ref="D136:L136"/>
+    <mergeCell ref="E137:L137"/>
     <mergeCell ref="D49:O49"/>
     <mergeCell ref="B1:O1"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="J6:O6"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="G6:I6"/>
     <mergeCell ref="G7:I7"/>
     <mergeCell ref="B23:C24"/>
     <mergeCell ref="D28:F28"/>
     <mergeCell ref="H28:K28"/>
     <mergeCell ref="L28:O28"/>
     <mergeCell ref="D31:E31"/>
     <mergeCell ref="F31:G31"/>
     <mergeCell ref="H31:I31"/>
     <mergeCell ref="J31:K31"/>
     <mergeCell ref="L31:M31"/>
     <mergeCell ref="N31:O31"/>
     <mergeCell ref="D25:O25"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="B25:C26"/>
     <mergeCell ref="D26:O26"/>
     <mergeCell ref="D29:O29"/>
     <mergeCell ref="B31:C31"/>
-    <mergeCell ref="B128:O128"/>
-[...284 lines deleted...]
-    <mergeCell ref="D17:G17"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="17">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L18" xr:uid="{C8D31749-320B-469C-8579-E957999E42F7}">
       <formula1>"なし（未婚）Unmarried, あり（既婚）Married"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D18" xr:uid="{17A484EB-68BE-4536-A6E6-57A6626F3464}">
       <formula1>"男性 Male,女性 Female,その他 Another Gender Identity"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N46 N52 N55:N56 N9 N35 N84 N50 N40 N64" xr:uid="{D03E35D7-A962-40D9-BC56-3FA4E9C45D98}">
       <formula1>"はい　YES, いいえ No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D36:O36" xr:uid="{BCCC2F35-142B-47FE-B351-196822A8ADBD}">
       <formula1>"関西国際空港 Kansai International Airport, 成田国際空港 Narita International Airport, 東京国際空港（羽田空港） Tokyo International Airport (Haneda Airport), 中部国際空港 Chubu Sentrair International Airport"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M65 J65" xr:uid="{B41F5698-C4B6-41CE-A5BD-C0BFC7278189}">
       <formula1>"□,■"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N42:O42" xr:uid="{7A54145E-367E-44CA-B845-045A1028300D}">
       <formula1>"はい YES, いいえ No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N140:O140" xr:uid="{BEED3A55-AC36-4F52-9BC8-CB0761077DEB}">
       <formula1>"はい　YES"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M122:O123" xr:uid="{80765858-5943-4872-BA6C-ED606492314D}">
@@ -19294,123 +19293,123 @@
       <c r="O4" s="24"/>
       <c r="P4" s="24"/>
       <c r="Q4" s="24"/>
       <c r="R4" s="24"/>
       <c r="S4" s="24"/>
       <c r="T4" s="24"/>
       <c r="U4" s="24"/>
       <c r="V4" s="24"/>
       <c r="W4" s="24"/>
       <c r="X4" s="24"/>
       <c r="Y4" s="24"/>
       <c r="Z4" s="24"/>
       <c r="AA4" s="24"/>
       <c r="AB4" s="24"/>
       <c r="AC4" s="24"/>
       <c r="AD4" s="24"/>
       <c r="AE4" s="24"/>
       <c r="AF4" s="24"/>
       <c r="AG4" s="24"/>
       <c r="AH4" s="24"/>
       <c r="AI4" s="149"/>
     </row>
     <row r="5" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="150"/>
       <c r="B5" s="5" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="C5" s="24"/>
       <c r="D5" s="24"/>
       <c r="E5" s="24"/>
       <c r="F5" s="24"/>
       <c r="G5" s="24"/>
       <c r="H5" s="24"/>
       <c r="I5" s="24"/>
       <c r="J5" s="24"/>
       <c r="K5" s="24"/>
       <c r="L5" s="24"/>
       <c r="M5" s="24"/>
       <c r="N5" s="24"/>
       <c r="O5" s="24"/>
       <c r="P5" s="24"/>
       <c r="Q5" s="24"/>
       <c r="R5" s="24"/>
       <c r="S5" s="24"/>
       <c r="T5" s="24"/>
       <c r="U5" s="24"/>
       <c r="V5" s="24"/>
       <c r="W5" s="24"/>
       <c r="X5" s="24"/>
       <c r="Y5" s="24"/>
       <c r="Z5" s="24"/>
       <c r="AA5" s="24"/>
       <c r="AB5" s="24"/>
       <c r="AC5" s="24"/>
       <c r="AD5" s="24"/>
       <c r="AE5" s="24"/>
       <c r="AF5" s="24"/>
       <c r="AG5" s="24"/>
       <c r="AH5" s="24"/>
       <c r="AI5" s="149"/>
     </row>
     <row r="6" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="150"/>
-      <c r="B6" s="1002" t="s">
-[...33 lines deleted...]
-      <c r="AH6" s="1002"/>
+      <c r="B6" s="1012" t="s">
+        <v>753</v>
+      </c>
+      <c r="C6" s="1012"/>
+      <c r="D6" s="1012"/>
+      <c r="E6" s="1012"/>
+      <c r="F6" s="1012"/>
+      <c r="G6" s="1012"/>
+      <c r="H6" s="1012"/>
+      <c r="I6" s="1012"/>
+      <c r="J6" s="1012"/>
+      <c r="K6" s="1012"/>
+      <c r="L6" s="1012"/>
+      <c r="M6" s="1012"/>
+      <c r="N6" s="1012"/>
+      <c r="O6" s="1012"/>
+      <c r="P6" s="1012"/>
+      <c r="Q6" s="1012"/>
+      <c r="R6" s="1012"/>
+      <c r="S6" s="1012"/>
+      <c r="T6" s="1012"/>
+      <c r="U6" s="1012"/>
+      <c r="V6" s="1012"/>
+      <c r="W6" s="1012"/>
+      <c r="X6" s="1012"/>
+      <c r="Y6" s="1012"/>
+      <c r="Z6" s="1012"/>
+      <c r="AA6" s="1012"/>
+      <c r="AB6" s="1012"/>
+      <c r="AC6" s="1012"/>
+      <c r="AD6" s="1012"/>
+      <c r="AE6" s="1012"/>
+      <c r="AF6" s="1012"/>
+      <c r="AG6" s="1012"/>
+      <c r="AH6" s="1012"/>
       <c r="AI6" s="149"/>
     </row>
     <row r="7" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="166"/>
       <c r="B7" s="26"/>
       <c r="C7" s="26"/>
       <c r="D7" s="26"/>
       <c r="E7" s="26"/>
       <c r="F7" s="26"/>
       <c r="G7" s="26"/>
       <c r="H7" s="26"/>
       <c r="I7" s="26"/>
       <c r="J7" s="26"/>
       <c r="K7" s="26"/>
       <c r="L7" s="26"/>
       <c r="M7" s="26"/>
       <c r="N7" s="26"/>
       <c r="O7" s="26"/>
       <c r="P7" s="26"/>
       <c r="Q7" s="26"/>
       <c r="R7" s="26"/>
       <c r="S7" s="26"/>
       <c r="T7" s="26"/>
       <c r="U7" s="26"/>
       <c r="V7" s="26"/>
@@ -19715,110 +19714,110 @@
       <c r="AA13" s="8"/>
       <c r="AB13" s="8"/>
       <c r="AC13" s="8"/>
       <c r="AD13" s="24"/>
       <c r="AE13" s="8"/>
       <c r="AF13" s="8"/>
       <c r="AG13" s="24"/>
       <c r="AH13" s="24"/>
       <c r="AI13" s="149"/>
     </row>
     <row r="14" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="150"/>
       <c r="B14" s="155" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="28" t="s">
         <v>451</v>
       </c>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="24"/>
-      <c r="K14" s="956"/>
-[...5 lines deleted...]
-      <c r="Q14" s="956"/>
+      <c r="K14" s="969"/>
+      <c r="L14" s="969"/>
+      <c r="M14" s="969"/>
+      <c r="N14" s="969"/>
+      <c r="O14" s="969"/>
+      <c r="P14" s="969"/>
+      <c r="Q14" s="969"/>
       <c r="R14" s="28" t="s">
         <v>63</v>
       </c>
       <c r="S14" s="155" t="s">
         <v>5</v>
       </c>
       <c r="T14" s="28" t="s">
         <v>450</v>
       </c>
       <c r="U14" s="24"/>
       <c r="V14" s="24"/>
       <c r="W14" s="24"/>
       <c r="X14" s="24"/>
       <c r="Y14" s="155" t="s">
         <v>5</v>
       </c>
       <c r="Z14" s="28" t="s">
         <v>449</v>
       </c>
       <c r="AA14" s="24"/>
       <c r="AB14" s="24"/>
       <c r="AC14" s="24"/>
       <c r="AD14" s="24"/>
       <c r="AE14" s="155" t="s">
         <v>5</v>
       </c>
       <c r="AF14" s="28" t="s">
         <v>448</v>
       </c>
       <c r="AG14" s="24"/>
       <c r="AH14" s="24"/>
       <c r="AI14" s="149"/>
     </row>
     <row r="15" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="150"/>
       <c r="B15" s="24"/>
-      <c r="C15" s="866" t="s">
+      <c r="C15" s="783" t="s">
         <v>447</v>
       </c>
-      <c r="D15" s="867"/>
-[...12 lines deleted...]
-      <c r="Q15" s="956"/>
+      <c r="D15" s="784"/>
+      <c r="E15" s="784"/>
+      <c r="F15" s="784"/>
+      <c r="G15" s="784"/>
+      <c r="H15" s="784"/>
+      <c r="I15" s="784"/>
+      <c r="J15" s="784"/>
+      <c r="K15" s="969"/>
+      <c r="L15" s="969"/>
+      <c r="M15" s="969"/>
+      <c r="N15" s="969"/>
+      <c r="O15" s="969"/>
+      <c r="P15" s="969"/>
+      <c r="Q15" s="969"/>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="8" t="s">
         <v>446</v>
       </c>
       <c r="U15" s="24"/>
       <c r="V15" s="8"/>
       <c r="W15" s="8"/>
       <c r="X15" s="8"/>
       <c r="Y15" s="8"/>
       <c r="Z15" s="8" t="s">
         <v>445</v>
       </c>
       <c r="AA15" s="8"/>
       <c r="AB15" s="8"/>
       <c r="AC15" s="8"/>
       <c r="AD15" s="24"/>
       <c r="AE15" s="8"/>
       <c r="AF15" s="8" t="s">
         <v>444</v>
       </c>
       <c r="AG15" s="24"/>
       <c r="AH15" s="24"/>
       <c r="AI15" s="149"/>
     </row>
@@ -19991,130 +19990,130 @@
       <c r="Y19" s="8"/>
       <c r="Z19" s="8"/>
       <c r="AA19" s="8"/>
       <c r="AB19" s="24"/>
       <c r="AC19" s="24"/>
       <c r="AD19" s="24"/>
       <c r="AE19" s="24"/>
       <c r="AF19" s="24"/>
       <c r="AG19" s="24"/>
       <c r="AH19" s="24"/>
       <c r="AI19" s="149"/>
     </row>
     <row r="20" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="150"/>
       <c r="B20" s="155" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="28" t="s">
         <v>434</v>
       </c>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
-      <c r="I20" s="980"/>
-[...3 lines deleted...]
-      <c r="M20" s="980"/>
+      <c r="I20" s="989"/>
+      <c r="J20" s="989"/>
+      <c r="K20" s="989"/>
+      <c r="L20" s="989"/>
+      <c r="M20" s="989"/>
       <c r="N20" s="167" t="s">
         <v>63</v>
       </c>
       <c r="O20" s="24"/>
       <c r="P20" s="155" t="s">
         <v>5</v>
       </c>
       <c r="Q20" s="28" t="s">
         <v>433</v>
       </c>
       <c r="R20" s="24"/>
       <c r="S20" s="24"/>
       <c r="T20" s="24"/>
       <c r="U20" s="24"/>
       <c r="V20" s="24"/>
       <c r="W20" s="24"/>
       <c r="X20" s="155" t="s">
         <v>5</v>
       </c>
       <c r="Y20" s="28" t="s">
         <v>241</v>
       </c>
       <c r="Z20" s="24"/>
       <c r="AA20" s="24"/>
-      <c r="AB20" s="980"/>
-[...4 lines deleted...]
-      <c r="AG20" s="980"/>
+      <c r="AB20" s="989"/>
+      <c r="AC20" s="989"/>
+      <c r="AD20" s="989"/>
+      <c r="AE20" s="989"/>
+      <c r="AF20" s="989"/>
+      <c r="AG20" s="989"/>
       <c r="AH20" s="28" t="s">
         <v>63</v>
       </c>
       <c r="AI20" s="149"/>
     </row>
     <row r="21" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="150"/>
       <c r="B21" s="24"/>
       <c r="C21" s="8" t="s">
         <v>432</v>
       </c>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
-      <c r="I21" s="980"/>
-[...3 lines deleted...]
-      <c r="M21" s="980"/>
+      <c r="I21" s="989"/>
+      <c r="J21" s="989"/>
+      <c r="K21" s="989"/>
+      <c r="L21" s="989"/>
+      <c r="M21" s="989"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8" t="s">
         <v>431</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
       <c r="W21" s="8"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8" t="s">
         <v>83</v>
       </c>
       <c r="Z21" s="8"/>
       <c r="AA21" s="8"/>
-      <c r="AB21" s="980"/>
-[...4 lines deleted...]
-      <c r="AG21" s="980"/>
+      <c r="AB21" s="989"/>
+      <c r="AC21" s="989"/>
+      <c r="AD21" s="989"/>
+      <c r="AE21" s="989"/>
+      <c r="AF21" s="989"/>
+      <c r="AG21" s="989"/>
       <c r="AH21" s="24"/>
       <c r="AI21" s="149"/>
     </row>
     <row r="22" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="150"/>
       <c r="B22" s="24"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22"/>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="8"/>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="8"/>
       <c r="U22" s="8"/>
@@ -20202,81 +20201,81 @@
       <c r="Y24" s="148"/>
       <c r="Z24" s="148"/>
       <c r="AA24" s="148"/>
       <c r="AB24" s="148"/>
       <c r="AC24" s="148"/>
       <c r="AD24" s="148"/>
       <c r="AE24" s="148"/>
       <c r="AF24" s="148"/>
       <c r="AG24" s="148"/>
       <c r="AH24" s="148"/>
       <c r="AI24" s="84"/>
     </row>
     <row r="25" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="153"/>
       <c r="B25" s="28" t="s">
         <v>428</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="24"/>
       <c r="E25" s="24"/>
       <c r="F25" s="24"/>
       <c r="G25" s="24"/>
       <c r="H25" s="24"/>
       <c r="I25" s="24"/>
       <c r="J25" s="24"/>
-      <c r="K25" s="985"/>
-[...5 lines deleted...]
-      <c r="Q25" s="985"/>
+      <c r="K25" s="992"/>
+      <c r="L25" s="992"/>
+      <c r="M25" s="992"/>
+      <c r="N25" s="992"/>
+      <c r="O25" s="992"/>
+      <c r="P25" s="992"/>
+      <c r="Q25" s="992"/>
       <c r="R25" s="24"/>
       <c r="S25" s="24"/>
       <c r="AI25" s="149"/>
     </row>
     <row r="26" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="153"/>
       <c r="B26" s="24"/>
       <c r="C26" s="8" t="s">
         <v>427</v>
       </c>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="24"/>
-      <c r="K26" s="770"/>
-[...5 lines deleted...]
-      <c r="Q26" s="770"/>
+      <c r="K26" s="876"/>
+      <c r="L26" s="876"/>
+      <c r="M26" s="876"/>
+      <c r="N26" s="876"/>
+      <c r="O26" s="876"/>
+      <c r="P26" s="876"/>
+      <c r="Q26" s="876"/>
       <c r="R26" s="24"/>
       <c r="S26" s="24"/>
       <c r="U26" s="168"/>
       <c r="V26" s="168"/>
       <c r="W26" s="168"/>
       <c r="X26" s="168"/>
       <c r="Y26" s="168"/>
       <c r="AH26" s="168"/>
       <c r="AI26" s="149"/>
     </row>
     <row r="27" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="169"/>
       <c r="B27" s="24"/>
       <c r="C27" s="24"/>
       <c r="D27" s="24"/>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="24"/>
       <c r="I27" s="26"/>
       <c r="J27" s="26"/>
       <c r="K27" s="26"/>
       <c r="L27" s="26"/>
       <c r="M27" s="26"/>
       <c r="N27" s="24"/>
@@ -20292,95 +20291,95 @@
       <c r="Y27" s="168"/>
       <c r="Z27" s="168"/>
       <c r="AA27" s="168"/>
       <c r="AB27" s="168"/>
       <c r="AC27" s="168"/>
       <c r="AD27" s="168"/>
       <c r="AE27" s="168"/>
       <c r="AF27" s="168"/>
       <c r="AG27" s="168"/>
       <c r="AH27" s="168"/>
       <c r="AI27" s="149"/>
     </row>
     <row r="28" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="169"/>
       <c r="B28" s="28" t="s">
         <v>426</v>
       </c>
       <c r="C28" s="57"/>
       <c r="D28" s="57"/>
       <c r="E28" s="57"/>
       <c r="F28" s="57"/>
       <c r="G28" s="57"/>
       <c r="H28" s="57"/>
       <c r="I28" s="26"/>
       <c r="J28" s="26"/>
-      <c r="K28" s="985"/>
-[...5 lines deleted...]
-      <c r="Q28" s="985"/>
+      <c r="K28" s="992"/>
+      <c r="L28" s="992"/>
+      <c r="M28" s="992"/>
+      <c r="N28" s="992"/>
+      <c r="O28" s="992"/>
+      <c r="P28" s="992"/>
+      <c r="Q28" s="992"/>
       <c r="R28" s="24"/>
       <c r="S28" s="24"/>
       <c r="U28" s="170"/>
       <c r="V28" s="170"/>
       <c r="W28" s="170"/>
       <c r="X28" s="170"/>
       <c r="Y28" s="170"/>
       <c r="Z28" s="170"/>
       <c r="AA28" s="170"/>
       <c r="AB28" s="168"/>
       <c r="AC28" s="168"/>
       <c r="AD28" s="168"/>
       <c r="AE28" s="168"/>
       <c r="AF28" s="168"/>
       <c r="AG28" s="168"/>
       <c r="AH28" s="168"/>
       <c r="AI28" s="149"/>
     </row>
     <row r="29" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="169"/>
       <c r="B29" s="24"/>
       <c r="C29" s="56" t="s">
         <v>425</v>
       </c>
       <c r="D29" s="57"/>
       <c r="E29" s="57"/>
       <c r="F29" s="57"/>
       <c r="G29" s="57"/>
       <c r="H29" s="57"/>
       <c r="I29" s="26"/>
       <c r="J29" s="26"/>
-      <c r="K29" s="770"/>
-[...5 lines deleted...]
-      <c r="Q29" s="770"/>
+      <c r="K29" s="876"/>
+      <c r="L29" s="876"/>
+      <c r="M29" s="876"/>
+      <c r="N29" s="876"/>
+      <c r="O29" s="876"/>
+      <c r="P29" s="876"/>
+      <c r="Q29" s="876"/>
       <c r="R29" s="24"/>
       <c r="S29" s="24"/>
       <c r="U29" s="170"/>
       <c r="V29" s="170"/>
       <c r="W29" s="170"/>
       <c r="X29" s="170"/>
       <c r="Y29" s="170"/>
       <c r="Z29" s="170"/>
       <c r="AA29" s="170"/>
       <c r="AB29" s="168"/>
       <c r="AC29" s="168"/>
       <c r="AD29" s="168"/>
       <c r="AE29" s="168"/>
       <c r="AF29" s="168"/>
       <c r="AG29" s="168"/>
       <c r="AH29" s="168"/>
       <c r="AI29" s="149"/>
     </row>
     <row r="30" spans="1:35" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="166"/>
       <c r="B30" s="170"/>
       <c r="C30" s="170"/>
       <c r="D30" s="170"/>
       <c r="E30" s="170"/>
       <c r="F30" s="170"/>
@@ -20393,85 +20392,85 @@
       <c r="M30" s="171"/>
       <c r="U30" s="170"/>
       <c r="V30" s="170"/>
       <c r="W30" s="170"/>
       <c r="X30" s="170"/>
       <c r="Y30" s="170"/>
       <c r="Z30" s="170"/>
       <c r="AA30" s="170"/>
       <c r="AB30" s="168"/>
       <c r="AC30" s="168"/>
       <c r="AD30" s="168"/>
       <c r="AE30" s="168"/>
       <c r="AF30" s="168"/>
       <c r="AG30" s="168"/>
       <c r="AH30" s="168"/>
       <c r="AI30" s="149"/>
     </row>
     <row r="31" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="18" t="s">
         <v>424</v>
       </c>
       <c r="AI31" s="149"/>
     </row>
     <row r="32" spans="1:35" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="150"/>
-      <c r="B32" s="984" t="s">
+      <c r="B32" s="980" t="s">
         <v>423</v>
       </c>
-      <c r="C32" s="984"/>
-[...30 lines deleted...]
-      <c r="AH32" s="984"/>
+      <c r="C32" s="980"/>
+      <c r="D32" s="980"/>
+      <c r="E32" s="980"/>
+      <c r="F32" s="980"/>
+      <c r="G32" s="980"/>
+      <c r="H32" s="980"/>
+      <c r="I32" s="980"/>
+      <c r="J32" s="980"/>
+      <c r="K32" s="980"/>
+      <c r="L32" s="980"/>
+      <c r="M32" s="980"/>
+      <c r="N32" s="980"/>
+      <c r="O32" s="980"/>
+      <c r="P32" s="980"/>
+      <c r="Q32" s="980"/>
+      <c r="R32" s="980"/>
+      <c r="S32" s="980"/>
+      <c r="T32" s="980"/>
+      <c r="U32" s="980"/>
+      <c r="V32" s="980"/>
+      <c r="W32" s="980"/>
+      <c r="X32" s="980"/>
+      <c r="Y32" s="980"/>
+      <c r="Z32" s="980"/>
+      <c r="AA32" s="980"/>
+      <c r="AB32" s="980"/>
+      <c r="AC32" s="980"/>
+      <c r="AD32" s="980"/>
+      <c r="AE32" s="980"/>
+      <c r="AF32" s="980"/>
+      <c r="AG32" s="980"/>
+      <c r="AH32" s="980"/>
       <c r="AI32" s="149"/>
     </row>
     <row r="33" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="150"/>
       <c r="B33" s="172" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="85" t="s">
         <v>422</v>
       </c>
       <c r="G33" s="172" t="s">
         <v>5</v>
       </c>
       <c r="H33" s="85" t="s">
         <v>421</v>
       </c>
       <c r="L33" s="172" t="s">
         <v>5</v>
       </c>
       <c r="M33" s="85" t="s">
         <v>420</v>
       </c>
       <c r="U33" s="172" t="s">
         <v>5</v>
       </c>
@@ -20572,99 +20571,99 @@
       </c>
       <c r="J36" s="85" t="s">
         <v>411</v>
       </c>
       <c r="M36" s="85"/>
       <c r="N36" s="85"/>
       <c r="O36" s="85"/>
       <c r="P36" s="85"/>
       <c r="Q36" s="172" t="s">
         <v>0</v>
       </c>
       <c r="R36" s="85" t="s">
         <v>410</v>
       </c>
       <c r="S36" s="85"/>
       <c r="V36" s="85"/>
       <c r="W36" s="85"/>
       <c r="X36" s="85"/>
       <c r="Y36" s="172" t="s">
         <v>0</v>
       </c>
       <c r="Z36" s="85" t="s">
         <v>409</v>
       </c>
       <c r="AB36" s="85"/>
-      <c r="AC36" s="1003"/>
-[...3 lines deleted...]
-      <c r="AG36" s="1003"/>
+      <c r="AC36" s="1013"/>
+      <c r="AD36" s="1013"/>
+      <c r="AE36" s="1013"/>
+      <c r="AF36" s="1013"/>
+      <c r="AG36" s="1013"/>
       <c r="AH36" s="163" t="s">
         <v>63</v>
       </c>
       <c r="AI36" s="149"/>
     </row>
     <row r="37" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="147"/>
       <c r="B37" s="152"/>
       <c r="C37" s="8" t="s">
         <v>408</v>
       </c>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8" t="s">
         <v>407</v>
       </c>
       <c r="M37" s="24"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8"/>
       <c r="P37" s="8"/>
       <c r="Q37" s="8"/>
       <c r="R37" s="8"/>
       <c r="S37" s="8" t="s">
         <v>406</v>
       </c>
       <c r="T37" s="8"/>
       <c r="V37" s="24"/>
       <c r="W37" s="8"/>
       <c r="X37" s="8"/>
       <c r="Y37" s="8"/>
       <c r="Z37" s="8" t="s">
         <v>83</v>
       </c>
       <c r="AB37" s="24"/>
-      <c r="AC37" s="1003"/>
-[...3 lines deleted...]
-      <c r="AG37" s="1003"/>
+      <c r="AC37" s="1013"/>
+      <c r="AD37" s="1013"/>
+      <c r="AE37" s="1013"/>
+      <c r="AF37" s="1013"/>
+      <c r="AG37" s="1013"/>
       <c r="AH37" s="163"/>
       <c r="AI37" s="149"/>
     </row>
     <row r="38" spans="1:36" s="148" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="150"/>
       <c r="C38" s="173"/>
       <c r="D38" s="152"/>
       <c r="E38" s="152"/>
       <c r="F38" s="152"/>
       <c r="G38" s="152"/>
       <c r="H38" s="152"/>
       <c r="I38" s="152"/>
       <c r="J38" s="152"/>
       <c r="K38" s="152"/>
       <c r="L38" s="152"/>
       <c r="M38" s="152"/>
       <c r="N38" s="152"/>
       <c r="O38" s="152"/>
       <c r="P38" s="152"/>
       <c r="Q38" s="152"/>
       <c r="R38" s="152"/>
       <c r="S38" s="152"/>
       <c r="T38" s="152"/>
       <c r="U38" s="152"/>
       <c r="V38" s="152"/>
@@ -20745,109 +20744,109 @@
       <c r="U40" s="107"/>
       <c r="V40" s="107"/>
       <c r="W40" s="107"/>
       <c r="X40" s="107"/>
       <c r="Y40" s="107"/>
       <c r="Z40" s="107"/>
       <c r="AA40" s="107"/>
       <c r="AB40" s="107"/>
       <c r="AC40" s="107"/>
       <c r="AD40" s="107"/>
       <c r="AE40" s="107"/>
       <c r="AF40" s="107"/>
       <c r="AG40" s="107"/>
       <c r="AH40" s="107"/>
       <c r="AI40" s="102"/>
       <c r="AJ40" s="107"/>
     </row>
     <row r="41" spans="1:36" s="148" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="127"/>
       <c r="B41" s="63" t="s">
         <v>405</v>
       </c>
       <c r="C41" s="107"/>
       <c r="D41" s="107"/>
       <c r="E41" s="107"/>
-      <c r="F41" s="1004"/>
-[...17 lines deleted...]
-      <c r="X41" s="1004"/>
+      <c r="F41" s="1014"/>
+      <c r="G41" s="1014"/>
+      <c r="H41" s="1014"/>
+      <c r="I41" s="1014"/>
+      <c r="J41" s="1014"/>
+      <c r="K41" s="1014"/>
+      <c r="L41" s="1014"/>
+      <c r="M41" s="1014"/>
+      <c r="N41" s="1014"/>
+      <c r="O41" s="1014"/>
+      <c r="P41" s="1014"/>
+      <c r="Q41" s="1014"/>
+      <c r="R41" s="1014"/>
+      <c r="S41" s="1014"/>
+      <c r="T41" s="1014"/>
+      <c r="U41" s="1014"/>
+      <c r="V41" s="1014"/>
+      <c r="W41" s="1014"/>
+      <c r="X41" s="1014"/>
       <c r="Y41" s="107"/>
       <c r="Z41" s="107"/>
       <c r="AA41" s="107"/>
       <c r="AB41" s="107"/>
       <c r="AC41" s="107"/>
       <c r="AD41" s="107"/>
       <c r="AE41" s="107"/>
       <c r="AF41" s="107"/>
       <c r="AG41" s="107"/>
       <c r="AH41" s="107"/>
       <c r="AI41" s="102"/>
       <c r="AJ41" s="107"/>
     </row>
     <row r="42" spans="1:36" s="148" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="127"/>
       <c r="B42" s="107"/>
       <c r="C42" s="62" t="s">
         <v>31</v>
       </c>
       <c r="D42" s="107"/>
       <c r="E42" s="107"/>
-      <c r="F42" s="1005"/>
-[...17 lines deleted...]
-      <c r="X42" s="1005"/>
+      <c r="F42" s="1015"/>
+      <c r="G42" s="1015"/>
+      <c r="H42" s="1015"/>
+      <c r="I42" s="1015"/>
+      <c r="J42" s="1015"/>
+      <c r="K42" s="1015"/>
+      <c r="L42" s="1015"/>
+      <c r="M42" s="1015"/>
+      <c r="N42" s="1015"/>
+      <c r="O42" s="1015"/>
+      <c r="P42" s="1015"/>
+      <c r="Q42" s="1015"/>
+      <c r="R42" s="1015"/>
+      <c r="S42" s="1015"/>
+      <c r="T42" s="1015"/>
+      <c r="U42" s="1015"/>
+      <c r="V42" s="1015"/>
+      <c r="W42" s="1015"/>
+      <c r="X42" s="1015"/>
       <c r="Y42" s="139"/>
       <c r="Z42" s="139"/>
       <c r="AA42" s="139"/>
       <c r="AB42" s="139"/>
       <c r="AC42" s="139"/>
       <c r="AD42" s="139"/>
       <c r="AE42" s="139"/>
       <c r="AF42" s="107"/>
       <c r="AG42" s="107"/>
       <c r="AH42" s="107"/>
       <c r="AI42" s="102"/>
       <c r="AJ42" s="107"/>
     </row>
     <row r="43" spans="1:36" s="148" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="174"/>
       <c r="B43" s="107"/>
       <c r="C43" s="107"/>
       <c r="D43" s="107"/>
       <c r="E43" s="107"/>
       <c r="F43" s="107"/>
       <c r="G43" s="107"/>
       <c r="H43" s="107"/>
       <c r="I43" s="107"/>
       <c r="J43" s="107"/>
       <c r="K43" s="107"/>
@@ -20863,109 +20862,109 @@
       <c r="U43" s="139"/>
       <c r="V43" s="139"/>
       <c r="W43" s="139"/>
       <c r="X43" s="139"/>
       <c r="Y43" s="139"/>
       <c r="Z43" s="139"/>
       <c r="AA43" s="139"/>
       <c r="AB43" s="139"/>
       <c r="AC43" s="139"/>
       <c r="AD43" s="139"/>
       <c r="AE43" s="139"/>
       <c r="AF43" s="139"/>
       <c r="AG43" s="139"/>
       <c r="AH43" s="139"/>
       <c r="AI43" s="102"/>
       <c r="AJ43" s="107"/>
     </row>
     <row r="44" spans="1:36" s="148" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="127"/>
       <c r="B44" s="63" t="s">
         <v>519</v>
       </c>
       <c r="C44" s="107"/>
       <c r="D44" s="107"/>
       <c r="E44" s="107"/>
-      <c r="F44" s="1006"/>
-[...17 lines deleted...]
-      <c r="X44" s="1006"/>
+      <c r="F44" s="1016"/>
+      <c r="G44" s="1016"/>
+      <c r="H44" s="1016"/>
+      <c r="I44" s="1016"/>
+      <c r="J44" s="1016"/>
+      <c r="K44" s="1016"/>
+      <c r="L44" s="1016"/>
+      <c r="M44" s="1016"/>
+      <c r="N44" s="1016"/>
+      <c r="O44" s="1016"/>
+      <c r="P44" s="1016"/>
+      <c r="Q44" s="1016"/>
+      <c r="R44" s="1016"/>
+      <c r="S44" s="1016"/>
+      <c r="T44" s="1016"/>
+      <c r="U44" s="1016"/>
+      <c r="V44" s="1016"/>
+      <c r="W44" s="1016"/>
+      <c r="X44" s="1016"/>
       <c r="Y44" s="107"/>
       <c r="Z44" s="107"/>
       <c r="AA44" s="107"/>
       <c r="AB44" s="107"/>
       <c r="AC44" s="107"/>
       <c r="AD44" s="107"/>
       <c r="AE44" s="107"/>
       <c r="AF44" s="107"/>
       <c r="AG44" s="107"/>
       <c r="AH44" s="107"/>
       <c r="AI44" s="102"/>
       <c r="AJ44" s="107"/>
     </row>
     <row r="45" spans="1:36" s="148" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="127"/>
       <c r="B45" s="107"/>
       <c r="C45" s="62" t="s">
         <v>199</v>
       </c>
       <c r="D45" s="62"/>
       <c r="E45" s="107"/>
-      <c r="F45" s="1007"/>
-[...17 lines deleted...]
-      <c r="X45" s="1007"/>
+      <c r="F45" s="1017"/>
+      <c r="G45" s="1017"/>
+      <c r="H45" s="1017"/>
+      <c r="I45" s="1017"/>
+      <c r="J45" s="1017"/>
+      <c r="K45" s="1017"/>
+      <c r="L45" s="1017"/>
+      <c r="M45" s="1017"/>
+      <c r="N45" s="1017"/>
+      <c r="O45" s="1017"/>
+      <c r="P45" s="1017"/>
+      <c r="Q45" s="1017"/>
+      <c r="R45" s="1017"/>
+      <c r="S45" s="1017"/>
+      <c r="T45" s="1017"/>
+      <c r="U45" s="1017"/>
+      <c r="V45" s="1017"/>
+      <c r="W45" s="1017"/>
+      <c r="X45" s="1017"/>
       <c r="Y45" s="139"/>
       <c r="Z45" s="139"/>
       <c r="AA45" s="139"/>
       <c r="AB45" s="139"/>
       <c r="AC45" s="139"/>
       <c r="AD45" s="139"/>
       <c r="AE45" s="139"/>
       <c r="AF45" s="107"/>
       <c r="AG45" s="107"/>
       <c r="AH45" s="107"/>
       <c r="AI45" s="102"/>
       <c r="AJ45" s="107"/>
     </row>
     <row r="46" spans="1:36" s="148" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="174"/>
       <c r="B46" s="107"/>
       <c r="C46" s="107"/>
       <c r="D46" s="107"/>
       <c r="E46" s="107"/>
       <c r="F46" s="107"/>
       <c r="G46" s="107"/>
       <c r="H46" s="107"/>
       <c r="I46" s="107"/>
       <c r="J46" s="107"/>
       <c r="K46" s="107"/>
@@ -21002,97 +21001,97 @@
       </c>
       <c r="C47" s="139"/>
       <c r="D47" s="139"/>
       <c r="E47" s="139"/>
       <c r="F47" s="139"/>
       <c r="G47" s="139"/>
       <c r="H47" s="139"/>
       <c r="I47" s="139"/>
       <c r="J47" s="139"/>
       <c r="K47" s="139"/>
       <c r="L47" s="139"/>
       <c r="M47" s="139"/>
       <c r="N47" s="139"/>
       <c r="O47" s="139"/>
       <c r="P47" s="139"/>
       <c r="Q47" s="139"/>
       <c r="R47" s="139"/>
       <c r="S47" s="139"/>
       <c r="T47" s="139"/>
       <c r="U47" s="139"/>
       <c r="V47" s="139"/>
       <c r="W47" s="139"/>
       <c r="X47" s="139"/>
       <c r="Y47" s="139"/>
       <c r="Z47" s="139"/>
-      <c r="AA47" s="1000"/>
-[...5 lines deleted...]
-      <c r="AG47" s="1000"/>
+      <c r="AA47" s="1010"/>
+      <c r="AB47" s="1010"/>
+      <c r="AC47" s="1010"/>
+      <c r="AD47" s="1010"/>
+      <c r="AE47" s="1010"/>
+      <c r="AF47" s="1010"/>
+      <c r="AG47" s="1010"/>
       <c r="AH47" s="139"/>
       <c r="AI47" s="96"/>
       <c r="AJ47" s="61"/>
     </row>
     <row r="48" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="174"/>
       <c r="B48" s="63"/>
-      <c r="C48" s="894" t="s">
+      <c r="C48" s="952" t="s">
         <v>404</v>
       </c>
-      <c r="D48" s="894"/>
-[...28 lines deleted...]
-      <c r="AG48" s="1001"/>
+      <c r="D48" s="952"/>
+      <c r="E48" s="952"/>
+      <c r="F48" s="952"/>
+      <c r="G48" s="952"/>
+      <c r="H48" s="952"/>
+      <c r="I48" s="952"/>
+      <c r="J48" s="952"/>
+      <c r="K48" s="952"/>
+      <c r="L48" s="952"/>
+      <c r="M48" s="952"/>
+      <c r="N48" s="952"/>
+      <c r="O48" s="952"/>
+      <c r="P48" s="952"/>
+      <c r="Q48" s="952"/>
+      <c r="R48" s="952"/>
+      <c r="S48" s="952"/>
+      <c r="T48" s="952"/>
+      <c r="U48" s="952"/>
+      <c r="V48" s="952"/>
+      <c r="W48" s="952"/>
+      <c r="X48" s="952"/>
+      <c r="Y48" s="952"/>
+      <c r="Z48" s="952"/>
+      <c r="AA48" s="1011"/>
+      <c r="AB48" s="1011"/>
+      <c r="AC48" s="1011"/>
+      <c r="AD48" s="1011"/>
+      <c r="AE48" s="1011"/>
+      <c r="AF48" s="1011"/>
+      <c r="AG48" s="1011"/>
       <c r="AH48" s="139"/>
       <c r="AI48" s="96"/>
       <c r="AJ48" s="61"/>
     </row>
     <row r="49" spans="1:36" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="127"/>
       <c r="B49" s="62"/>
       <c r="C49" s="107"/>
       <c r="D49" s="107"/>
       <c r="E49" s="107"/>
       <c r="F49" s="107"/>
       <c r="G49" s="107"/>
       <c r="H49" s="107"/>
       <c r="I49" s="107"/>
       <c r="J49" s="107"/>
       <c r="K49" s="107"/>
       <c r="L49" s="107"/>
       <c r="M49" s="107"/>
       <c r="N49" s="107"/>
       <c r="O49" s="107"/>
       <c r="P49" s="107"/>
       <c r="Q49" s="107"/>
       <c r="R49" s="107"/>
       <c r="S49" s="107"/>
       <c r="T49" s="107"/>
@@ -21101,123 +21100,123 @@
       <c r="W49" s="107"/>
       <c r="X49" s="107"/>
       <c r="Y49" s="107"/>
       <c r="Z49" s="107"/>
       <c r="AA49" s="107"/>
       <c r="AB49" s="107"/>
       <c r="AC49" s="107"/>
       <c r="AD49" s="107"/>
       <c r="AE49" s="107"/>
       <c r="AF49" s="107"/>
       <c r="AG49" s="107"/>
       <c r="AH49" s="107"/>
       <c r="AI49" s="96"/>
       <c r="AJ49" s="61"/>
     </row>
     <row r="50" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="60" t="s">
         <v>517</v>
       </c>
       <c r="B50" s="107"/>
       <c r="C50" s="107"/>
       <c r="D50" s="107"/>
       <c r="E50" s="107"/>
       <c r="F50" s="107"/>
       <c r="G50" s="107"/>
-      <c r="H50" s="894" t="s">
+      <c r="H50" s="952" t="s">
         <v>516</v>
       </c>
-      <c r="I50" s="1008"/>
-[...7 lines deleted...]
-      <c r="Q50" s="1008"/>
+      <c r="I50" s="1007"/>
+      <c r="J50" s="1007"/>
+      <c r="K50" s="1007"/>
+      <c r="L50" s="1007"/>
+      <c r="M50" s="1007"/>
+      <c r="N50" s="1007"/>
+      <c r="O50" s="1007"/>
+      <c r="P50" s="1007"/>
+      <c r="Q50" s="1007"/>
       <c r="R50" s="175"/>
       <c r="S50" s="175"/>
       <c r="T50" s="68"/>
-      <c r="U50" s="974"/>
-[...3 lines deleted...]
-      <c r="Y50" s="974"/>
+      <c r="U50" s="965"/>
+      <c r="V50" s="965"/>
+      <c r="W50" s="965"/>
+      <c r="X50" s="965"/>
+      <c r="Y50" s="965"/>
       <c r="Z50" s="63" t="s">
         <v>51</v>
       </c>
       <c r="AA50" s="61"/>
-      <c r="AB50" s="974"/>
-[...3 lines deleted...]
-      <c r="AF50" s="974"/>
+      <c r="AB50" s="965"/>
+      <c r="AC50" s="965"/>
+      <c r="AD50" s="965"/>
+      <c r="AE50" s="965"/>
+      <c r="AF50" s="965"/>
       <c r="AG50" s="63" t="s">
         <v>50</v>
       </c>
       <c r="AH50" s="68"/>
       <c r="AI50" s="96"/>
       <c r="AJ50" s="61"/>
     </row>
     <row r="51" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="127"/>
       <c r="B51" s="63" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="C51" s="62"/>
       <c r="D51" s="62"/>
       <c r="E51" s="62"/>
       <c r="F51" s="62"/>
       <c r="G51" s="62"/>
       <c r="H51" s="107"/>
       <c r="I51" s="107"/>
       <c r="J51" s="107"/>
       <c r="K51" s="107"/>
       <c r="L51" s="107"/>
       <c r="M51" s="68"/>
       <c r="N51" s="107"/>
       <c r="O51" s="107"/>
       <c r="P51" s="107"/>
       <c r="Q51" s="107"/>
       <c r="R51" s="107"/>
       <c r="S51" s="68"/>
       <c r="T51" s="68"/>
-      <c r="U51" s="975"/>
-[...3 lines deleted...]
-      <c r="Y51" s="975"/>
+      <c r="U51" s="966"/>
+      <c r="V51" s="966"/>
+      <c r="W51" s="966"/>
+      <c r="X51" s="966"/>
+      <c r="Y51" s="966"/>
       <c r="Z51" s="70" t="s">
         <v>403</v>
       </c>
       <c r="AA51" s="61"/>
-      <c r="AB51" s="975"/>
-[...3 lines deleted...]
-      <c r="AF51" s="975"/>
+      <c r="AB51" s="966"/>
+      <c r="AC51" s="966"/>
+      <c r="AD51" s="966"/>
+      <c r="AE51" s="966"/>
+      <c r="AF51" s="966"/>
       <c r="AG51" s="70" t="s">
         <v>402</v>
       </c>
       <c r="AH51" s="68"/>
       <c r="AI51" s="96"/>
       <c r="AJ51" s="61"/>
     </row>
     <row r="52" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="127"/>
       <c r="B52" s="62" t="s">
         <v>515</v>
       </c>
       <c r="C52" s="62"/>
       <c r="D52" s="62"/>
       <c r="E52" s="62"/>
       <c r="F52" s="62"/>
       <c r="G52" s="62"/>
       <c r="H52" s="62"/>
       <c r="I52" s="62"/>
       <c r="J52" s="62"/>
       <c r="K52" s="62"/>
       <c r="L52" s="62"/>
       <c r="M52" s="62"/>
       <c r="N52" s="62"/>
       <c r="O52" s="62"/>
@@ -21282,269 +21281,269 @@
       <c r="AJ53" s="61"/>
     </row>
     <row r="54" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="60" t="s">
         <v>514</v>
       </c>
       <c r="B54" s="176"/>
       <c r="C54" s="176"/>
       <c r="D54" s="176"/>
       <c r="E54" s="176"/>
       <c r="F54" s="176"/>
       <c r="G54" s="176"/>
       <c r="H54" s="176"/>
       <c r="I54" s="176"/>
       <c r="J54" s="176"/>
       <c r="K54" s="62"/>
       <c r="L54" s="62"/>
       <c r="M54" s="62"/>
       <c r="N54" s="62"/>
       <c r="O54" s="62"/>
       <c r="P54" s="62"/>
       <c r="Q54" s="62"/>
       <c r="R54" s="62"/>
       <c r="S54" s="62"/>
       <c r="T54" s="62"/>
-      <c r="U54" s="1009"/>
-[...3 lines deleted...]
-      <c r="Y54" s="1009"/>
+      <c r="U54" s="1008"/>
+      <c r="V54" s="1008"/>
+      <c r="W54" s="1008"/>
+      <c r="X54" s="1008"/>
+      <c r="Y54" s="1008"/>
       <c r="Z54" s="63" t="s">
         <v>51</v>
       </c>
       <c r="AA54" s="107"/>
-      <c r="AB54" s="1009"/>
-[...3 lines deleted...]
-      <c r="AF54" s="1009"/>
+      <c r="AB54" s="1008"/>
+      <c r="AC54" s="1008"/>
+      <c r="AD54" s="1008"/>
+      <c r="AE54" s="1008"/>
+      <c r="AF54" s="1008"/>
       <c r="AG54" s="63" t="s">
         <v>50</v>
       </c>
       <c r="AH54" s="107"/>
       <c r="AI54" s="96"/>
       <c r="AJ54" s="61"/>
     </row>
     <row r="55" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="127"/>
       <c r="B55" s="62" t="s">
         <v>513</v>
       </c>
       <c r="C55" s="62"/>
       <c r="D55" s="62"/>
       <c r="E55" s="62"/>
       <c r="F55" s="62"/>
       <c r="G55" s="62"/>
       <c r="H55" s="62"/>
       <c r="I55" s="62"/>
       <c r="J55" s="62"/>
       <c r="K55" s="62"/>
       <c r="L55" s="62"/>
       <c r="M55" s="62"/>
       <c r="N55" s="62"/>
       <c r="O55" s="62"/>
       <c r="P55" s="62"/>
       <c r="Q55" s="62"/>
       <c r="R55" s="62"/>
       <c r="S55" s="62"/>
       <c r="T55" s="62"/>
-      <c r="U55" s="1010"/>
-[...3 lines deleted...]
-      <c r="Y55" s="1010"/>
+      <c r="U55" s="1009"/>
+      <c r="V55" s="1009"/>
+      <c r="W55" s="1009"/>
+      <c r="X55" s="1009"/>
+      <c r="Y55" s="1009"/>
       <c r="Z55" s="70" t="s">
         <v>403</v>
       </c>
       <c r="AA55" s="61"/>
-      <c r="AB55" s="1010"/>
-[...3 lines deleted...]
-      <c r="AF55" s="1010"/>
+      <c r="AB55" s="1009"/>
+      <c r="AC55" s="1009"/>
+      <c r="AD55" s="1009"/>
+      <c r="AE55" s="1009"/>
+      <c r="AF55" s="1009"/>
       <c r="AG55" s="62" t="s">
         <v>512</v>
       </c>
       <c r="AH55" s="107"/>
       <c r="AI55" s="96"/>
       <c r="AJ55" s="61"/>
     </row>
     <row r="56" spans="1:36" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="127"/>
       <c r="B56" s="62"/>
       <c r="C56" s="62"/>
       <c r="D56" s="62"/>
       <c r="E56" s="62"/>
       <c r="F56" s="62"/>
       <c r="G56" s="62"/>
       <c r="H56" s="62"/>
       <c r="I56" s="62"/>
       <c r="J56" s="62"/>
       <c r="K56" s="62"/>
       <c r="L56" s="62"/>
       <c r="M56" s="62"/>
       <c r="N56" s="62"/>
       <c r="O56" s="62"/>
       <c r="P56" s="62"/>
       <c r="Q56" s="62"/>
       <c r="R56" s="62"/>
       <c r="S56" s="62"/>
       <c r="T56" s="62"/>
       <c r="U56" s="107"/>
       <c r="V56" s="107"/>
       <c r="W56" s="107"/>
       <c r="X56" s="107"/>
       <c r="Y56" s="107"/>
       <c r="Z56" s="107"/>
       <c r="AA56" s="107"/>
       <c r="AB56" s="107"/>
       <c r="AC56" s="107"/>
       <c r="AD56" s="107"/>
       <c r="AE56" s="107"/>
       <c r="AF56" s="107"/>
       <c r="AG56" s="107"/>
       <c r="AH56" s="107"/>
       <c r="AI56" s="96"/>
       <c r="AJ56" s="61"/>
     </row>
     <row r="57" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="1016" t="s">
+      <c r="A57" s="1005" t="s">
+        <v>755</v>
+      </c>
+      <c r="B57" s="1006"/>
+      <c r="C57" s="1006"/>
+      <c r="D57" s="1006"/>
+      <c r="E57" s="1006"/>
+      <c r="F57" s="1006"/>
+      <c r="G57" s="1006"/>
+      <c r="H57" s="1006"/>
+      <c r="I57" s="1006"/>
+      <c r="J57" s="1006"/>
+      <c r="K57" s="1006"/>
+      <c r="L57" s="1006"/>
+      <c r="M57" s="1006"/>
+      <c r="N57" s="1006"/>
+      <c r="O57" s="1006"/>
+      <c r="P57" s="1006"/>
+      <c r="Q57" s="1006"/>
+      <c r="R57" s="1006"/>
+      <c r="S57" s="1006"/>
+      <c r="T57" s="1006"/>
+      <c r="U57" s="1006"/>
+      <c r="V57" s="1006"/>
+      <c r="W57" s="1006"/>
+      <c r="X57" s="1006"/>
+      <c r="Y57" s="1006"/>
+      <c r="Z57" s="1006"/>
+      <c r="AA57" s="1006"/>
+      <c r="AB57" s="1006"/>
+      <c r="AC57" s="1006"/>
+      <c r="AD57" s="1006"/>
+      <c r="AE57" s="1006"/>
+      <c r="AF57" s="1006"/>
+      <c r="AG57" s="796" t="s">
         <v>756</v>
       </c>
-      <c r="B57" s="1017"/>
-[...34 lines deleted...]
-      <c r="AI57" s="922"/>
+      <c r="AH57" s="796"/>
+      <c r="AI57" s="901"/>
       <c r="AJ57" s="61"/>
     </row>
     <row r="58" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="60"/>
-      <c r="B58" s="1012" t="s">
-[...30 lines deleted...]
-      <c r="AE58" s="1012"/>
+      <c r="B58" s="1001" t="s">
+        <v>757</v>
+      </c>
+      <c r="C58" s="1001"/>
+      <c r="D58" s="1001"/>
+      <c r="E58" s="1001"/>
+      <c r="F58" s="1001"/>
+      <c r="G58" s="1001"/>
+      <c r="H58" s="1001"/>
+      <c r="I58" s="1001"/>
+      <c r="J58" s="1001"/>
+      <c r="K58" s="1001"/>
+      <c r="L58" s="1001"/>
+      <c r="M58" s="1001"/>
+      <c r="N58" s="1001"/>
+      <c r="O58" s="1001"/>
+      <c r="P58" s="1001"/>
+      <c r="Q58" s="1001"/>
+      <c r="R58" s="1001"/>
+      <c r="S58" s="1001"/>
+      <c r="T58" s="1001"/>
+      <c r="U58" s="1001"/>
+      <c r="V58" s="1001"/>
+      <c r="W58" s="1001"/>
+      <c r="X58" s="1001"/>
+      <c r="Y58" s="1001"/>
+      <c r="Z58" s="1001"/>
+      <c r="AA58" s="1001"/>
+      <c r="AB58" s="1001"/>
+      <c r="AC58" s="1001"/>
+      <c r="AD58" s="1001"/>
+      <c r="AE58" s="1001"/>
       <c r="AF58" s="107"/>
-      <c r="AG58" s="899" t="s">
+      <c r="AG58" s="941" t="s">
         <v>22</v>
       </c>
-      <c r="AH58" s="899"/>
-      <c r="AI58" s="1013"/>
+      <c r="AH58" s="941"/>
+      <c r="AI58" s="1002"/>
       <c r="AJ58" s="61"/>
     </row>
     <row r="59" spans="1:36" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="127"/>
-      <c r="B59" s="1012"/>
-[...28 lines deleted...]
-      <c r="AE59" s="1012"/>
+      <c r="B59" s="1001"/>
+      <c r="C59" s="1001"/>
+      <c r="D59" s="1001"/>
+      <c r="E59" s="1001"/>
+      <c r="F59" s="1001"/>
+      <c r="G59" s="1001"/>
+      <c r="H59" s="1001"/>
+      <c r="I59" s="1001"/>
+      <c r="J59" s="1001"/>
+      <c r="K59" s="1001"/>
+      <c r="L59" s="1001"/>
+      <c r="M59" s="1001"/>
+      <c r="N59" s="1001"/>
+      <c r="O59" s="1001"/>
+      <c r="P59" s="1001"/>
+      <c r="Q59" s="1001"/>
+      <c r="R59" s="1001"/>
+      <c r="S59" s="1001"/>
+      <c r="T59" s="1001"/>
+      <c r="U59" s="1001"/>
+      <c r="V59" s="1001"/>
+      <c r="W59" s="1001"/>
+      <c r="X59" s="1001"/>
+      <c r="Y59" s="1001"/>
+      <c r="Z59" s="1001"/>
+      <c r="AA59" s="1001"/>
+      <c r="AB59" s="1001"/>
+      <c r="AC59" s="1001"/>
+      <c r="AD59" s="1001"/>
+      <c r="AE59" s="1001"/>
       <c r="AF59" s="107"/>
       <c r="AG59" s="107"/>
       <c r="AH59" s="107"/>
       <c r="AI59" s="96"/>
       <c r="AJ59" s="61"/>
     </row>
     <row r="60" spans="1:36" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="127"/>
       <c r="B60" s="302"/>
       <c r="C60" s="302"/>
       <c r="D60" s="302"/>
       <c r="E60" s="302"/>
       <c r="F60" s="302"/>
       <c r="G60" s="302"/>
       <c r="H60" s="302"/>
       <c r="I60" s="302"/>
       <c r="J60" s="302"/>
       <c r="K60" s="302"/>
       <c r="L60" s="302"/>
       <c r="M60" s="302"/>
       <c r="N60" s="302"/>
       <c r="O60" s="302"/>
       <c r="P60" s="302"/>
       <c r="Q60" s="302"/>
       <c r="R60" s="302"/>
@@ -21627,51 +21626,51 @@
       <c r="Q62" s="62" t="s">
         <v>288</v>
       </c>
       <c r="R62" s="107"/>
       <c r="T62" s="62"/>
       <c r="U62" s="107"/>
       <c r="V62" s="107"/>
       <c r="W62" s="107"/>
       <c r="X62" s="107"/>
       <c r="Y62" s="107"/>
       <c r="Z62" s="107"/>
       <c r="AA62" s="107"/>
       <c r="AB62" s="107"/>
       <c r="AC62" s="107"/>
       <c r="AD62" s="107"/>
       <c r="AE62" s="107"/>
       <c r="AF62" s="107"/>
       <c r="AG62" s="107"/>
       <c r="AH62" s="107"/>
       <c r="AI62" s="96"/>
       <c r="AJ62" s="61"/>
     </row>
     <row r="63" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="127"/>
       <c r="B63" s="129" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="C63" s="107"/>
       <c r="D63" s="107"/>
       <c r="E63" s="107"/>
       <c r="F63" s="107"/>
       <c r="G63" s="107"/>
       <c r="H63" s="107"/>
       <c r="I63" s="107"/>
       <c r="J63" s="107"/>
       <c r="K63" s="107"/>
       <c r="L63" s="107"/>
       <c r="M63" s="107"/>
       <c r="N63" s="107"/>
       <c r="O63" s="107"/>
       <c r="P63" s="107"/>
       <c r="Q63" s="107"/>
       <c r="R63" s="107"/>
       <c r="S63" s="107"/>
       <c r="T63" s="107"/>
       <c r="U63" s="107"/>
       <c r="V63" s="107"/>
       <c r="W63" s="107"/>
       <c r="X63" s="107"/>
       <c r="Y63" s="107"/>
       <c r="Z63" s="107"/>
@@ -21744,132 +21743,132 @@
       <c r="O65" s="107"/>
       <c r="P65" s="107"/>
       <c r="Q65" s="107"/>
       <c r="R65" s="107"/>
       <c r="S65" s="107"/>
       <c r="T65" s="107"/>
       <c r="U65" s="107"/>
       <c r="V65" s="107"/>
       <c r="W65" s="107"/>
       <c r="X65" s="104"/>
       <c r="Y65" s="104"/>
       <c r="Z65" s="104"/>
       <c r="AA65" s="104"/>
       <c r="AB65" s="107"/>
       <c r="AC65" s="107"/>
       <c r="AD65" s="107"/>
       <c r="AE65" s="107"/>
       <c r="AF65" s="107"/>
       <c r="AG65" s="107"/>
       <c r="AH65" s="107"/>
       <c r="AI65" s="96"/>
       <c r="AJ65" s="61"/>
     </row>
     <row r="66" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="127"/>
-      <c r="B66" s="943" t="s">
+      <c r="B66" s="884" t="s">
         <v>554</v>
       </c>
-      <c r="C66" s="943"/>
-[...15 lines deleted...]
-      <c r="S66" s="943"/>
+      <c r="C66" s="884"/>
+      <c r="D66" s="884"/>
+      <c r="E66" s="884"/>
+      <c r="F66" s="884"/>
+      <c r="G66" s="884"/>
+      <c r="H66" s="884"/>
+      <c r="I66" s="884"/>
+      <c r="J66" s="884"/>
+      <c r="K66" s="884"/>
+      <c r="L66" s="884"/>
+      <c r="M66" s="884"/>
+      <c r="N66" s="884"/>
+      <c r="O66" s="884"/>
+      <c r="P66" s="884"/>
+      <c r="Q66" s="884"/>
+      <c r="R66" s="884"/>
+      <c r="S66" s="884"/>
       <c r="T66" s="61"/>
       <c r="U66" s="104"/>
       <c r="V66" s="61"/>
-      <c r="W66" s="896"/>
-[...2 lines deleted...]
-      <c r="Z66" s="898" t="s">
+      <c r="W66" s="890"/>
+      <c r="X66" s="890"/>
+      <c r="Y66" s="890"/>
+      <c r="Z66" s="940" t="s">
         <v>51</v>
       </c>
-      <c r="AA66" s="898"/>
-[...2 lines deleted...]
-      <c r="AD66" s="898" t="s">
+      <c r="AA66" s="940"/>
+      <c r="AB66" s="890"/>
+      <c r="AC66" s="890"/>
+      <c r="AD66" s="940" t="s">
         <v>50</v>
       </c>
-      <c r="AE66" s="898"/>
-[...1 lines deleted...]
-      <c r="AG66" s="896"/>
+      <c r="AE66" s="940"/>
+      <c r="AF66" s="890"/>
+      <c r="AG66" s="890"/>
       <c r="AH66" s="104" t="s">
         <v>49</v>
       </c>
       <c r="AI66" s="96"/>
       <c r="AJ66" s="61"/>
     </row>
     <row r="67" spans="1:36" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A67" s="127"/>
-      <c r="B67" s="1014"/>
-[...16 lines deleted...]
-      <c r="S67" s="1014"/>
+      <c r="B67" s="1003"/>
+      <c r="C67" s="1003"/>
+      <c r="D67" s="1003"/>
+      <c r="E67" s="1003"/>
+      <c r="F67" s="1003"/>
+      <c r="G67" s="1003"/>
+      <c r="H67" s="1003"/>
+      <c r="I67" s="1003"/>
+      <c r="J67" s="1003"/>
+      <c r="K67" s="1003"/>
+      <c r="L67" s="1003"/>
+      <c r="M67" s="1003"/>
+      <c r="N67" s="1003"/>
+      <c r="O67" s="1003"/>
+      <c r="P67" s="1003"/>
+      <c r="Q67" s="1003"/>
+      <c r="R67" s="1003"/>
+      <c r="S67" s="1003"/>
       <c r="T67" s="177"/>
       <c r="U67" s="131"/>
       <c r="V67" s="178"/>
-      <c r="W67" s="1015"/>
-[...2 lines deleted...]
-      <c r="Z67" s="1011" t="s">
+      <c r="W67" s="1004"/>
+      <c r="X67" s="1004"/>
+      <c r="Y67" s="1004"/>
+      <c r="Z67" s="1000" t="s">
         <v>1</v>
       </c>
-      <c r="AA67" s="1011"/>
-[...2 lines deleted...]
-      <c r="AD67" s="1011" t="s">
+      <c r="AA67" s="1000"/>
+      <c r="AB67" s="1004"/>
+      <c r="AC67" s="1004"/>
+      <c r="AD67" s="1000" t="s">
         <v>2</v>
       </c>
-      <c r="AE67" s="1011"/>
-[...1 lines deleted...]
-      <c r="AG67" s="1015"/>
+      <c r="AE67" s="1000"/>
+      <c r="AF67" s="1004"/>
+      <c r="AG67" s="1004"/>
       <c r="AH67" s="131" t="s">
         <v>3</v>
       </c>
       <c r="AI67" s="96"/>
       <c r="AJ67" s="61"/>
     </row>
     <row r="68" spans="1:36" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A68" s="69"/>
       <c r="B68" s="61"/>
       <c r="C68" s="61"/>
       <c r="D68" s="61"/>
       <c r="E68" s="61"/>
       <c r="F68" s="61"/>
       <c r="G68" s="61"/>
       <c r="H68" s="61"/>
       <c r="I68" s="61"/>
       <c r="J68" s="61"/>
       <c r="K68" s="61"/>
       <c r="L68" s="61"/>
       <c r="M68" s="61"/>
       <c r="N68" s="61"/>
       <c r="O68" s="61"/>
       <c r="P68" s="61"/>
       <c r="Q68" s="61"/>
       <c r="R68" s="61"/>
@@ -21915,162 +21914,162 @@
       <c r="P69" s="180"/>
       <c r="Q69" s="180"/>
       <c r="R69" s="180"/>
       <c r="S69" s="180"/>
       <c r="T69" s="180"/>
       <c r="U69" s="180"/>
       <c r="V69" s="180"/>
       <c r="W69" s="180"/>
       <c r="X69" s="180"/>
       <c r="Y69" s="180"/>
       <c r="Z69" s="180"/>
       <c r="AA69" s="180"/>
       <c r="AB69" s="180"/>
       <c r="AC69" s="180"/>
       <c r="AD69" s="181"/>
       <c r="AE69" s="180"/>
       <c r="AF69" s="62"/>
       <c r="AG69" s="182"/>
       <c r="AH69" s="61"/>
       <c r="AI69" s="96"/>
       <c r="AJ69" s="61"/>
     </row>
     <row r="70" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="69"/>
       <c r="B70" s="179" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="C70" s="183"/>
       <c r="D70" s="183"/>
       <c r="E70" s="183"/>
       <c r="F70" s="183"/>
       <c r="G70" s="183"/>
       <c r="H70" s="183"/>
       <c r="I70" s="183"/>
       <c r="J70" s="183"/>
       <c r="K70" s="183"/>
       <c r="L70" s="183"/>
       <c r="M70" s="183"/>
       <c r="N70" s="183"/>
       <c r="O70" s="183"/>
       <c r="P70" s="183"/>
       <c r="Q70" s="183"/>
       <c r="R70" s="183"/>
       <c r="S70" s="183"/>
       <c r="T70" s="183"/>
       <c r="U70" s="183"/>
       <c r="V70" s="183"/>
       <c r="W70" s="183"/>
       <c r="X70" s="183"/>
       <c r="Y70" s="183"/>
       <c r="Z70" s="183"/>
       <c r="AA70" s="183"/>
       <c r="AB70" s="183"/>
       <c r="AC70" s="183"/>
       <c r="AD70" s="183"/>
       <c r="AE70" s="183"/>
       <c r="AF70" s="62"/>
       <c r="AG70" s="182"/>
       <c r="AH70" s="61"/>
       <c r="AI70" s="96"/>
       <c r="AJ70" s="61"/>
     </row>
     <row r="71" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="69"/>
-      <c r="B71" s="1012" t="s">
+      <c r="B71" s="1001" t="s">
         <v>510</v>
       </c>
-      <c r="C71" s="1012"/>
-[...30 lines deleted...]
-      <c r="AH71" s="1012"/>
+      <c r="C71" s="1001"/>
+      <c r="D71" s="1001"/>
+      <c r="E71" s="1001"/>
+      <c r="F71" s="1001"/>
+      <c r="G71" s="1001"/>
+      <c r="H71" s="1001"/>
+      <c r="I71" s="1001"/>
+      <c r="J71" s="1001"/>
+      <c r="K71" s="1001"/>
+      <c r="L71" s="1001"/>
+      <c r="M71" s="1001"/>
+      <c r="N71" s="1001"/>
+      <c r="O71" s="1001"/>
+      <c r="P71" s="1001"/>
+      <c r="Q71" s="1001"/>
+      <c r="R71" s="1001"/>
+      <c r="S71" s="1001"/>
+      <c r="T71" s="1001"/>
+      <c r="U71" s="1001"/>
+      <c r="V71" s="1001"/>
+      <c r="W71" s="1001"/>
+      <c r="X71" s="1001"/>
+      <c r="Y71" s="1001"/>
+      <c r="Z71" s="1001"/>
+      <c r="AA71" s="1001"/>
+      <c r="AB71" s="1001"/>
+      <c r="AC71" s="1001"/>
+      <c r="AD71" s="1001"/>
+      <c r="AE71" s="1001"/>
+      <c r="AF71" s="1001"/>
+      <c r="AG71" s="1001"/>
+      <c r="AH71" s="1001"/>
       <c r="AI71" s="96"/>
       <c r="AJ71" s="61"/>
     </row>
     <row r="72" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="69"/>
-      <c r="B72" s="1012"/>
-[...31 lines deleted...]
-      <c r="AH72" s="1012"/>
+      <c r="B72" s="1001"/>
+      <c r="C72" s="1001"/>
+      <c r="D72" s="1001"/>
+      <c r="E72" s="1001"/>
+      <c r="F72" s="1001"/>
+      <c r="G72" s="1001"/>
+      <c r="H72" s="1001"/>
+      <c r="I72" s="1001"/>
+      <c r="J72" s="1001"/>
+      <c r="K72" s="1001"/>
+      <c r="L72" s="1001"/>
+      <c r="M72" s="1001"/>
+      <c r="N72" s="1001"/>
+      <c r="O72" s="1001"/>
+      <c r="P72" s="1001"/>
+      <c r="Q72" s="1001"/>
+      <c r="R72" s="1001"/>
+      <c r="S72" s="1001"/>
+      <c r="T72" s="1001"/>
+      <c r="U72" s="1001"/>
+      <c r="V72" s="1001"/>
+      <c r="W72" s="1001"/>
+      <c r="X72" s="1001"/>
+      <c r="Y72" s="1001"/>
+      <c r="Z72" s="1001"/>
+      <c r="AA72" s="1001"/>
+      <c r="AB72" s="1001"/>
+      <c r="AC72" s="1001"/>
+      <c r="AD72" s="1001"/>
+      <c r="AE72" s="1001"/>
+      <c r="AF72" s="1001"/>
+      <c r="AG72" s="1001"/>
+      <c r="AH72" s="1001"/>
       <c r="AI72" s="96"/>
       <c r="AJ72" s="61"/>
     </row>
     <row r="73" spans="1:36" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="184"/>
       <c r="B73" s="185"/>
       <c r="C73" s="185"/>
       <c r="D73" s="185"/>
       <c r="E73" s="185"/>
       <c r="F73" s="185"/>
       <c r="G73" s="185"/>
       <c r="H73" s="185"/>
       <c r="I73" s="185"/>
       <c r="J73" s="185"/>
       <c r="K73" s="185"/>
       <c r="L73" s="185"/>
       <c r="M73" s="185"/>
       <c r="N73" s="185"/>
       <c r="O73" s="185"/>
       <c r="P73" s="185"/>
       <c r="Q73" s="185"/>
       <c r="R73" s="185"/>
       <c r="S73" s="185"/>
       <c r="T73" s="185"/>
       <c r="U73" s="185"/>
@@ -22311,81 +22310,81 @@
       <c r="A88" s="151"/>
     </row>
     <row r="89" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="151"/>
     </row>
     <row r="90" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="91" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="92" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="93" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="94" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="95" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="96" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="97" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="98" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="99" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="100" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="101" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="102" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="103" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="104" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="105" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="106" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="BCSp/YVmqpl/LauR5VVjVQYVFQg+W9VVGJHbDjSNQAChO8FEMWs4T1N8ppplVd7sJTAr2JUKwlHBvSWRFFCUnw==" saltValue="/a401ZJCOUNwvYkKww4S5g==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="31">
+    <mergeCell ref="AA47:AG48"/>
+    <mergeCell ref="C48:Z48"/>
+    <mergeCell ref="B6:AH6"/>
+    <mergeCell ref="K14:Q15"/>
+    <mergeCell ref="C15:J15"/>
+    <mergeCell ref="I20:M21"/>
+    <mergeCell ref="AB20:AG21"/>
+    <mergeCell ref="K25:Q26"/>
+    <mergeCell ref="K28:Q29"/>
+    <mergeCell ref="B32:AH32"/>
+    <mergeCell ref="AC36:AG37"/>
+    <mergeCell ref="F41:X42"/>
+    <mergeCell ref="F44:X45"/>
+    <mergeCell ref="H50:Q50"/>
+    <mergeCell ref="U50:Y51"/>
+    <mergeCell ref="AB50:AF51"/>
+    <mergeCell ref="U54:Y55"/>
+    <mergeCell ref="AB54:AF55"/>
     <mergeCell ref="AD67:AE67"/>
     <mergeCell ref="B71:AH72"/>
     <mergeCell ref="AG57:AI57"/>
     <mergeCell ref="B58:AE59"/>
     <mergeCell ref="AG58:AI58"/>
     <mergeCell ref="B66:S67"/>
     <mergeCell ref="W66:Y67"/>
     <mergeCell ref="Z66:AA66"/>
     <mergeCell ref="AB66:AC67"/>
     <mergeCell ref="AD66:AE66"/>
     <mergeCell ref="AF66:AG67"/>
     <mergeCell ref="Z67:AA67"/>
     <mergeCell ref="A57:AF57"/>
-    <mergeCell ref="H50:Q50"/>
-[...16 lines deleted...]
-    <mergeCell ref="F44:X45"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B33 G33 L33 U33 AC33 B36 I36 Q36 Y36 M8 AE11 AE8 B8 G8 S8 Y8 Y14 Y11 S14 S11 G11 B11 B14 B17 G17 M11 S17 Y17 X20 P20 B20 AE14 M17" xr:uid="{0A079094-F48D-4A4E-9730-4A4F7C311FF1}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6739C7B5-B022-43A9-82C8-38FAC102CAF2}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:IK29"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="80" zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:Q2"/>
@@ -22400,51 +22399,51 @@
   </cols>
   <sheetData>
     <row r="2" spans="1:239" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A2" s="688" t="s">
         <v>609</v>
       </c>
       <c r="B2" s="688"/>
       <c r="C2" s="688"/>
       <c r="D2" s="688"/>
       <c r="E2" s="688"/>
       <c r="F2" s="688"/>
       <c r="G2" s="688"/>
       <c r="H2" s="688"/>
       <c r="I2" s="688"/>
       <c r="J2" s="688"/>
       <c r="K2" s="688"/>
       <c r="L2" s="688"/>
       <c r="M2" s="688"/>
       <c r="N2" s="688"/>
       <c r="O2" s="688"/>
       <c r="P2" s="688"/>
       <c r="Q2" s="688"/>
     </row>
     <row r="3" spans="1:239" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="693" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="B3" s="693"/>
       <c r="C3" s="693"/>
       <c r="D3" s="693"/>
       <c r="E3" s="693"/>
       <c r="F3" s="693"/>
       <c r="G3" s="693"/>
       <c r="H3" s="693"/>
       <c r="I3" s="693"/>
       <c r="J3" s="693"/>
       <c r="K3" s="693"/>
       <c r="L3" s="693"/>
       <c r="M3" s="693"/>
       <c r="N3" s="693"/>
       <c r="O3" s="693"/>
       <c r="P3" s="693"/>
       <c r="Q3" s="693"/>
     </row>
     <row r="4" spans="1:239" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A4" s="265"/>
       <c r="B4" s="199" t="s">
         <v>559</v>
       </c>
       <c r="C4" s="193"/>
       <c r="D4" s="193"/>
@@ -22693,51 +22692,51 @@
       <c r="HK6" s="194"/>
       <c r="HL6" s="194"/>
       <c r="HM6" s="194"/>
       <c r="HN6" s="194"/>
       <c r="HO6" s="194"/>
       <c r="HP6" s="194"/>
       <c r="HQ6" s="194"/>
       <c r="HR6" s="194"/>
       <c r="HS6" s="194"/>
       <c r="HT6" s="194"/>
       <c r="HU6" s="194"/>
       <c r="HV6" s="194"/>
       <c r="HW6" s="194"/>
       <c r="HX6" s="194"/>
       <c r="HY6" s="194"/>
       <c r="HZ6" s="194"/>
       <c r="IA6" s="194"/>
       <c r="IB6" s="194"/>
       <c r="IC6" s="194"/>
       <c r="ID6" s="194"/>
       <c r="IE6" s="194"/>
     </row>
     <row r="7" spans="1:239" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="195"/>
       <c r="B7" s="690" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="C7" s="691"/>
       <c r="D7" s="691"/>
       <c r="E7" s="691"/>
       <c r="F7" s="691"/>
       <c r="G7" s="692"/>
       <c r="H7" s="690" t="s">
         <v>612</v>
       </c>
       <c r="I7" s="691"/>
       <c r="J7" s="691"/>
       <c r="K7" s="691"/>
       <c r="L7" s="691"/>
       <c r="M7" s="692"/>
       <c r="N7" s="209" t="s">
         <v>613</v>
       </c>
       <c r="O7" s="209" t="s">
         <v>614</v>
       </c>
       <c r="P7" s="209" t="s">
         <v>615</v>
       </c>
       <c r="Q7" s="209" t="s">
         <v>616</v>
@@ -23721,125 +23720,125 @@
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24EC457D-F124-4FFC-96C3-67C21E7AB075}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A2:K52"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:J3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6328125" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.6328125" style="222"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A2" s="221"/>
-      <c r="B2" s="741" t="s">
-[...9 lines deleted...]
-      <c r="J2" s="742"/>
+      <c r="B2" s="694" t="s">
+        <v>680</v>
+      </c>
+      <c r="C2" s="695"/>
+      <c r="D2" s="695"/>
+      <c r="E2" s="695"/>
+      <c r="F2" s="695"/>
+      <c r="G2" s="695"/>
+      <c r="H2" s="695"/>
+      <c r="I2" s="695"/>
+      <c r="J2" s="695"/>
     </row>
     <row r="3" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A3" s="223"/>
-      <c r="B3" s="742"/>
-[...7 lines deleted...]
-      <c r="J3" s="742"/>
+      <c r="B3" s="695"/>
+      <c r="C3" s="695"/>
+      <c r="D3" s="695"/>
+      <c r="E3" s="695"/>
+      <c r="F3" s="695"/>
+      <c r="G3" s="695"/>
+      <c r="H3" s="695"/>
+      <c r="I3" s="695"/>
+      <c r="J3" s="695"/>
       <c r="K3" s="223"/>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A4" s="223"/>
       <c r="B4" s="264"/>
       <c r="C4" s="264"/>
       <c r="D4" s="264"/>
       <c r="E4" s="264"/>
       <c r="F4" s="264"/>
       <c r="G4" s="264"/>
       <c r="H4" s="264"/>
       <c r="I4" s="264"/>
       <c r="J4" s="264"/>
       <c r="K4" s="223"/>
     </row>
     <row r="5" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A5" s="223"/>
       <c r="B5" s="223"/>
       <c r="C5" s="223"/>
-      <c r="D5" s="744" t="s">
-[...5 lines deleted...]
-      <c r="H5" s="744"/>
+      <c r="D5" s="697" t="s">
+        <v>780</v>
+      </c>
+      <c r="E5" s="697"/>
+      <c r="F5" s="697"/>
+      <c r="G5" s="697"/>
+      <c r="H5" s="697"/>
       <c r="I5" s="223"/>
       <c r="J5" s="223"/>
       <c r="K5" s="223"/>
     </row>
     <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.95">
       <c r="A6" s="223"/>
       <c r="B6" s="223"/>
       <c r="C6" s="224"/>
-      <c r="D6" s="744"/>
-[...3 lines deleted...]
-      <c r="H6" s="744"/>
+      <c r="D6" s="697"/>
+      <c r="E6" s="697"/>
+      <c r="F6" s="697"/>
+      <c r="G6" s="697"/>
+      <c r="H6" s="697"/>
       <c r="I6" s="223"/>
       <c r="J6" s="223"/>
       <c r="K6" s="223"/>
     </row>
     <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A7" s="223"/>
       <c r="B7" s="223"/>
       <c r="C7" s="225"/>
-      <c r="D7" s="744"/>
-[...3 lines deleted...]
-      <c r="H7" s="744"/>
+      <c r="D7" s="697"/>
+      <c r="E7" s="697"/>
+      <c r="F7" s="697"/>
+      <c r="G7" s="697"/>
+      <c r="H7" s="697"/>
       <c r="I7" s="223"/>
       <c r="J7" s="223"/>
       <c r="K7" s="223"/>
     </row>
     <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A8" s="223"/>
       <c r="B8" s="223"/>
       <c r="C8" s="226"/>
       <c r="D8" s="226"/>
       <c r="E8" s="226"/>
       <c r="F8" s="223"/>
       <c r="G8" s="223"/>
       <c r="H8" s="223"/>
       <c r="I8" s="223"/>
       <c r="J8" s="223"/>
       <c r="K8" s="223"/>
     </row>
     <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A9" s="223"/>
       <c r="B9" s="227" t="s">
         <v>646</v>
       </c>
       <c r="C9" s="227"/>
       <c r="D9" s="227"/>
       <c r="E9" s="227"/>
@@ -23858,542 +23857,542 @@
       <c r="C10" s="227"/>
       <c r="D10" s="227"/>
       <c r="E10" s="227"/>
       <c r="F10" s="227"/>
       <c r="G10" s="227"/>
       <c r="H10" s="227"/>
       <c r="I10" s="227"/>
       <c r="J10" s="227"/>
       <c r="K10" s="223"/>
     </row>
     <row r="11" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A11" s="223"/>
       <c r="B11" s="227"/>
       <c r="C11" s="227"/>
       <c r="D11" s="227"/>
       <c r="E11" s="227"/>
       <c r="F11" s="227"/>
       <c r="G11" s="227"/>
       <c r="H11" s="227"/>
       <c r="I11" s="227"/>
       <c r="J11" s="227"/>
       <c r="K11" s="223"/>
     </row>
     <row r="12" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A12" s="223"/>
-      <c r="B12" s="749" t="s">
+      <c r="B12" s="705" t="s">
         <v>648</v>
       </c>
-      <c r="C12" s="750"/>
-[...6 lines deleted...]
-      <c r="J12" s="747"/>
+      <c r="C12" s="706"/>
+      <c r="D12" s="707"/>
+      <c r="E12" s="698"/>
+      <c r="F12" s="699"/>
+      <c r="G12" s="699"/>
+      <c r="H12" s="699"/>
+      <c r="I12" s="699"/>
+      <c r="J12" s="700"/>
       <c r="K12" s="223"/>
     </row>
     <row r="13" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A13" s="223"/>
-      <c r="B13" s="724"/>
-[...9 lines deleted...]
-      <c r="J13" s="754"/>
+      <c r="B13" s="708"/>
+      <c r="C13" s="709"/>
+      <c r="D13" s="710"/>
+      <c r="E13" s="711" t="s">
+        <v>781</v>
+      </c>
+      <c r="F13" s="712"/>
+      <c r="G13" s="712"/>
+      <c r="H13" s="712"/>
+      <c r="I13" s="712"/>
+      <c r="J13" s="713"/>
       <c r="K13" s="223"/>
     </row>
     <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A14" s="223"/>
-      <c r="B14" s="748" t="s">
+      <c r="B14" s="701" t="s">
         <v>649</v>
       </c>
-      <c r="C14" s="748"/>
-[...6 lines deleted...]
-      <c r="J14" s="696"/>
+      <c r="C14" s="701"/>
+      <c r="D14" s="701"/>
+      <c r="E14" s="702"/>
+      <c r="F14" s="703"/>
+      <c r="G14" s="703"/>
+      <c r="H14" s="703"/>
+      <c r="I14" s="703"/>
+      <c r="J14" s="704"/>
       <c r="K14" s="223"/>
     </row>
     <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A15" s="223"/>
-      <c r="B15" s="743" t="s">
+      <c r="B15" s="696" t="s">
         <v>650</v>
       </c>
-      <c r="C15" s="743"/>
-      <c r="D15" s="743"/>
+      <c r="C15" s="696"/>
+      <c r="D15" s="696"/>
       <c r="E15" s="284"/>
       <c r="F15" s="232" t="s">
         <v>651</v>
       </c>
       <c r="G15" s="285"/>
       <c r="H15" s="232" t="s">
         <v>652</v>
       </c>
       <c r="I15" s="285"/>
       <c r="J15" s="233" t="s">
         <v>653</v>
       </c>
       <c r="K15" s="223"/>
     </row>
     <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A16" s="223"/>
       <c r="B16" s="227"/>
       <c r="C16" s="227"/>
       <c r="D16" s="227"/>
       <c r="E16" s="227"/>
       <c r="F16" s="227"/>
       <c r="G16" s="227"/>
       <c r="H16" s="227"/>
       <c r="I16" s="227"/>
       <c r="J16" s="227"/>
       <c r="K16" s="223"/>
     </row>
     <row r="17" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A17" s="223"/>
-      <c r="B17" s="730" t="s">
-[...9 lines deleted...]
-      <c r="J17" s="731"/>
+      <c r="B17" s="714" t="s">
+        <v>811</v>
+      </c>
+      <c r="C17" s="715"/>
+      <c r="D17" s="715"/>
+      <c r="E17" s="715"/>
+      <c r="F17" s="715"/>
+      <c r="G17" s="715"/>
+      <c r="H17" s="715"/>
+      <c r="I17" s="715"/>
+      <c r="J17" s="715"/>
       <c r="K17" s="223"/>
     </row>
     <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A18" s="223"/>
-      <c r="B18" s="731"/>
-[...7 lines deleted...]
-      <c r="J18" s="731"/>
+      <c r="B18" s="715"/>
+      <c r="C18" s="715"/>
+      <c r="D18" s="715"/>
+      <c r="E18" s="715"/>
+      <c r="F18" s="715"/>
+      <c r="G18" s="715"/>
+      <c r="H18" s="715"/>
+      <c r="I18" s="715"/>
+      <c r="J18" s="715"/>
       <c r="K18" s="223"/>
     </row>
     <row r="19" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A19" s="223"/>
-      <c r="B19" s="731"/>
-[...7 lines deleted...]
-      <c r="J19" s="731"/>
+      <c r="B19" s="715"/>
+      <c r="C19" s="715"/>
+      <c r="D19" s="715"/>
+      <c r="E19" s="715"/>
+      <c r="F19" s="715"/>
+      <c r="G19" s="715"/>
+      <c r="H19" s="715"/>
+      <c r="I19" s="715"/>
+      <c r="J19" s="715"/>
       <c r="K19" s="223"/>
     </row>
     <row r="20" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A20" s="223"/>
-      <c r="B20" s="731"/>
-[...7 lines deleted...]
-      <c r="J20" s="731"/>
+      <c r="B20" s="715"/>
+      <c r="C20" s="715"/>
+      <c r="D20" s="715"/>
+      <c r="E20" s="715"/>
+      <c r="F20" s="715"/>
+      <c r="G20" s="715"/>
+      <c r="H20" s="715"/>
+      <c r="I20" s="715"/>
+      <c r="J20" s="715"/>
       <c r="K20" s="223"/>
     </row>
     <row r="21" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A21" s="223"/>
-      <c r="B21" s="731"/>
-[...7 lines deleted...]
-      <c r="J21" s="731"/>
+      <c r="B21" s="715"/>
+      <c r="C21" s="715"/>
+      <c r="D21" s="715"/>
+      <c r="E21" s="715"/>
+      <c r="F21" s="715"/>
+      <c r="G21" s="715"/>
+      <c r="H21" s="715"/>
+      <c r="I21" s="715"/>
+      <c r="J21" s="715"/>
       <c r="K21" s="223"/>
     </row>
     <row r="22" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A22" s="223"/>
-      <c r="B22" s="731"/>
-[...7 lines deleted...]
-      <c r="J22" s="731"/>
+      <c r="B22" s="715"/>
+      <c r="C22" s="715"/>
+      <c r="D22" s="715"/>
+      <c r="E22" s="715"/>
+      <c r="F22" s="715"/>
+      <c r="G22" s="715"/>
+      <c r="H22" s="715"/>
+      <c r="I22" s="715"/>
+      <c r="J22" s="715"/>
       <c r="K22" s="223"/>
     </row>
     <row r="23" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A23" s="223"/>
-      <c r="B23" s="731"/>
-[...7 lines deleted...]
-      <c r="J23" s="731"/>
+      <c r="B23" s="715"/>
+      <c r="C23" s="715"/>
+      <c r="D23" s="715"/>
+      <c r="E23" s="715"/>
+      <c r="F23" s="715"/>
+      <c r="G23" s="715"/>
+      <c r="H23" s="715"/>
+      <c r="I23" s="715"/>
+      <c r="J23" s="715"/>
       <c r="K23" s="223"/>
     </row>
     <row r="24" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A24" s="223"/>
-      <c r="B24" s="731"/>
-[...7 lines deleted...]
-      <c r="J24" s="731"/>
+      <c r="B24" s="715"/>
+      <c r="C24" s="715"/>
+      <c r="D24" s="715"/>
+      <c r="E24" s="715"/>
+      <c r="F24" s="715"/>
+      <c r="G24" s="715"/>
+      <c r="H24" s="715"/>
+      <c r="I24" s="715"/>
+      <c r="J24" s="715"/>
       <c r="K24" s="223"/>
     </row>
     <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A25" s="223"/>
-      <c r="B25" s="731"/>
-[...7 lines deleted...]
-      <c r="J25" s="731"/>
+      <c r="B25" s="715"/>
+      <c r="C25" s="715"/>
+      <c r="D25" s="715"/>
+      <c r="E25" s="715"/>
+      <c r="F25" s="715"/>
+      <c r="G25" s="715"/>
+      <c r="H25" s="715"/>
+      <c r="I25" s="715"/>
+      <c r="J25" s="715"/>
       <c r="K25" s="223"/>
     </row>
     <row r="26" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A26" s="223"/>
       <c r="B26" s="234"/>
       <c r="C26" s="234"/>
       <c r="D26" s="234"/>
       <c r="E26" s="234"/>
       <c r="F26" s="227"/>
-      <c r="G26" s="732"/>
-[...2 lines deleted...]
-      <c r="J26" s="732"/>
+      <c r="G26" s="716"/>
+      <c r="H26" s="716"/>
+      <c r="I26" s="716"/>
+      <c r="J26" s="716"/>
       <c r="K26" s="223"/>
     </row>
     <row r="27" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A27" s="223"/>
-      <c r="B27" s="733" t="s">
+      <c r="B27" s="717" t="s">
         <v>661</v>
       </c>
-      <c r="C27" s="731"/>
-[...6 lines deleted...]
-      <c r="J27" s="731"/>
+      <c r="C27" s="715"/>
+      <c r="D27" s="715"/>
+      <c r="E27" s="715"/>
+      <c r="F27" s="715"/>
+      <c r="G27" s="715"/>
+      <c r="H27" s="715"/>
+      <c r="I27" s="715"/>
+      <c r="J27" s="715"/>
       <c r="K27" s="223"/>
     </row>
     <row r="28" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A28" s="223"/>
-      <c r="B28" s="731"/>
-[...7 lines deleted...]
-      <c r="J28" s="731"/>
+      <c r="B28" s="715"/>
+      <c r="C28" s="715"/>
+      <c r="D28" s="715"/>
+      <c r="E28" s="715"/>
+      <c r="F28" s="715"/>
+      <c r="G28" s="715"/>
+      <c r="H28" s="715"/>
+      <c r="I28" s="715"/>
+      <c r="J28" s="715"/>
       <c r="K28" s="223"/>
     </row>
     <row r="29" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A29" s="223"/>
-      <c r="B29" s="734"/>
-[...7 lines deleted...]
-      <c r="J29" s="734"/>
+      <c r="B29" s="718"/>
+      <c r="C29" s="718"/>
+      <c r="D29" s="718"/>
+      <c r="E29" s="718"/>
+      <c r="F29" s="718"/>
+      <c r="G29" s="718"/>
+      <c r="H29" s="718"/>
+      <c r="I29" s="718"/>
+      <c r="J29" s="718"/>
       <c r="K29" s="223"/>
     </row>
     <row r="30" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A30" s="223"/>
-      <c r="B30" s="735"/>
-[...7 lines deleted...]
-      <c r="J30" s="735"/>
+      <c r="B30" s="719"/>
+      <c r="C30" s="719"/>
+      <c r="D30" s="719"/>
+      <c r="E30" s="719"/>
+      <c r="F30" s="719"/>
+      <c r="G30" s="719"/>
+      <c r="H30" s="719"/>
+      <c r="I30" s="719"/>
+      <c r="J30" s="719"/>
       <c r="K30" s="223"/>
     </row>
     <row r="31" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A31" s="223"/>
-      <c r="B31" s="735"/>
-[...7 lines deleted...]
-      <c r="J31" s="735"/>
+      <c r="B31" s="719"/>
+      <c r="C31" s="719"/>
+      <c r="D31" s="719"/>
+      <c r="E31" s="719"/>
+      <c r="F31" s="719"/>
+      <c r="G31" s="719"/>
+      <c r="H31" s="719"/>
+      <c r="I31" s="719"/>
+      <c r="J31" s="719"/>
       <c r="K31" s="223"/>
     </row>
     <row r="32" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A32" s="223"/>
-      <c r="B32" s="735"/>
-[...7 lines deleted...]
-      <c r="J32" s="735"/>
+      <c r="B32" s="719"/>
+      <c r="C32" s="719"/>
+      <c r="D32" s="719"/>
+      <c r="E32" s="719"/>
+      <c r="F32" s="719"/>
+      <c r="G32" s="719"/>
+      <c r="H32" s="719"/>
+      <c r="I32" s="719"/>
+      <c r="J32" s="719"/>
       <c r="K32" s="223"/>
     </row>
     <row r="33" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A33" s="223"/>
-      <c r="B33" s="735"/>
-[...7 lines deleted...]
-      <c r="J33" s="735"/>
+      <c r="B33" s="719"/>
+      <c r="C33" s="719"/>
+      <c r="D33" s="719"/>
+      <c r="E33" s="719"/>
+      <c r="F33" s="719"/>
+      <c r="G33" s="719"/>
+      <c r="H33" s="719"/>
+      <c r="I33" s="719"/>
+      <c r="J33" s="719"/>
       <c r="K33" s="223"/>
     </row>
     <row r="34" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A34" s="223"/>
-      <c r="B34" s="735"/>
-[...7 lines deleted...]
-      <c r="J34" s="735"/>
+      <c r="B34" s="719"/>
+      <c r="C34" s="719"/>
+      <c r="D34" s="719"/>
+      <c r="E34" s="719"/>
+      <c r="F34" s="719"/>
+      <c r="G34" s="719"/>
+      <c r="H34" s="719"/>
+      <c r="I34" s="719"/>
+      <c r="J34" s="719"/>
       <c r="K34" s="223"/>
     </row>
     <row r="35" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A35" s="223"/>
-      <c r="B35" s="735"/>
-[...7 lines deleted...]
-      <c r="J35" s="735"/>
+      <c r="B35" s="719"/>
+      <c r="C35" s="719"/>
+      <c r="D35" s="719"/>
+      <c r="E35" s="719"/>
+      <c r="F35" s="719"/>
+      <c r="G35" s="719"/>
+      <c r="H35" s="719"/>
+      <c r="I35" s="719"/>
+      <c r="J35" s="719"/>
       <c r="K35" s="223"/>
     </row>
     <row r="36" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A36" s="223"/>
-      <c r="B36" s="735"/>
-[...7 lines deleted...]
-      <c r="J36" s="735"/>
+      <c r="B36" s="719"/>
+      <c r="C36" s="719"/>
+      <c r="D36" s="719"/>
+      <c r="E36" s="719"/>
+      <c r="F36" s="719"/>
+      <c r="G36" s="719"/>
+      <c r="H36" s="719"/>
+      <c r="I36" s="719"/>
+      <c r="J36" s="719"/>
       <c r="K36" s="223"/>
     </row>
     <row r="37" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A37" s="223"/>
-      <c r="B37" s="735"/>
-[...7 lines deleted...]
-      <c r="J37" s="735"/>
+      <c r="B37" s="719"/>
+      <c r="C37" s="719"/>
+      <c r="D37" s="719"/>
+      <c r="E37" s="719"/>
+      <c r="F37" s="719"/>
+      <c r="G37" s="719"/>
+      <c r="H37" s="719"/>
+      <c r="I37" s="719"/>
+      <c r="J37" s="719"/>
       <c r="K37" s="223"/>
     </row>
     <row r="38" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A38" s="223"/>
-      <c r="B38" s="735"/>
-[...7 lines deleted...]
-      <c r="J38" s="735"/>
+      <c r="B38" s="719"/>
+      <c r="C38" s="719"/>
+      <c r="D38" s="719"/>
+      <c r="E38" s="719"/>
+      <c r="F38" s="719"/>
+      <c r="G38" s="719"/>
+      <c r="H38" s="719"/>
+      <c r="I38" s="719"/>
+      <c r="J38" s="719"/>
       <c r="K38" s="223"/>
     </row>
     <row r="39" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A39" s="223"/>
       <c r="B39" s="228"/>
       <c r="C39" s="228"/>
       <c r="D39" s="228"/>
       <c r="E39" s="228"/>
       <c r="F39" s="228"/>
       <c r="G39" s="228"/>
       <c r="H39" s="228"/>
       <c r="I39" s="228"/>
       <c r="J39" s="228"/>
       <c r="K39" s="223"/>
     </row>
     <row r="40" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A40" s="223"/>
       <c r="B40" s="227"/>
       <c r="C40" s="227"/>
       <c r="D40" s="227"/>
       <c r="E40" s="229"/>
       <c r="F40" s="227"/>
       <c r="G40" s="227"/>
       <c r="H40" s="227"/>
       <c r="I40" s="227"/>
       <c r="J40" s="227"/>
       <c r="K40" s="223"/>
     </row>
     <row r="41" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B41" s="227" t="s">
         <v>654</v>
       </c>
       <c r="C41" s="227"/>
       <c r="D41" s="227"/>
       <c r="E41" s="227"/>
       <c r="F41" s="227"/>
       <c r="G41" s="227"/>
       <c r="H41" s="227"/>
       <c r="I41" s="227"/>
       <c r="J41" s="227"/>
     </row>
     <row r="42" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B42" s="736" t="s">
+      <c r="B42" s="720" t="s">
         <v>655</v>
       </c>
-      <c r="C42" s="737"/>
-[...6 lines deleted...]
-      <c r="J42" s="740"/>
+      <c r="C42" s="721"/>
+      <c r="D42" s="722"/>
+      <c r="E42" s="723"/>
+      <c r="F42" s="723"/>
+      <c r="G42" s="723"/>
+      <c r="H42" s="723"/>
+      <c r="I42" s="723"/>
+      <c r="J42" s="724"/>
     </row>
     <row r="43" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="718" t="s">
+      <c r="B43" s="746" t="s">
         <v>656</v>
       </c>
-      <c r="C43" s="719"/>
-[...6 lines deleted...]
-      <c r="J43" s="696"/>
+      <c r="C43" s="747"/>
+      <c r="D43" s="748"/>
+      <c r="E43" s="702"/>
+      <c r="F43" s="703"/>
+      <c r="G43" s="703"/>
+      <c r="H43" s="703"/>
+      <c r="I43" s="703"/>
+      <c r="J43" s="704"/>
     </row>
     <row r="44" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="721"/>
-[...7 lines deleted...]
-      <c r="J44" s="699"/>
+      <c r="B44" s="749"/>
+      <c r="C44" s="750"/>
+      <c r="D44" s="751"/>
+      <c r="E44" s="725"/>
+      <c r="F44" s="726"/>
+      <c r="G44" s="726"/>
+      <c r="H44" s="726"/>
+      <c r="I44" s="726"/>
+      <c r="J44" s="727"/>
     </row>
     <row r="45" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="724"/>
-[...9 lines deleted...]
-      <c r="J45" s="729"/>
+      <c r="B45" s="708"/>
+      <c r="C45" s="709"/>
+      <c r="D45" s="710"/>
+      <c r="E45" s="752" t="s">
+        <v>813</v>
+      </c>
+      <c r="F45" s="753"/>
+      <c r="G45" s="753"/>
+      <c r="H45" s="753"/>
+      <c r="I45" s="753"/>
+      <c r="J45" s="754"/>
     </row>
     <row r="46" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B46" s="700" t="s">
+      <c r="B46" s="728" t="s">
         <v>657</v>
       </c>
-      <c r="C46" s="701"/>
-[...6 lines deleted...]
-      <c r="J46" s="705"/>
+      <c r="C46" s="729"/>
+      <c r="D46" s="730"/>
+      <c r="E46" s="731"/>
+      <c r="F46" s="732"/>
+      <c r="G46" s="732"/>
+      <c r="H46" s="732"/>
+      <c r="I46" s="732"/>
+      <c r="J46" s="733"/>
     </row>
     <row r="47" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="706" t="s">
+      <c r="B47" s="734" t="s">
         <v>658</v>
       </c>
-      <c r="C47" s="707"/>
-[...6 lines deleted...]
-      <c r="J47" s="714"/>
+      <c r="C47" s="735"/>
+      <c r="D47" s="736"/>
+      <c r="E47" s="740"/>
+      <c r="F47" s="741"/>
+      <c r="G47" s="741"/>
+      <c r="H47" s="741"/>
+      <c r="I47" s="741"/>
+      <c r="J47" s="742"/>
     </row>
     <row r="48" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="709"/>
-[...7 lines deleted...]
-      <c r="J48" s="717"/>
+      <c r="B48" s="737"/>
+      <c r="C48" s="738"/>
+      <c r="D48" s="739"/>
+      <c r="E48" s="743"/>
+      <c r="F48" s="744"/>
+      <c r="G48" s="744"/>
+      <c r="H48" s="744"/>
+      <c r="I48" s="744"/>
+      <c r="J48" s="745"/>
     </row>
     <row r="49" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B49" s="227"/>
       <c r="C49" s="227"/>
       <c r="D49" s="227"/>
       <c r="E49" s="227"/>
       <c r="F49" s="227"/>
       <c r="G49" s="227"/>
       <c r="H49" s="227"/>
       <c r="I49" s="227"/>
       <c r="J49" s="227"/>
     </row>
     <row r="50" spans="2:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B50" s="227"/>
       <c r="C50" s="230"/>
       <c r="D50" s="230" t="s">
         <v>659</v>
       </c>
       <c r="E50" s="286"/>
       <c r="F50" s="235" t="s">
         <v>660</v>
       </c>
       <c r="G50" s="286"/>
       <c r="H50" s="235" t="s">
         <v>652</v>
@@ -24405,171 +24404,171 @@
     </row>
     <row r="51" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B51" s="223"/>
       <c r="C51" s="223"/>
       <c r="D51" s="223"/>
       <c r="E51" s="231"/>
       <c r="F51" s="223"/>
       <c r="G51" s="223"/>
       <c r="H51" s="223"/>
       <c r="I51" s="223"/>
       <c r="J51" s="223"/>
     </row>
     <row r="52" spans="2:10" ht="17.5" x14ac:dyDescent="0.6">
       <c r="B52" s="223"/>
       <c r="C52" s="223"/>
       <c r="D52" s="223"/>
       <c r="E52" s="223"/>
       <c r="F52" s="223"/>
       <c r="G52" s="223"/>
       <c r="H52" s="223"/>
       <c r="I52" s="223"/>
       <c r="J52" s="223"/>
     </row>
   </sheetData>
   <mergeCells count="21">
+    <mergeCell ref="E43:J44"/>
+    <mergeCell ref="B46:D46"/>
+    <mergeCell ref="E46:J46"/>
+    <mergeCell ref="B47:D48"/>
+    <mergeCell ref="E47:J48"/>
+    <mergeCell ref="B43:D45"/>
+    <mergeCell ref="E45:J45"/>
+    <mergeCell ref="B17:J25"/>
+    <mergeCell ref="G26:J26"/>
+    <mergeCell ref="B27:J29"/>
+    <mergeCell ref="B30:J38"/>
+    <mergeCell ref="B42:D42"/>
+    <mergeCell ref="E42:J42"/>
     <mergeCell ref="B2:J3"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="D5:H7"/>
     <mergeCell ref="E12:J12"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="E14:J14"/>
     <mergeCell ref="B12:D13"/>
     <mergeCell ref="E13:J13"/>
-    <mergeCell ref="B17:J25"/>
-[...11 lines deleted...]
-    <mergeCell ref="E45:J45"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88154F21-FBA5-415F-B5B6-9B6F22582A3B}">
   <sheetPr codeName="Sheet10">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A2:K52"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:J3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.6328125" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.6328125" style="222"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A2" s="221"/>
-      <c r="B2" s="741" t="s">
-[...9 lines deleted...]
-      <c r="J2" s="742"/>
+      <c r="B2" s="694" t="s">
+        <v>680</v>
+      </c>
+      <c r="C2" s="695"/>
+      <c r="D2" s="695"/>
+      <c r="E2" s="695"/>
+      <c r="F2" s="695"/>
+      <c r="G2" s="695"/>
+      <c r="H2" s="695"/>
+      <c r="I2" s="695"/>
+      <c r="J2" s="695"/>
     </row>
     <row r="3" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A3" s="223"/>
-      <c r="B3" s="742"/>
-[...7 lines deleted...]
-      <c r="J3" s="742"/>
+      <c r="B3" s="695"/>
+      <c r="C3" s="695"/>
+      <c r="D3" s="695"/>
+      <c r="E3" s="695"/>
+      <c r="F3" s="695"/>
+      <c r="G3" s="695"/>
+      <c r="H3" s="695"/>
+      <c r="I3" s="695"/>
+      <c r="J3" s="695"/>
       <c r="K3" s="223"/>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A4" s="223"/>
       <c r="B4" s="223"/>
       <c r="C4" s="223"/>
       <c r="D4" s="223"/>
       <c r="E4" s="223"/>
       <c r="F4" s="223"/>
       <c r="G4" s="223"/>
       <c r="H4" s="223"/>
       <c r="I4" s="223"/>
       <c r="J4" s="223"/>
       <c r="K4" s="223"/>
     </row>
     <row r="5" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A5" s="223"/>
       <c r="B5" s="223"/>
       <c r="C5" s="223"/>
-      <c r="D5" s="744" t="s">
-[...5 lines deleted...]
-      <c r="H5" s="744"/>
+      <c r="D5" s="697" t="s">
+        <v>780</v>
+      </c>
+      <c r="E5" s="697"/>
+      <c r="F5" s="697"/>
+      <c r="G5" s="697"/>
+      <c r="H5" s="697"/>
       <c r="I5" s="223"/>
       <c r="J5" s="223"/>
       <c r="K5" s="223"/>
     </row>
     <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.95">
       <c r="A6" s="223"/>
       <c r="B6" s="223"/>
       <c r="C6" s="224"/>
-      <c r="D6" s="744"/>
-[...3 lines deleted...]
-      <c r="H6" s="744"/>
+      <c r="D6" s="697"/>
+      <c r="E6" s="697"/>
+      <c r="F6" s="697"/>
+      <c r="G6" s="697"/>
+      <c r="H6" s="697"/>
       <c r="I6" s="223"/>
       <c r="J6" s="223"/>
       <c r="K6" s="223"/>
     </row>
     <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A7" s="223"/>
       <c r="B7" s="223"/>
       <c r="C7" s="225"/>
-      <c r="D7" s="744"/>
-[...3 lines deleted...]
-      <c r="H7" s="744"/>
+      <c r="D7" s="697"/>
+      <c r="E7" s="697"/>
+      <c r="F7" s="697"/>
+      <c r="G7" s="697"/>
+      <c r="H7" s="697"/>
       <c r="I7" s="223"/>
       <c r="J7" s="223"/>
       <c r="K7" s="223"/>
     </row>
     <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A8" s="223"/>
       <c r="B8" s="223"/>
       <c r="C8" s="226"/>
       <c r="D8" s="226"/>
       <c r="E8" s="226"/>
       <c r="F8" s="223"/>
       <c r="G8" s="223"/>
       <c r="H8" s="223"/>
       <c r="I8" s="223"/>
       <c r="J8" s="223"/>
       <c r="K8" s="223"/>
     </row>
     <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A9" s="223"/>
       <c r="B9" s="227" t="s">
         <v>646</v>
       </c>
       <c r="C9" s="227"/>
       <c r="D9" s="227"/>
       <c r="E9" s="227"/>
@@ -24588,542 +24587,542 @@
       <c r="C10" s="227"/>
       <c r="D10" s="227"/>
       <c r="E10" s="227"/>
       <c r="F10" s="227"/>
       <c r="G10" s="227"/>
       <c r="H10" s="227"/>
       <c r="I10" s="227"/>
       <c r="J10" s="227"/>
       <c r="K10" s="223"/>
     </row>
     <row r="11" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A11" s="223"/>
       <c r="B11" s="227"/>
       <c r="C11" s="227"/>
       <c r="D11" s="227"/>
       <c r="E11" s="227"/>
       <c r="F11" s="227"/>
       <c r="G11" s="227"/>
       <c r="H11" s="227"/>
       <c r="I11" s="227"/>
       <c r="J11" s="227"/>
       <c r="K11" s="223"/>
     </row>
     <row r="12" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A12" s="223"/>
-      <c r="B12" s="749" t="s">
+      <c r="B12" s="705" t="s">
         <v>648</v>
       </c>
-      <c r="C12" s="750"/>
-[...6 lines deleted...]
-      <c r="J12" s="747"/>
+      <c r="C12" s="706"/>
+      <c r="D12" s="707"/>
+      <c r="E12" s="698"/>
+      <c r="F12" s="699"/>
+      <c r="G12" s="699"/>
+      <c r="H12" s="699"/>
+      <c r="I12" s="699"/>
+      <c r="J12" s="700"/>
       <c r="K12" s="223"/>
     </row>
     <row r="13" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A13" s="223"/>
-      <c r="B13" s="724"/>
-[...9 lines deleted...]
-      <c r="J13" s="754"/>
+      <c r="B13" s="708"/>
+      <c r="C13" s="709"/>
+      <c r="D13" s="710"/>
+      <c r="E13" s="711" t="s">
+        <v>781</v>
+      </c>
+      <c r="F13" s="712"/>
+      <c r="G13" s="712"/>
+      <c r="H13" s="712"/>
+      <c r="I13" s="712"/>
+      <c r="J13" s="713"/>
       <c r="K13" s="223"/>
     </row>
     <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A14" s="223"/>
-      <c r="B14" s="748" t="s">
+      <c r="B14" s="701" t="s">
         <v>649</v>
       </c>
-      <c r="C14" s="748"/>
-[...6 lines deleted...]
-      <c r="J14" s="696"/>
+      <c r="C14" s="701"/>
+      <c r="D14" s="701"/>
+      <c r="E14" s="702"/>
+      <c r="F14" s="703"/>
+      <c r="G14" s="703"/>
+      <c r="H14" s="703"/>
+      <c r="I14" s="703"/>
+      <c r="J14" s="704"/>
       <c r="K14" s="223"/>
     </row>
     <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A15" s="223"/>
-      <c r="B15" s="743" t="s">
+      <c r="B15" s="696" t="s">
         <v>650</v>
       </c>
-      <c r="C15" s="743"/>
-      <c r="D15" s="743"/>
+      <c r="C15" s="696"/>
+      <c r="D15" s="696"/>
       <c r="E15" s="284"/>
       <c r="F15" s="232" t="s">
         <v>651</v>
       </c>
       <c r="G15" s="285"/>
       <c r="H15" s="232" t="s">
         <v>652</v>
       </c>
       <c r="I15" s="285"/>
       <c r="J15" s="233" t="s">
         <v>653</v>
       </c>
       <c r="K15" s="223"/>
     </row>
     <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A16" s="223"/>
       <c r="B16" s="227"/>
       <c r="C16" s="227"/>
       <c r="D16" s="227"/>
       <c r="E16" s="227"/>
       <c r="F16" s="227"/>
       <c r="G16" s="227"/>
       <c r="H16" s="227"/>
       <c r="I16" s="227"/>
       <c r="J16" s="227"/>
       <c r="K16" s="223"/>
     </row>
     <row r="17" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A17" s="223"/>
-      <c r="B17" s="730" t="s">
-[...9 lines deleted...]
-      <c r="J17" s="731"/>
+      <c r="B17" s="714" t="s">
+        <v>811</v>
+      </c>
+      <c r="C17" s="715"/>
+      <c r="D17" s="715"/>
+      <c r="E17" s="715"/>
+      <c r="F17" s="715"/>
+      <c r="G17" s="715"/>
+      <c r="H17" s="715"/>
+      <c r="I17" s="715"/>
+      <c r="J17" s="715"/>
       <c r="K17" s="223"/>
     </row>
     <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A18" s="223"/>
-      <c r="B18" s="731"/>
-[...7 lines deleted...]
-      <c r="J18" s="731"/>
+      <c r="B18" s="715"/>
+      <c r="C18" s="715"/>
+      <c r="D18" s="715"/>
+      <c r="E18" s="715"/>
+      <c r="F18" s="715"/>
+      <c r="G18" s="715"/>
+      <c r="H18" s="715"/>
+      <c r="I18" s="715"/>
+      <c r="J18" s="715"/>
       <c r="K18" s="223"/>
     </row>
     <row r="19" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A19" s="223"/>
-      <c r="B19" s="731"/>
-[...7 lines deleted...]
-      <c r="J19" s="731"/>
+      <c r="B19" s="715"/>
+      <c r="C19" s="715"/>
+      <c r="D19" s="715"/>
+      <c r="E19" s="715"/>
+      <c r="F19" s="715"/>
+      <c r="G19" s="715"/>
+      <c r="H19" s="715"/>
+      <c r="I19" s="715"/>
+      <c r="J19" s="715"/>
       <c r="K19" s="223"/>
     </row>
     <row r="20" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A20" s="223"/>
-      <c r="B20" s="731"/>
-[...7 lines deleted...]
-      <c r="J20" s="731"/>
+      <c r="B20" s="715"/>
+      <c r="C20" s="715"/>
+      <c r="D20" s="715"/>
+      <c r="E20" s="715"/>
+      <c r="F20" s="715"/>
+      <c r="G20" s="715"/>
+      <c r="H20" s="715"/>
+      <c r="I20" s="715"/>
+      <c r="J20" s="715"/>
       <c r="K20" s="223"/>
     </row>
     <row r="21" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A21" s="223"/>
-      <c r="B21" s="731"/>
-[...7 lines deleted...]
-      <c r="J21" s="731"/>
+      <c r="B21" s="715"/>
+      <c r="C21" s="715"/>
+      <c r="D21" s="715"/>
+      <c r="E21" s="715"/>
+      <c r="F21" s="715"/>
+      <c r="G21" s="715"/>
+      <c r="H21" s="715"/>
+      <c r="I21" s="715"/>
+      <c r="J21" s="715"/>
       <c r="K21" s="223"/>
     </row>
     <row r="22" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A22" s="223"/>
-      <c r="B22" s="731"/>
-[...7 lines deleted...]
-      <c r="J22" s="731"/>
+      <c r="B22" s="715"/>
+      <c r="C22" s="715"/>
+      <c r="D22" s="715"/>
+      <c r="E22" s="715"/>
+      <c r="F22" s="715"/>
+      <c r="G22" s="715"/>
+      <c r="H22" s="715"/>
+      <c r="I22" s="715"/>
+      <c r="J22" s="715"/>
       <c r="K22" s="223"/>
     </row>
     <row r="23" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A23" s="223"/>
-      <c r="B23" s="731"/>
-[...7 lines deleted...]
-      <c r="J23" s="731"/>
+      <c r="B23" s="715"/>
+      <c r="C23" s="715"/>
+      <c r="D23" s="715"/>
+      <c r="E23" s="715"/>
+      <c r="F23" s="715"/>
+      <c r="G23" s="715"/>
+      <c r="H23" s="715"/>
+      <c r="I23" s="715"/>
+      <c r="J23" s="715"/>
       <c r="K23" s="223"/>
     </row>
     <row r="24" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A24" s="223"/>
-      <c r="B24" s="731"/>
-[...7 lines deleted...]
-      <c r="J24" s="731"/>
+      <c r="B24" s="715"/>
+      <c r="C24" s="715"/>
+      <c r="D24" s="715"/>
+      <c r="E24" s="715"/>
+      <c r="F24" s="715"/>
+      <c r="G24" s="715"/>
+      <c r="H24" s="715"/>
+      <c r="I24" s="715"/>
+      <c r="J24" s="715"/>
       <c r="K24" s="223"/>
     </row>
     <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A25" s="223"/>
-      <c r="B25" s="731"/>
-[...7 lines deleted...]
-      <c r="J25" s="731"/>
+      <c r="B25" s="715"/>
+      <c r="C25" s="715"/>
+      <c r="D25" s="715"/>
+      <c r="E25" s="715"/>
+      <c r="F25" s="715"/>
+      <c r="G25" s="715"/>
+      <c r="H25" s="715"/>
+      <c r="I25" s="715"/>
+      <c r="J25" s="715"/>
       <c r="K25" s="223"/>
     </row>
     <row r="26" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A26" s="223"/>
       <c r="B26" s="234"/>
       <c r="C26" s="234"/>
       <c r="D26" s="234"/>
       <c r="E26" s="234"/>
       <c r="F26" s="227"/>
-      <c r="G26" s="732"/>
-[...2 lines deleted...]
-      <c r="J26" s="732"/>
+      <c r="G26" s="716"/>
+      <c r="H26" s="716"/>
+      <c r="I26" s="716"/>
+      <c r="J26" s="716"/>
       <c r="K26" s="223"/>
     </row>
     <row r="27" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A27" s="223"/>
-      <c r="B27" s="733" t="s">
+      <c r="B27" s="717" t="s">
         <v>661</v>
       </c>
-      <c r="C27" s="731"/>
-[...6 lines deleted...]
-      <c r="J27" s="731"/>
+      <c r="C27" s="715"/>
+      <c r="D27" s="715"/>
+      <c r="E27" s="715"/>
+      <c r="F27" s="715"/>
+      <c r="G27" s="715"/>
+      <c r="H27" s="715"/>
+      <c r="I27" s="715"/>
+      <c r="J27" s="715"/>
       <c r="K27" s="223"/>
     </row>
     <row r="28" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A28" s="223"/>
-      <c r="B28" s="731"/>
-[...7 lines deleted...]
-      <c r="J28" s="731"/>
+      <c r="B28" s="715"/>
+      <c r="C28" s="715"/>
+      <c r="D28" s="715"/>
+      <c r="E28" s="715"/>
+      <c r="F28" s="715"/>
+      <c r="G28" s="715"/>
+      <c r="H28" s="715"/>
+      <c r="I28" s="715"/>
+      <c r="J28" s="715"/>
       <c r="K28" s="223"/>
     </row>
     <row r="29" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A29" s="223"/>
-      <c r="B29" s="734"/>
-[...7 lines deleted...]
-      <c r="J29" s="734"/>
+      <c r="B29" s="718"/>
+      <c r="C29" s="718"/>
+      <c r="D29" s="718"/>
+      <c r="E29" s="718"/>
+      <c r="F29" s="718"/>
+      <c r="G29" s="718"/>
+      <c r="H29" s="718"/>
+      <c r="I29" s="718"/>
+      <c r="J29" s="718"/>
       <c r="K29" s="223"/>
     </row>
     <row r="30" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A30" s="223"/>
-      <c r="B30" s="735"/>
-[...7 lines deleted...]
-      <c r="J30" s="735"/>
+      <c r="B30" s="719"/>
+      <c r="C30" s="719"/>
+      <c r="D30" s="719"/>
+      <c r="E30" s="719"/>
+      <c r="F30" s="719"/>
+      <c r="G30" s="719"/>
+      <c r="H30" s="719"/>
+      <c r="I30" s="719"/>
+      <c r="J30" s="719"/>
       <c r="K30" s="223"/>
     </row>
     <row r="31" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A31" s="223"/>
-      <c r="B31" s="735"/>
-[...7 lines deleted...]
-      <c r="J31" s="735"/>
+      <c r="B31" s="719"/>
+      <c r="C31" s="719"/>
+      <c r="D31" s="719"/>
+      <c r="E31" s="719"/>
+      <c r="F31" s="719"/>
+      <c r="G31" s="719"/>
+      <c r="H31" s="719"/>
+      <c r="I31" s="719"/>
+      <c r="J31" s="719"/>
       <c r="K31" s="223"/>
     </row>
     <row r="32" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A32" s="223"/>
-      <c r="B32" s="735"/>
-[...7 lines deleted...]
-      <c r="J32" s="735"/>
+      <c r="B32" s="719"/>
+      <c r="C32" s="719"/>
+      <c r="D32" s="719"/>
+      <c r="E32" s="719"/>
+      <c r="F32" s="719"/>
+      <c r="G32" s="719"/>
+      <c r="H32" s="719"/>
+      <c r="I32" s="719"/>
+      <c r="J32" s="719"/>
       <c r="K32" s="223"/>
     </row>
     <row r="33" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A33" s="223"/>
-      <c r="B33" s="735"/>
-[...7 lines deleted...]
-      <c r="J33" s="735"/>
+      <c r="B33" s="719"/>
+      <c r="C33" s="719"/>
+      <c r="D33" s="719"/>
+      <c r="E33" s="719"/>
+      <c r="F33" s="719"/>
+      <c r="G33" s="719"/>
+      <c r="H33" s="719"/>
+      <c r="I33" s="719"/>
+      <c r="J33" s="719"/>
       <c r="K33" s="223"/>
     </row>
     <row r="34" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A34" s="223"/>
-      <c r="B34" s="735"/>
-[...7 lines deleted...]
-      <c r="J34" s="735"/>
+      <c r="B34" s="719"/>
+      <c r="C34" s="719"/>
+      <c r="D34" s="719"/>
+      <c r="E34" s="719"/>
+      <c r="F34" s="719"/>
+      <c r="G34" s="719"/>
+      <c r="H34" s="719"/>
+      <c r="I34" s="719"/>
+      <c r="J34" s="719"/>
       <c r="K34" s="223"/>
     </row>
     <row r="35" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A35" s="223"/>
-      <c r="B35" s="735"/>
-[...7 lines deleted...]
-      <c r="J35" s="735"/>
+      <c r="B35" s="719"/>
+      <c r="C35" s="719"/>
+      <c r="D35" s="719"/>
+      <c r="E35" s="719"/>
+      <c r="F35" s="719"/>
+      <c r="G35" s="719"/>
+      <c r="H35" s="719"/>
+      <c r="I35" s="719"/>
+      <c r="J35" s="719"/>
       <c r="K35" s="223"/>
     </row>
     <row r="36" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A36" s="223"/>
-      <c r="B36" s="735"/>
-[...7 lines deleted...]
-      <c r="J36" s="735"/>
+      <c r="B36" s="719"/>
+      <c r="C36" s="719"/>
+      <c r="D36" s="719"/>
+      <c r="E36" s="719"/>
+      <c r="F36" s="719"/>
+      <c r="G36" s="719"/>
+      <c r="H36" s="719"/>
+      <c r="I36" s="719"/>
+      <c r="J36" s="719"/>
       <c r="K36" s="223"/>
     </row>
     <row r="37" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A37" s="223"/>
-      <c r="B37" s="735"/>
-[...7 lines deleted...]
-      <c r="J37" s="735"/>
+      <c r="B37" s="719"/>
+      <c r="C37" s="719"/>
+      <c r="D37" s="719"/>
+      <c r="E37" s="719"/>
+      <c r="F37" s="719"/>
+      <c r="G37" s="719"/>
+      <c r="H37" s="719"/>
+      <c r="I37" s="719"/>
+      <c r="J37" s="719"/>
       <c r="K37" s="223"/>
     </row>
     <row r="38" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A38" s="223"/>
-      <c r="B38" s="735"/>
-[...7 lines deleted...]
-      <c r="J38" s="735"/>
+      <c r="B38" s="719"/>
+      <c r="C38" s="719"/>
+      <c r="D38" s="719"/>
+      <c r="E38" s="719"/>
+      <c r="F38" s="719"/>
+      <c r="G38" s="719"/>
+      <c r="H38" s="719"/>
+      <c r="I38" s="719"/>
+      <c r="J38" s="719"/>
       <c r="K38" s="223"/>
     </row>
     <row r="39" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A39" s="223"/>
       <c r="B39" s="228"/>
       <c r="C39" s="228"/>
       <c r="D39" s="228"/>
       <c r="E39" s="228"/>
       <c r="F39" s="228"/>
       <c r="G39" s="228"/>
       <c r="H39" s="228"/>
       <c r="I39" s="228"/>
       <c r="J39" s="228"/>
       <c r="K39" s="223"/>
     </row>
     <row r="40" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A40" s="223"/>
       <c r="B40" s="227"/>
       <c r="C40" s="227"/>
       <c r="D40" s="227"/>
       <c r="E40" s="229"/>
       <c r="F40" s="227"/>
       <c r="G40" s="227"/>
       <c r="H40" s="227"/>
       <c r="I40" s="227"/>
       <c r="J40" s="227"/>
       <c r="K40" s="223"/>
     </row>
     <row r="41" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B41" s="227" t="s">
         <v>654</v>
       </c>
       <c r="C41" s="227"/>
       <c r="D41" s="227"/>
       <c r="E41" s="227"/>
       <c r="F41" s="227"/>
       <c r="G41" s="227"/>
       <c r="H41" s="227"/>
       <c r="I41" s="227"/>
       <c r="J41" s="227"/>
     </row>
     <row r="42" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B42" s="736" t="s">
+      <c r="B42" s="720" t="s">
         <v>655</v>
       </c>
-      <c r="C42" s="737"/>
-[...6 lines deleted...]
-      <c r="J42" s="740"/>
+      <c r="C42" s="721"/>
+      <c r="D42" s="722"/>
+      <c r="E42" s="723"/>
+      <c r="F42" s="723"/>
+      <c r="G42" s="723"/>
+      <c r="H42" s="723"/>
+      <c r="I42" s="723"/>
+      <c r="J42" s="724"/>
     </row>
     <row r="43" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="718" t="s">
+      <c r="B43" s="746" t="s">
         <v>656</v>
       </c>
-      <c r="C43" s="719"/>
-[...6 lines deleted...]
-      <c r="J43" s="696"/>
+      <c r="C43" s="747"/>
+      <c r="D43" s="748"/>
+      <c r="E43" s="702"/>
+      <c r="F43" s="703"/>
+      <c r="G43" s="703"/>
+      <c r="H43" s="703"/>
+      <c r="I43" s="703"/>
+      <c r="J43" s="704"/>
     </row>
     <row r="44" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="721"/>
-[...7 lines deleted...]
-      <c r="J44" s="699"/>
+      <c r="B44" s="749"/>
+      <c r="C44" s="750"/>
+      <c r="D44" s="751"/>
+      <c r="E44" s="725"/>
+      <c r="F44" s="726"/>
+      <c r="G44" s="726"/>
+      <c r="H44" s="726"/>
+      <c r="I44" s="726"/>
+      <c r="J44" s="727"/>
     </row>
     <row r="45" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="724"/>
-[...9 lines deleted...]
-      <c r="J45" s="729"/>
+      <c r="B45" s="708"/>
+      <c r="C45" s="709"/>
+      <c r="D45" s="710"/>
+      <c r="E45" s="752" t="s">
+        <v>813</v>
+      </c>
+      <c r="F45" s="753"/>
+      <c r="G45" s="753"/>
+      <c r="H45" s="753"/>
+      <c r="I45" s="753"/>
+      <c r="J45" s="754"/>
     </row>
     <row r="46" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B46" s="700" t="s">
+      <c r="B46" s="728" t="s">
         <v>657</v>
       </c>
-      <c r="C46" s="701"/>
-[...6 lines deleted...]
-      <c r="J46" s="705"/>
+      <c r="C46" s="729"/>
+      <c r="D46" s="730"/>
+      <c r="E46" s="731"/>
+      <c r="F46" s="732"/>
+      <c r="G46" s="732"/>
+      <c r="H46" s="732"/>
+      <c r="I46" s="732"/>
+      <c r="J46" s="733"/>
     </row>
     <row r="47" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="706" t="s">
+      <c r="B47" s="734" t="s">
         <v>658</v>
       </c>
-      <c r="C47" s="707"/>
-[...6 lines deleted...]
-      <c r="J47" s="714"/>
+      <c r="C47" s="735"/>
+      <c r="D47" s="736"/>
+      <c r="E47" s="740"/>
+      <c r="F47" s="741"/>
+      <c r="G47" s="741"/>
+      <c r="H47" s="741"/>
+      <c r="I47" s="741"/>
+      <c r="J47" s="742"/>
     </row>
     <row r="48" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="709"/>
-[...7 lines deleted...]
-      <c r="J48" s="717"/>
+      <c r="B48" s="737"/>
+      <c r="C48" s="738"/>
+      <c r="D48" s="739"/>
+      <c r="E48" s="743"/>
+      <c r="F48" s="744"/>
+      <c r="G48" s="744"/>
+      <c r="H48" s="744"/>
+      <c r="I48" s="744"/>
+      <c r="J48" s="745"/>
     </row>
     <row r="49" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B49" s="227"/>
       <c r="C49" s="227"/>
       <c r="D49" s="227"/>
       <c r="E49" s="227"/>
       <c r="F49" s="227"/>
       <c r="G49" s="227"/>
       <c r="H49" s="227"/>
       <c r="I49" s="227"/>
       <c r="J49" s="227"/>
     </row>
     <row r="50" spans="2:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B50" s="227"/>
       <c r="C50" s="230"/>
       <c r="D50" s="230" t="s">
         <v>659</v>
       </c>
       <c r="E50" s="286"/>
       <c r="F50" s="235" t="s">
         <v>660</v>
       </c>
       <c r="G50" s="286"/>
       <c r="H50" s="235" t="s">
         <v>652</v>
@@ -25135,71 +25134,71 @@
     </row>
     <row r="51" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.6">
       <c r="B51" s="223"/>
       <c r="C51" s="223"/>
       <c r="D51" s="223"/>
       <c r="E51" s="231"/>
       <c r="F51" s="223"/>
       <c r="G51" s="223"/>
       <c r="H51" s="223"/>
       <c r="I51" s="223"/>
       <c r="J51" s="223"/>
     </row>
     <row r="52" spans="2:10" ht="17.5" x14ac:dyDescent="0.6">
       <c r="B52" s="223"/>
       <c r="C52" s="223"/>
       <c r="D52" s="223"/>
       <c r="E52" s="223"/>
       <c r="F52" s="223"/>
       <c r="G52" s="223"/>
       <c r="H52" s="223"/>
       <c r="I52" s="223"/>
       <c r="J52" s="223"/>
     </row>
   </sheetData>
   <mergeCells count="21">
+    <mergeCell ref="B47:D48"/>
+    <mergeCell ref="E47:J48"/>
+    <mergeCell ref="B17:J25"/>
+    <mergeCell ref="G26:J26"/>
+    <mergeCell ref="B27:J29"/>
+    <mergeCell ref="B30:J38"/>
+    <mergeCell ref="B42:D42"/>
+    <mergeCell ref="E42:J42"/>
+    <mergeCell ref="B43:D45"/>
+    <mergeCell ref="E45:J45"/>
     <mergeCell ref="B2:J3"/>
     <mergeCell ref="E43:J44"/>
     <mergeCell ref="B46:D46"/>
     <mergeCell ref="E46:J46"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="D5:H7"/>
     <mergeCell ref="E12:J12"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="E14:J14"/>
     <mergeCell ref="B12:D13"/>
     <mergeCell ref="E13:J13"/>
-    <mergeCell ref="B47:D48"/>
-[...8 lines deleted...]
-    <mergeCell ref="E45:J45"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACEA3E41-FBA1-4154-8278-0AC86AAD89BF}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BZ109"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="90" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="S73" sqref="S73:U74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="34" width="3.08984375" style="5" customWidth="1"/>
     <col min="35" max="43" width="3" style="5" customWidth="1"/>
     <col min="44" max="56" width="2.6328125" style="5" customWidth="1"/>
     <col min="57" max="16384" width="9" style="5"/>
   </cols>
@@ -25264,1283 +25263,1283 @@
       <c r="U4" s="11"/>
       <c r="V4" s="11"/>
       <c r="W4" s="11"/>
       <c r="X4" s="11"/>
       <c r="Y4" s="11"/>
       <c r="Z4" s="11"/>
       <c r="AA4" s="11"/>
       <c r="AB4" s="11"/>
       <c r="AC4" s="11"/>
       <c r="AD4" s="11"/>
       <c r="AE4" s="11"/>
       <c r="AF4" s="11"/>
       <c r="AG4" s="11"/>
       <c r="AH4" s="11"/>
       <c r="AI4" s="11"/>
       <c r="AJ4" s="11"/>
       <c r="AK4" s="11"/>
       <c r="AL4" s="11"/>
       <c r="AM4" s="11"/>
       <c r="AN4" s="11"/>
       <c r="AO4" s="11"/>
       <c r="AP4" s="11"/>
       <c r="AQ4" s="12"/>
     </row>
     <row r="5" spans="1:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="873" t="s">
+      <c r="A5" s="755" t="s">
         <v>187</v>
       </c>
-      <c r="B5" s="874"/>
-[...40 lines deleted...]
-      <c r="AQ5" s="875"/>
+      <c r="B5" s="756"/>
+      <c r="C5" s="756"/>
+      <c r="D5" s="756"/>
+      <c r="E5" s="756"/>
+      <c r="F5" s="756"/>
+      <c r="G5" s="756"/>
+      <c r="H5" s="756"/>
+      <c r="I5" s="756"/>
+      <c r="J5" s="756"/>
+      <c r="K5" s="756"/>
+      <c r="L5" s="756"/>
+      <c r="M5" s="756"/>
+      <c r="N5" s="756"/>
+      <c r="O5" s="756"/>
+      <c r="P5" s="756"/>
+      <c r="Q5" s="756"/>
+      <c r="R5" s="756"/>
+      <c r="S5" s="756"/>
+      <c r="T5" s="756"/>
+      <c r="U5" s="756"/>
+      <c r="V5" s="756"/>
+      <c r="W5" s="756"/>
+      <c r="X5" s="756"/>
+      <c r="Y5" s="756"/>
+      <c r="Z5" s="756"/>
+      <c r="AA5" s="756"/>
+      <c r="AB5" s="756"/>
+      <c r="AC5" s="756"/>
+      <c r="AD5" s="756"/>
+      <c r="AE5" s="756"/>
+      <c r="AF5" s="756"/>
+      <c r="AG5" s="756"/>
+      <c r="AH5" s="756"/>
+      <c r="AI5" s="756"/>
+      <c r="AJ5" s="756"/>
+      <c r="AK5" s="756"/>
+      <c r="AL5" s="756"/>
+      <c r="AM5" s="756"/>
+      <c r="AN5" s="756"/>
+      <c r="AO5" s="756"/>
+      <c r="AP5" s="756"/>
+      <c r="AQ5" s="757"/>
     </row>
     <row r="6" spans="1:43" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="876" t="s">
+      <c r="A6" s="758" t="s">
         <v>186</v>
       </c>
-      <c r="B6" s="877"/>
-[...40 lines deleted...]
-      <c r="AQ6" s="878"/>
+      <c r="B6" s="759"/>
+      <c r="C6" s="759"/>
+      <c r="D6" s="759"/>
+      <c r="E6" s="759"/>
+      <c r="F6" s="759"/>
+      <c r="G6" s="759"/>
+      <c r="H6" s="759"/>
+      <c r="I6" s="759"/>
+      <c r="J6" s="759"/>
+      <c r="K6" s="759"/>
+      <c r="L6" s="759"/>
+      <c r="M6" s="759"/>
+      <c r="N6" s="759"/>
+      <c r="O6" s="759"/>
+      <c r="P6" s="759"/>
+      <c r="Q6" s="759"/>
+      <c r="R6" s="759"/>
+      <c r="S6" s="759"/>
+      <c r="T6" s="759"/>
+      <c r="U6" s="759"/>
+      <c r="V6" s="759"/>
+      <c r="W6" s="759"/>
+      <c r="X6" s="759"/>
+      <c r="Y6" s="759"/>
+      <c r="Z6" s="759"/>
+      <c r="AA6" s="759"/>
+      <c r="AB6" s="759"/>
+      <c r="AC6" s="759"/>
+      <c r="AD6" s="759"/>
+      <c r="AE6" s="759"/>
+      <c r="AF6" s="759"/>
+      <c r="AG6" s="759"/>
+      <c r="AH6" s="759"/>
+      <c r="AI6" s="759"/>
+      <c r="AJ6" s="759"/>
+      <c r="AK6" s="759"/>
+      <c r="AL6" s="759"/>
+      <c r="AM6" s="759"/>
+      <c r="AN6" s="759"/>
+      <c r="AO6" s="759"/>
+      <c r="AP6" s="759"/>
+      <c r="AQ6" s="760"/>
     </row>
     <row r="7" spans="1:43" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="14"/>
       <c r="H7" s="15"/>
       <c r="I7" s="15"/>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
       <c r="L7" s="15"/>
       <c r="M7" s="15"/>
       <c r="N7" s="15"/>
       <c r="O7" s="15"/>
       <c r="P7" s="15"/>
       <c r="Q7" s="15"/>
       <c r="R7" s="15"/>
       <c r="S7" s="15"/>
       <c r="T7" s="15"/>
       <c r="U7" s="15"/>
       <c r="V7" s="15"/>
       <c r="W7" s="15"/>
       <c r="X7" s="15"/>
       <c r="Y7" s="15"/>
       <c r="Z7" s="15"/>
       <c r="AA7" s="15"/>
       <c r="AB7" s="15"/>
       <c r="AC7" s="15"/>
       <c r="AD7" s="15"/>
       <c r="AE7" s="15"/>
       <c r="AF7" s="15"/>
       <c r="AG7" s="16"/>
       <c r="AQ7" s="17"/>
     </row>
     <row r="8" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="18"/>
-      <c r="B8" s="879" t="s">
+      <c r="B8" s="761" t="s">
         <v>185</v>
       </c>
-      <c r="C8" s="879"/>
-[...5 lines deleted...]
-      <c r="I8" s="879"/>
+      <c r="C8" s="761"/>
+      <c r="D8" s="761"/>
+      <c r="E8" s="761"/>
+      <c r="F8" s="761"/>
+      <c r="G8" s="761"/>
+      <c r="H8" s="761"/>
+      <c r="I8" s="761"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
       <c r="R8" s="19"/>
       <c r="S8" s="19"/>
       <c r="AQ8" s="20"/>
     </row>
     <row r="9" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="21"/>
-      <c r="B9" s="880" t="s">
+      <c r="B9" s="762" t="s">
         <v>184</v>
       </c>
-      <c r="C9" s="880"/>
-[...5 lines deleted...]
-      <c r="I9" s="880"/>
+      <c r="C9" s="762"/>
+      <c r="D9" s="762"/>
+      <c r="E9" s="762"/>
+      <c r="F9" s="762"/>
+      <c r="G9" s="762"/>
+      <c r="H9" s="762"/>
+      <c r="I9" s="762"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9" s="22"/>
       <c r="O9" s="23"/>
       <c r="P9" s="23"/>
       <c r="Q9" s="23"/>
       <c r="R9" s="23"/>
       <c r="S9" s="23"/>
       <c r="AQ9" s="20"/>
     </row>
     <row r="10" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="21"/>
       <c r="B10" s="8"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="24"/>
       <c r="K10" s="24"/>
       <c r="L10" s="24"/>
       <c r="M10" s="24"/>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="24"/>
       <c r="Q10" s="24"/>
       <c r="AQ10" s="20"/>
     </row>
     <row r="11" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="21"/>
-      <c r="C11" s="881" t="s">
+      <c r="C11" s="763" t="s">
         <v>183</v>
       </c>
-      <c r="D11" s="881"/>
-[...28 lines deleted...]
-      <c r="AG11" s="881"/>
+      <c r="D11" s="763"/>
+      <c r="E11" s="763"/>
+      <c r="F11" s="763"/>
+      <c r="G11" s="763"/>
+      <c r="H11" s="763"/>
+      <c r="I11" s="763"/>
+      <c r="J11" s="763"/>
+      <c r="K11" s="763"/>
+      <c r="L11" s="763"/>
+      <c r="M11" s="763"/>
+      <c r="N11" s="763"/>
+      <c r="O11" s="763"/>
+      <c r="P11" s="763"/>
+      <c r="Q11" s="763"/>
+      <c r="R11" s="763"/>
+      <c r="S11" s="763"/>
+      <c r="T11" s="763"/>
+      <c r="U11" s="763"/>
+      <c r="V11" s="763"/>
+      <c r="W11" s="763"/>
+      <c r="X11" s="763"/>
+      <c r="Y11" s="763"/>
+      <c r="Z11" s="763"/>
+      <c r="AA11" s="763"/>
+      <c r="AB11" s="763"/>
+      <c r="AC11" s="763"/>
+      <c r="AD11" s="763"/>
+      <c r="AE11" s="763"/>
+      <c r="AF11" s="763"/>
+      <c r="AG11" s="763"/>
       <c r="AQ11" s="20"/>
     </row>
     <row r="12" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="21"/>
-      <c r="C12" s="881"/>
-[...29 lines deleted...]
-      <c r="AG12" s="881"/>
+      <c r="C12" s="763"/>
+      <c r="D12" s="763"/>
+      <c r="E12" s="763"/>
+      <c r="F12" s="763"/>
+      <c r="G12" s="763"/>
+      <c r="H12" s="763"/>
+      <c r="I12" s="763"/>
+      <c r="J12" s="763"/>
+      <c r="K12" s="763"/>
+      <c r="L12" s="763"/>
+      <c r="M12" s="763"/>
+      <c r="N12" s="763"/>
+      <c r="O12" s="763"/>
+      <c r="P12" s="763"/>
+      <c r="Q12" s="763"/>
+      <c r="R12" s="763"/>
+      <c r="S12" s="763"/>
+      <c r="T12" s="763"/>
+      <c r="U12" s="763"/>
+      <c r="V12" s="763"/>
+      <c r="W12" s="763"/>
+      <c r="X12" s="763"/>
+      <c r="Y12" s="763"/>
+      <c r="Z12" s="763"/>
+      <c r="AA12" s="763"/>
+      <c r="AB12" s="763"/>
+      <c r="AC12" s="763"/>
+      <c r="AD12" s="763"/>
+      <c r="AE12" s="763"/>
+      <c r="AF12" s="763"/>
+      <c r="AG12" s="763"/>
       <c r="AI12" s="8"/>
       <c r="AJ12" s="8"/>
       <c r="AK12" s="8"/>
       <c r="AL12" s="8"/>
       <c r="AQ12" s="20"/>
     </row>
     <row r="13" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="25"/>
       <c r="B13" s="26"/>
-      <c r="C13" s="882" t="s">
+      <c r="C13" s="764" t="s">
         <v>182</v>
       </c>
-      <c r="D13" s="882"/>
-[...28 lines deleted...]
-      <c r="AG13" s="882"/>
+      <c r="D13" s="764"/>
+      <c r="E13" s="764"/>
+      <c r="F13" s="764"/>
+      <c r="G13" s="764"/>
+      <c r="H13" s="764"/>
+      <c r="I13" s="764"/>
+      <c r="J13" s="764"/>
+      <c r="K13" s="764"/>
+      <c r="L13" s="764"/>
+      <c r="M13" s="764"/>
+      <c r="N13" s="764"/>
+      <c r="O13" s="764"/>
+      <c r="P13" s="764"/>
+      <c r="Q13" s="764"/>
+      <c r="R13" s="764"/>
+      <c r="S13" s="764"/>
+      <c r="T13" s="764"/>
+      <c r="U13" s="764"/>
+      <c r="V13" s="764"/>
+      <c r="W13" s="764"/>
+      <c r="X13" s="764"/>
+      <c r="Y13" s="764"/>
+      <c r="Z13" s="764"/>
+      <c r="AA13" s="764"/>
+      <c r="AB13" s="764"/>
+      <c r="AC13" s="764"/>
+      <c r="AD13" s="764"/>
+      <c r="AE13" s="764"/>
+      <c r="AF13" s="764"/>
+      <c r="AG13" s="764"/>
       <c r="AQ13" s="20"/>
     </row>
     <row r="14" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="27"/>
       <c r="B14" s="13"/>
-      <c r="C14" s="882"/>
-[...29 lines deleted...]
-      <c r="AG14" s="882"/>
+      <c r="C14" s="764"/>
+      <c r="D14" s="764"/>
+      <c r="E14" s="764"/>
+      <c r="F14" s="764"/>
+      <c r="G14" s="764"/>
+      <c r="H14" s="764"/>
+      <c r="I14" s="764"/>
+      <c r="J14" s="764"/>
+      <c r="K14" s="764"/>
+      <c r="L14" s="764"/>
+      <c r="M14" s="764"/>
+      <c r="N14" s="764"/>
+      <c r="O14" s="764"/>
+      <c r="P14" s="764"/>
+      <c r="Q14" s="764"/>
+      <c r="R14" s="764"/>
+      <c r="S14" s="764"/>
+      <c r="T14" s="764"/>
+      <c r="U14" s="764"/>
+      <c r="V14" s="764"/>
+      <c r="W14" s="764"/>
+      <c r="X14" s="764"/>
+      <c r="Y14" s="764"/>
+      <c r="Z14" s="764"/>
+      <c r="AA14" s="764"/>
+      <c r="AB14" s="764"/>
+      <c r="AC14" s="764"/>
+      <c r="AD14" s="764"/>
+      <c r="AE14" s="764"/>
+      <c r="AF14" s="764"/>
+      <c r="AG14" s="764"/>
       <c r="AQ14" s="20"/>
     </row>
     <row r="15" spans="1:43" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="18"/>
       <c r="I15" s="28" t="s">
         <v>24</v>
       </c>
       <c r="Q15" s="28" t="s">
         <v>24</v>
       </c>
       <c r="S15" s="28" t="s">
         <v>181</v>
       </c>
       <c r="AQ15" s="29"/>
     </row>
     <row r="16" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="21"/>
       <c r="H16" s="5" t="s">
         <v>180</v>
       </c>
       <c r="AQ16" s="20"/>
     </row>
     <row r="17" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="18" t="s">
         <v>179</v>
       </c>
-      <c r="G17" s="859">
+      <c r="G17" s="766">
         <f>IF(AND('Form 1'!H16="",'Form 1'!H17=""),'Form 1'!H15,IF(AND('Form 1'!H16&lt;&gt;"",'Form 1'!H17=""),CONCATENATE('Form 1'!H15,"（",'Form 1'!H16,"）"),IF(AND('Form 1'!H16&lt;&gt;"",'Form 1'!H17&lt;&gt;""),CONCATENATE('Form 1'!H15,"（",'Form 1'!H16,"、",'Form 1'!H17,"）"),"")))</f>
         <v>0</v>
       </c>
-      <c r="H17" s="859"/>
-[...12 lines deleted...]
-      <c r="U17" s="859"/>
+      <c r="H17" s="766"/>
+      <c r="I17" s="766"/>
+      <c r="J17" s="766"/>
+      <c r="K17" s="766"/>
+      <c r="L17" s="766"/>
+      <c r="M17" s="766"/>
+      <c r="N17" s="766"/>
+      <c r="O17" s="766"/>
+      <c r="P17" s="766"/>
+      <c r="Q17" s="766"/>
+      <c r="R17" s="766"/>
+      <c r="S17" s="766"/>
+      <c r="T17" s="766"/>
+      <c r="U17" s="766"/>
       <c r="X17" s="28" t="s">
         <v>178</v>
       </c>
-      <c r="AC17" s="859" t="str">
+      <c r="AC17" s="766" t="str">
         <f>'Form 1'!E19&amp;""</f>
         <v/>
       </c>
-      <c r="AD17" s="859"/>
-[...2 lines deleted...]
-      <c r="AG17" s="845" t="s">
+      <c r="AD17" s="766"/>
+      <c r="AE17" s="766"/>
+      <c r="AF17" s="766"/>
+      <c r="AG17" s="768" t="s">
         <v>51</v>
       </c>
-      <c r="AH17" s="845"/>
-      <c r="AI17" s="859" t="str">
+      <c r="AH17" s="768"/>
+      <c r="AI17" s="766" t="str">
         <f>'Form 1'!G19&amp;""</f>
         <v/>
       </c>
-      <c r="AJ17" s="859"/>
-      <c r="AK17" s="845" t="s">
+      <c r="AJ17" s="766"/>
+      <c r="AK17" s="768" t="s">
         <v>50</v>
       </c>
-      <c r="AL17" s="845"/>
-      <c r="AM17" s="859" t="str">
+      <c r="AL17" s="768"/>
+      <c r="AM17" s="766" t="str">
         <f>'Form 1'!I19&amp;""</f>
         <v/>
       </c>
-      <c r="AN17" s="859"/>
-      <c r="AO17" s="845" t="s">
+      <c r="AN17" s="766"/>
+      <c r="AO17" s="768" t="s">
         <v>49</v>
       </c>
-      <c r="AP17" s="845"/>
+      <c r="AP17" s="768"/>
       <c r="AQ17" s="29"/>
     </row>
     <row r="18" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="14"/>
       <c r="B18" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="8"/>
       <c r="D18" s="8"/>
-      <c r="G18" s="860"/>
-[...13 lines deleted...]
-      <c r="U18" s="860"/>
+      <c r="G18" s="767"/>
+      <c r="H18" s="767"/>
+      <c r="I18" s="767"/>
+      <c r="J18" s="767"/>
+      <c r="K18" s="767"/>
+      <c r="L18" s="767"/>
+      <c r="M18" s="767"/>
+      <c r="N18" s="767"/>
+      <c r="O18" s="767"/>
+      <c r="P18" s="767"/>
+      <c r="Q18" s="767"/>
+      <c r="R18" s="767"/>
+      <c r="S18" s="767"/>
+      <c r="T18" s="767"/>
+      <c r="U18" s="767"/>
       <c r="X18" s="8"/>
       <c r="Y18" s="8" t="s">
         <v>30</v>
       </c>
       <c r="Z18" s="8"/>
       <c r="AA18" s="8"/>
-      <c r="AC18" s="860"/>
-[...3 lines deleted...]
-      <c r="AG18" s="819" t="s">
+      <c r="AC18" s="767"/>
+      <c r="AD18" s="767"/>
+      <c r="AE18" s="767"/>
+      <c r="AF18" s="767"/>
+      <c r="AG18" s="769" t="s">
         <v>1</v>
       </c>
-      <c r="AH18" s="819"/>
-[...2 lines deleted...]
-      <c r="AK18" s="819" t="s">
+      <c r="AH18" s="769"/>
+      <c r="AI18" s="767"/>
+      <c r="AJ18" s="767"/>
+      <c r="AK18" s="769" t="s">
         <v>2</v>
       </c>
-      <c r="AL18" s="819"/>
-[...2 lines deleted...]
-      <c r="AO18" s="819" t="s">
+      <c r="AL18" s="769"/>
+      <c r="AM18" s="767"/>
+      <c r="AN18" s="767"/>
+      <c r="AO18" s="769" t="s">
         <v>3</v>
       </c>
-      <c r="AP18" s="819"/>
+      <c r="AP18" s="769"/>
       <c r="AQ18" s="20"/>
     </row>
     <row r="19" spans="1:43" s="7" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="30"/>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="I19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="31"/>
       <c r="P19" s="31"/>
       <c r="R19" s="31"/>
       <c r="V19" s="31"/>
       <c r="W19" s="32"/>
       <c r="Y19" s="32"/>
       <c r="AC19" s="31"/>
       <c r="AD19" s="33"/>
       <c r="AE19" s="32"/>
       <c r="AF19" s="32"/>
       <c r="AH19" s="31"/>
       <c r="AI19" s="31"/>
       <c r="AJ19" s="31"/>
       <c r="AQ19" s="34"/>
     </row>
     <row r="20" spans="1:43" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="18" t="s">
         <v>175</v>
       </c>
       <c r="D20" s="6"/>
       <c r="E20" s="35"/>
       <c r="F20" s="35"/>
-      <c r="G20" s="859" t="str">
+      <c r="G20" s="766" t="str">
         <f>'Form 1'!D13&amp;""</f>
         <v/>
       </c>
-      <c r="H20" s="859"/>
-[...33 lines deleted...]
-      <c r="AP20" s="859"/>
+      <c r="H20" s="766"/>
+      <c r="I20" s="766"/>
+      <c r="J20" s="766"/>
+      <c r="K20" s="766"/>
+      <c r="L20" s="766"/>
+      <c r="M20" s="766"/>
+      <c r="N20" s="766"/>
+      <c r="O20" s="766"/>
+      <c r="P20" s="766"/>
+      <c r="Q20" s="766"/>
+      <c r="R20" s="766"/>
+      <c r="S20" s="766"/>
+      <c r="T20" s="766"/>
+      <c r="U20" s="766"/>
+      <c r="V20" s="766"/>
+      <c r="W20" s="766"/>
+      <c r="X20" s="766"/>
+      <c r="Y20" s="766"/>
+      <c r="Z20" s="766"/>
+      <c r="AA20" s="766"/>
+      <c r="AB20" s="766"/>
+      <c r="AC20" s="766"/>
+      <c r="AD20" s="766"/>
+      <c r="AE20" s="766"/>
+      <c r="AF20" s="766"/>
+      <c r="AG20" s="766"/>
+      <c r="AH20" s="766"/>
+      <c r="AI20" s="766"/>
+      <c r="AJ20" s="766"/>
+      <c r="AK20" s="766"/>
+      <c r="AL20" s="766"/>
+      <c r="AM20" s="766"/>
+      <c r="AN20" s="766"/>
+      <c r="AO20" s="766"/>
+      <c r="AP20" s="766"/>
       <c r="AQ20" s="29"/>
     </row>
     <row r="21" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="36"/>
       <c r="B21" s="8" t="s">
         <v>174</v>
       </c>
       <c r="C21" s="37"/>
       <c r="D21" s="37"/>
       <c r="E21" s="35"/>
       <c r="F21" s="35"/>
-      <c r="G21" s="860"/>
-[...34 lines deleted...]
-      <c r="AP21" s="860"/>
+      <c r="G21" s="767"/>
+      <c r="H21" s="767"/>
+      <c r="I21" s="767"/>
+      <c r="J21" s="767"/>
+      <c r="K21" s="767"/>
+      <c r="L21" s="767"/>
+      <c r="M21" s="767"/>
+      <c r="N21" s="767"/>
+      <c r="O21" s="767"/>
+      <c r="P21" s="767"/>
+      <c r="Q21" s="767"/>
+      <c r="R21" s="767"/>
+      <c r="S21" s="767"/>
+      <c r="T21" s="767"/>
+      <c r="U21" s="767"/>
+      <c r="V21" s="767"/>
+      <c r="W21" s="767"/>
+      <c r="X21" s="767"/>
+      <c r="Y21" s="767"/>
+      <c r="Z21" s="767"/>
+      <c r="AA21" s="767"/>
+      <c r="AB21" s="767"/>
+      <c r="AC21" s="767"/>
+      <c r="AD21" s="767"/>
+      <c r="AE21" s="767"/>
+      <c r="AF21" s="767"/>
+      <c r="AG21" s="767"/>
+      <c r="AH21" s="767"/>
+      <c r="AI21" s="767"/>
+      <c r="AJ21" s="767"/>
+      <c r="AK21" s="767"/>
+      <c r="AL21" s="767"/>
+      <c r="AM21" s="767"/>
+      <c r="AN21" s="767"/>
+      <c r="AO21" s="767"/>
+      <c r="AP21" s="767"/>
       <c r="AQ21" s="20"/>
     </row>
     <row r="22" spans="1:43" s="7" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="30"/>
       <c r="B22" s="31"/>
       <c r="C22" s="31"/>
       <c r="D22" s="31"/>
       <c r="E22" s="31"/>
       <c r="F22" s="31"/>
       <c r="G22" s="31"/>
       <c r="H22" s="31" t="s">
         <v>177</v>
       </c>
       <c r="I22" s="31"/>
       <c r="J22" s="31"/>
       <c r="K22" s="31"/>
       <c r="L22" s="38"/>
       <c r="M22" s="38"/>
       <c r="N22" s="38"/>
       <c r="O22" s="39"/>
       <c r="P22" s="31"/>
       <c r="Q22" s="31"/>
       <c r="R22" s="31"/>
       <c r="S22" s="31"/>
       <c r="T22" s="31" t="s">
         <v>176</v>
       </c>
       <c r="U22" s="31"/>
       <c r="V22" s="31"/>
       <c r="W22" s="40"/>
       <c r="X22"/>
       <c r="Y22" s="32"/>
       <c r="AC22" s="31"/>
       <c r="AD22" s="33"/>
       <c r="AE22" s="32"/>
       <c r="AF22" s="32"/>
       <c r="AH22" s="31"/>
       <c r="AI22" s="31"/>
       <c r="AJ22" s="31"/>
       <c r="AQ22" s="34"/>
     </row>
     <row r="23" spans="1:43" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="18" t="s">
         <v>173</v>
       </c>
-      <c r="E23" s="845" t="s">
+      <c r="E23" s="768" t="s">
         <v>172</v>
       </c>
-      <c r="F23" s="845"/>
+      <c r="F23" s="768"/>
       <c r="G23" s="41" t="s">
         <v>58</v>
       </c>
-      <c r="H23" s="845" t="s">
+      <c r="H23" s="768" t="s">
         <v>171</v>
       </c>
-      <c r="I23" s="845"/>
+      <c r="I23" s="768"/>
       <c r="K23" s="28" t="s">
         <v>170</v>
       </c>
-      <c r="P23" s="859" t="str">
+      <c r="P23" s="766" t="str">
         <f>'Form 1'!J20&amp;", "&amp;'Form 1'!J21&amp;", "&amp;'Form 1'!J22</f>
         <v xml:space="preserve">, , </v>
       </c>
-      <c r="Q23" s="859"/>
-[...11 lines deleted...]
-      <c r="AC23" s="859"/>
+      <c r="Q23" s="766"/>
+      <c r="R23" s="766"/>
+      <c r="S23" s="766"/>
+      <c r="T23" s="766"/>
+      <c r="U23" s="766"/>
+      <c r="V23" s="766"/>
+      <c r="W23" s="766"/>
+      <c r="X23" s="766"/>
+      <c r="Y23" s="766"/>
+      <c r="Z23" s="766"/>
+      <c r="AA23" s="766"/>
+      <c r="AB23" s="766"/>
+      <c r="AC23" s="766"/>
       <c r="AD23" s="28" t="s">
         <v>169</v>
       </c>
-      <c r="AK23" s="845" t="s">
+      <c r="AK23" s="768" t="s">
         <v>45</v>
       </c>
-      <c r="AL23" s="845"/>
+      <c r="AL23" s="768"/>
       <c r="AM23" s="41" t="s">
         <v>58</v>
       </c>
-      <c r="AN23" s="845" t="s">
+      <c r="AN23" s="768" t="s">
         <v>57</v>
       </c>
-      <c r="AO23" s="845"/>
+      <c r="AO23" s="768"/>
       <c r="AQ23" s="29"/>
     </row>
     <row r="24" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="21"/>
       <c r="B24" s="8" t="s">
         <v>168</v>
       </c>
       <c r="D24" s="8"/>
-      <c r="E24" s="883" t="s">
+      <c r="E24" s="765" t="s">
         <v>4</v>
       </c>
-      <c r="F24" s="883"/>
+      <c r="F24" s="765"/>
       <c r="G24" s="42" t="s">
         <v>42</v>
       </c>
-      <c r="H24" s="883" t="s">
+      <c r="H24" s="765" t="s">
         <v>6</v>
       </c>
-      <c r="I24" s="883"/>
+      <c r="I24" s="765"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8" t="s">
         <v>167</v>
       </c>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
-      <c r="P24" s="860"/>
-[...12 lines deleted...]
-      <c r="AC24" s="860"/>
+      <c r="P24" s="767"/>
+      <c r="Q24" s="767"/>
+      <c r="R24" s="767"/>
+      <c r="S24" s="767"/>
+      <c r="T24" s="767"/>
+      <c r="U24" s="767"/>
+      <c r="V24" s="767"/>
+      <c r="W24" s="767"/>
+      <c r="X24" s="767"/>
+      <c r="Y24" s="767"/>
+      <c r="Z24" s="767"/>
+      <c r="AA24" s="767"/>
+      <c r="AB24" s="767"/>
+      <c r="AC24" s="767"/>
       <c r="AD24" s="8"/>
       <c r="AE24" s="8" t="s">
         <v>166</v>
       </c>
       <c r="AF24" s="8"/>
       <c r="AG24" s="8"/>
       <c r="AH24" s="8"/>
       <c r="AI24" s="8"/>
       <c r="AJ24" s="8"/>
-      <c r="AK24" s="883" t="s">
+      <c r="AK24" s="765" t="s">
         <v>7</v>
       </c>
-      <c r="AL24" s="883"/>
+      <c r="AL24" s="765"/>
       <c r="AM24" s="42" t="s">
         <v>42</v>
       </c>
-      <c r="AN24" s="883" t="s">
+      <c r="AN24" s="765" t="s">
         <v>8</v>
       </c>
-      <c r="AO24" s="883"/>
+      <c r="AO24" s="765"/>
       <c r="AQ24" s="20"/>
     </row>
     <row r="25" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="21"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
       <c r="J25" s="8"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="8"/>
       <c r="U25" s="8"/>
       <c r="V25" s="8"/>
       <c r="W25" s="8"/>
       <c r="X25" s="8"/>
       <c r="Y25" s="8"/>
       <c r="Z25" s="8"/>
       <c r="AA25" s="8"/>
       <c r="AB25" s="8"/>
       <c r="AC25" s="8"/>
       <c r="AD25" s="8"/>
       <c r="AE25" s="8"/>
       <c r="AF25" s="8"/>
       <c r="AG25" s="8"/>
       <c r="AH25" s="8"/>
       <c r="AI25" s="8"/>
       <c r="AJ25" s="8"/>
       <c r="AK25" s="8"/>
       <c r="AL25" s="8"/>
       <c r="AM25" s="8"/>
       <c r="AQ25" s="20"/>
     </row>
     <row r="26" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="18" t="s">
         <v>165</v>
       </c>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
-      <c r="E26" s="859" t="str">
+      <c r="E26" s="766" t="str">
         <f>'Form 1'!D23&amp;""</f>
         <v/>
       </c>
-      <c r="F26" s="859"/>
-[...7 lines deleted...]
-      <c r="N26" s="859"/>
+      <c r="F26" s="766"/>
+      <c r="G26" s="766"/>
+      <c r="H26" s="766"/>
+      <c r="I26" s="766"/>
+      <c r="J26" s="766"/>
+      <c r="K26" s="766"/>
+      <c r="L26" s="766"/>
+      <c r="M26" s="766"/>
+      <c r="N26" s="766"/>
       <c r="P26" s="28" t="s">
         <v>164</v>
       </c>
       <c r="Q26" s="28"/>
       <c r="R26" s="28"/>
       <c r="T26" s="28"/>
       <c r="U26" s="28"/>
       <c r="V26" s="28"/>
       <c r="W26" s="28"/>
-      <c r="X26" s="859" t="str">
+      <c r="X26" s="766" t="str">
         <f>'Form 1'!D25&amp;""</f>
         <v/>
       </c>
-      <c r="Y26" s="859"/>
-[...16 lines deleted...]
-      <c r="AP26" s="859"/>
+      <c r="Y26" s="766"/>
+      <c r="Z26" s="766"/>
+      <c r="AA26" s="766"/>
+      <c r="AB26" s="766"/>
+      <c r="AC26" s="766"/>
+      <c r="AD26" s="766"/>
+      <c r="AE26" s="766"/>
+      <c r="AF26" s="766"/>
+      <c r="AG26" s="766"/>
+      <c r="AH26" s="766"/>
+      <c r="AI26" s="766"/>
+      <c r="AJ26" s="766"/>
+      <c r="AK26" s="766"/>
+      <c r="AL26" s="766"/>
+      <c r="AM26" s="766"/>
+      <c r="AN26" s="766"/>
+      <c r="AO26" s="766"/>
+      <c r="AP26" s="766"/>
       <c r="AQ26" s="20"/>
     </row>
     <row r="27" spans="1:43" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="21"/>
       <c r="B27" s="8" t="s">
         <v>163</v>
       </c>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
-      <c r="E27" s="860"/>
-[...8 lines deleted...]
-      <c r="N27" s="860"/>
+      <c r="E27" s="767"/>
+      <c r="F27" s="767"/>
+      <c r="G27" s="767"/>
+      <c r="H27" s="767"/>
+      <c r="I27" s="767"/>
+      <c r="J27" s="767"/>
+      <c r="K27" s="767"/>
+      <c r="L27" s="767"/>
+      <c r="M27" s="767"/>
+      <c r="N27" s="767"/>
       <c r="P27" s="8"/>
       <c r="Q27" s="8" t="s">
         <v>162</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="8"/>
       <c r="U27" s="8"/>
       <c r="V27" s="8"/>
       <c r="W27" s="8"/>
-      <c r="X27" s="860"/>
-[...17 lines deleted...]
-      <c r="AP27" s="860"/>
+      <c r="X27" s="767"/>
+      <c r="Y27" s="767"/>
+      <c r="Z27" s="767"/>
+      <c r="AA27" s="767"/>
+      <c r="AB27" s="767"/>
+      <c r="AC27" s="767"/>
+      <c r="AD27" s="767"/>
+      <c r="AE27" s="767"/>
+      <c r="AF27" s="767"/>
+      <c r="AG27" s="767"/>
+      <c r="AH27" s="767"/>
+      <c r="AI27" s="767"/>
+      <c r="AJ27" s="767"/>
+      <c r="AK27" s="767"/>
+      <c r="AL27" s="767"/>
+      <c r="AM27" s="767"/>
+      <c r="AN27" s="767"/>
+      <c r="AO27" s="767"/>
+      <c r="AP27" s="767"/>
       <c r="AQ27" s="20"/>
     </row>
     <row r="28" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="21"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
       <c r="I28" s="8"/>
       <c r="J28" s="8"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8"/>
       <c r="P28" s="8"/>
       <c r="Q28" s="8"/>
       <c r="R28" s="8"/>
       <c r="AQ28" s="20"/>
     </row>
     <row r="29" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="18" t="s">
         <v>161</v>
       </c>
-      <c r="I29" s="869" t="str">
+      <c r="I29" s="770" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "滋賀県草津市野路東1-1-1 立命館大学 びわこ・くさつキャンパス", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "大阪府茨木市岩倉町2-150 立命館大学 大阪いばらきキャンパス", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "京都府京都市北区等持院北町56-1 立命館大学 衣笠キャンパス"), "")</f>
         <v/>
       </c>
-      <c r="J29" s="869"/>
-[...31 lines deleted...]
-      <c r="AP29" s="869"/>
+      <c r="J29" s="770"/>
+      <c r="K29" s="770"/>
+      <c r="L29" s="770"/>
+      <c r="M29" s="770"/>
+      <c r="N29" s="770"/>
+      <c r="O29" s="770"/>
+      <c r="P29" s="770"/>
+      <c r="Q29" s="770"/>
+      <c r="R29" s="770"/>
+      <c r="S29" s="770"/>
+      <c r="T29" s="770"/>
+      <c r="U29" s="770"/>
+      <c r="V29" s="770"/>
+      <c r="W29" s="770"/>
+      <c r="X29" s="770"/>
+      <c r="Y29" s="770"/>
+      <c r="Z29" s="770"/>
+      <c r="AA29" s="770"/>
+      <c r="AB29" s="770"/>
+      <c r="AC29" s="770"/>
+      <c r="AD29" s="770"/>
+      <c r="AE29" s="770"/>
+      <c r="AF29" s="770"/>
+      <c r="AG29" s="770"/>
+      <c r="AH29" s="770"/>
+      <c r="AI29" s="770"/>
+      <c r="AJ29" s="770"/>
+      <c r="AK29" s="770"/>
+      <c r="AL29" s="770"/>
+      <c r="AM29" s="770"/>
+      <c r="AN29" s="770"/>
+      <c r="AO29" s="770"/>
+      <c r="AP29" s="770"/>
       <c r="AQ29" s="29"/>
     </row>
     <row r="30" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="21"/>
       <c r="B30" s="8" t="s">
         <v>160</v>
       </c>
-      <c r="I30" s="870"/>
-[...32 lines deleted...]
-      <c r="AP30" s="870"/>
+      <c r="I30" s="771"/>
+      <c r="J30" s="771"/>
+      <c r="K30" s="771"/>
+      <c r="L30" s="771"/>
+      <c r="M30" s="771"/>
+      <c r="N30" s="771"/>
+      <c r="O30" s="771"/>
+      <c r="P30" s="771"/>
+      <c r="Q30" s="771"/>
+      <c r="R30" s="771"/>
+      <c r="S30" s="771"/>
+      <c r="T30" s="771"/>
+      <c r="U30" s="771"/>
+      <c r="V30" s="771"/>
+      <c r="W30" s="771"/>
+      <c r="X30" s="771"/>
+      <c r="Y30" s="771"/>
+      <c r="Z30" s="771"/>
+      <c r="AA30" s="771"/>
+      <c r="AB30" s="771"/>
+      <c r="AC30" s="771"/>
+      <c r="AD30" s="771"/>
+      <c r="AE30" s="771"/>
+      <c r="AF30" s="771"/>
+      <c r="AG30" s="771"/>
+      <c r="AH30" s="771"/>
+      <c r="AI30" s="771"/>
+      <c r="AJ30" s="771"/>
+      <c r="AK30" s="771"/>
+      <c r="AL30" s="771"/>
+      <c r="AM30" s="771"/>
+      <c r="AN30" s="771"/>
+      <c r="AO30" s="771"/>
+      <c r="AP30" s="771"/>
       <c r="AQ30" s="20"/>
     </row>
     <row r="31" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="21"/>
       <c r="C31" s="8"/>
       <c r="I31" s="43"/>
       <c r="J31" s="43"/>
       <c r="K31" s="43"/>
       <c r="L31" s="43"/>
       <c r="M31" s="43"/>
       <c r="N31" s="43"/>
       <c r="O31" s="43"/>
       <c r="P31" s="43"/>
       <c r="Q31" s="43"/>
       <c r="R31" s="43"/>
       <c r="S31" s="43"/>
       <c r="T31" s="43"/>
       <c r="U31" s="43"/>
       <c r="V31" s="43"/>
       <c r="W31" s="43"/>
       <c r="X31" s="43"/>
       <c r="Y31" s="43"/>
       <c r="Z31" s="43"/>
       <c r="AA31" s="43"/>
       <c r="AB31" s="43"/>
       <c r="AC31" s="43"/>
       <c r="AD31" s="43"/>
       <c r="AE31" s="43"/>
       <c r="AF31" s="43"/>
       <c r="AG31" s="43"/>
       <c r="AH31" s="43"/>
       <c r="AI31" s="43"/>
       <c r="AJ31" s="43"/>
       <c r="AK31" s="43"/>
       <c r="AL31" s="43"/>
       <c r="AM31" s="43"/>
       <c r="AN31" s="43"/>
       <c r="AO31" s="43"/>
       <c r="AP31" s="43"/>
       <c r="AQ31" s="20"/>
     </row>
     <row r="32" spans="1:43" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
       <c r="A32" s="18"/>
       <c r="B32" s="28" t="s">
         <v>159</v>
       </c>
       <c r="H32" s="35"/>
-      <c r="I32" s="869" t="str">
+      <c r="I32" s="770" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "077-561-3946", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "072-665-2070", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "075-465-8230"), "")</f>
         <v/>
       </c>
-      <c r="J32" s="869"/>
-[...9 lines deleted...]
-      <c r="T32" s="869"/>
+      <c r="J32" s="770"/>
+      <c r="K32" s="770"/>
+      <c r="L32" s="770"/>
+      <c r="M32" s="770"/>
+      <c r="N32" s="770"/>
+      <c r="O32" s="770"/>
+      <c r="P32" s="770"/>
+      <c r="Q32" s="770"/>
+      <c r="R32" s="770"/>
+      <c r="S32" s="770"/>
+      <c r="T32" s="770"/>
       <c r="W32" s="28" t="s">
         <v>158</v>
       </c>
-      <c r="AC32" s="871"/>
-[...11 lines deleted...]
-      <c r="AO32" s="871"/>
+      <c r="AC32" s="772"/>
+      <c r="AD32" s="772"/>
+      <c r="AE32" s="772"/>
+      <c r="AF32" s="772"/>
+      <c r="AG32" s="772"/>
+      <c r="AH32" s="772"/>
+      <c r="AI32" s="772"/>
+      <c r="AJ32" s="772"/>
+      <c r="AK32" s="772"/>
+      <c r="AL32" s="772"/>
+      <c r="AM32" s="772"/>
+      <c r="AN32" s="772"/>
+      <c r="AO32" s="772"/>
       <c r="AP32" s="44"/>
       <c r="AQ32" s="29"/>
     </row>
     <row r="33" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="21"/>
       <c r="B33" s="8" t="s">
         <v>157</v>
       </c>
       <c r="C33" s="8"/>
       <c r="D33" s="28"/>
       <c r="E33" s="28"/>
       <c r="F33" s="28"/>
       <c r="H33" s="44"/>
-      <c r="I33" s="870"/>
-[...10 lines deleted...]
-      <c r="T33" s="870"/>
+      <c r="I33" s="771"/>
+      <c r="J33" s="771"/>
+      <c r="K33" s="771"/>
+      <c r="L33" s="771"/>
+      <c r="M33" s="771"/>
+      <c r="N33" s="771"/>
+      <c r="O33" s="771"/>
+      <c r="P33" s="771"/>
+      <c r="Q33" s="771"/>
+      <c r="R33" s="771"/>
+      <c r="S33" s="771"/>
+      <c r="T33" s="771"/>
       <c r="W33" s="8" t="s">
         <v>156</v>
       </c>
       <c r="X33" s="28"/>
       <c r="Y33" s="28"/>
       <c r="Z33" s="28"/>
       <c r="AA33" s="28"/>
-      <c r="AC33" s="872"/>
-[...11 lines deleted...]
-      <c r="AO33" s="872"/>
+      <c r="AC33" s="773"/>
+      <c r="AD33" s="773"/>
+      <c r="AE33" s="773"/>
+      <c r="AF33" s="773"/>
+      <c r="AG33" s="773"/>
+      <c r="AH33" s="773"/>
+      <c r="AI33" s="773"/>
+      <c r="AJ33" s="773"/>
+      <c r="AK33" s="773"/>
+      <c r="AL33" s="773"/>
+      <c r="AM33" s="773"/>
+      <c r="AN33" s="773"/>
+      <c r="AO33" s="773"/>
       <c r="AP33" s="44"/>
       <c r="AQ33" s="20"/>
     </row>
     <row r="34" spans="1:54" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="21"/>
       <c r="C34" s="8"/>
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
       <c r="I34" s="8"/>
       <c r="J34" s="8"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8"/>
       <c r="P34" s="8"/>
       <c r="Q34" s="8"/>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="8"/>
       <c r="U34" s="8"/>
       <c r="V34" s="8"/>
       <c r="W34" s="8"/>
       <c r="AQ34" s="20"/>
     </row>
     <row r="35" spans="1:54" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="18" t="s">
         <v>155</v>
       </c>
       <c r="F35" s="28" t="s">
         <v>154</v>
       </c>
       <c r="H35" s="35"/>
-      <c r="I35" s="859" t="str">
+      <c r="I35" s="766" t="str">
         <f>'Form 1'!D29&amp;""</f>
         <v/>
       </c>
-      <c r="J35" s="859"/>
-[...9 lines deleted...]
-      <c r="T35" s="859"/>
+      <c r="J35" s="766"/>
+      <c r="K35" s="766"/>
+      <c r="L35" s="766"/>
+      <c r="M35" s="766"/>
+      <c r="N35" s="766"/>
+      <c r="O35" s="766"/>
+      <c r="P35" s="766"/>
+      <c r="Q35" s="766"/>
+      <c r="R35" s="766"/>
+      <c r="S35" s="766"/>
+      <c r="T35" s="766"/>
       <c r="W35" s="28" t="s">
         <v>153</v>
       </c>
-      <c r="AC35" s="859" t="str">
+      <c r="AC35" s="766" t="str">
         <f>'Form 1'!F31&amp;""</f>
         <v/>
       </c>
-      <c r="AD35" s="859"/>
-[...2 lines deleted...]
-      <c r="AG35" s="845" t="s">
+      <c r="AD35" s="766"/>
+      <c r="AE35" s="766"/>
+      <c r="AF35" s="766"/>
+      <c r="AG35" s="768" t="s">
         <v>51</v>
       </c>
-      <c r="AH35" s="845"/>
-      <c r="AI35" s="859" t="str">
+      <c r="AH35" s="768"/>
+      <c r="AI35" s="766" t="str">
         <f>'Form 1'!J31&amp;""</f>
         <v/>
       </c>
-      <c r="AJ35" s="859"/>
-      <c r="AK35" s="845" t="s">
+      <c r="AJ35" s="766"/>
+      <c r="AK35" s="768" t="s">
         <v>50</v>
       </c>
-      <c r="AL35" s="845"/>
-      <c r="AM35" s="859" t="str">
+      <c r="AL35" s="768"/>
+      <c r="AM35" s="766" t="str">
         <f>'Form 1'!N31&amp;""</f>
         <v/>
       </c>
-      <c r="AN35" s="859"/>
+      <c r="AN35" s="766"/>
       <c r="AO35" s="28" t="s">
         <v>49</v>
       </c>
       <c r="AP35" s="41"/>
       <c r="AQ35" s="29"/>
     </row>
     <row r="36" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="21"/>
       <c r="B36" s="8" t="s">
         <v>152</v>
       </c>
       <c r="C36" s="28"/>
       <c r="D36" s="8"/>
       <c r="G36" s="8" t="s">
         <v>151</v>
       </c>
       <c r="H36" s="44"/>
-      <c r="I36" s="860"/>
-[...10 lines deleted...]
-      <c r="T36" s="860"/>
+      <c r="I36" s="767"/>
+      <c r="J36" s="767"/>
+      <c r="K36" s="767"/>
+      <c r="L36" s="767"/>
+      <c r="M36" s="767"/>
+      <c r="N36" s="767"/>
+      <c r="O36" s="767"/>
+      <c r="P36" s="767"/>
+      <c r="Q36" s="767"/>
+      <c r="R36" s="767"/>
+      <c r="S36" s="767"/>
+      <c r="T36" s="767"/>
       <c r="W36" s="8"/>
       <c r="X36" s="8" t="s">
         <v>150</v>
       </c>
       <c r="Z36" s="8"/>
       <c r="AA36" s="8"/>
-      <c r="AC36" s="860"/>
-[...3 lines deleted...]
-      <c r="AG36" s="819" t="s">
+      <c r="AC36" s="767"/>
+      <c r="AD36" s="767"/>
+      <c r="AE36" s="767"/>
+      <c r="AF36" s="767"/>
+      <c r="AG36" s="769" t="s">
         <v>1</v>
       </c>
-      <c r="AH36" s="819"/>
-[...2 lines deleted...]
-      <c r="AK36" s="819" t="s">
+      <c r="AH36" s="769"/>
+      <c r="AI36" s="767"/>
+      <c r="AJ36" s="767"/>
+      <c r="AK36" s="769" t="s">
         <v>2</v>
       </c>
-      <c r="AL36" s="819"/>
-[...1 lines deleted...]
-      <c r="AN36" s="860"/>
+      <c r="AL36" s="769"/>
+      <c r="AM36" s="767"/>
+      <c r="AN36" s="767"/>
       <c r="AO36" s="45" t="s">
         <v>3</v>
       </c>
       <c r="AP36" s="8"/>
       <c r="AQ36" s="20"/>
     </row>
     <row r="37" spans="1:54" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="21"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8"/>
       <c r="P37" s="8"/>
       <c r="Q37" s="8"/>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
@@ -26678,65 +26677,65 @@
         <v>132</v>
       </c>
       <c r="AD41" s="46" t="s">
         <v>90</v>
       </c>
       <c r="AE41" s="28" t="s">
         <v>127</v>
       </c>
       <c r="AQ41" s="29"/>
     </row>
     <row r="42" spans="1:54" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="14"/>
       <c r="C42" s="8" t="s">
         <v>131</v>
       </c>
       <c r="K42" s="8" t="s">
         <v>130</v>
       </c>
       <c r="S42" s="8" t="s">
         <v>129</v>
       </c>
       <c r="Z42" s="8" t="s">
         <v>128</v>
       </c>
       <c r="AD42" s="48"/>
-      <c r="AE42" s="863" t="s">
+      <c r="AE42" s="780" t="s">
         <v>123</v>
       </c>
-      <c r="AF42" s="863"/>
-[...10 lines deleted...]
-      <c r="AQ42" s="864"/>
+      <c r="AF42" s="780"/>
+      <c r="AG42" s="780"/>
+      <c r="AH42" s="780"/>
+      <c r="AI42" s="780"/>
+      <c r="AJ42" s="780"/>
+      <c r="AK42" s="780"/>
+      <c r="AL42" s="780"/>
+      <c r="AM42" s="780"/>
+      <c r="AN42" s="780"/>
+      <c r="AO42" s="780"/>
+      <c r="AP42" s="780"/>
+      <c r="AQ42" s="781"/>
     </row>
     <row r="43" spans="1:54" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
       <c r="A43" s="18"/>
       <c r="B43" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C43" s="28" t="s">
         <v>126</v>
       </c>
       <c r="H43" s="46" t="s">
         <v>5</v>
       </c>
       <c r="I43" s="28" t="s">
         <v>125</v>
       </c>
       <c r="M43" s="46" t="s">
         <v>90</v>
       </c>
       <c r="N43" s="28" t="s">
         <v>124</v>
       </c>
       <c r="AD43" s="46" t="s">
         <v>90</v>
       </c>
       <c r="AE43" s="28" t="s">
@@ -26883,59 +26882,59 @@
       <c r="S47" s="50"/>
       <c r="T47" s="8"/>
       <c r="Y47" s="13"/>
       <c r="AA47" s="46" t="s">
         <v>5</v>
       </c>
       <c r="AB47" s="28" t="s">
         <v>107</v>
       </c>
       <c r="AC47" s="50"/>
       <c r="AD47" s="50"/>
       <c r="AE47" s="50"/>
       <c r="AF47" s="50"/>
       <c r="AG47" s="50"/>
       <c r="AH47" s="50"/>
       <c r="AK47" s="46" t="s">
         <v>0</v>
       </c>
       <c r="AL47" s="28" t="s">
         <v>103</v>
       </c>
       <c r="AQ47" s="20"/>
     </row>
     <row r="48" spans="1:54" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="21"/>
-      <c r="C48" s="865" t="s">
+      <c r="C48" s="782" t="s">
         <v>106</v>
       </c>
-      <c r="D48" s="865"/>
-[...4 lines deleted...]
-      <c r="I48" s="865"/>
+      <c r="D48" s="782"/>
+      <c r="E48" s="782"/>
+      <c r="F48" s="782"/>
+      <c r="G48" s="782"/>
+      <c r="H48" s="782"/>
+      <c r="I48" s="782"/>
       <c r="J48" s="50"/>
       <c r="K48" s="50"/>
       <c r="L48" s="50"/>
       <c r="N48" s="8" t="s">
         <v>105</v>
       </c>
       <c r="O48" s="8"/>
       <c r="P48" s="8"/>
       <c r="Q48" s="8"/>
       <c r="R48" s="8"/>
       <c r="S48" s="8"/>
       <c r="T48" s="8"/>
       <c r="Y48" s="13"/>
       <c r="AA48" s="50"/>
       <c r="AB48" s="8" t="s">
         <v>104</v>
       </c>
       <c r="AC48" s="8"/>
       <c r="AD48" s="8"/>
       <c r="AE48" s="8"/>
       <c r="AF48" s="8"/>
       <c r="AG48" s="8"/>
       <c r="AH48" s="8"/>
       <c r="AK48" s="8"/>
       <c r="AL48" s="8" t="s">
@@ -26971,67 +26970,67 @@
       <c r="C50" s="51" t="s">
         <v>99</v>
       </c>
       <c r="D50" s="52"/>
       <c r="E50" s="52"/>
       <c r="F50" s="52"/>
       <c r="G50" s="52"/>
       <c r="H50" s="52"/>
       <c r="I50" s="52"/>
       <c r="J50" s="52"/>
       <c r="K50" s="52"/>
       <c r="L50" s="52"/>
       <c r="M50" s="52"/>
       <c r="N50" s="52"/>
       <c r="O50" s="52"/>
       <c r="P50" s="53"/>
       <c r="R50" s="31" t="s">
         <v>98</v>
       </c>
       <c r="S50" s="31"/>
       <c r="T50" s="31"/>
       <c r="U50" s="31"/>
       <c r="V50" s="31"/>
       <c r="X50" s="31"/>
       <c r="AB50" s="37"/>
-      <c r="AC50" s="866" t="s">
+      <c r="AC50" s="783" t="s">
         <v>495</v>
       </c>
-      <c r="AD50" s="867"/>
-[...12 lines deleted...]
-      <c r="AQ50" s="868"/>
+      <c r="AD50" s="784"/>
+      <c r="AE50" s="784"/>
+      <c r="AF50" s="784"/>
+      <c r="AG50" s="784"/>
+      <c r="AH50" s="784"/>
+      <c r="AI50" s="784"/>
+      <c r="AJ50" s="784"/>
+      <c r="AK50" s="784"/>
+      <c r="AL50" s="784"/>
+      <c r="AM50" s="784"/>
+      <c r="AN50" s="784"/>
+      <c r="AO50" s="784"/>
+      <c r="AP50" s="784"/>
+      <c r="AQ50" s="785"/>
       <c r="AR50" s="37"/>
       <c r="AS50" s="37"/>
     </row>
     <row r="51" spans="1:78" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="18"/>
       <c r="B51" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C51" s="28" t="s">
         <v>97</v>
       </c>
       <c r="N51" s="46" t="s">
         <v>0</v>
       </c>
       <c r="O51" s="28" t="s">
         <v>96</v>
       </c>
       <c r="AA51" s="46" t="s">
         <v>0</v>
       </c>
       <c r="AB51" s="28" t="s">
         <v>95</v>
       </c>
       <c r="AQ51" s="29"/>
       <c r="BO51" s="5"/>
@@ -27134,228 +27133,228 @@
       <c r="BG54" s="5"/>
       <c r="BJ54" s="5"/>
       <c r="BK54" s="5"/>
       <c r="BL54" s="5"/>
       <c r="BM54" s="5"/>
       <c r="BN54" s="5"/>
       <c r="BQ54" s="5"/>
       <c r="BR54" s="5"/>
       <c r="BS54" s="5"/>
       <c r="BT54" s="5"/>
       <c r="BU54" s="5"/>
       <c r="BV54" s="5"/>
       <c r="BY54" s="5"/>
       <c r="BZ54" s="5"/>
     </row>
     <row r="55" spans="1:78" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="54" t="s">
         <v>82</v>
       </c>
       <c r="B55" s="35"/>
       <c r="C55" s="35"/>
       <c r="D55" s="35"/>
       <c r="E55" s="35"/>
       <c r="F55" s="35"/>
       <c r="G55" s="35"/>
-      <c r="H55" s="859" t="str">
+      <c r="H55" s="766" t="str">
         <f>'Form 1'!F32&amp;""</f>
         <v>2026</v>
       </c>
-      <c r="I55" s="859"/>
-[...2 lines deleted...]
-      <c r="L55" s="845" t="s">
+      <c r="I55" s="766"/>
+      <c r="J55" s="766"/>
+      <c r="K55" s="766"/>
+      <c r="L55" s="768" t="s">
         <v>51</v>
       </c>
-      <c r="M55" s="845"/>
-      <c r="N55" s="859" t="str">
+      <c r="M55" s="768"/>
+      <c r="N55" s="766" t="str">
         <f>'Form 1'!J32&amp;""</f>
         <v>3</v>
       </c>
-      <c r="O55" s="859"/>
-      <c r="P55" s="845" t="s">
+      <c r="O55" s="766"/>
+      <c r="P55" s="768" t="s">
         <v>50</v>
       </c>
-      <c r="Q55" s="845"/>
-      <c r="R55" s="859" t="str">
+      <c r="Q55" s="768"/>
+      <c r="R55" s="766" t="str">
         <f>'Form 1'!N32&amp;""</f>
         <v>1</v>
       </c>
-      <c r="S55" s="859"/>
+      <c r="S55" s="766"/>
       <c r="T55" s="41" t="s">
         <v>49</v>
       </c>
       <c r="W55" s="28" t="s">
         <v>81</v>
       </c>
-      <c r="AC55" s="859" t="str">
+      <c r="AC55" s="766" t="str">
         <f>'Form 1'!D36&amp;""</f>
         <v/>
       </c>
-      <c r="AD55" s="859"/>
-[...11 lines deleted...]
-      <c r="AP55" s="859"/>
+      <c r="AD55" s="766"/>
+      <c r="AE55" s="766"/>
+      <c r="AF55" s="766"/>
+      <c r="AG55" s="766"/>
+      <c r="AH55" s="766"/>
+      <c r="AI55" s="766"/>
+      <c r="AJ55" s="766"/>
+      <c r="AK55" s="766"/>
+      <c r="AL55" s="766"/>
+      <c r="AM55" s="766"/>
+      <c r="AN55" s="766"/>
+      <c r="AO55" s="766"/>
+      <c r="AP55" s="766"/>
       <c r="AQ55" s="29"/>
     </row>
     <row r="56" spans="1:78" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="21"/>
       <c r="B56" s="8" t="s">
         <v>80</v>
       </c>
       <c r="D56" s="8"/>
       <c r="E56" s="8"/>
       <c r="F56" s="8"/>
       <c r="G56" s="8"/>
-      <c r="H56" s="860"/>
-[...3 lines deleted...]
-      <c r="L56" s="819" t="s">
+      <c r="H56" s="767"/>
+      <c r="I56" s="767"/>
+      <c r="J56" s="767"/>
+      <c r="K56" s="767"/>
+      <c r="L56" s="769" t="s">
         <v>1</v>
       </c>
-      <c r="M56" s="819"/>
-[...2 lines deleted...]
-      <c r="P56" s="819" t="s">
+      <c r="M56" s="769"/>
+      <c r="N56" s="767"/>
+      <c r="O56" s="767"/>
+      <c r="P56" s="769" t="s">
         <v>2</v>
       </c>
-      <c r="Q56" s="819"/>
-[...1 lines deleted...]
-      <c r="S56" s="860"/>
+      <c r="Q56" s="769"/>
+      <c r="R56" s="767"/>
+      <c r="S56" s="767"/>
       <c r="T56" s="45" t="s">
         <v>3</v>
       </c>
       <c r="W56" s="8"/>
       <c r="X56" s="8" t="s">
         <v>79</v>
       </c>
       <c r="Y56" s="8"/>
-      <c r="AC56" s="860"/>
-[...12 lines deleted...]
-      <c r="AP56" s="860"/>
+      <c r="AC56" s="767"/>
+      <c r="AD56" s="767"/>
+      <c r="AE56" s="767"/>
+      <c r="AF56" s="767"/>
+      <c r="AG56" s="767"/>
+      <c r="AH56" s="767"/>
+      <c r="AI56" s="767"/>
+      <c r="AJ56" s="767"/>
+      <c r="AK56" s="767"/>
+      <c r="AL56" s="767"/>
+      <c r="AM56" s="767"/>
+      <c r="AN56" s="767"/>
+      <c r="AO56" s="767"/>
+      <c r="AP56" s="767"/>
       <c r="AQ56" s="20"/>
     </row>
     <row r="57" spans="1:78" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="21"/>
       <c r="B57" s="8"/>
       <c r="D57" s="8"/>
       <c r="E57" s="8"/>
       <c r="F57" s="8"/>
       <c r="G57" s="8"/>
       <c r="H57" s="28"/>
       <c r="I57" s="28"/>
       <c r="J57" s="55"/>
       <c r="L57" s="56"/>
       <c r="M57" s="56"/>
       <c r="N57" s="35"/>
       <c r="O57" s="56"/>
       <c r="P57" s="42"/>
       <c r="Q57" s="35"/>
       <c r="R57" s="35"/>
       <c r="S57" s="56"/>
       <c r="T57" s="56"/>
       <c r="W57" s="8"/>
       <c r="X57" s="8"/>
       <c r="Y57" s="8"/>
       <c r="AQ57" s="20"/>
     </row>
     <row r="58" spans="1:78" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="H58" s="857"/>
-[...11 lines deleted...]
-      <c r="T58" s="857"/>
+      <c r="H58" s="774"/>
+      <c r="I58" s="774"/>
+      <c r="J58" s="774"/>
+      <c r="K58" s="774"/>
+      <c r="L58" s="774"/>
+      <c r="M58" s="774"/>
+      <c r="N58" s="774"/>
+      <c r="O58" s="774"/>
+      <c r="P58" s="774"/>
+      <c r="Q58" s="774"/>
+      <c r="R58" s="774"/>
+      <c r="S58" s="774"/>
+      <c r="T58" s="774"/>
       <c r="W58" s="28" t="s">
         <v>77</v>
       </c>
       <c r="AE58" s="41"/>
       <c r="AF58" s="41"/>
       <c r="AG58" s="41" t="s">
         <v>59</v>
       </c>
       <c r="AH58" s="41" t="s">
         <v>58</v>
       </c>
       <c r="AI58" s="41" t="s">
         <v>57</v>
       </c>
       <c r="AQ58" s="29"/>
     </row>
     <row r="59" spans="1:78" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="21"/>
       <c r="B59" s="8" t="s">
         <v>76</v>
       </c>
       <c r="D59" s="8"/>
       <c r="E59" s="8"/>
       <c r="F59" s="8"/>
       <c r="G59" s="8"/>
-      <c r="H59" s="858"/>
-[...11 lines deleted...]
-      <c r="T59" s="858"/>
+      <c r="H59" s="775"/>
+      <c r="I59" s="775"/>
+      <c r="J59" s="775"/>
+      <c r="K59" s="775"/>
+      <c r="L59" s="775"/>
+      <c r="M59" s="775"/>
+      <c r="N59" s="775"/>
+      <c r="O59" s="775"/>
+      <c r="P59" s="775"/>
+      <c r="Q59" s="775"/>
+      <c r="R59" s="775"/>
+      <c r="S59" s="775"/>
+      <c r="T59" s="775"/>
       <c r="W59" s="8"/>
       <c r="X59" s="8" t="s">
         <v>75</v>
       </c>
       <c r="Y59" s="8"/>
       <c r="Z59" s="8"/>
       <c r="AA59" s="8"/>
       <c r="AB59" s="8"/>
       <c r="AC59" s="8"/>
       <c r="AD59" s="8"/>
       <c r="AE59" s="8"/>
       <c r="AF59" s="8"/>
       <c r="AG59" s="42" t="s">
         <v>9</v>
       </c>
       <c r="AH59" s="42" t="s">
         <v>42</v>
       </c>
       <c r="AI59" s="42" t="s">
         <v>10</v>
       </c>
       <c r="AK59" s="8"/>
       <c r="AL59" s="8"/>
       <c r="AQ59" s="20"/>
     </row>
@@ -27379,86 +27378,86 @@
       <c r="R60" s="8"/>
       <c r="S60" s="8"/>
       <c r="T60" s="8"/>
       <c r="V60" s="8"/>
       <c r="W60" s="8"/>
       <c r="X60" s="8"/>
       <c r="Y60" s="8"/>
       <c r="Z60" s="8"/>
       <c r="AA60" s="8"/>
       <c r="AB60" s="8"/>
       <c r="AC60" s="8"/>
       <c r="AD60" s="8"/>
       <c r="AE60" s="42"/>
       <c r="AF60" s="42"/>
       <c r="AG60" s="42"/>
       <c r="AH60" s="42"/>
       <c r="AI60" s="42"/>
       <c r="AJ60" s="8"/>
       <c r="AK60" s="8"/>
       <c r="AQ60" s="20"/>
     </row>
     <row r="61" spans="1:78" s="28" customFormat="1" ht="13" x14ac:dyDescent="0.2">
       <c r="A61" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="J61" s="859" t="str">
+      <c r="J61" s="766" t="str">
         <f>'Form 1'!J39&amp;", "&amp;'Form 1'!J38&amp;", "&amp;'Form 1'!J37</f>
         <v xml:space="preserve">, , </v>
       </c>
-      <c r="K61" s="859"/>
-[...10 lines deleted...]
-      <c r="V61" s="859"/>
+      <c r="K61" s="766"/>
+      <c r="L61" s="766"/>
+      <c r="M61" s="766"/>
+      <c r="N61" s="766"/>
+      <c r="O61" s="766"/>
+      <c r="P61" s="766"/>
+      <c r="Q61" s="766"/>
+      <c r="R61" s="766"/>
+      <c r="S61" s="766"/>
+      <c r="T61" s="766"/>
+      <c r="U61" s="766"/>
+      <c r="V61" s="766"/>
       <c r="AQ61" s="29"/>
     </row>
     <row r="62" spans="1:78" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="21"/>
       <c r="B62" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="J62" s="860"/>
-[...11 lines deleted...]
-      <c r="V62" s="860"/>
+      <c r="J62" s="767"/>
+      <c r="K62" s="767"/>
+      <c r="L62" s="767"/>
+      <c r="M62" s="767"/>
+      <c r="N62" s="767"/>
+      <c r="O62" s="767"/>
+      <c r="P62" s="767"/>
+      <c r="Q62" s="767"/>
+      <c r="R62" s="767"/>
+      <c r="S62" s="767"/>
+      <c r="T62" s="767"/>
+      <c r="U62" s="767"/>
+      <c r="V62" s="767"/>
       <c r="AQ62" s="20"/>
     </row>
     <row r="63" spans="1:78" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="21"/>
       <c r="B63" s="8"/>
       <c r="AQ63" s="20"/>
     </row>
     <row r="64" spans="1:78" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="18" t="s">
         <v>72</v>
       </c>
       <c r="M64" s="41" t="s">
         <v>59</v>
       </c>
       <c r="N64" s="41" t="s">
         <v>58</v>
       </c>
       <c r="O64" s="41" t="s">
         <v>57</v>
       </c>
       <c r="AB64" s="57"/>
       <c r="AC64" s="57"/>
       <c r="AD64" s="57"/>
       <c r="AE64" s="57"/>
       <c r="AF64" s="41"/>
@@ -27498,154 +27497,154 @@
       <c r="AE65" s="57"/>
       <c r="AF65" s="42"/>
       <c r="AG65" s="42"/>
       <c r="AH65" s="57"/>
       <c r="AI65" s="57"/>
       <c r="AJ65" s="42"/>
       <c r="AK65" s="42"/>
       <c r="AL65" s="57"/>
       <c r="AM65" s="57"/>
       <c r="AN65" s="8"/>
       <c r="AQ65" s="29"/>
     </row>
     <row r="66" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="18"/>
       <c r="C66" s="6" t="s">
         <v>70</v>
       </c>
       <c r="L66" s="8"/>
       <c r="AQ66" s="29"/>
     </row>
     <row r="67" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="18"/>
       <c r="C67" s="28" t="s">
         <v>69</v>
       </c>
-      <c r="E67" s="861">
+      <c r="E67" s="776">
         <f>'Form 2'!Q29</f>
         <v>0</v>
       </c>
-      <c r="F67" s="861"/>
-      <c r="G67" s="861"/>
+      <c r="F67" s="776"/>
+      <c r="G67" s="776"/>
       <c r="H67" s="28" t="s">
         <v>53</v>
       </c>
       <c r="K67" s="28" t="s">
         <v>68</v>
       </c>
-      <c r="Q67" s="843"/>
-[...2 lines deleted...]
-      <c r="T67" s="845" t="s">
+      <c r="Q67" s="778"/>
+      <c r="R67" s="778"/>
+      <c r="S67" s="778"/>
+      <c r="T67" s="768" t="s">
         <v>51</v>
       </c>
-      <c r="U67" s="845"/>
-[...2 lines deleted...]
-      <c r="X67" s="845" t="s">
+      <c r="U67" s="768"/>
+      <c r="V67" s="778"/>
+      <c r="W67" s="778"/>
+      <c r="X67" s="768" t="s">
         <v>50</v>
       </c>
-      <c r="Y67" s="845"/>
-[...1 lines deleted...]
-      <c r="AA67" s="843"/>
+      <c r="Y67" s="768"/>
+      <c r="Z67" s="778"/>
+      <c r="AA67" s="778"/>
       <c r="AB67" s="28" t="s">
         <v>49</v>
       </c>
-      <c r="AC67" s="845" t="s">
+      <c r="AC67" s="768" t="s">
         <v>67</v>
       </c>
-      <c r="AD67" s="845"/>
-[...3 lines deleted...]
-      <c r="AH67" s="845" t="s">
+      <c r="AD67" s="768"/>
+      <c r="AE67" s="778"/>
+      <c r="AF67" s="778"/>
+      <c r="AG67" s="778"/>
+      <c r="AH67" s="768" t="s">
         <v>51</v>
       </c>
-      <c r="AI67" s="845"/>
-[...2 lines deleted...]
-      <c r="AL67" s="845" t="s">
+      <c r="AI67" s="768"/>
+      <c r="AJ67" s="778"/>
+      <c r="AK67" s="778"/>
+      <c r="AL67" s="768" t="s">
         <v>50</v>
       </c>
-      <c r="AM67" s="845"/>
-[...1 lines deleted...]
-      <c r="AO67" s="843"/>
+      <c r="AM67" s="768"/>
+      <c r="AN67" s="778"/>
+      <c r="AO67" s="778"/>
       <c r="AP67" s="28" t="s">
         <v>49</v>
       </c>
       <c r="AQ67" s="29"/>
     </row>
     <row r="68" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="21"/>
-      <c r="E68" s="862"/>
-[...1 lines deleted...]
-      <c r="G68" s="862"/>
+      <c r="E68" s="777"/>
+      <c r="F68" s="777"/>
+      <c r="G68" s="777"/>
       <c r="H68" s="56" t="s">
         <v>47</v>
       </c>
       <c r="J68" s="8"/>
       <c r="K68" s="8" t="s">
         <v>66</v>
       </c>
       <c r="M68" s="8"/>
       <c r="N68" s="8"/>
       <c r="O68" s="42"/>
-      <c r="Q68" s="844"/>
-[...2 lines deleted...]
-      <c r="T68" s="819" t="s">
+      <c r="Q68" s="779"/>
+      <c r="R68" s="779"/>
+      <c r="S68" s="779"/>
+      <c r="T68" s="769" t="s">
         <v>1</v>
       </c>
-      <c r="U68" s="819"/>
-[...2 lines deleted...]
-      <c r="X68" s="819" t="s">
+      <c r="U68" s="769"/>
+      <c r="V68" s="779"/>
+      <c r="W68" s="779"/>
+      <c r="X68" s="769" t="s">
         <v>2</v>
       </c>
-      <c r="Y68" s="819"/>
-[...1 lines deleted...]
-      <c r="AA68" s="844"/>
+      <c r="Y68" s="769"/>
+      <c r="Z68" s="779"/>
+      <c r="AA68" s="779"/>
       <c r="AB68" s="45" t="s">
         <v>65</v>
       </c>
       <c r="AC68" s="42"/>
       <c r="AD68" s="42"/>
-      <c r="AE68" s="844"/>
-[...2 lines deleted...]
-      <c r="AH68" s="819" t="s">
+      <c r="AE68" s="779"/>
+      <c r="AF68" s="779"/>
+      <c r="AG68" s="779"/>
+      <c r="AH68" s="769" t="s">
         <v>1</v>
       </c>
-      <c r="AI68" s="819"/>
-[...2 lines deleted...]
-      <c r="AL68" s="819" t="s">
+      <c r="AI68" s="769"/>
+      <c r="AJ68" s="779"/>
+      <c r="AK68" s="779"/>
+      <c r="AL68" s="769" t="s">
         <v>2</v>
       </c>
-      <c r="AM68" s="819"/>
-[...1 lines deleted...]
-      <c r="AO68" s="844"/>
+      <c r="AM68" s="769"/>
+      <c r="AN68" s="779"/>
+      <c r="AO68" s="779"/>
       <c r="AP68" s="45" t="s">
         <v>3</v>
       </c>
       <c r="AQ68" s="20"/>
     </row>
     <row r="69" spans="1:43" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="21"/>
       <c r="E69" s="58"/>
       <c r="F69" s="58"/>
       <c r="G69" s="58"/>
       <c r="H69" s="56"/>
       <c r="J69" s="8"/>
       <c r="K69" s="8"/>
       <c r="M69" s="8"/>
       <c r="N69" s="8"/>
       <c r="O69" s="42"/>
       <c r="Q69" s="59"/>
       <c r="R69" s="59"/>
       <c r="S69" s="59"/>
       <c r="T69" s="42"/>
       <c r="U69" s="42"/>
       <c r="V69" s="59"/>
       <c r="W69" s="59"/>
       <c r="X69" s="42"/>
       <c r="Y69" s="42"/>
@@ -27820,134 +27819,134 @@
       <c r="AQ72" s="20"/>
     </row>
     <row r="73" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="60"/>
       <c r="B73" s="63"/>
       <c r="C73" s="63"/>
       <c r="D73" s="63"/>
       <c r="E73" s="63"/>
       <c r="F73" s="63"/>
       <c r="G73" s="66" t="s">
         <v>55</v>
       </c>
       <c r="H73" s="63"/>
       <c r="I73" s="63"/>
       <c r="J73" s="63"/>
       <c r="K73" s="63"/>
       <c r="L73" s="63"/>
       <c r="M73" s="63"/>
       <c r="N73" s="63"/>
       <c r="O73" s="61"/>
       <c r="P73" s="61"/>
       <c r="Q73" s="63" t="s">
         <v>54</v>
       </c>
       <c r="R73" s="63"/>
-      <c r="S73" s="846" t="str">
+      <c r="S73" s="786" t="str">
         <f>'Form 1'!N45&amp;""</f>
         <v/>
       </c>
-      <c r="T73" s="846"/>
-      <c r="U73" s="846"/>
+      <c r="T73" s="786"/>
+      <c r="U73" s="786"/>
       <c r="V73" s="63" t="s">
         <v>53</v>
       </c>
       <c r="W73" s="63"/>
       <c r="X73" s="66" t="s">
         <v>492</v>
       </c>
       <c r="Y73" s="63"/>
       <c r="Z73" s="63"/>
       <c r="AA73" s="63"/>
       <c r="AB73" s="63"/>
       <c r="AC73" s="63"/>
       <c r="AD73" s="63"/>
       <c r="AE73" s="67"/>
       <c r="AF73" s="67"/>
       <c r="AG73" s="67"/>
       <c r="AH73" s="61"/>
       <c r="AI73" s="63"/>
       <c r="AJ73" s="68"/>
-      <c r="AK73" s="848" t="str">
+      <c r="AK73" s="788" t="str">
         <f>'Form 1'!N47&amp;""</f>
         <v/>
       </c>
-      <c r="AL73" s="848"/>
-      <c r="AM73" s="848"/>
+      <c r="AL73" s="788"/>
+      <c r="AM73" s="788"/>
       <c r="AN73" s="63" t="s">
         <v>53</v>
       </c>
       <c r="AO73" s="68"/>
       <c r="AP73" s="28"/>
       <c r="AQ73" s="29"/>
     </row>
     <row r="74" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="69"/>
       <c r="B74" s="61"/>
       <c r="C74" s="61"/>
       <c r="D74" s="61"/>
       <c r="E74" s="61"/>
       <c r="F74" s="61"/>
       <c r="G74" s="70" t="s">
         <v>48</v>
       </c>
       <c r="H74" s="61"/>
       <c r="I74" s="71"/>
       <c r="J74" s="71"/>
       <c r="K74" s="71"/>
       <c r="L74" s="71"/>
       <c r="M74" s="61"/>
       <c r="N74" s="61"/>
       <c r="O74" s="61"/>
       <c r="P74" s="61"/>
       <c r="Q74" s="61"/>
       <c r="R74" s="61"/>
-      <c r="S74" s="847"/>
-[...1 lines deleted...]
-      <c r="U74" s="847"/>
+      <c r="S74" s="787"/>
+      <c r="T74" s="787"/>
+      <c r="U74" s="787"/>
       <c r="V74" s="70" t="s">
         <v>47</v>
       </c>
       <c r="W74" s="61"/>
       <c r="X74" s="62" t="s">
         <v>491</v>
       </c>
       <c r="Y74" s="61"/>
       <c r="Z74" s="61"/>
       <c r="AA74" s="61"/>
       <c r="AB74" s="62"/>
       <c r="AC74" s="72"/>
       <c r="AD74" s="72"/>
       <c r="AE74" s="67"/>
       <c r="AF74" s="67"/>
       <c r="AG74" s="67"/>
       <c r="AH74" s="70"/>
       <c r="AI74" s="62"/>
       <c r="AJ74" s="68"/>
-      <c r="AK74" s="849"/>
-[...1 lines deleted...]
-      <c r="AM74" s="849"/>
+      <c r="AK74" s="789"/>
+      <c r="AL74" s="789"/>
+      <c r="AM74" s="789"/>
       <c r="AN74" s="70" t="s">
         <v>47</v>
       </c>
       <c r="AO74" s="61"/>
       <c r="AP74" s="8"/>
       <c r="AQ74" s="20"/>
     </row>
     <row r="75" spans="1:43" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="73"/>
       <c r="B75" s="74"/>
       <c r="C75" s="74"/>
       <c r="D75" s="74"/>
       <c r="E75" s="74"/>
       <c r="F75" s="74"/>
       <c r="G75" s="75"/>
       <c r="H75" s="74"/>
       <c r="I75" s="76"/>
       <c r="J75" s="76"/>
       <c r="K75" s="76"/>
       <c r="L75" s="76"/>
       <c r="M75" s="74"/>
       <c r="N75" s="74"/>
       <c r="Q75" s="74"/>
       <c r="R75" s="74"/>
       <c r="S75" s="77"/>
@@ -27981,133 +27980,133 @@
       <c r="AA76" s="8"/>
       <c r="AQ76" s="29"/>
     </row>
     <row r="77" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="18"/>
       <c r="C77" s="8" t="s">
         <v>489</v>
       </c>
       <c r="AA77" s="8"/>
       <c r="AQ77" s="29"/>
     </row>
     <row r="78" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="60"/>
       <c r="B78" s="63"/>
       <c r="C78" s="81" t="s">
         <v>59</v>
       </c>
       <c r="D78" s="81" t="s">
         <v>64</v>
       </c>
       <c r="E78" s="81"/>
       <c r="F78" s="81"/>
       <c r="G78" s="81"/>
       <c r="H78" s="63"/>
       <c r="I78" s="63"/>
-      <c r="J78" s="850" t="s">
+      <c r="J78" s="790" t="s">
         <v>24</v>
       </c>
-      <c r="K78" s="850"/>
-[...25 lines deleted...]
-      <c r="AK78" s="850"/>
+      <c r="K78" s="790"/>
+      <c r="L78" s="790"/>
+      <c r="M78" s="790"/>
+      <c r="N78" s="790"/>
+      <c r="O78" s="790"/>
+      <c r="P78" s="790"/>
+      <c r="Q78" s="790"/>
+      <c r="R78" s="790"/>
+      <c r="S78" s="790"/>
+      <c r="T78" s="790"/>
+      <c r="U78" s="790"/>
+      <c r="V78" s="790"/>
+      <c r="W78" s="790"/>
+      <c r="X78" s="790"/>
+      <c r="Y78" s="790"/>
+      <c r="Z78" s="790"/>
+      <c r="AA78" s="790"/>
+      <c r="AB78" s="790"/>
+      <c r="AC78" s="790"/>
+      <c r="AD78" s="790"/>
+      <c r="AE78" s="790"/>
+      <c r="AF78" s="790"/>
+      <c r="AG78" s="790"/>
+      <c r="AH78" s="790"/>
+      <c r="AI78" s="790"/>
+      <c r="AJ78" s="790"/>
+      <c r="AK78" s="790"/>
       <c r="AL78" s="41" t="s">
         <v>63</v>
       </c>
       <c r="AM78" s="41" t="s">
         <v>58</v>
       </c>
       <c r="AN78" s="41" t="s">
         <v>62</v>
       </c>
       <c r="AQ78" s="29"/>
     </row>
     <row r="79" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="69"/>
       <c r="B79" s="61"/>
       <c r="C79" s="70" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="70" t="s">
         <v>61</v>
       </c>
       <c r="E79" s="61"/>
       <c r="F79" s="62"/>
       <c r="G79" s="62"/>
       <c r="H79" s="62"/>
       <c r="I79" s="61"/>
-      <c r="J79" s="851"/>
-[...26 lines deleted...]
-      <c r="AK79" s="851"/>
+      <c r="J79" s="791"/>
+      <c r="K79" s="791"/>
+      <c r="L79" s="791"/>
+      <c r="M79" s="791"/>
+      <c r="N79" s="791"/>
+      <c r="O79" s="791"/>
+      <c r="P79" s="791"/>
+      <c r="Q79" s="791"/>
+      <c r="R79" s="791"/>
+      <c r="S79" s="791"/>
+      <c r="T79" s="791"/>
+      <c r="U79" s="791"/>
+      <c r="V79" s="791"/>
+      <c r="W79" s="791"/>
+      <c r="X79" s="791"/>
+      <c r="Y79" s="791"/>
+      <c r="Z79" s="791"/>
+      <c r="AA79" s="791"/>
+      <c r="AB79" s="791"/>
+      <c r="AC79" s="791"/>
+      <c r="AD79" s="791"/>
+      <c r="AE79" s="791"/>
+      <c r="AF79" s="791"/>
+      <c r="AG79" s="791"/>
+      <c r="AH79" s="791"/>
+      <c r="AI79" s="791"/>
+      <c r="AJ79" s="791"/>
+      <c r="AK79" s="791"/>
       <c r="AL79" s="42" t="s">
         <v>60</v>
       </c>
       <c r="AM79" s="42" t="s">
         <v>42</v>
       </c>
       <c r="AN79" s="42" t="s">
         <v>41</v>
       </c>
       <c r="AQ79" s="20"/>
     </row>
     <row r="80" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="69"/>
       <c r="B80" s="61"/>
       <c r="C80" s="62"/>
       <c r="D80" s="62"/>
       <c r="E80" s="62"/>
       <c r="F80" s="62"/>
       <c r="G80" s="62"/>
       <c r="H80" s="62"/>
       <c r="I80" s="62"/>
       <c r="J80" s="62"/>
       <c r="K80" s="62"/>
       <c r="L80" s="62"/>
       <c r="M80" s="62"/>
@@ -28232,152 +28231,152 @@
       <c r="AJ82" s="62"/>
       <c r="AK82" s="62"/>
       <c r="AQ82" s="47"/>
     </row>
     <row r="83" spans="1:43" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="60"/>
       <c r="B83" s="63"/>
       <c r="C83" s="66" t="s">
         <v>55</v>
       </c>
       <c r="D83" s="63"/>
       <c r="E83" s="63"/>
       <c r="F83" s="63"/>
       <c r="G83" s="63"/>
       <c r="H83" s="63"/>
       <c r="I83" s="63"/>
       <c r="J83" s="63"/>
       <c r="K83" s="63"/>
       <c r="L83" s="63"/>
       <c r="M83" s="63"/>
       <c r="N83" s="63"/>
       <c r="O83" s="63" t="s">
         <v>54</v>
       </c>
       <c r="P83" s="63"/>
-      <c r="Q83" s="852" t="str">
+      <c r="Q83" s="792" t="str">
         <f>'Form 1'!N51&amp;""</f>
         <v/>
       </c>
-      <c r="R83" s="852"/>
-      <c r="S83" s="852"/>
+      <c r="R83" s="792"/>
+      <c r="S83" s="792"/>
       <c r="T83" s="63" t="s">
         <v>53</v>
       </c>
       <c r="U83" s="63"/>
       <c r="V83" s="63" t="s">
         <v>52</v>
       </c>
       <c r="W83" s="63"/>
       <c r="X83" s="63"/>
       <c r="Y83" s="63"/>
       <c r="Z83" s="63"/>
       <c r="AA83" s="63"/>
       <c r="AB83" s="63"/>
       <c r="AC83" s="63"/>
       <c r="AD83" s="63"/>
-      <c r="AE83" s="854" t="str">
+      <c r="AE83" s="794" t="str">
         <f>'Form 1'!K52&amp;""</f>
         <v/>
       </c>
-      <c r="AF83" s="854"/>
-[...1 lines deleted...]
-      <c r="AH83" s="856" t="s">
+      <c r="AF83" s="794"/>
+      <c r="AG83" s="794"/>
+      <c r="AH83" s="796" t="s">
         <v>51</v>
       </c>
-      <c r="AI83" s="856"/>
-      <c r="AJ83" s="854" t="str">
+      <c r="AI83" s="796"/>
+      <c r="AJ83" s="794" t="str">
         <f>'Form 1'!M52&amp;""</f>
         <v/>
       </c>
-      <c r="AK83" s="854"/>
-      <c r="AL83" s="845" t="s">
+      <c r="AK83" s="794"/>
+      <c r="AL83" s="768" t="s">
         <v>50</v>
       </c>
-      <c r="AM83" s="845"/>
-      <c r="AN83" s="816" t="str">
+      <c r="AM83" s="768"/>
+      <c r="AN83" s="797" t="str">
         <f>'Form 1'!O52&amp;""</f>
         <v/>
       </c>
-      <c r="AO83" s="816"/>
+      <c r="AO83" s="797"/>
       <c r="AP83" s="28" t="s">
         <v>49</v>
       </c>
       <c r="AQ83" s="29"/>
     </row>
     <row r="84" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="69"/>
       <c r="B84" s="61"/>
       <c r="C84" s="70" t="s">
         <v>48</v>
       </c>
       <c r="D84" s="61"/>
       <c r="E84" s="71"/>
       <c r="F84" s="71"/>
       <c r="G84" s="71"/>
       <c r="H84" s="71"/>
       <c r="I84" s="61"/>
       <c r="J84" s="61"/>
       <c r="K84" s="61"/>
       <c r="L84" s="61"/>
       <c r="M84" s="61"/>
       <c r="N84" s="61"/>
       <c r="O84" s="61"/>
       <c r="P84" s="61"/>
-      <c r="Q84" s="853"/>
-[...1 lines deleted...]
-      <c r="S84" s="853"/>
+      <c r="Q84" s="793"/>
+      <c r="R84" s="793"/>
+      <c r="S84" s="793"/>
       <c r="T84" s="70" t="s">
         <v>47</v>
       </c>
       <c r="U84" s="61"/>
       <c r="V84" s="62" t="s">
         <v>46</v>
       </c>
       <c r="W84" s="72"/>
       <c r="X84" s="72"/>
       <c r="Y84" s="72"/>
       <c r="Z84" s="72"/>
       <c r="AA84" s="72"/>
       <c r="AB84" s="72"/>
       <c r="AC84" s="61"/>
       <c r="AD84" s="68"/>
-      <c r="AE84" s="855"/>
-[...2 lines deleted...]
-      <c r="AH84" s="818" t="s">
+      <c r="AE84" s="795"/>
+      <c r="AF84" s="795"/>
+      <c r="AG84" s="795"/>
+      <c r="AH84" s="799" t="s">
         <v>1</v>
       </c>
-      <c r="AI84" s="818"/>
-[...2 lines deleted...]
-      <c r="AL84" s="819" t="s">
+      <c r="AI84" s="799"/>
+      <c r="AJ84" s="795"/>
+      <c r="AK84" s="795"/>
+      <c r="AL84" s="769" t="s">
         <v>2</v>
       </c>
-      <c r="AM84" s="819"/>
-[...1 lines deleted...]
-      <c r="AO84" s="817"/>
+      <c r="AM84" s="769"/>
+      <c r="AN84" s="798"/>
+      <c r="AO84" s="798"/>
       <c r="AP84" s="45" t="s">
         <v>3</v>
       </c>
       <c r="AQ84" s="20"/>
     </row>
     <row r="85" spans="1:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="69"/>
       <c r="B85" s="61"/>
       <c r="C85" s="71"/>
       <c r="D85" s="71"/>
       <c r="E85" s="71"/>
       <c r="F85" s="71"/>
       <c r="G85" s="71"/>
       <c r="H85" s="61"/>
       <c r="I85" s="61"/>
       <c r="J85" s="61"/>
       <c r="K85" s="61"/>
       <c r="L85" s="61"/>
       <c r="M85" s="61"/>
       <c r="N85" s="61"/>
       <c r="O85" s="61"/>
       <c r="P85" s="61"/>
       <c r="Q85" s="61"/>
       <c r="R85" s="61"/>
       <c r="S85" s="61"/>
@@ -28560,820 +28559,820 @@
       <c r="Z89" s="63"/>
       <c r="AA89" s="63"/>
       <c r="AB89" s="63"/>
       <c r="AC89" s="63"/>
       <c r="AD89" s="63"/>
       <c r="AE89" s="63"/>
       <c r="AF89" s="63"/>
       <c r="AG89" s="63"/>
       <c r="AH89" s="63"/>
       <c r="AI89" s="63"/>
       <c r="AJ89" s="63"/>
       <c r="AK89" s="63"/>
       <c r="AL89" s="63"/>
       <c r="AM89" s="63"/>
       <c r="AN89" s="63"/>
       <c r="AO89" s="63"/>
       <c r="AP89" s="63"/>
       <c r="AQ89" s="84"/>
     </row>
     <row r="90" spans="1:43" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="86"/>
       <c r="B90" s="62"/>
       <c r="C90" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="D90" s="820" t="s">
+      <c r="D90" s="800" t="s">
         <v>43</v>
       </c>
-      <c r="E90" s="820"/>
-[...18 lines deleted...]
-      <c r="X90" s="820"/>
+      <c r="E90" s="800"/>
+      <c r="F90" s="800"/>
+      <c r="G90" s="800"/>
+      <c r="H90" s="800"/>
+      <c r="I90" s="800"/>
+      <c r="J90" s="800"/>
+      <c r="K90" s="800"/>
+      <c r="L90" s="800"/>
+      <c r="M90" s="800"/>
+      <c r="N90" s="800"/>
+      <c r="O90" s="800"/>
+      <c r="P90" s="800"/>
+      <c r="Q90" s="800"/>
+      <c r="R90" s="800"/>
+      <c r="S90" s="800"/>
+      <c r="T90" s="800"/>
+      <c r="U90" s="800"/>
+      <c r="V90" s="800"/>
+      <c r="W90" s="800"/>
+      <c r="X90" s="800"/>
       <c r="Y90" s="63"/>
       <c r="Z90" s="65" t="s">
         <v>42</v>
       </c>
       <c r="AA90" s="65" t="s">
         <v>41</v>
       </c>
       <c r="AB90" s="63"/>
       <c r="AC90" s="63"/>
       <c r="AD90" s="63"/>
       <c r="AE90" s="63"/>
       <c r="AF90" s="63"/>
       <c r="AG90" s="63"/>
       <c r="AH90" s="63"/>
       <c r="AI90" s="63"/>
       <c r="AJ90" s="63"/>
       <c r="AK90" s="63"/>
       <c r="AQ90" s="87"/>
     </row>
     <row r="91" spans="1:43" s="28" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="821" t="s">
+      <c r="A91" s="801" t="s">
         <v>40</v>
       </c>
-      <c r="B91" s="822"/>
-[...2 lines deleted...]
-      <c r="E91" s="821" t="s">
+      <c r="B91" s="802"/>
+      <c r="C91" s="802"/>
+      <c r="D91" s="803"/>
+      <c r="E91" s="801" t="s">
         <v>39</v>
       </c>
-      <c r="F91" s="822"/>
-[...7 lines deleted...]
-      <c r="N91" s="821" t="s">
+      <c r="F91" s="802"/>
+      <c r="G91" s="802"/>
+      <c r="H91" s="802"/>
+      <c r="I91" s="802"/>
+      <c r="J91" s="802"/>
+      <c r="K91" s="802"/>
+      <c r="L91" s="802"/>
+      <c r="M91" s="803"/>
+      <c r="N91" s="801" t="s">
         <v>38</v>
       </c>
-      <c r="O91" s="822"/>
-[...2 lines deleted...]
-      <c r="R91" s="827" t="s">
+      <c r="O91" s="802"/>
+      <c r="P91" s="802"/>
+      <c r="Q91" s="803"/>
+      <c r="R91" s="807" t="s">
         <v>37</v>
       </c>
-      <c r="S91" s="828"/>
-[...2 lines deleted...]
-      <c r="V91" s="833" t="s">
+      <c r="S91" s="808"/>
+      <c r="T91" s="808"/>
+      <c r="U91" s="809"/>
+      <c r="V91" s="813" t="s">
         <v>36</v>
       </c>
-      <c r="W91" s="834"/>
-[...2 lines deleted...]
-      <c r="Z91" s="821" t="s">
+      <c r="W91" s="814"/>
+      <c r="X91" s="814"/>
+      <c r="Y91" s="815"/>
+      <c r="Z91" s="801" t="s">
         <v>35</v>
       </c>
-      <c r="AA91" s="822"/>
-[...7 lines deleted...]
-      <c r="AI91" s="839" t="s">
+      <c r="AA91" s="802"/>
+      <c r="AB91" s="802"/>
+      <c r="AC91" s="802"/>
+      <c r="AD91" s="802"/>
+      <c r="AE91" s="802"/>
+      <c r="AF91" s="802"/>
+      <c r="AG91" s="802"/>
+      <c r="AH91" s="803"/>
+      <c r="AI91" s="819" t="s">
         <v>34</v>
       </c>
-      <c r="AJ91" s="839"/>
-[...6 lines deleted...]
-      <c r="AQ91" s="840"/>
+      <c r="AJ91" s="819"/>
+      <c r="AK91" s="819"/>
+      <c r="AL91" s="819"/>
+      <c r="AM91" s="819"/>
+      <c r="AN91" s="819"/>
+      <c r="AO91" s="819"/>
+      <c r="AP91" s="819"/>
+      <c r="AQ91" s="820"/>
     </row>
     <row r="92" spans="1:43" s="28" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="824"/>
-[...33 lines deleted...]
-      <c r="AI92" s="841" t="s">
+      <c r="A92" s="804"/>
+      <c r="B92" s="805"/>
+      <c r="C92" s="805"/>
+      <c r="D92" s="806"/>
+      <c r="E92" s="804"/>
+      <c r="F92" s="805"/>
+      <c r="G92" s="805"/>
+      <c r="H92" s="805"/>
+      <c r="I92" s="805"/>
+      <c r="J92" s="805"/>
+      <c r="K92" s="805"/>
+      <c r="L92" s="805"/>
+      <c r="M92" s="806"/>
+      <c r="N92" s="804"/>
+      <c r="O92" s="805"/>
+      <c r="P92" s="805"/>
+      <c r="Q92" s="806"/>
+      <c r="R92" s="810"/>
+      <c r="S92" s="811"/>
+      <c r="T92" s="811"/>
+      <c r="U92" s="812"/>
+      <c r="V92" s="816"/>
+      <c r="W92" s="817"/>
+      <c r="X92" s="817"/>
+      <c r="Y92" s="818"/>
+      <c r="Z92" s="804"/>
+      <c r="AA92" s="805"/>
+      <c r="AB92" s="805"/>
+      <c r="AC92" s="805"/>
+      <c r="AD92" s="805"/>
+      <c r="AE92" s="805"/>
+      <c r="AF92" s="805"/>
+      <c r="AG92" s="805"/>
+      <c r="AH92" s="806"/>
+      <c r="AI92" s="821" t="s">
         <v>33</v>
       </c>
-      <c r="AJ92" s="841"/>
-[...6 lines deleted...]
-      <c r="AQ92" s="842"/>
+      <c r="AJ92" s="821"/>
+      <c r="AK92" s="821"/>
+      <c r="AL92" s="821"/>
+      <c r="AM92" s="821"/>
+      <c r="AN92" s="821"/>
+      <c r="AO92" s="821"/>
+      <c r="AP92" s="821"/>
+      <c r="AQ92" s="822"/>
     </row>
     <row r="93" spans="1:43" s="28" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="800" t="s">
+      <c r="A93" s="823" t="s">
         <v>32</v>
       </c>
-      <c r="B93" s="801"/>
-[...2 lines deleted...]
-      <c r="E93" s="800" t="s">
+      <c r="B93" s="824"/>
+      <c r="C93" s="824"/>
+      <c r="D93" s="825"/>
+      <c r="E93" s="823" t="s">
         <v>31</v>
       </c>
-      <c r="F93" s="801"/>
-[...7 lines deleted...]
-      <c r="N93" s="800" t="s">
+      <c r="F93" s="824"/>
+      <c r="G93" s="824"/>
+      <c r="H93" s="824"/>
+      <c r="I93" s="824"/>
+      <c r="J93" s="824"/>
+      <c r="K93" s="824"/>
+      <c r="L93" s="824"/>
+      <c r="M93" s="825"/>
+      <c r="N93" s="823" t="s">
         <v>30</v>
       </c>
-      <c r="O93" s="801"/>
-[...2 lines deleted...]
-      <c r="R93" s="800" t="s">
+      <c r="O93" s="824"/>
+      <c r="P93" s="824"/>
+      <c r="Q93" s="825"/>
+      <c r="R93" s="823" t="s">
         <v>29</v>
       </c>
-      <c r="S93" s="801"/>
-[...2 lines deleted...]
-      <c r="V93" s="806" t="s">
+      <c r="S93" s="824"/>
+      <c r="T93" s="824"/>
+      <c r="U93" s="825"/>
+      <c r="V93" s="829" t="s">
         <v>28</v>
       </c>
-      <c r="W93" s="807"/>
-[...2 lines deleted...]
-      <c r="Z93" s="800" t="s">
+      <c r="W93" s="830"/>
+      <c r="X93" s="830"/>
+      <c r="Y93" s="831"/>
+      <c r="Z93" s="823" t="s">
         <v>27</v>
       </c>
-      <c r="AA93" s="801"/>
-[...7 lines deleted...]
-      <c r="AI93" s="812" t="s">
+      <c r="AA93" s="824"/>
+      <c r="AB93" s="824"/>
+      <c r="AC93" s="824"/>
+      <c r="AD93" s="824"/>
+      <c r="AE93" s="824"/>
+      <c r="AF93" s="824"/>
+      <c r="AG93" s="824"/>
+      <c r="AH93" s="825"/>
+      <c r="AI93" s="835" t="s">
         <v>26</v>
       </c>
-      <c r="AJ93" s="812"/>
-[...6 lines deleted...]
-      <c r="AQ93" s="813"/>
+      <c r="AJ93" s="835"/>
+      <c r="AK93" s="835"/>
+      <c r="AL93" s="835"/>
+      <c r="AM93" s="835"/>
+      <c r="AN93" s="835"/>
+      <c r="AO93" s="835"/>
+      <c r="AP93" s="835"/>
+      <c r="AQ93" s="836"/>
     </row>
     <row r="94" spans="1:43" s="8" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="803"/>
-[...33 lines deleted...]
-      <c r="AI94" s="814" t="s">
+      <c r="A94" s="826"/>
+      <c r="B94" s="827"/>
+      <c r="C94" s="827"/>
+      <c r="D94" s="828"/>
+      <c r="E94" s="826"/>
+      <c r="F94" s="827"/>
+      <c r="G94" s="827"/>
+      <c r="H94" s="827"/>
+      <c r="I94" s="827"/>
+      <c r="J94" s="827"/>
+      <c r="K94" s="827"/>
+      <c r="L94" s="827"/>
+      <c r="M94" s="828"/>
+      <c r="N94" s="826"/>
+      <c r="O94" s="827"/>
+      <c r="P94" s="827"/>
+      <c r="Q94" s="828"/>
+      <c r="R94" s="826"/>
+      <c r="S94" s="827"/>
+      <c r="T94" s="827"/>
+      <c r="U94" s="828"/>
+      <c r="V94" s="832"/>
+      <c r="W94" s="833"/>
+      <c r="X94" s="833"/>
+      <c r="Y94" s="834"/>
+      <c r="Z94" s="826"/>
+      <c r="AA94" s="827"/>
+      <c r="AB94" s="827"/>
+      <c r="AC94" s="827"/>
+      <c r="AD94" s="827"/>
+      <c r="AE94" s="827"/>
+      <c r="AF94" s="827"/>
+      <c r="AG94" s="827"/>
+      <c r="AH94" s="828"/>
+      <c r="AI94" s="837" t="s">
         <v>25</v>
       </c>
-      <c r="AJ94" s="814"/>
-[...6 lines deleted...]
-      <c r="AQ94" s="815"/>
+      <c r="AJ94" s="837"/>
+      <c r="AK94" s="837"/>
+      <c r="AL94" s="837"/>
+      <c r="AM94" s="837"/>
+      <c r="AN94" s="837"/>
+      <c r="AO94" s="837"/>
+      <c r="AP94" s="837"/>
+      <c r="AQ94" s="838"/>
     </row>
     <row r="95" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="788"/>
-[...20 lines deleted...]
-      <c r="V95" s="778" t="s">
+      <c r="A95" s="861"/>
+      <c r="B95" s="839"/>
+      <c r="C95" s="839"/>
+      <c r="D95" s="840"/>
+      <c r="E95" s="861"/>
+      <c r="F95" s="839"/>
+      <c r="G95" s="839"/>
+      <c r="H95" s="839"/>
+      <c r="I95" s="839"/>
+      <c r="J95" s="839"/>
+      <c r="K95" s="839"/>
+      <c r="L95" s="839"/>
+      <c r="M95" s="840"/>
+      <c r="N95" s="863"/>
+      <c r="O95" s="864"/>
+      <c r="P95" s="864"/>
+      <c r="Q95" s="865"/>
+      <c r="R95" s="861"/>
+      <c r="S95" s="839"/>
+      <c r="T95" s="839"/>
+      <c r="U95" s="840"/>
+      <c r="V95" s="858" t="s">
         <v>23</v>
       </c>
-      <c r="W95" s="779"/>
-[...19 lines deleted...]
-      <c r="AQ95" s="790"/>
+      <c r="W95" s="859"/>
+      <c r="X95" s="859"/>
+      <c r="Y95" s="860"/>
+      <c r="Z95" s="861"/>
+      <c r="AA95" s="839"/>
+      <c r="AB95" s="839"/>
+      <c r="AC95" s="839"/>
+      <c r="AD95" s="839"/>
+      <c r="AE95" s="839"/>
+      <c r="AF95" s="839"/>
+      <c r="AG95" s="839"/>
+      <c r="AH95" s="840"/>
+      <c r="AI95" s="839"/>
+      <c r="AJ95" s="839"/>
+      <c r="AK95" s="839"/>
+      <c r="AL95" s="839"/>
+      <c r="AM95" s="839"/>
+      <c r="AN95" s="839"/>
+      <c r="AO95" s="839"/>
+      <c r="AP95" s="839"/>
+      <c r="AQ95" s="840"/>
     </row>
     <row r="96" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="791"/>
-[...20 lines deleted...]
-      <c r="V96" s="765" t="s">
+      <c r="A96" s="862"/>
+      <c r="B96" s="841"/>
+      <c r="C96" s="841"/>
+      <c r="D96" s="842"/>
+      <c r="E96" s="862"/>
+      <c r="F96" s="841"/>
+      <c r="G96" s="841"/>
+      <c r="H96" s="841"/>
+      <c r="I96" s="841"/>
+      <c r="J96" s="841"/>
+      <c r="K96" s="841"/>
+      <c r="L96" s="841"/>
+      <c r="M96" s="842"/>
+      <c r="N96" s="866"/>
+      <c r="O96" s="867"/>
+      <c r="P96" s="867"/>
+      <c r="Q96" s="868"/>
+      <c r="R96" s="862"/>
+      <c r="S96" s="841"/>
+      <c r="T96" s="841"/>
+      <c r="U96" s="842"/>
+      <c r="V96" s="843" t="s">
         <v>22</v>
       </c>
-      <c r="W96" s="766"/>
-[...19 lines deleted...]
-      <c r="AQ96" s="793"/>
+      <c r="W96" s="844"/>
+      <c r="X96" s="844"/>
+      <c r="Y96" s="845"/>
+      <c r="Z96" s="862"/>
+      <c r="AA96" s="841"/>
+      <c r="AB96" s="841"/>
+      <c r="AC96" s="841"/>
+      <c r="AD96" s="841"/>
+      <c r="AE96" s="841"/>
+      <c r="AF96" s="841"/>
+      <c r="AG96" s="841"/>
+      <c r="AH96" s="842"/>
+      <c r="AI96" s="841"/>
+      <c r="AJ96" s="841"/>
+      <c r="AK96" s="841"/>
+      <c r="AL96" s="841"/>
+      <c r="AM96" s="841"/>
+      <c r="AN96" s="841"/>
+      <c r="AO96" s="841"/>
+      <c r="AP96" s="841"/>
+      <c r="AQ96" s="842"/>
     </row>
     <row r="97" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="768"/>
-[...20 lines deleted...]
-      <c r="V97" s="778" t="s">
+      <c r="A97" s="846"/>
+      <c r="B97" s="847"/>
+      <c r="C97" s="847"/>
+      <c r="D97" s="848"/>
+      <c r="E97" s="846"/>
+      <c r="F97" s="847"/>
+      <c r="G97" s="847"/>
+      <c r="H97" s="847"/>
+      <c r="I97" s="847"/>
+      <c r="J97" s="847"/>
+      <c r="K97" s="847"/>
+      <c r="L97" s="847"/>
+      <c r="M97" s="848"/>
+      <c r="N97" s="852"/>
+      <c r="O97" s="853"/>
+      <c r="P97" s="853"/>
+      <c r="Q97" s="854"/>
+      <c r="R97" s="846"/>
+      <c r="S97" s="847"/>
+      <c r="T97" s="847"/>
+      <c r="U97" s="848"/>
+      <c r="V97" s="858" t="s">
         <v>23</v>
       </c>
-      <c r="W97" s="779"/>
-[...2 lines deleted...]
-      <c r="Z97" s="768" t="s">
+      <c r="W97" s="859"/>
+      <c r="X97" s="859"/>
+      <c r="Y97" s="860"/>
+      <c r="Z97" s="846" t="s">
         <v>24</v>
       </c>
-      <c r="AA97" s="761"/>
-[...15 lines deleted...]
-      <c r="AQ97" s="762"/>
+      <c r="AA97" s="847"/>
+      <c r="AB97" s="847"/>
+      <c r="AC97" s="847"/>
+      <c r="AD97" s="847"/>
+      <c r="AE97" s="847"/>
+      <c r="AF97" s="847"/>
+      <c r="AG97" s="847"/>
+      <c r="AH97" s="848"/>
+      <c r="AI97" s="847"/>
+      <c r="AJ97" s="847"/>
+      <c r="AK97" s="847"/>
+      <c r="AL97" s="847"/>
+      <c r="AM97" s="847"/>
+      <c r="AN97" s="847"/>
+      <c r="AO97" s="847"/>
+      <c r="AP97" s="847"/>
+      <c r="AQ97" s="848"/>
     </row>
     <row r="98" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="784"/>
-[...20 lines deleted...]
-      <c r="V98" s="765" t="s">
+      <c r="A98" s="849"/>
+      <c r="B98" s="850"/>
+      <c r="C98" s="850"/>
+      <c r="D98" s="851"/>
+      <c r="E98" s="849"/>
+      <c r="F98" s="850"/>
+      <c r="G98" s="850"/>
+      <c r="H98" s="850"/>
+      <c r="I98" s="850"/>
+      <c r="J98" s="850"/>
+      <c r="K98" s="850"/>
+      <c r="L98" s="850"/>
+      <c r="M98" s="851"/>
+      <c r="N98" s="855"/>
+      <c r="O98" s="856"/>
+      <c r="P98" s="856"/>
+      <c r="Q98" s="857"/>
+      <c r="R98" s="849"/>
+      <c r="S98" s="850"/>
+      <c r="T98" s="850"/>
+      <c r="U98" s="851"/>
+      <c r="V98" s="843" t="s">
         <v>22</v>
       </c>
-      <c r="W98" s="766"/>
-[...19 lines deleted...]
-      <c r="AQ98" s="764"/>
+      <c r="W98" s="844"/>
+      <c r="X98" s="844"/>
+      <c r="Y98" s="845"/>
+      <c r="Z98" s="849"/>
+      <c r="AA98" s="850"/>
+      <c r="AB98" s="850"/>
+      <c r="AC98" s="850"/>
+      <c r="AD98" s="850"/>
+      <c r="AE98" s="850"/>
+      <c r="AF98" s="850"/>
+      <c r="AG98" s="850"/>
+      <c r="AH98" s="851"/>
+      <c r="AI98" s="850"/>
+      <c r="AJ98" s="850"/>
+      <c r="AK98" s="850"/>
+      <c r="AL98" s="850"/>
+      <c r="AM98" s="850"/>
+      <c r="AN98" s="850"/>
+      <c r="AO98" s="850"/>
+      <c r="AP98" s="850"/>
+      <c r="AQ98" s="851"/>
     </row>
     <row r="99" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A99" s="768"/>
-[...20 lines deleted...]
-      <c r="V99" s="778" t="s">
+      <c r="A99" s="846"/>
+      <c r="B99" s="847"/>
+      <c r="C99" s="847"/>
+      <c r="D99" s="848"/>
+      <c r="E99" s="846"/>
+      <c r="F99" s="847"/>
+      <c r="G99" s="847"/>
+      <c r="H99" s="847"/>
+      <c r="I99" s="847"/>
+      <c r="J99" s="847"/>
+      <c r="K99" s="847"/>
+      <c r="L99" s="847"/>
+      <c r="M99" s="848"/>
+      <c r="N99" s="852"/>
+      <c r="O99" s="853"/>
+      <c r="P99" s="853"/>
+      <c r="Q99" s="854"/>
+      <c r="R99" s="846"/>
+      <c r="S99" s="847"/>
+      <c r="T99" s="847"/>
+      <c r="U99" s="848"/>
+      <c r="V99" s="858" t="s">
         <v>23</v>
       </c>
-      <c r="W99" s="779"/>
-[...19 lines deleted...]
-      <c r="AQ99" s="762"/>
+      <c r="W99" s="859"/>
+      <c r="X99" s="859"/>
+      <c r="Y99" s="860"/>
+      <c r="Z99" s="846"/>
+      <c r="AA99" s="847"/>
+      <c r="AB99" s="847"/>
+      <c r="AC99" s="847"/>
+      <c r="AD99" s="847"/>
+      <c r="AE99" s="847"/>
+      <c r="AF99" s="847"/>
+      <c r="AG99" s="847"/>
+      <c r="AH99" s="848"/>
+      <c r="AI99" s="847"/>
+      <c r="AJ99" s="847"/>
+      <c r="AK99" s="847"/>
+      <c r="AL99" s="847"/>
+      <c r="AM99" s="847"/>
+      <c r="AN99" s="847"/>
+      <c r="AO99" s="847"/>
+      <c r="AP99" s="847"/>
+      <c r="AQ99" s="848"/>
     </row>
     <row r="100" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="784"/>
-[...20 lines deleted...]
-      <c r="V100" s="765" t="s">
+      <c r="A100" s="849"/>
+      <c r="B100" s="850"/>
+      <c r="C100" s="850"/>
+      <c r="D100" s="851"/>
+      <c r="E100" s="849"/>
+      <c r="F100" s="850"/>
+      <c r="G100" s="850"/>
+      <c r="H100" s="850"/>
+      <c r="I100" s="850"/>
+      <c r="J100" s="850"/>
+      <c r="K100" s="850"/>
+      <c r="L100" s="850"/>
+      <c r="M100" s="851"/>
+      <c r="N100" s="855"/>
+      <c r="O100" s="856"/>
+      <c r="P100" s="856"/>
+      <c r="Q100" s="857"/>
+      <c r="R100" s="849"/>
+      <c r="S100" s="850"/>
+      <c r="T100" s="850"/>
+      <c r="U100" s="851"/>
+      <c r="V100" s="843" t="s">
         <v>22</v>
       </c>
-      <c r="W100" s="766"/>
-[...19 lines deleted...]
-      <c r="AQ100" s="764"/>
+      <c r="W100" s="844"/>
+      <c r="X100" s="844"/>
+      <c r="Y100" s="845"/>
+      <c r="Z100" s="849"/>
+      <c r="AA100" s="850"/>
+      <c r="AB100" s="850"/>
+      <c r="AC100" s="850"/>
+      <c r="AD100" s="850"/>
+      <c r="AE100" s="850"/>
+      <c r="AF100" s="850"/>
+      <c r="AG100" s="850"/>
+      <c r="AH100" s="851"/>
+      <c r="AI100" s="850"/>
+      <c r="AJ100" s="850"/>
+      <c r="AK100" s="850"/>
+      <c r="AL100" s="850"/>
+      <c r="AM100" s="850"/>
+      <c r="AN100" s="850"/>
+      <c r="AO100" s="850"/>
+      <c r="AP100" s="850"/>
+      <c r="AQ100" s="851"/>
     </row>
     <row r="101" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="768"/>
-[...20 lines deleted...]
-      <c r="V101" s="778" t="s">
+      <c r="A101" s="846"/>
+      <c r="B101" s="847"/>
+      <c r="C101" s="847"/>
+      <c r="D101" s="848"/>
+      <c r="E101" s="846"/>
+      <c r="F101" s="847"/>
+      <c r="G101" s="847"/>
+      <c r="H101" s="847"/>
+      <c r="I101" s="847"/>
+      <c r="J101" s="847"/>
+      <c r="K101" s="847"/>
+      <c r="L101" s="847"/>
+      <c r="M101" s="848"/>
+      <c r="N101" s="852"/>
+      <c r="O101" s="853"/>
+      <c r="P101" s="853"/>
+      <c r="Q101" s="854"/>
+      <c r="R101" s="846"/>
+      <c r="S101" s="847"/>
+      <c r="T101" s="847"/>
+      <c r="U101" s="848"/>
+      <c r="V101" s="858" t="s">
         <v>23</v>
       </c>
-      <c r="W101" s="779"/>
-[...19 lines deleted...]
-      <c r="AQ101" s="762"/>
+      <c r="W101" s="859"/>
+      <c r="X101" s="859"/>
+      <c r="Y101" s="860"/>
+      <c r="Z101" s="846"/>
+      <c r="AA101" s="847"/>
+      <c r="AB101" s="847"/>
+      <c r="AC101" s="847"/>
+      <c r="AD101" s="847"/>
+      <c r="AE101" s="847"/>
+      <c r="AF101" s="847"/>
+      <c r="AG101" s="847"/>
+      <c r="AH101" s="848"/>
+      <c r="AI101" s="847"/>
+      <c r="AJ101" s="847"/>
+      <c r="AK101" s="847"/>
+      <c r="AL101" s="847"/>
+      <c r="AM101" s="847"/>
+      <c r="AN101" s="847"/>
+      <c r="AO101" s="847"/>
+      <c r="AP101" s="847"/>
+      <c r="AQ101" s="848"/>
     </row>
     <row r="102" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="769"/>
-[...20 lines deleted...]
-      <c r="V102" s="781" t="s">
+      <c r="A102" s="875"/>
+      <c r="B102" s="876"/>
+      <c r="C102" s="876"/>
+      <c r="D102" s="877"/>
+      <c r="E102" s="875"/>
+      <c r="F102" s="876"/>
+      <c r="G102" s="876"/>
+      <c r="H102" s="876"/>
+      <c r="I102" s="876"/>
+      <c r="J102" s="876"/>
+      <c r="K102" s="876"/>
+      <c r="L102" s="876"/>
+      <c r="M102" s="877"/>
+      <c r="N102" s="878"/>
+      <c r="O102" s="879"/>
+      <c r="P102" s="879"/>
+      <c r="Q102" s="880"/>
+      <c r="R102" s="875"/>
+      <c r="S102" s="876"/>
+      <c r="T102" s="876"/>
+      <c r="U102" s="877"/>
+      <c r="V102" s="881" t="s">
         <v>22</v>
       </c>
-      <c r="W102" s="782"/>
-[...19 lines deleted...]
-      <c r="AQ102" s="771"/>
+      <c r="W102" s="882"/>
+      <c r="X102" s="882"/>
+      <c r="Y102" s="883"/>
+      <c r="Z102" s="875"/>
+      <c r="AA102" s="876"/>
+      <c r="AB102" s="876"/>
+      <c r="AC102" s="876"/>
+      <c r="AD102" s="876"/>
+      <c r="AE102" s="876"/>
+      <c r="AF102" s="876"/>
+      <c r="AG102" s="876"/>
+      <c r="AH102" s="877"/>
+      <c r="AI102" s="876"/>
+      <c r="AJ102" s="876"/>
+      <c r="AK102" s="876"/>
+      <c r="AL102" s="876"/>
+      <c r="AM102" s="876"/>
+      <c r="AN102" s="876"/>
+      <c r="AO102" s="876"/>
+      <c r="AP102" s="876"/>
+      <c r="AQ102" s="877"/>
     </row>
     <row r="103" spans="1:43" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="10"/>
       <c r="B103" s="88" t="s">
         <v>21</v>
       </c>
-      <c r="C103" s="755" t="s">
+      <c r="C103" s="869" t="s">
         <v>484</v>
       </c>
-      <c r="D103" s="755"/>
-[...38 lines deleted...]
-      <c r="AQ103" s="756"/>
+      <c r="D103" s="869"/>
+      <c r="E103" s="869"/>
+      <c r="F103" s="869"/>
+      <c r="G103" s="869"/>
+      <c r="H103" s="869"/>
+      <c r="I103" s="869"/>
+      <c r="J103" s="869"/>
+      <c r="K103" s="869"/>
+      <c r="L103" s="869"/>
+      <c r="M103" s="869"/>
+      <c r="N103" s="869"/>
+      <c r="O103" s="869"/>
+      <c r="P103" s="869"/>
+      <c r="Q103" s="869"/>
+      <c r="R103" s="869"/>
+      <c r="S103" s="869"/>
+      <c r="T103" s="869"/>
+      <c r="U103" s="869"/>
+      <c r="V103" s="869"/>
+      <c r="W103" s="869"/>
+      <c r="X103" s="869"/>
+      <c r="Y103" s="869"/>
+      <c r="Z103" s="869"/>
+      <c r="AA103" s="869"/>
+      <c r="AB103" s="869"/>
+      <c r="AC103" s="869"/>
+      <c r="AD103" s="869"/>
+      <c r="AE103" s="869"/>
+      <c r="AF103" s="869"/>
+      <c r="AG103" s="869"/>
+      <c r="AH103" s="869"/>
+      <c r="AI103" s="869"/>
+      <c r="AJ103" s="869"/>
+      <c r="AK103" s="869"/>
+      <c r="AL103" s="869"/>
+      <c r="AM103" s="869"/>
+      <c r="AN103" s="869"/>
+      <c r="AO103" s="869"/>
+      <c r="AP103" s="869"/>
+      <c r="AQ103" s="870"/>
     </row>
     <row r="104" spans="1:43" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="89"/>
       <c r="B104" s="90"/>
-      <c r="C104" s="757"/>
-[...39 lines deleted...]
-      <c r="AQ104" s="758"/>
+      <c r="C104" s="871"/>
+      <c r="D104" s="871"/>
+      <c r="E104" s="871"/>
+      <c r="F104" s="871"/>
+      <c r="G104" s="871"/>
+      <c r="H104" s="871"/>
+      <c r="I104" s="871"/>
+      <c r="J104" s="871"/>
+      <c r="K104" s="871"/>
+      <c r="L104" s="871"/>
+      <c r="M104" s="871"/>
+      <c r="N104" s="871"/>
+      <c r="O104" s="871"/>
+      <c r="P104" s="871"/>
+      <c r="Q104" s="871"/>
+      <c r="R104" s="871"/>
+      <c r="S104" s="871"/>
+      <c r="T104" s="871"/>
+      <c r="U104" s="871"/>
+      <c r="V104" s="871"/>
+      <c r="W104" s="871"/>
+      <c r="X104" s="871"/>
+      <c r="Y104" s="871"/>
+      <c r="Z104" s="871"/>
+      <c r="AA104" s="871"/>
+      <c r="AB104" s="871"/>
+      <c r="AC104" s="871"/>
+      <c r="AD104" s="871"/>
+      <c r="AE104" s="871"/>
+      <c r="AF104" s="871"/>
+      <c r="AG104" s="871"/>
+      <c r="AH104" s="871"/>
+      <c r="AI104" s="871"/>
+      <c r="AJ104" s="871"/>
+      <c r="AK104" s="871"/>
+      <c r="AL104" s="871"/>
+      <c r="AM104" s="871"/>
+      <c r="AN104" s="871"/>
+      <c r="AO104" s="871"/>
+      <c r="AP104" s="871"/>
+      <c r="AQ104" s="872"/>
     </row>
     <row r="105" spans="1:43" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="91"/>
       <c r="B105" s="92"/>
-      <c r="C105" s="759"/>
-[...39 lines deleted...]
-      <c r="AQ105" s="760"/>
+      <c r="C105" s="873"/>
+      <c r="D105" s="873"/>
+      <c r="E105" s="873"/>
+      <c r="F105" s="873"/>
+      <c r="G105" s="873"/>
+      <c r="H105" s="873"/>
+      <c r="I105" s="873"/>
+      <c r="J105" s="873"/>
+      <c r="K105" s="873"/>
+      <c r="L105" s="873"/>
+      <c r="M105" s="873"/>
+      <c r="N105" s="873"/>
+      <c r="O105" s="873"/>
+      <c r="P105" s="873"/>
+      <c r="Q105" s="873"/>
+      <c r="R105" s="873"/>
+      <c r="S105" s="873"/>
+      <c r="T105" s="873"/>
+      <c r="U105" s="873"/>
+      <c r="V105" s="873"/>
+      <c r="W105" s="873"/>
+      <c r="X105" s="873"/>
+      <c r="Y105" s="873"/>
+      <c r="Z105" s="873"/>
+      <c r="AA105" s="873"/>
+      <c r="AB105" s="873"/>
+      <c r="AC105" s="873"/>
+      <c r="AD105" s="873"/>
+      <c r="AE105" s="873"/>
+      <c r="AF105" s="873"/>
+      <c r="AG105" s="873"/>
+      <c r="AH105" s="873"/>
+      <c r="AI105" s="873"/>
+      <c r="AJ105" s="873"/>
+      <c r="AK105" s="873"/>
+      <c r="AL105" s="873"/>
+      <c r="AM105" s="873"/>
+      <c r="AN105" s="873"/>
+      <c r="AO105" s="873"/>
+      <c r="AP105" s="873"/>
+      <c r="AQ105" s="874"/>
     </row>
     <row r="106" spans="1:43" ht="12.5" x14ac:dyDescent="0.2">
       <c r="A106" s="6" t="s">
         <v>483</v>
       </c>
       <c r="R106" s="8"/>
       <c r="V106" s="93"/>
       <c r="W106" s="93"/>
       <c r="X106" s="93"/>
       <c r="Y106" s="93"/>
     </row>
     <row r="107" spans="1:43" ht="12.5" x14ac:dyDescent="0.2">
       <c r="A107" s="8" t="s">
         <v>482</v>
       </c>
       <c r="R107" s="8"/>
       <c r="V107" s="93"/>
       <c r="W107" s="93"/>
       <c r="X107" s="93"/>
       <c r="Y107" s="93"/>
     </row>
     <row r="108" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A108" s="66" t="s">
         <v>481</v>
       </c>
@@ -29422,179 +29421,179 @@
       <c r="L109" s="61"/>
       <c r="M109" s="61"/>
       <c r="N109" s="61"/>
       <c r="O109" s="61"/>
       <c r="P109" s="61"/>
       <c r="Q109" s="61"/>
       <c r="R109" s="61"/>
       <c r="S109" s="61"/>
       <c r="T109" s="61"/>
       <c r="U109" s="61"/>
       <c r="V109" s="61"/>
       <c r="W109" s="61"/>
       <c r="X109" s="61"/>
       <c r="Y109" s="61"/>
       <c r="Z109" s="61"/>
       <c r="AA109" s="61"/>
       <c r="AB109" s="61"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="gW2Toe+o54/a18WYdXjREoJyfYE1SdwLN34VlZsNEYzgrGusqcHKrWDL+84o9y0YgGo2vqiZ3ofP0dd+qiDC/w==" saltValue="SDAT5EH8G/RrokOhCaqq4g==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="J17:R18 G18:I18 G17:H17" name="範囲2_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1"/>
     <protectedRange sqref="J17:R18 G18:I18 G17:H17" name="範囲1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1_1"/>
   </protectedRanges>
   <mergeCells count="129">
-    <mergeCell ref="A5:AQ5"/>
-[...36 lines deleted...]
-    <mergeCell ref="AG36:AH36"/>
+    <mergeCell ref="C103:AQ105"/>
+    <mergeCell ref="AI99:AQ100"/>
+    <mergeCell ref="V100:Y100"/>
+    <mergeCell ref="A101:D102"/>
+    <mergeCell ref="E101:M102"/>
+    <mergeCell ref="N101:Q102"/>
+    <mergeCell ref="R101:U102"/>
+    <mergeCell ref="V101:Y101"/>
+    <mergeCell ref="Z101:AH102"/>
+    <mergeCell ref="AI101:AQ102"/>
+    <mergeCell ref="V102:Y102"/>
+    <mergeCell ref="A99:D100"/>
+    <mergeCell ref="E99:M100"/>
+    <mergeCell ref="N99:Q100"/>
+    <mergeCell ref="R99:U100"/>
+    <mergeCell ref="V99:Y99"/>
+    <mergeCell ref="Z99:AH100"/>
+    <mergeCell ref="A97:D98"/>
+    <mergeCell ref="E97:M98"/>
+    <mergeCell ref="N97:Q98"/>
+    <mergeCell ref="R97:U98"/>
+    <mergeCell ref="V97:Y97"/>
+    <mergeCell ref="Z97:AH98"/>
+    <mergeCell ref="AI97:AQ98"/>
+    <mergeCell ref="V98:Y98"/>
+    <mergeCell ref="A95:D96"/>
+    <mergeCell ref="E95:M96"/>
+    <mergeCell ref="N95:Q96"/>
+    <mergeCell ref="R95:U96"/>
+    <mergeCell ref="V95:Y95"/>
+    <mergeCell ref="Z95:AH96"/>
+    <mergeCell ref="A93:D94"/>
+    <mergeCell ref="E93:M94"/>
+    <mergeCell ref="N93:Q94"/>
+    <mergeCell ref="R93:U94"/>
+    <mergeCell ref="V93:Y94"/>
+    <mergeCell ref="Z93:AH94"/>
+    <mergeCell ref="AI93:AQ93"/>
+    <mergeCell ref="AI94:AQ94"/>
+    <mergeCell ref="AI95:AQ96"/>
+    <mergeCell ref="V96:Y96"/>
+    <mergeCell ref="AN83:AO84"/>
+    <mergeCell ref="AH84:AI84"/>
+    <mergeCell ref="AL84:AM84"/>
+    <mergeCell ref="D90:X90"/>
+    <mergeCell ref="A91:D92"/>
+    <mergeCell ref="E91:M92"/>
+    <mergeCell ref="N91:Q92"/>
+    <mergeCell ref="R91:U92"/>
+    <mergeCell ref="V91:Y92"/>
+    <mergeCell ref="Z91:AH92"/>
+    <mergeCell ref="AI91:AQ91"/>
+    <mergeCell ref="AI92:AQ92"/>
+    <mergeCell ref="Z67:AA68"/>
+    <mergeCell ref="AC67:AD67"/>
+    <mergeCell ref="AE67:AG68"/>
+    <mergeCell ref="AH67:AI67"/>
+    <mergeCell ref="AJ67:AK68"/>
+    <mergeCell ref="S73:U74"/>
+    <mergeCell ref="AK73:AM74"/>
+    <mergeCell ref="J78:AK79"/>
+    <mergeCell ref="Q83:S84"/>
+    <mergeCell ref="AE83:AG84"/>
+    <mergeCell ref="AH83:AI83"/>
+    <mergeCell ref="AJ83:AK84"/>
+    <mergeCell ref="AL83:AM83"/>
+    <mergeCell ref="AL67:AM67"/>
     <mergeCell ref="L56:M56"/>
     <mergeCell ref="P56:Q56"/>
     <mergeCell ref="H58:T59"/>
     <mergeCell ref="J61:V62"/>
     <mergeCell ref="E67:G68"/>
     <mergeCell ref="Q67:S68"/>
     <mergeCell ref="T67:U67"/>
     <mergeCell ref="V67:W68"/>
     <mergeCell ref="AK36:AL36"/>
     <mergeCell ref="AE42:AQ42"/>
     <mergeCell ref="C48:I48"/>
     <mergeCell ref="AC50:AQ50"/>
     <mergeCell ref="H55:K56"/>
     <mergeCell ref="L55:M55"/>
     <mergeCell ref="N55:O56"/>
     <mergeCell ref="P55:Q55"/>
     <mergeCell ref="R55:S56"/>
     <mergeCell ref="AC55:AP56"/>
     <mergeCell ref="AN67:AO68"/>
     <mergeCell ref="T68:U68"/>
     <mergeCell ref="X68:Y68"/>
     <mergeCell ref="AH68:AI68"/>
     <mergeCell ref="AL68:AM68"/>
     <mergeCell ref="X67:Y67"/>
-    <mergeCell ref="Z67:AA68"/>
-[...65 lines deleted...]
-    <mergeCell ref="Z99:AH100"/>
+    <mergeCell ref="I29:AP30"/>
+    <mergeCell ref="I32:T33"/>
+    <mergeCell ref="AC32:AO33"/>
+    <mergeCell ref="I35:T36"/>
+    <mergeCell ref="AC35:AF36"/>
+    <mergeCell ref="AG35:AH35"/>
+    <mergeCell ref="AI35:AJ36"/>
+    <mergeCell ref="AK35:AL35"/>
+    <mergeCell ref="AM35:AN36"/>
+    <mergeCell ref="AG36:AH36"/>
+    <mergeCell ref="E26:N27"/>
+    <mergeCell ref="X26:AP27"/>
+    <mergeCell ref="AO17:AP17"/>
+    <mergeCell ref="AG18:AH18"/>
+    <mergeCell ref="AK18:AL18"/>
+    <mergeCell ref="AO18:AP18"/>
+    <mergeCell ref="G20:AP21"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="P23:AC24"/>
+    <mergeCell ref="AK23:AL23"/>
+    <mergeCell ref="AN23:AO23"/>
+    <mergeCell ref="G17:U18"/>
+    <mergeCell ref="AC17:AF18"/>
+    <mergeCell ref="AG17:AH17"/>
+    <mergeCell ref="AI17:AJ18"/>
+    <mergeCell ref="AK17:AL17"/>
+    <mergeCell ref="AM17:AN18"/>
+    <mergeCell ref="A5:AQ5"/>
+    <mergeCell ref="A6:AQ6"/>
+    <mergeCell ref="B8:I8"/>
+    <mergeCell ref="B9:I9"/>
+    <mergeCell ref="C11:AG12"/>
+    <mergeCell ref="C13:AG14"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="AK24:AL24"/>
+    <mergeCell ref="AN24:AO24"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AK39 AA51 N51 B51 AJ45 AD39 AD41 B53 B41 T39 N39 H39 B39 B47 AK47 U45 R41 BB41:BC41 M53 AB49 Q49 AK53 B43 H43 Y53 AA47 J41 B45 AC45 B49 Y41 M43 L45 M47 W41 AD43" xr:uid="{7DC28F40-5099-411D-AD31-E371997AEC74}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="67" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;C
 </oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2B32CEB-8C96-411C-90DC-DC844091D00E}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AO94"/>
   <sheetViews>
@@ -29687,239 +29686,239 @@
       <c r="T4" s="63"/>
       <c r="U4" s="63"/>
       <c r="V4" s="63"/>
       <c r="W4" s="63"/>
       <c r="X4" s="63"/>
       <c r="Y4" s="63"/>
       <c r="Z4" s="63"/>
       <c r="AA4" s="63"/>
       <c r="AB4" s="63"/>
       <c r="AC4" s="63"/>
       <c r="AD4" s="63"/>
       <c r="AE4" s="63"/>
       <c r="AF4" s="63"/>
       <c r="AG4" s="63"/>
       <c r="AH4" s="95"/>
     </row>
     <row r="5" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="60"/>
       <c r="B5" s="63" t="s">
         <v>270</v>
       </c>
       <c r="C5" s="63"/>
       <c r="D5" s="63"/>
       <c r="E5" s="63"/>
       <c r="F5" s="63"/>
-      <c r="G5" s="943" t="s">
+      <c r="G5" s="884" t="s">
         <v>526</v>
       </c>
-      <c r="H5" s="943"/>
-[...24 lines deleted...]
-      <c r="AG5" s="943"/>
+      <c r="H5" s="884"/>
+      <c r="I5" s="884"/>
+      <c r="J5" s="884"/>
+      <c r="K5" s="884"/>
+      <c r="L5" s="884"/>
+      <c r="M5" s="884"/>
+      <c r="N5" s="884"/>
+      <c r="O5" s="884"/>
+      <c r="P5" s="884"/>
+      <c r="Q5" s="884"/>
+      <c r="R5" s="884"/>
+      <c r="S5" s="884"/>
+      <c r="T5" s="884"/>
+      <c r="U5" s="884"/>
+      <c r="V5" s="884"/>
+      <c r="W5" s="884"/>
+      <c r="X5" s="884"/>
+      <c r="Y5" s="884"/>
+      <c r="Z5" s="884"/>
+      <c r="AA5" s="884"/>
+      <c r="AB5" s="884"/>
+      <c r="AC5" s="884"/>
+      <c r="AD5" s="884"/>
+      <c r="AE5" s="884"/>
+      <c r="AF5" s="884"/>
+      <c r="AG5" s="884"/>
       <c r="AH5" s="95"/>
     </row>
     <row r="6" spans="1:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="60"/>
       <c r="B6" s="63"/>
       <c r="C6" s="62" t="s">
         <v>269</v>
       </c>
       <c r="D6" s="63"/>
       <c r="E6" s="63"/>
       <c r="F6" s="63"/>
-      <c r="G6" s="944"/>
-[...25 lines deleted...]
-      <c r="AG6" s="944"/>
+      <c r="G6" s="885"/>
+      <c r="H6" s="885"/>
+      <c r="I6" s="885"/>
+      <c r="J6" s="885"/>
+      <c r="K6" s="885"/>
+      <c r="L6" s="885"/>
+      <c r="M6" s="885"/>
+      <c r="N6" s="885"/>
+      <c r="O6" s="885"/>
+      <c r="P6" s="885"/>
+      <c r="Q6" s="885"/>
+      <c r="R6" s="885"/>
+      <c r="S6" s="885"/>
+      <c r="T6" s="885"/>
+      <c r="U6" s="885"/>
+      <c r="V6" s="885"/>
+      <c r="W6" s="885"/>
+      <c r="X6" s="885"/>
+      <c r="Y6" s="885"/>
+      <c r="Z6" s="885"/>
+      <c r="AA6" s="885"/>
+      <c r="AB6" s="885"/>
+      <c r="AC6" s="885"/>
+      <c r="AD6" s="885"/>
+      <c r="AE6" s="885"/>
+      <c r="AF6" s="885"/>
+      <c r="AG6" s="885"/>
       <c r="AH6" s="95"/>
     </row>
     <row r="7" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="60"/>
       <c r="B7" s="63"/>
       <c r="C7" s="62"/>
       <c r="D7" s="63"/>
       <c r="E7" s="63"/>
       <c r="F7" s="63"/>
       <c r="G7" s="63"/>
       <c r="H7" s="63"/>
       <c r="I7" s="63"/>
       <c r="J7" s="63"/>
       <c r="K7" s="63"/>
       <c r="L7" s="63"/>
       <c r="M7" s="63"/>
       <c r="N7" s="63"/>
       <c r="O7" s="63"/>
       <c r="P7" s="63"/>
       <c r="Q7" s="63"/>
       <c r="R7" s="63"/>
       <c r="S7" s="63"/>
       <c r="T7" s="63"/>
       <c r="U7" s="63"/>
       <c r="V7" s="63"/>
       <c r="W7" s="63"/>
       <c r="X7" s="63"/>
       <c r="Y7" s="63"/>
       <c r="Z7" s="63"/>
       <c r="AA7" s="63"/>
       <c r="AB7" s="63"/>
       <c r="AC7" s="63"/>
       <c r="AD7" s="63"/>
       <c r="AE7" s="63"/>
       <c r="AF7" s="63"/>
       <c r="AG7" s="63"/>
       <c r="AH7" s="95"/>
     </row>
     <row r="8" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="60"/>
       <c r="B8" s="63" t="s">
         <v>268</v>
       </c>
       <c r="C8" s="63"/>
       <c r="D8" s="63"/>
       <c r="E8" s="63"/>
-      <c r="F8" s="945" t="str">
+      <c r="F8" s="886" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "滋賀県草津市野路東1-1-1 立命館大学 びわこ・くさつキャンパス", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "大阪府茨木市岩倉町2-150 立命館大学 大阪いばらきキャンパス", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "京都府京都市北区等持院北町56-1 立命館大学 衣笠キャンパス"), "")</f>
         <v/>
       </c>
-      <c r="G8" s="945"/>
-[...11 lines deleted...]
-      <c r="S8" s="945"/>
+      <c r="G8" s="886"/>
+      <c r="H8" s="886"/>
+      <c r="I8" s="886"/>
+      <c r="J8" s="886"/>
+      <c r="K8" s="886"/>
+      <c r="L8" s="886"/>
+      <c r="M8" s="886"/>
+      <c r="N8" s="886"/>
+      <c r="O8" s="886"/>
+      <c r="P8" s="886"/>
+      <c r="Q8" s="886"/>
+      <c r="R8" s="886"/>
+      <c r="S8" s="886"/>
       <c r="T8" s="63" t="s">
         <v>267</v>
       </c>
       <c r="U8" s="63"/>
       <c r="V8" s="63"/>
       <c r="W8" s="63"/>
       <c r="X8" s="63"/>
-      <c r="Y8" s="947" t="str">
+      <c r="Y8" s="888" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "077-561-3946", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "072-665-2070", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "075-465-8230"), "")</f>
         <v/>
       </c>
-      <c r="Z8" s="947"/>
-[...6 lines deleted...]
-      <c r="AG8" s="947"/>
+      <c r="Z8" s="888"/>
+      <c r="AA8" s="888"/>
+      <c r="AB8" s="888"/>
+      <c r="AC8" s="888"/>
+      <c r="AD8" s="888"/>
+      <c r="AE8" s="888"/>
+      <c r="AF8" s="888"/>
+      <c r="AG8" s="888"/>
       <c r="AH8" s="95"/>
     </row>
     <row r="9" spans="1:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="69"/>
       <c r="B9" s="61"/>
       <c r="C9" s="62" t="s">
         <v>199</v>
       </c>
       <c r="D9" s="62"/>
       <c r="E9" s="62"/>
-      <c r="F9" s="946"/>
-[...12 lines deleted...]
-      <c r="S9" s="946"/>
+      <c r="F9" s="887"/>
+      <c r="G9" s="887"/>
+      <c r="H9" s="887"/>
+      <c r="I9" s="887"/>
+      <c r="J9" s="887"/>
+      <c r="K9" s="887"/>
+      <c r="L9" s="887"/>
+      <c r="M9" s="887"/>
+      <c r="N9" s="887"/>
+      <c r="O9" s="887"/>
+      <c r="P9" s="887"/>
+      <c r="Q9" s="887"/>
+      <c r="R9" s="887"/>
+      <c r="S9" s="887"/>
       <c r="T9" s="62"/>
       <c r="U9" s="62" t="s">
         <v>157</v>
       </c>
       <c r="V9" s="62"/>
       <c r="W9" s="61"/>
       <c r="X9" s="61"/>
-      <c r="Y9" s="948"/>
-[...7 lines deleted...]
-      <c r="AG9" s="948"/>
+      <c r="Y9" s="889"/>
+      <c r="Z9" s="889"/>
+      <c r="AA9" s="889"/>
+      <c r="AB9" s="889"/>
+      <c r="AC9" s="889"/>
+      <c r="AD9" s="889"/>
+      <c r="AE9" s="889"/>
+      <c r="AF9" s="889"/>
+      <c r="AG9" s="889"/>
       <c r="AH9" s="96"/>
     </row>
     <row r="10" spans="1:34" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="69"/>
       <c r="B10" s="61"/>
       <c r="C10" s="62"/>
       <c r="D10" s="62"/>
       <c r="E10" s="62"/>
       <c r="F10" s="62"/>
       <c r="G10" s="62"/>
       <c r="H10" s="62"/>
       <c r="I10" s="62"/>
       <c r="J10" s="62"/>
       <c r="K10" s="62"/>
       <c r="L10" s="62"/>
       <c r="M10" s="62"/>
       <c r="N10" s="62"/>
       <c r="O10" s="62"/>
       <c r="P10" s="62"/>
       <c r="Q10" s="62"/>
       <c r="R10" s="62"/>
       <c r="S10" s="62"/>
       <c r="T10" s="62"/>
       <c r="U10" s="62"/>
       <c r="V10" s="62"/>
@@ -29938,97 +29937,97 @@
     </row>
     <row r="11" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="97" t="s">
         <v>501</v>
       </c>
       <c r="B11" s="63"/>
       <c r="C11" s="63"/>
       <c r="D11" s="63"/>
       <c r="E11" s="63"/>
       <c r="F11" s="63"/>
       <c r="G11" s="63"/>
       <c r="H11" s="63"/>
       <c r="I11" s="63"/>
       <c r="J11" s="63"/>
       <c r="K11" s="63"/>
       <c r="L11" s="63"/>
       <c r="M11" s="63"/>
       <c r="N11" s="63"/>
       <c r="O11" s="63"/>
       <c r="P11" s="63"/>
       <c r="Q11" s="63"/>
       <c r="R11" s="63"/>
       <c r="S11" s="63"/>
       <c r="T11" s="63"/>
       <c r="U11" s="63"/>
-      <c r="V11" s="896" t="str">
+      <c r="V11" s="890" t="str">
         <f>'Form 1'!J73&amp;""</f>
         <v>0</v>
       </c>
-      <c r="W11" s="896"/>
-[...1 lines deleted...]
-      <c r="Y11" s="896"/>
+      <c r="W11" s="890"/>
+      <c r="X11" s="890"/>
+      <c r="Y11" s="890"/>
       <c r="Z11" s="98" t="s">
         <v>51</v>
       </c>
       <c r="AA11" s="63"/>
       <c r="AB11" s="63"/>
       <c r="AC11" s="63"/>
       <c r="AD11" s="63"/>
       <c r="AE11" s="63"/>
       <c r="AF11" s="63"/>
       <c r="AG11" s="63"/>
       <c r="AH11" s="95"/>
     </row>
     <row r="12" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="60"/>
       <c r="B12" s="62" t="s">
         <v>266</v>
       </c>
       <c r="C12" s="63"/>
       <c r="D12" s="63"/>
       <c r="E12" s="63"/>
       <c r="F12" s="63"/>
       <c r="G12" s="63"/>
       <c r="H12" s="63"/>
       <c r="I12" s="63"/>
       <c r="J12" s="63"/>
       <c r="K12" s="63"/>
       <c r="L12" s="63"/>
       <c r="M12" s="63"/>
       <c r="N12" s="63"/>
       <c r="O12" s="63"/>
       <c r="P12" s="63"/>
       <c r="Q12" s="63"/>
       <c r="R12" s="63"/>
       <c r="S12" s="63"/>
       <c r="T12" s="63"/>
       <c r="U12" s="63"/>
-      <c r="V12" s="897"/>
-[...2 lines deleted...]
-      <c r="Y12" s="897"/>
+      <c r="V12" s="891"/>
+      <c r="W12" s="891"/>
+      <c r="X12" s="891"/>
+      <c r="Y12" s="891"/>
       <c r="Z12" s="70" t="s">
         <v>265</v>
       </c>
       <c r="AA12" s="63"/>
       <c r="AB12" s="63"/>
       <c r="AC12" s="63"/>
       <c r="AD12" s="63"/>
       <c r="AE12" s="63"/>
       <c r="AF12" s="63"/>
       <c r="AG12" s="63"/>
       <c r="AH12" s="95"/>
     </row>
     <row r="13" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="60"/>
       <c r="B13" s="63"/>
       <c r="C13" s="62"/>
       <c r="D13" s="63"/>
       <c r="E13" s="63"/>
       <c r="F13" s="63"/>
       <c r="G13" s="63"/>
       <c r="H13" s="63"/>
       <c r="I13" s="63"/>
       <c r="J13" s="63"/>
       <c r="K13" s="63"/>
       <c r="L13" s="63"/>
@@ -30317,690 +30316,690 @@
       <c r="K19" s="81" t="s">
         <v>243</v>
       </c>
       <c r="L19" s="81"/>
       <c r="M19" s="81"/>
       <c r="N19" s="81"/>
       <c r="O19" s="81"/>
       <c r="P19" s="99" t="s">
         <v>5</v>
       </c>
       <c r="Q19" s="81" t="s">
         <v>242</v>
       </c>
       <c r="R19" s="81"/>
       <c r="S19" s="81"/>
       <c r="T19" s="81"/>
       <c r="U19" s="68"/>
       <c r="V19" s="99" t="s">
         <v>5</v>
       </c>
       <c r="W19" s="81" t="s">
         <v>241</v>
       </c>
       <c r="X19" s="68"/>
       <c r="Y19" s="68"/>
-      <c r="Z19" s="949"/>
-[...5 lines deleted...]
-      <c r="AF19" s="949"/>
+      <c r="Z19" s="892"/>
+      <c r="AA19" s="892"/>
+      <c r="AB19" s="892"/>
+      <c r="AC19" s="892"/>
+      <c r="AD19" s="892"/>
+      <c r="AE19" s="892"/>
+      <c r="AF19" s="892"/>
       <c r="AG19" s="81" t="s">
         <v>63</v>
       </c>
       <c r="AH19" s="101"/>
     </row>
     <row r="20" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="60"/>
       <c r="B20" s="64"/>
       <c r="C20" s="63"/>
       <c r="D20" s="62" t="s">
         <v>240</v>
       </c>
       <c r="E20" s="62"/>
       <c r="F20" s="62"/>
       <c r="G20" s="62"/>
       <c r="H20" s="62"/>
       <c r="I20" s="62"/>
       <c r="J20" s="62"/>
       <c r="K20" s="62" t="s">
         <v>239</v>
       </c>
       <c r="L20" s="62"/>
       <c r="M20" s="62"/>
       <c r="N20" s="62"/>
       <c r="O20" s="62"/>
       <c r="P20" s="62"/>
       <c r="Q20" s="62" t="s">
         <v>238</v>
       </c>
       <c r="R20" s="63"/>
       <c r="S20" s="64"/>
       <c r="T20" s="63"/>
       <c r="U20" s="68"/>
       <c r="V20" s="68"/>
       <c r="W20" s="62" t="s">
         <v>83</v>
       </c>
       <c r="X20" s="68"/>
       <c r="Y20" s="68"/>
-      <c r="Z20" s="949"/>
-[...5 lines deleted...]
-      <c r="AF20" s="949"/>
+      <c r="Z20" s="892"/>
+      <c r="AA20" s="892"/>
+      <c r="AB20" s="892"/>
+      <c r="AC20" s="892"/>
+      <c r="AD20" s="892"/>
+      <c r="AE20" s="892"/>
+      <c r="AF20" s="892"/>
       <c r="AG20" s="63"/>
       <c r="AH20" s="95"/>
     </row>
     <row r="21" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="60"/>
       <c r="B21" s="63" t="s">
         <v>237</v>
       </c>
       <c r="C21" s="63"/>
       <c r="D21" s="63"/>
       <c r="E21" s="63"/>
       <c r="F21" s="63"/>
       <c r="G21" s="63"/>
-      <c r="H21" s="950"/>
-[...6 lines deleted...]
-      <c r="O21" s="952" t="s">
+      <c r="H21" s="893"/>
+      <c r="I21" s="893"/>
+      <c r="J21" s="893"/>
+      <c r="K21" s="893"/>
+      <c r="L21" s="893"/>
+      <c r="M21" s="893"/>
+      <c r="N21" s="893"/>
+      <c r="O21" s="895" t="s">
         <v>236</v>
       </c>
-      <c r="P21" s="952"/>
-[...11 lines deleted...]
-      <c r="AB21" s="953"/>
+      <c r="P21" s="895"/>
+      <c r="Q21" s="895"/>
+      <c r="R21" s="895"/>
+      <c r="S21" s="895"/>
+      <c r="T21" s="895"/>
+      <c r="U21" s="895"/>
+      <c r="V21" s="895"/>
+      <c r="W21" s="895"/>
+      <c r="X21" s="896"/>
+      <c r="Y21" s="896"/>
+      <c r="Z21" s="896"/>
+      <c r="AA21" s="896"/>
+      <c r="AB21" s="896"/>
       <c r="AC21" s="64" t="s">
         <v>51</v>
       </c>
-      <c r="AD21" s="953"/>
-[...1 lines deleted...]
-      <c r="AF21" s="856" t="s">
+      <c r="AD21" s="896"/>
+      <c r="AE21" s="896"/>
+      <c r="AF21" s="796" t="s">
         <v>235</v>
       </c>
-      <c r="AG21" s="856"/>
+      <c r="AG21" s="796"/>
       <c r="AH21" s="102"/>
     </row>
     <row r="22" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="60"/>
       <c r="B22" s="63"/>
       <c r="C22" s="62" t="s">
         <v>234</v>
       </c>
       <c r="D22" s="62"/>
       <c r="E22" s="62"/>
       <c r="F22" s="62"/>
       <c r="G22" s="62"/>
-      <c r="H22" s="951"/>
-[...5 lines deleted...]
-      <c r="N22" s="951"/>
+      <c r="H22" s="894"/>
+      <c r="I22" s="894"/>
+      <c r="J22" s="894"/>
+      <c r="K22" s="894"/>
+      <c r="L22" s="894"/>
+      <c r="M22" s="894"/>
+      <c r="N22" s="894"/>
       <c r="O22" s="63"/>
-      <c r="P22" s="935" t="s">
+      <c r="P22" s="902" t="s">
         <v>233</v>
       </c>
-      <c r="Q22" s="935"/>
-[...10 lines deleted...]
-      <c r="AB22" s="907"/>
+      <c r="Q22" s="902"/>
+      <c r="R22" s="902"/>
+      <c r="S22" s="902"/>
+      <c r="T22" s="902"/>
+      <c r="U22" s="902"/>
+      <c r="V22" s="902"/>
+      <c r="W22" s="902"/>
+      <c r="X22" s="897"/>
+      <c r="Y22" s="897"/>
+      <c r="Z22" s="897"/>
+      <c r="AA22" s="897"/>
+      <c r="AB22" s="897"/>
       <c r="AC22" s="103" t="s">
         <v>1</v>
       </c>
-      <c r="AD22" s="907"/>
-[...1 lines deleted...]
-      <c r="AF22" s="936" t="s">
+      <c r="AD22" s="897"/>
+      <c r="AE22" s="897"/>
+      <c r="AF22" s="903" t="s">
         <v>2</v>
       </c>
-      <c r="AG22" s="936"/>
+      <c r="AG22" s="903"/>
       <c r="AH22" s="95"/>
     </row>
     <row r="23" spans="1:34" s="106" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="97"/>
       <c r="B23" s="104"/>
       <c r="C23" s="104"/>
       <c r="D23" s="104"/>
       <c r="E23" s="104"/>
       <c r="F23" s="104"/>
       <c r="G23" s="104"/>
       <c r="H23" s="104"/>
       <c r="I23" s="104"/>
       <c r="J23" s="104"/>
       <c r="K23" s="104"/>
       <c r="L23" s="104"/>
       <c r="M23" s="104"/>
       <c r="N23" s="104"/>
       <c r="O23" s="104"/>
       <c r="P23" s="104"/>
       <c r="Q23" s="104"/>
       <c r="R23" s="104"/>
       <c r="S23" s="104"/>
       <c r="T23" s="104"/>
       <c r="U23" s="104"/>
       <c r="V23" s="104"/>
       <c r="W23" s="104"/>
       <c r="X23" s="104"/>
       <c r="Y23" s="104"/>
       <c r="Z23" s="104"/>
       <c r="AA23" s="104"/>
       <c r="AB23" s="104"/>
       <c r="AC23" s="104"/>
       <c r="AD23" s="104"/>
       <c r="AE23" s="104"/>
       <c r="AF23" s="104"/>
       <c r="AG23" s="104"/>
       <c r="AH23" s="105"/>
     </row>
     <row r="24" spans="1:34" s="63" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="60" t="s">
         <v>533</v>
       </c>
       <c r="M24" s="62"/>
       <c r="AH24" s="95"/>
     </row>
     <row r="25" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="60"/>
-      <c r="B25" s="820" t="s">
+      <c r="B25" s="800" t="s">
         <v>534</v>
       </c>
-      <c r="C25" s="820"/>
-[...30 lines deleted...]
-      <c r="AH25" s="937"/>
+      <c r="C25" s="800"/>
+      <c r="D25" s="800"/>
+      <c r="E25" s="800"/>
+      <c r="F25" s="800"/>
+      <c r="G25" s="800"/>
+      <c r="H25" s="800"/>
+      <c r="I25" s="800"/>
+      <c r="J25" s="800"/>
+      <c r="K25" s="800"/>
+      <c r="L25" s="800"/>
+      <c r="M25" s="800"/>
+      <c r="N25" s="800"/>
+      <c r="O25" s="800"/>
+      <c r="P25" s="800"/>
+      <c r="Q25" s="800"/>
+      <c r="R25" s="800"/>
+      <c r="S25" s="800"/>
+      <c r="T25" s="800"/>
+      <c r="U25" s="800"/>
+      <c r="V25" s="800"/>
+      <c r="W25" s="800"/>
+      <c r="X25" s="800"/>
+      <c r="Y25" s="800"/>
+      <c r="Z25" s="800"/>
+      <c r="AA25" s="800"/>
+      <c r="AB25" s="800"/>
+      <c r="AC25" s="800"/>
+      <c r="AD25" s="800"/>
+      <c r="AE25" s="800"/>
+      <c r="AF25" s="800"/>
+      <c r="AG25" s="800"/>
+      <c r="AH25" s="904"/>
     </row>
     <row r="26" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="938" t="s">
+      <c r="A26" s="905" t="s">
         <v>535</v>
       </c>
-      <c r="B26" s="939"/>
-[...2 lines deleted...]
-      <c r="E26" s="938" t="s">
+      <c r="B26" s="906"/>
+      <c r="C26" s="906"/>
+      <c r="D26" s="907"/>
+      <c r="E26" s="905" t="s">
         <v>536</v>
       </c>
-      <c r="F26" s="939"/>
-[...11 lines deleted...]
-      <c r="R26" s="938" t="s">
+      <c r="F26" s="906"/>
+      <c r="G26" s="906"/>
+      <c r="H26" s="907"/>
+      <c r="I26" s="908"/>
+      <c r="J26" s="908"/>
+      <c r="K26" s="908"/>
+      <c r="L26" s="908"/>
+      <c r="M26" s="908"/>
+      <c r="N26" s="908"/>
+      <c r="O26" s="908"/>
+      <c r="P26" s="908"/>
+      <c r="Q26" s="908"/>
+      <c r="R26" s="905" t="s">
         <v>535</v>
       </c>
-      <c r="S26" s="939"/>
-[...2 lines deleted...]
-      <c r="V26" s="938" t="s">
+      <c r="S26" s="906"/>
+      <c r="T26" s="906"/>
+      <c r="U26" s="907"/>
+      <c r="V26" s="905" t="s">
         <v>536</v>
       </c>
-      <c r="W26" s="939"/>
-[...10 lines deleted...]
-      <c r="AH26" s="942"/>
+      <c r="W26" s="906"/>
+      <c r="X26" s="906"/>
+      <c r="Y26" s="907"/>
+      <c r="Z26" s="908"/>
+      <c r="AA26" s="908"/>
+      <c r="AB26" s="908"/>
+      <c r="AC26" s="908"/>
+      <c r="AD26" s="908"/>
+      <c r="AE26" s="908"/>
+      <c r="AF26" s="908"/>
+      <c r="AG26" s="908"/>
+      <c r="AH26" s="909"/>
     </row>
     <row r="27" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="932" t="s">
+      <c r="A27" s="898" t="s">
         <v>537</v>
       </c>
-      <c r="B27" s="933"/>
-[...2 lines deleted...]
-      <c r="E27" s="932" t="s">
+      <c r="B27" s="899"/>
+      <c r="C27" s="899"/>
+      <c r="D27" s="900"/>
+      <c r="E27" s="898" t="s">
         <v>538</v>
       </c>
-      <c r="F27" s="933"/>
-[...2 lines deleted...]
-      <c r="I27" s="856" t="s">
+      <c r="F27" s="899"/>
+      <c r="G27" s="899"/>
+      <c r="H27" s="900"/>
+      <c r="I27" s="796" t="s">
         <v>539</v>
       </c>
-      <c r="J27" s="856"/>
-[...7 lines deleted...]
-      <c r="R27" s="932" t="s">
+      <c r="J27" s="796"/>
+      <c r="K27" s="796"/>
+      <c r="L27" s="796"/>
+      <c r="M27" s="796"/>
+      <c r="N27" s="796"/>
+      <c r="O27" s="796"/>
+      <c r="P27" s="796"/>
+      <c r="Q27" s="796"/>
+      <c r="R27" s="898" t="s">
         <v>537</v>
       </c>
-      <c r="S27" s="933"/>
-[...2 lines deleted...]
-      <c r="V27" s="932" t="s">
+      <c r="S27" s="899"/>
+      <c r="T27" s="899"/>
+      <c r="U27" s="900"/>
+      <c r="V27" s="898" t="s">
         <v>538</v>
       </c>
-      <c r="W27" s="933"/>
-[...2 lines deleted...]
-      <c r="Z27" s="856" t="s">
+      <c r="W27" s="899"/>
+      <c r="X27" s="899"/>
+      <c r="Y27" s="900"/>
+      <c r="Z27" s="796" t="s">
         <v>539</v>
       </c>
-      <c r="AA27" s="856"/>
-[...6 lines deleted...]
-      <c r="AH27" s="922"/>
+      <c r="AA27" s="796"/>
+      <c r="AB27" s="796"/>
+      <c r="AC27" s="796"/>
+      <c r="AD27" s="796"/>
+      <c r="AE27" s="796"/>
+      <c r="AF27" s="796"/>
+      <c r="AG27" s="796"/>
+      <c r="AH27" s="901"/>
     </row>
     <row r="28" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="923" t="s">
+      <c r="A28" s="910" t="s">
         <v>51</v>
       </c>
-      <c r="B28" s="924"/>
-      <c r="C28" s="856" t="s">
+      <c r="B28" s="911"/>
+      <c r="C28" s="796" t="s">
         <v>540</v>
       </c>
-      <c r="D28" s="922"/>
-      <c r="E28" s="923" t="s">
+      <c r="D28" s="901"/>
+      <c r="E28" s="910" t="s">
         <v>51</v>
       </c>
-      <c r="F28" s="924"/>
-      <c r="G28" s="856" t="s">
+      <c r="F28" s="911"/>
+      <c r="G28" s="796" t="s">
         <v>540</v>
       </c>
-      <c r="H28" s="922"/>
-      <c r="I28" s="925" t="s">
+      <c r="H28" s="901"/>
+      <c r="I28" s="912" t="s">
         <v>541</v>
       </c>
-      <c r="J28" s="926"/>
-[...7 lines deleted...]
-      <c r="R28" s="923" t="s">
+      <c r="J28" s="913"/>
+      <c r="K28" s="913"/>
+      <c r="L28" s="913"/>
+      <c r="M28" s="913"/>
+      <c r="N28" s="913"/>
+      <c r="O28" s="913"/>
+      <c r="P28" s="913"/>
+      <c r="Q28" s="914"/>
+      <c r="R28" s="910" t="s">
         <v>51</v>
       </c>
-      <c r="S28" s="924"/>
-      <c r="T28" s="856" t="s">
+      <c r="S28" s="911"/>
+      <c r="T28" s="796" t="s">
         <v>540</v>
       </c>
-      <c r="U28" s="922"/>
-      <c r="V28" s="923" t="s">
+      <c r="U28" s="901"/>
+      <c r="V28" s="910" t="s">
         <v>51</v>
       </c>
-      <c r="W28" s="924"/>
-      <c r="X28" s="856" t="s">
+      <c r="W28" s="911"/>
+      <c r="X28" s="796" t="s">
         <v>540</v>
       </c>
-      <c r="Y28" s="922"/>
-      <c r="Z28" s="925" t="s">
+      <c r="Y28" s="901"/>
+      <c r="Z28" s="912" t="s">
         <v>542</v>
       </c>
-      <c r="AA28" s="926"/>
-[...6 lines deleted...]
-      <c r="AH28" s="927"/>
+      <c r="AA28" s="913"/>
+      <c r="AB28" s="913"/>
+      <c r="AC28" s="913"/>
+      <c r="AD28" s="913"/>
+      <c r="AE28" s="913"/>
+      <c r="AF28" s="913"/>
+      <c r="AG28" s="913"/>
+      <c r="AH28" s="914"/>
     </row>
     <row r="29" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="928" t="s">
+      <c r="A29" s="915" t="s">
         <v>1</v>
       </c>
-      <c r="B29" s="929"/>
-      <c r="C29" s="930" t="s">
+      <c r="B29" s="916"/>
+      <c r="C29" s="917" t="s">
         <v>2</v>
       </c>
-      <c r="D29" s="931"/>
-      <c r="E29" s="928" t="s">
+      <c r="D29" s="918"/>
+      <c r="E29" s="915" t="s">
         <v>1</v>
       </c>
-      <c r="F29" s="929"/>
-      <c r="G29" s="930" t="s">
+      <c r="F29" s="916"/>
+      <c r="G29" s="917" t="s">
         <v>2</v>
       </c>
-      <c r="H29" s="931"/>
+      <c r="H29" s="918"/>
       <c r="I29" s="108"/>
       <c r="J29" s="108"/>
       <c r="K29" s="108"/>
       <c r="L29" s="108"/>
       <c r="M29" s="108"/>
       <c r="N29" s="108"/>
       <c r="O29" s="108"/>
       <c r="P29" s="108"/>
       <c r="Q29" s="108"/>
-      <c r="R29" s="928" t="s">
+      <c r="R29" s="915" t="s">
         <v>1</v>
       </c>
-      <c r="S29" s="929"/>
-      <c r="T29" s="930" t="s">
+      <c r="S29" s="916"/>
+      <c r="T29" s="917" t="s">
         <v>2</v>
       </c>
-      <c r="U29" s="931"/>
-      <c r="V29" s="928" t="s">
+      <c r="U29" s="918"/>
+      <c r="V29" s="915" t="s">
         <v>1</v>
       </c>
-      <c r="W29" s="929"/>
-      <c r="X29" s="930" t="s">
+      <c r="W29" s="916"/>
+      <c r="X29" s="917" t="s">
         <v>2</v>
       </c>
-      <c r="Y29" s="931"/>
+      <c r="Y29" s="918"/>
       <c r="Z29" s="108"/>
       <c r="AA29" s="108"/>
       <c r="AB29" s="108"/>
       <c r="AC29" s="108"/>
       <c r="AD29" s="108"/>
       <c r="AE29" s="108"/>
       <c r="AF29" s="108"/>
       <c r="AG29" s="108"/>
       <c r="AH29" s="109"/>
     </row>
     <row r="30" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="916"/>
-[...32 lines deleted...]
-      <c r="AH30" s="918"/>
+      <c r="A30" s="919"/>
+      <c r="B30" s="932"/>
+      <c r="C30" s="933"/>
+      <c r="D30" s="921"/>
+      <c r="E30" s="919"/>
+      <c r="F30" s="932"/>
+      <c r="G30" s="933"/>
+      <c r="H30" s="921"/>
+      <c r="I30" s="919"/>
+      <c r="J30" s="920"/>
+      <c r="K30" s="920"/>
+      <c r="L30" s="920"/>
+      <c r="M30" s="920"/>
+      <c r="N30" s="920"/>
+      <c r="O30" s="920"/>
+      <c r="P30" s="920"/>
+      <c r="Q30" s="921"/>
+      <c r="R30" s="919"/>
+      <c r="S30" s="932"/>
+      <c r="T30" s="933"/>
+      <c r="U30" s="921"/>
+      <c r="V30" s="919"/>
+      <c r="W30" s="932"/>
+      <c r="X30" s="933"/>
+      <c r="Y30" s="921"/>
+      <c r="Z30" s="919"/>
+      <c r="AA30" s="920"/>
+      <c r="AB30" s="920"/>
+      <c r="AC30" s="920"/>
+      <c r="AD30" s="920"/>
+      <c r="AE30" s="920"/>
+      <c r="AF30" s="920"/>
+      <c r="AG30" s="920"/>
+      <c r="AH30" s="921"/>
     </row>
     <row r="31" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="912"/>
-[...32 lines deleted...]
-      <c r="AH31" s="911"/>
+      <c r="A31" s="922"/>
+      <c r="B31" s="927"/>
+      <c r="C31" s="930"/>
+      <c r="D31" s="924"/>
+      <c r="E31" s="922"/>
+      <c r="F31" s="927"/>
+      <c r="G31" s="930"/>
+      <c r="H31" s="924"/>
+      <c r="I31" s="922"/>
+      <c r="J31" s="923"/>
+      <c r="K31" s="923"/>
+      <c r="L31" s="923"/>
+      <c r="M31" s="923"/>
+      <c r="N31" s="923"/>
+      <c r="O31" s="923"/>
+      <c r="P31" s="923"/>
+      <c r="Q31" s="924"/>
+      <c r="R31" s="922"/>
+      <c r="S31" s="927"/>
+      <c r="T31" s="930"/>
+      <c r="U31" s="924"/>
+      <c r="V31" s="922"/>
+      <c r="W31" s="927"/>
+      <c r="X31" s="930"/>
+      <c r="Y31" s="924"/>
+      <c r="Z31" s="922"/>
+      <c r="AA31" s="923"/>
+      <c r="AB31" s="923"/>
+      <c r="AC31" s="923"/>
+      <c r="AD31" s="923"/>
+      <c r="AE31" s="923"/>
+      <c r="AF31" s="923"/>
+      <c r="AG31" s="923"/>
+      <c r="AH31" s="924"/>
     </row>
     <row r="32" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="904"/>
-[...32 lines deleted...]
-      <c r="AH32" s="901"/>
+      <c r="A32" s="925"/>
+      <c r="B32" s="926"/>
+      <c r="C32" s="928"/>
+      <c r="D32" s="929"/>
+      <c r="E32" s="925"/>
+      <c r="F32" s="926"/>
+      <c r="G32" s="928"/>
+      <c r="H32" s="929"/>
+      <c r="I32" s="925"/>
+      <c r="J32" s="931"/>
+      <c r="K32" s="931"/>
+      <c r="L32" s="931"/>
+      <c r="M32" s="931"/>
+      <c r="N32" s="931"/>
+      <c r="O32" s="931"/>
+      <c r="P32" s="931"/>
+      <c r="Q32" s="929"/>
+      <c r="R32" s="925"/>
+      <c r="S32" s="926"/>
+      <c r="T32" s="928"/>
+      <c r="U32" s="929"/>
+      <c r="V32" s="925"/>
+      <c r="W32" s="926"/>
+      <c r="X32" s="928"/>
+      <c r="Y32" s="929"/>
+      <c r="Z32" s="925"/>
+      <c r="AA32" s="931"/>
+      <c r="AB32" s="931"/>
+      <c r="AC32" s="931"/>
+      <c r="AD32" s="931"/>
+      <c r="AE32" s="931"/>
+      <c r="AF32" s="931"/>
+      <c r="AG32" s="931"/>
+      <c r="AH32" s="929"/>
     </row>
     <row r="33" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="912"/>
-[...32 lines deleted...]
-      <c r="AH33" s="911"/>
+      <c r="A33" s="922"/>
+      <c r="B33" s="927"/>
+      <c r="C33" s="930"/>
+      <c r="D33" s="924"/>
+      <c r="E33" s="922"/>
+      <c r="F33" s="927"/>
+      <c r="G33" s="930"/>
+      <c r="H33" s="924"/>
+      <c r="I33" s="922"/>
+      <c r="J33" s="923"/>
+      <c r="K33" s="923"/>
+      <c r="L33" s="923"/>
+      <c r="M33" s="923"/>
+      <c r="N33" s="923"/>
+      <c r="O33" s="923"/>
+      <c r="P33" s="923"/>
+      <c r="Q33" s="924"/>
+      <c r="R33" s="922"/>
+      <c r="S33" s="927"/>
+      <c r="T33" s="930"/>
+      <c r="U33" s="924"/>
+      <c r="V33" s="922"/>
+      <c r="W33" s="927"/>
+      <c r="X33" s="930"/>
+      <c r="Y33" s="924"/>
+      <c r="Z33" s="922"/>
+      <c r="AA33" s="923"/>
+      <c r="AB33" s="923"/>
+      <c r="AC33" s="923"/>
+      <c r="AD33" s="923"/>
+      <c r="AE33" s="923"/>
+      <c r="AF33" s="923"/>
+      <c r="AG33" s="923"/>
+      <c r="AH33" s="924"/>
     </row>
     <row r="34" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="904"/>
-[...32 lines deleted...]
-      <c r="AH34" s="901"/>
+      <c r="A34" s="925"/>
+      <c r="B34" s="926"/>
+      <c r="C34" s="928"/>
+      <c r="D34" s="929"/>
+      <c r="E34" s="925"/>
+      <c r="F34" s="926"/>
+      <c r="G34" s="928"/>
+      <c r="H34" s="929"/>
+      <c r="I34" s="925"/>
+      <c r="J34" s="931"/>
+      <c r="K34" s="931"/>
+      <c r="L34" s="931"/>
+      <c r="M34" s="931"/>
+      <c r="N34" s="931"/>
+      <c r="O34" s="931"/>
+      <c r="P34" s="931"/>
+      <c r="Q34" s="929"/>
+      <c r="R34" s="925"/>
+      <c r="S34" s="926"/>
+      <c r="T34" s="928"/>
+      <c r="U34" s="929"/>
+      <c r="V34" s="925"/>
+      <c r="W34" s="926"/>
+      <c r="X34" s="928"/>
+      <c r="Y34" s="929"/>
+      <c r="Z34" s="925"/>
+      <c r="AA34" s="931"/>
+      <c r="AB34" s="931"/>
+      <c r="AC34" s="931"/>
+      <c r="AD34" s="931"/>
+      <c r="AE34" s="931"/>
+      <c r="AF34" s="931"/>
+      <c r="AG34" s="931"/>
+      <c r="AH34" s="929"/>
     </row>
     <row r="35" spans="1:34" s="107" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="906"/>
-[...32 lines deleted...]
-      <c r="AH35" s="903"/>
+      <c r="A35" s="936"/>
+      <c r="B35" s="939"/>
+      <c r="C35" s="934"/>
+      <c r="D35" s="935"/>
+      <c r="E35" s="936"/>
+      <c r="F35" s="939"/>
+      <c r="G35" s="934"/>
+      <c r="H35" s="935"/>
+      <c r="I35" s="936"/>
+      <c r="J35" s="897"/>
+      <c r="K35" s="897"/>
+      <c r="L35" s="897"/>
+      <c r="M35" s="897"/>
+      <c r="N35" s="897"/>
+      <c r="O35" s="897"/>
+      <c r="P35" s="897"/>
+      <c r="Q35" s="935"/>
+      <c r="R35" s="936"/>
+      <c r="S35" s="939"/>
+      <c r="T35" s="934"/>
+      <c r="U35" s="935"/>
+      <c r="V35" s="936"/>
+      <c r="W35" s="939"/>
+      <c r="X35" s="934"/>
+      <c r="Y35" s="935"/>
+      <c r="Z35" s="936"/>
+      <c r="AA35" s="897"/>
+      <c r="AB35" s="897"/>
+      <c r="AC35" s="897"/>
+      <c r="AD35" s="897"/>
+      <c r="AE35" s="897"/>
+      <c r="AF35" s="897"/>
+      <c r="AG35" s="897"/>
+      <c r="AH35" s="935"/>
     </row>
     <row r="36" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="60"/>
       <c r="B36" s="63"/>
       <c r="C36" s="62"/>
       <c r="D36" s="62"/>
       <c r="E36" s="62"/>
       <c r="F36" s="62"/>
       <c r="G36" s="62"/>
       <c r="H36" s="62"/>
       <c r="I36" s="62"/>
       <c r="J36" s="62"/>
       <c r="K36" s="62"/>
       <c r="L36" s="62"/>
       <c r="M36" s="62"/>
       <c r="N36" s="62"/>
       <c r="O36" s="62"/>
       <c r="P36" s="62"/>
       <c r="Q36" s="62"/>
       <c r="R36" s="62"/>
       <c r="S36" s="62"/>
       <c r="T36" s="62"/>
       <c r="U36" s="62"/>
       <c r="V36" s="62"/>
       <c r="W36" s="62"/>
@@ -31034,162 +31033,162 @@
       <c r="M37" s="63"/>
       <c r="N37" s="63"/>
       <c r="O37" s="63"/>
       <c r="P37" s="63"/>
       <c r="Q37" s="63"/>
       <c r="R37" s="63"/>
       <c r="S37" s="63"/>
       <c r="T37" s="63"/>
       <c r="U37" s="63"/>
       <c r="V37" s="63"/>
       <c r="W37" s="63"/>
       <c r="X37" s="63"/>
       <c r="Y37" s="63"/>
       <c r="Z37" s="63"/>
       <c r="AA37" s="63"/>
       <c r="AB37" s="63"/>
       <c r="AC37" s="63"/>
       <c r="AD37" s="63"/>
       <c r="AE37" s="63"/>
       <c r="AF37" s="63"/>
       <c r="AG37" s="63"/>
       <c r="AH37" s="95"/>
     </row>
     <row r="38" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="60"/>
-      <c r="B38" s="908" t="s">
+      <c r="B38" s="937" t="s">
         <v>232</v>
       </c>
-      <c r="C38" s="908"/>
-[...29 lines deleted...]
-      <c r="AG38" s="908"/>
+      <c r="C38" s="937"/>
+      <c r="D38" s="937"/>
+      <c r="E38" s="937"/>
+      <c r="F38" s="937"/>
+      <c r="G38" s="937"/>
+      <c r="H38" s="937"/>
+      <c r="I38" s="937"/>
+      <c r="J38" s="937"/>
+      <c r="K38" s="937"/>
+      <c r="L38" s="937"/>
+      <c r="M38" s="937"/>
+      <c r="N38" s="937"/>
+      <c r="O38" s="937"/>
+      <c r="P38" s="937"/>
+      <c r="Q38" s="937"/>
+      <c r="R38" s="937"/>
+      <c r="S38" s="937"/>
+      <c r="T38" s="937"/>
+      <c r="U38" s="937"/>
+      <c r="V38" s="937"/>
+      <c r="W38" s="937"/>
+      <c r="X38" s="937"/>
+      <c r="Y38" s="937"/>
+      <c r="Z38" s="937"/>
+      <c r="AA38" s="937"/>
+      <c r="AB38" s="937"/>
+      <c r="AC38" s="937"/>
+      <c r="AD38" s="937"/>
+      <c r="AE38" s="937"/>
+      <c r="AF38" s="937"/>
+      <c r="AG38" s="937"/>
       <c r="AH38" s="95"/>
     </row>
     <row r="39" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="60"/>
-      <c r="B39" s="908"/>
-[...30 lines deleted...]
-      <c r="AG39" s="908"/>
+      <c r="B39" s="937"/>
+      <c r="C39" s="937"/>
+      <c r="D39" s="937"/>
+      <c r="E39" s="937"/>
+      <c r="F39" s="937"/>
+      <c r="G39" s="937"/>
+      <c r="H39" s="937"/>
+      <c r="I39" s="937"/>
+      <c r="J39" s="937"/>
+      <c r="K39" s="937"/>
+      <c r="L39" s="937"/>
+      <c r="M39" s="937"/>
+      <c r="N39" s="937"/>
+      <c r="O39" s="937"/>
+      <c r="P39" s="937"/>
+      <c r="Q39" s="937"/>
+      <c r="R39" s="937"/>
+      <c r="S39" s="937"/>
+      <c r="T39" s="937"/>
+      <c r="U39" s="937"/>
+      <c r="V39" s="937"/>
+      <c r="W39" s="937"/>
+      <c r="X39" s="937"/>
+      <c r="Y39" s="937"/>
+      <c r="Z39" s="937"/>
+      <c r="AA39" s="937"/>
+      <c r="AB39" s="937"/>
+      <c r="AC39" s="937"/>
+      <c r="AD39" s="937"/>
+      <c r="AE39" s="937"/>
+      <c r="AF39" s="937"/>
+      <c r="AG39" s="937"/>
       <c r="AH39" s="95"/>
     </row>
     <row r="40" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="60"/>
       <c r="B40" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="63" t="s">
         <v>231</v>
       </c>
       <c r="D40" s="82"/>
       <c r="E40" s="82"/>
       <c r="F40" s="82"/>
       <c r="G40" s="63"/>
       <c r="H40" s="63"/>
       <c r="I40" s="62" t="s">
         <v>230</v>
       </c>
       <c r="J40" s="104"/>
       <c r="K40" s="104"/>
       <c r="L40" s="63"/>
       <c r="M40" s="104"/>
       <c r="N40" s="63"/>
       <c r="O40" s="104"/>
       <c r="P40" s="82"/>
       <c r="Q40" s="82"/>
       <c r="R40" s="82"/>
       <c r="S40" s="82"/>
       <c r="T40" s="82"/>
       <c r="U40" s="82"/>
       <c r="V40" s="82"/>
       <c r="W40" s="82"/>
       <c r="X40" s="82"/>
       <c r="Y40" s="82"/>
       <c r="Z40" s="82"/>
       <c r="AA40" s="82"/>
       <c r="AB40" s="82"/>
       <c r="AC40" s="82"/>
       <c r="AD40" s="104"/>
       <c r="AE40" s="63"/>
-      <c r="AF40" s="909"/>
-      <c r="AG40" s="909"/>
+      <c r="AF40" s="938"/>
+      <c r="AG40" s="938"/>
       <c r="AH40" s="95"/>
     </row>
     <row r="41" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="60"/>
       <c r="B41" s="63" t="s">
         <v>229</v>
       </c>
       <c r="C41" s="62"/>
       <c r="D41" s="62"/>
       <c r="E41" s="62"/>
       <c r="F41" s="62" t="s">
         <v>228</v>
       </c>
       <c r="G41" s="63"/>
       <c r="H41" s="62"/>
       <c r="I41" s="62"/>
       <c r="J41" s="62"/>
       <c r="K41" s="62"/>
       <c r="L41" s="62"/>
       <c r="M41" s="62"/>
       <c r="N41" s="62"/>
       <c r="O41" s="62"/>
       <c r="P41" s="62"/>
       <c r="Q41" s="62"/>
       <c r="R41" s="62"/>
@@ -31197,115 +31196,115 @@
       <c r="T41" s="63" t="s">
         <v>227</v>
       </c>
       <c r="U41" s="63"/>
       <c r="V41" s="62"/>
       <c r="W41" s="62"/>
       <c r="X41" s="62"/>
       <c r="Y41" s="63"/>
       <c r="Z41" s="62" t="s">
         <v>226</v>
       </c>
       <c r="AA41" s="62"/>
       <c r="AB41" s="62"/>
       <c r="AC41" s="62"/>
       <c r="AD41" s="62"/>
       <c r="AE41" s="62"/>
       <c r="AF41" s="62"/>
       <c r="AG41" s="63"/>
       <c r="AH41" s="95"/>
     </row>
     <row r="42" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="60"/>
       <c r="B42" s="63"/>
       <c r="C42" s="63"/>
       <c r="D42" s="63"/>
-      <c r="E42" s="850"/>
-[...12 lines deleted...]
-      <c r="R42" s="850"/>
+      <c r="E42" s="790"/>
+      <c r="F42" s="790"/>
+      <c r="G42" s="790"/>
+      <c r="H42" s="790"/>
+      <c r="I42" s="790"/>
+      <c r="J42" s="790"/>
+      <c r="K42" s="790"/>
+      <c r="L42" s="790"/>
+      <c r="M42" s="790"/>
+      <c r="N42" s="790"/>
+      <c r="O42" s="790"/>
+      <c r="P42" s="790"/>
+      <c r="Q42" s="790"/>
+      <c r="R42" s="790"/>
       <c r="S42" s="63"/>
       <c r="T42" s="63"/>
       <c r="U42" s="63"/>
-      <c r="V42" s="850"/>
-[...10 lines deleted...]
-      <c r="AG42" s="850"/>
+      <c r="V42" s="790"/>
+      <c r="W42" s="790"/>
+      <c r="X42" s="790"/>
+      <c r="Y42" s="790"/>
+      <c r="Z42" s="790"/>
+      <c r="AA42" s="790"/>
+      <c r="AB42" s="790"/>
+      <c r="AC42" s="790"/>
+      <c r="AD42" s="790"/>
+      <c r="AE42" s="790"/>
+      <c r="AF42" s="790"/>
+      <c r="AG42" s="790"/>
       <c r="AH42" s="95"/>
     </row>
     <row r="43" spans="1:34" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="83"/>
       <c r="B43" s="70"/>
       <c r="C43" s="70"/>
       <c r="D43" s="70"/>
-      <c r="E43" s="851"/>
-[...12 lines deleted...]
-      <c r="R43" s="851"/>
+      <c r="E43" s="791"/>
+      <c r="F43" s="791"/>
+      <c r="G43" s="791"/>
+      <c r="H43" s="791"/>
+      <c r="I43" s="791"/>
+      <c r="J43" s="791"/>
+      <c r="K43" s="791"/>
+      <c r="L43" s="791"/>
+      <c r="M43" s="791"/>
+      <c r="N43" s="791"/>
+      <c r="O43" s="791"/>
+      <c r="P43" s="791"/>
+      <c r="Q43" s="791"/>
+      <c r="R43" s="791"/>
       <c r="S43" s="62"/>
       <c r="T43" s="62"/>
       <c r="U43" s="62"/>
-      <c r="V43" s="851"/>
-[...10 lines deleted...]
-      <c r="AG43" s="851"/>
+      <c r="V43" s="791"/>
+      <c r="W43" s="791"/>
+      <c r="X43" s="791"/>
+      <c r="Y43" s="791"/>
+      <c r="Z43" s="791"/>
+      <c r="AA43" s="791"/>
+      <c r="AB43" s="791"/>
+      <c r="AC43" s="791"/>
+      <c r="AD43" s="791"/>
+      <c r="AE43" s="791"/>
+      <c r="AF43" s="791"/>
+      <c r="AG43" s="791"/>
       <c r="AH43" s="110"/>
     </row>
     <row r="44" spans="1:34" s="8" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="83"/>
       <c r="B44" s="70"/>
       <c r="C44" s="70"/>
       <c r="D44" s="70"/>
       <c r="E44" s="62"/>
       <c r="F44" s="62"/>
       <c r="G44" s="62"/>
       <c r="H44" s="62"/>
       <c r="I44" s="62"/>
       <c r="J44" s="62"/>
       <c r="K44" s="62"/>
       <c r="L44" s="62"/>
       <c r="M44" s="62"/>
       <c r="N44" s="62"/>
       <c r="O44" s="62"/>
       <c r="P44" s="62"/>
       <c r="Q44" s="62"/>
       <c r="R44" s="62"/>
       <c r="S44" s="62"/>
       <c r="T44" s="62"/>
       <c r="U44" s="62"/>
       <c r="V44" s="62"/>
@@ -31351,102 +31350,102 @@
       <c r="T45" s="104"/>
       <c r="U45" s="104"/>
       <c r="V45" s="104"/>
       <c r="W45" s="104"/>
       <c r="X45" s="104"/>
       <c r="Y45" s="104"/>
       <c r="Z45" s="104"/>
       <c r="AA45" s="104"/>
       <c r="AB45" s="104"/>
       <c r="AC45" s="104"/>
       <c r="AD45" s="104"/>
       <c r="AE45" s="104"/>
       <c r="AF45" s="104"/>
       <c r="AG45" s="104"/>
       <c r="AH45" s="105"/>
     </row>
     <row r="46" spans="1:34" s="106" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="97"/>
       <c r="B46" s="104"/>
       <c r="C46" s="104" t="s">
         <v>219</v>
       </c>
       <c r="D46" s="104"/>
       <c r="E46" s="104"/>
       <c r="F46" s="104"/>
-      <c r="G46" s="850"/>
-[...12 lines deleted...]
-      <c r="T46" s="850"/>
+      <c r="G46" s="790"/>
+      <c r="H46" s="790"/>
+      <c r="I46" s="790"/>
+      <c r="J46" s="790"/>
+      <c r="K46" s="790"/>
+      <c r="L46" s="790"/>
+      <c r="M46" s="790"/>
+      <c r="N46" s="790"/>
+      <c r="O46" s="790"/>
+      <c r="P46" s="790"/>
+      <c r="Q46" s="790"/>
+      <c r="R46" s="790"/>
+      <c r="S46" s="790"/>
+      <c r="T46" s="790"/>
       <c r="U46" s="104"/>
       <c r="V46" s="104"/>
       <c r="W46" s="104"/>
       <c r="X46" s="104"/>
       <c r="Y46" s="104"/>
       <c r="Z46" s="104"/>
       <c r="AA46" s="104"/>
       <c r="AB46" s="104"/>
       <c r="AC46" s="104"/>
       <c r="AD46" s="104"/>
       <c r="AE46" s="104"/>
       <c r="AF46" s="104"/>
       <c r="AG46" s="104"/>
       <c r="AH46" s="105"/>
     </row>
     <row r="47" spans="1:34" s="106" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="97"/>
       <c r="B47" s="104"/>
       <c r="C47" s="62" t="s">
         <v>223</v>
       </c>
       <c r="D47" s="104"/>
       <c r="E47" s="104"/>
       <c r="F47" s="104"/>
-      <c r="G47" s="851"/>
-[...12 lines deleted...]
-      <c r="T47" s="851"/>
+      <c r="G47" s="791"/>
+      <c r="H47" s="791"/>
+      <c r="I47" s="791"/>
+      <c r="J47" s="791"/>
+      <c r="K47" s="791"/>
+      <c r="L47" s="791"/>
+      <c r="M47" s="791"/>
+      <c r="N47" s="791"/>
+      <c r="O47" s="791"/>
+      <c r="P47" s="791"/>
+      <c r="Q47" s="791"/>
+      <c r="R47" s="791"/>
+      <c r="S47" s="791"/>
+      <c r="T47" s="791"/>
       <c r="U47" s="104"/>
       <c r="V47" s="104"/>
       <c r="W47" s="104"/>
       <c r="X47" s="104"/>
       <c r="Y47" s="104"/>
       <c r="Z47" s="104"/>
       <c r="AA47" s="104"/>
       <c r="AB47" s="104"/>
       <c r="AC47" s="104"/>
       <c r="AD47" s="104"/>
       <c r="AE47" s="104"/>
       <c r="AF47" s="104"/>
       <c r="AG47" s="104"/>
       <c r="AH47" s="105"/>
     </row>
     <row r="48" spans="1:34" s="106" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="97"/>
       <c r="B48" s="104"/>
       <c r="C48" s="62"/>
       <c r="D48" s="104"/>
       <c r="E48" s="104"/>
       <c r="F48" s="104"/>
       <c r="G48" s="104"/>
       <c r="H48" s="104"/>
       <c r="I48" s="104"/>
@@ -31463,134 +31462,134 @@
       <c r="T48" s="104"/>
       <c r="U48" s="104"/>
       <c r="V48" s="104"/>
       <c r="W48" s="104"/>
       <c r="X48" s="104"/>
       <c r="Y48" s="104"/>
       <c r="Z48" s="104"/>
       <c r="AA48" s="104"/>
       <c r="AB48" s="104"/>
       <c r="AC48" s="104"/>
       <c r="AD48" s="104"/>
       <c r="AE48" s="104"/>
       <c r="AF48" s="104"/>
       <c r="AG48" s="104"/>
       <c r="AH48" s="105"/>
     </row>
     <row r="49" spans="1:34" s="106" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="97"/>
       <c r="B49" s="104"/>
       <c r="C49" s="104" t="s">
         <v>217</v>
       </c>
       <c r="D49" s="104"/>
       <c r="E49" s="104"/>
       <c r="F49" s="104"/>
-      <c r="G49" s="896"/>
-[...3 lines deleted...]
-      <c r="K49" s="898" t="s">
+      <c r="G49" s="890"/>
+      <c r="H49" s="890"/>
+      <c r="I49" s="890"/>
+      <c r="J49" s="890"/>
+      <c r="K49" s="940" t="s">
         <v>51</v>
       </c>
-      <c r="L49" s="898"/>
-[...2 lines deleted...]
-      <c r="O49" s="898" t="s">
+      <c r="L49" s="940"/>
+      <c r="M49" s="890"/>
+      <c r="N49" s="890"/>
+      <c r="O49" s="940" t="s">
         <v>50</v>
       </c>
-      <c r="P49" s="898"/>
-      <c r="Q49" s="898" t="s">
+      <c r="P49" s="940"/>
+      <c r="Q49" s="940" t="s">
         <v>67</v>
       </c>
-      <c r="R49" s="898"/>
-[...4 lines deleted...]
-      <c r="W49" s="898" t="s">
+      <c r="R49" s="940"/>
+      <c r="S49" s="890"/>
+      <c r="T49" s="890"/>
+      <c r="U49" s="890"/>
+      <c r="V49" s="890"/>
+      <c r="W49" s="940" t="s">
         <v>51</v>
       </c>
-      <c r="X49" s="898"/>
-[...2 lines deleted...]
-      <c r="AA49" s="898" t="s">
+      <c r="X49" s="940"/>
+      <c r="Y49" s="890"/>
+      <c r="Z49" s="890"/>
+      <c r="AA49" s="940" t="s">
         <v>50</v>
       </c>
-      <c r="AB49" s="898"/>
+      <c r="AB49" s="940"/>
       <c r="AC49" s="104" t="s">
         <v>216</v>
       </c>
       <c r="AD49" s="104"/>
       <c r="AE49" s="104"/>
       <c r="AF49" s="104"/>
       <c r="AG49" s="104"/>
       <c r="AH49" s="105"/>
     </row>
     <row r="50" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="60"/>
       <c r="B50" s="63"/>
       <c r="C50" s="62" t="s">
         <v>215</v>
       </c>
       <c r="D50" s="62"/>
       <c r="E50" s="70" t="s">
         <v>214</v>
       </c>
       <c r="F50" s="63"/>
-      <c r="G50" s="897"/>
-[...3 lines deleted...]
-      <c r="K50" s="818" t="s">
+      <c r="G50" s="891"/>
+      <c r="H50" s="891"/>
+      <c r="I50" s="891"/>
+      <c r="J50" s="891"/>
+      <c r="K50" s="799" t="s">
         <v>1</v>
       </c>
-      <c r="L50" s="818"/>
-[...2 lines deleted...]
-      <c r="O50" s="818" t="s">
+      <c r="L50" s="799"/>
+      <c r="M50" s="891"/>
+      <c r="N50" s="891"/>
+      <c r="O50" s="799" t="s">
         <v>2</v>
       </c>
-      <c r="P50" s="818"/>
-      <c r="Q50" s="899" t="s">
+      <c r="P50" s="799"/>
+      <c r="Q50" s="941" t="s">
         <v>213</v>
       </c>
-      <c r="R50" s="899"/>
-[...4 lines deleted...]
-      <c r="W50" s="818" t="s">
+      <c r="R50" s="941"/>
+      <c r="S50" s="891"/>
+      <c r="T50" s="891"/>
+      <c r="U50" s="891"/>
+      <c r="V50" s="891"/>
+      <c r="W50" s="799" t="s">
         <v>1</v>
       </c>
-      <c r="X50" s="818"/>
-[...2 lines deleted...]
-      <c r="AA50" s="818" t="s">
+      <c r="X50" s="799"/>
+      <c r="Y50" s="891"/>
+      <c r="Z50" s="891"/>
+      <c r="AA50" s="799" t="s">
         <v>2</v>
       </c>
-      <c r="AB50" s="818"/>
+      <c r="AB50" s="799"/>
       <c r="AC50" s="63"/>
       <c r="AD50" s="63"/>
       <c r="AE50" s="65"/>
       <c r="AF50" s="63"/>
       <c r="AG50" s="63"/>
       <c r="AH50" s="95"/>
     </row>
     <row r="51" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="60"/>
       <c r="B51" s="63"/>
       <c r="C51" s="62"/>
       <c r="D51" s="62"/>
       <c r="E51" s="70"/>
       <c r="F51" s="63"/>
       <c r="G51" s="111"/>
       <c r="H51" s="111"/>
       <c r="I51" s="111"/>
       <c r="J51" s="111"/>
       <c r="K51" s="65"/>
       <c r="L51" s="65"/>
       <c r="M51" s="111"/>
       <c r="N51" s="111"/>
       <c r="O51" s="65"/>
       <c r="P51" s="65"/>
       <c r="Q51" s="65"/>
@@ -31600,224 +31599,224 @@
       <c r="U51" s="111"/>
       <c r="V51" s="111"/>
       <c r="W51" s="65"/>
       <c r="X51" s="65"/>
       <c r="Y51" s="111"/>
       <c r="Z51" s="111"/>
       <c r="AA51" s="65"/>
       <c r="AB51" s="65"/>
       <c r="AC51" s="63"/>
       <c r="AD51" s="63"/>
       <c r="AE51" s="65"/>
       <c r="AF51" s="63"/>
       <c r="AG51" s="63"/>
       <c r="AH51" s="95"/>
     </row>
     <row r="52" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="60"/>
       <c r="B52" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="63" t="s">
         <v>203</v>
       </c>
       <c r="D52" s="63"/>
       <c r="E52" s="63"/>
-      <c r="F52" s="850"/>
-[...26 lines deleted...]
-      <c r="AG52" s="850"/>
+      <c r="F52" s="790"/>
+      <c r="G52" s="790"/>
+      <c r="H52" s="790"/>
+      <c r="I52" s="790"/>
+      <c r="J52" s="790"/>
+      <c r="K52" s="790"/>
+      <c r="L52" s="790"/>
+      <c r="M52" s="790"/>
+      <c r="N52" s="790"/>
+      <c r="O52" s="790"/>
+      <c r="P52" s="790"/>
+      <c r="Q52" s="790"/>
+      <c r="R52" s="790"/>
+      <c r="S52" s="790"/>
+      <c r="T52" s="790"/>
+      <c r="U52" s="790"/>
+      <c r="V52" s="790"/>
+      <c r="W52" s="790"/>
+      <c r="X52" s="790"/>
+      <c r="Y52" s="790"/>
+      <c r="Z52" s="790"/>
+      <c r="AA52" s="790"/>
+      <c r="AB52" s="790"/>
+      <c r="AC52" s="790"/>
+      <c r="AD52" s="790"/>
+      <c r="AE52" s="790"/>
+      <c r="AF52" s="790"/>
+      <c r="AG52" s="790"/>
       <c r="AH52" s="95"/>
     </row>
     <row r="53" spans="1:34" s="28" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="60"/>
       <c r="B53" s="63"/>
       <c r="C53" s="62" t="s">
         <v>83</v>
       </c>
       <c r="D53" s="63"/>
       <c r="E53" s="63"/>
-      <c r="F53" s="851"/>
-[...26 lines deleted...]
-      <c r="AG53" s="851"/>
+      <c r="F53" s="791"/>
+      <c r="G53" s="791"/>
+      <c r="H53" s="791"/>
+      <c r="I53" s="791"/>
+      <c r="J53" s="791"/>
+      <c r="K53" s="791"/>
+      <c r="L53" s="791"/>
+      <c r="M53" s="791"/>
+      <c r="N53" s="791"/>
+      <c r="O53" s="791"/>
+      <c r="P53" s="791"/>
+      <c r="Q53" s="791"/>
+      <c r="R53" s="791"/>
+      <c r="S53" s="791"/>
+      <c r="T53" s="791"/>
+      <c r="U53" s="791"/>
+      <c r="V53" s="791"/>
+      <c r="W53" s="791"/>
+      <c r="X53" s="791"/>
+      <c r="Y53" s="791"/>
+      <c r="Z53" s="791"/>
+      <c r="AA53" s="791"/>
+      <c r="AB53" s="791"/>
+      <c r="AC53" s="791"/>
+      <c r="AD53" s="791"/>
+      <c r="AE53" s="791"/>
+      <c r="AF53" s="791"/>
+      <c r="AG53" s="791"/>
       <c r="AH53" s="95"/>
     </row>
     <row r="54" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="60"/>
       <c r="B54" s="63"/>
       <c r="C54" s="62"/>
       <c r="D54" s="63"/>
       <c r="E54" s="63"/>
       <c r="F54" s="68"/>
       <c r="G54" s="68"/>
       <c r="H54" s="68"/>
       <c r="I54" s="68"/>
       <c r="J54" s="68"/>
       <c r="K54" s="68"/>
       <c r="L54" s="68"/>
       <c r="M54" s="68"/>
       <c r="N54" s="68"/>
       <c r="O54" s="68"/>
       <c r="P54" s="68"/>
       <c r="Q54" s="68"/>
       <c r="R54" s="68"/>
       <c r="S54" s="68"/>
       <c r="T54" s="68"/>
       <c r="U54" s="68"/>
       <c r="V54" s="68"/>
       <c r="W54" s="68"/>
       <c r="X54" s="68"/>
       <c r="Y54" s="68"/>
       <c r="Z54" s="68"/>
       <c r="AA54" s="68"/>
       <c r="AB54" s="68"/>
       <c r="AC54" s="68"/>
       <c r="AD54" s="68"/>
       <c r="AE54" s="68"/>
       <c r="AF54" s="68"/>
       <c r="AG54" s="68"/>
       <c r="AH54" s="95"/>
     </row>
     <row r="55" spans="1:34" s="106" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="97"/>
       <c r="B55" s="104"/>
       <c r="C55" s="104"/>
       <c r="D55" s="104"/>
       <c r="E55" s="104"/>
-      <c r="F55" s="850"/>
-[...26 lines deleted...]
-      <c r="AG55" s="850"/>
+      <c r="F55" s="790"/>
+      <c r="G55" s="790"/>
+      <c r="H55" s="790"/>
+      <c r="I55" s="790"/>
+      <c r="J55" s="790"/>
+      <c r="K55" s="790"/>
+      <c r="L55" s="790"/>
+      <c r="M55" s="790"/>
+      <c r="N55" s="790"/>
+      <c r="O55" s="790"/>
+      <c r="P55" s="790"/>
+      <c r="Q55" s="790"/>
+      <c r="R55" s="790"/>
+      <c r="S55" s="790"/>
+      <c r="T55" s="790"/>
+      <c r="U55" s="790"/>
+      <c r="V55" s="790"/>
+      <c r="W55" s="790"/>
+      <c r="X55" s="790"/>
+      <c r="Y55" s="790"/>
+      <c r="Z55" s="790"/>
+      <c r="AA55" s="790"/>
+      <c r="AB55" s="790"/>
+      <c r="AC55" s="790"/>
+      <c r="AD55" s="790"/>
+      <c r="AE55" s="790"/>
+      <c r="AF55" s="790"/>
+      <c r="AG55" s="790"/>
       <c r="AH55" s="105"/>
     </row>
     <row r="56" spans="1:34" s="106" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="97"/>
       <c r="B56" s="104"/>
       <c r="C56" s="104"/>
       <c r="D56" s="104"/>
       <c r="E56" s="104"/>
-      <c r="F56" s="851"/>
-[...26 lines deleted...]
-      <c r="AG56" s="851"/>
+      <c r="F56" s="791"/>
+      <c r="G56" s="791"/>
+      <c r="H56" s="791"/>
+      <c r="I56" s="791"/>
+      <c r="J56" s="791"/>
+      <c r="K56" s="791"/>
+      <c r="L56" s="791"/>
+      <c r="M56" s="791"/>
+      <c r="N56" s="791"/>
+      <c r="O56" s="791"/>
+      <c r="P56" s="791"/>
+      <c r="Q56" s="791"/>
+      <c r="R56" s="791"/>
+      <c r="S56" s="791"/>
+      <c r="T56" s="791"/>
+      <c r="U56" s="791"/>
+      <c r="V56" s="791"/>
+      <c r="W56" s="791"/>
+      <c r="X56" s="791"/>
+      <c r="Y56" s="791"/>
+      <c r="Z56" s="791"/>
+      <c r="AA56" s="791"/>
+      <c r="AB56" s="791"/>
+      <c r="AC56" s="791"/>
+      <c r="AD56" s="791"/>
+      <c r="AE56" s="791"/>
+      <c r="AF56" s="791"/>
+      <c r="AG56" s="791"/>
       <c r="AH56" s="105"/>
     </row>
     <row r="57" spans="1:34" s="106" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="97"/>
       <c r="B57" s="104"/>
       <c r="C57" s="104"/>
       <c r="D57" s="104"/>
       <c r="E57" s="104"/>
       <c r="F57" s="104"/>
       <c r="G57" s="104"/>
       <c r="H57" s="104"/>
       <c r="I57" s="104"/>
       <c r="J57" s="104"/>
       <c r="K57" s="104"/>
       <c r="L57" s="104"/>
       <c r="M57" s="104"/>
       <c r="N57" s="104"/>
       <c r="O57" s="104"/>
       <c r="P57" s="104"/>
       <c r="Q57" s="104"/>
       <c r="R57" s="104"/>
       <c r="S57" s="104"/>
       <c r="T57" s="104"/>
       <c r="U57" s="104"/>
       <c r="V57" s="104"/>
@@ -31973,102 +31972,102 @@
       <c r="T61" s="63"/>
       <c r="U61" s="63"/>
       <c r="V61" s="63"/>
       <c r="W61" s="63"/>
       <c r="X61" s="63"/>
       <c r="Y61" s="63"/>
       <c r="Z61" s="112"/>
       <c r="AA61" s="63"/>
       <c r="AB61" s="63"/>
       <c r="AC61" s="63"/>
       <c r="AD61" s="63"/>
       <c r="AE61" s="63"/>
       <c r="AF61" s="63"/>
       <c r="AG61" s="63"/>
       <c r="AH61" s="105"/>
     </row>
     <row r="62" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="60"/>
       <c r="B62" s="104"/>
       <c r="C62" s="104" t="s">
         <v>219</v>
       </c>
       <c r="D62" s="104"/>
       <c r="E62" s="104"/>
       <c r="F62" s="104"/>
-      <c r="G62" s="850"/>
-[...12 lines deleted...]
-      <c r="T62" s="850"/>
+      <c r="G62" s="790"/>
+      <c r="H62" s="790"/>
+      <c r="I62" s="790"/>
+      <c r="J62" s="790"/>
+      <c r="K62" s="790"/>
+      <c r="L62" s="790"/>
+      <c r="M62" s="790"/>
+      <c r="N62" s="790"/>
+      <c r="O62" s="790"/>
+      <c r="P62" s="790"/>
+      <c r="Q62" s="790"/>
+      <c r="R62" s="790"/>
+      <c r="S62" s="790"/>
+      <c r="T62" s="790"/>
       <c r="U62" s="104"/>
       <c r="V62" s="104"/>
       <c r="W62" s="104"/>
       <c r="X62" s="104"/>
       <c r="Y62" s="104"/>
       <c r="Z62" s="104"/>
       <c r="AA62" s="104"/>
       <c r="AB62" s="104"/>
       <c r="AC62" s="104"/>
       <c r="AD62" s="104"/>
       <c r="AE62" s="104"/>
       <c r="AF62" s="104"/>
       <c r="AG62" s="104"/>
       <c r="AH62" s="95"/>
     </row>
     <row r="63" spans="1:34" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="60"/>
       <c r="B63" s="104"/>
       <c r="C63" s="62" t="s">
         <v>218</v>
       </c>
       <c r="D63" s="104"/>
       <c r="E63" s="104"/>
       <c r="F63" s="104"/>
-      <c r="G63" s="851"/>
-[...12 lines deleted...]
-      <c r="T63" s="851"/>
+      <c r="G63" s="791"/>
+      <c r="H63" s="791"/>
+      <c r="I63" s="791"/>
+      <c r="J63" s="791"/>
+      <c r="K63" s="791"/>
+      <c r="L63" s="791"/>
+      <c r="M63" s="791"/>
+      <c r="N63" s="791"/>
+      <c r="O63" s="791"/>
+      <c r="P63" s="791"/>
+      <c r="Q63" s="791"/>
+      <c r="R63" s="791"/>
+      <c r="S63" s="791"/>
+      <c r="T63" s="791"/>
       <c r="U63" s="104"/>
       <c r="V63" s="104"/>
       <c r="W63" s="104"/>
       <c r="X63" s="104"/>
       <c r="Y63" s="104"/>
       <c r="Z63" s="104"/>
       <c r="AA63" s="104"/>
       <c r="AB63" s="104"/>
       <c r="AC63" s="104"/>
       <c r="AD63" s="104"/>
       <c r="AE63" s="104"/>
       <c r="AF63" s="104"/>
       <c r="AG63" s="104"/>
       <c r="AH63" s="95"/>
     </row>
     <row r="64" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="60"/>
       <c r="B64" s="104"/>
       <c r="C64" s="62"/>
       <c r="D64" s="104"/>
       <c r="E64" s="104"/>
       <c r="F64" s="104"/>
       <c r="G64" s="104"/>
       <c r="H64" s="104"/>
       <c r="I64" s="104"/>
@@ -32085,134 +32084,134 @@
       <c r="T64" s="104"/>
       <c r="U64" s="104"/>
       <c r="V64" s="104"/>
       <c r="W64" s="104"/>
       <c r="X64" s="104"/>
       <c r="Y64" s="104"/>
       <c r="Z64" s="104"/>
       <c r="AA64" s="104"/>
       <c r="AB64" s="104"/>
       <c r="AC64" s="104"/>
       <c r="AD64" s="104"/>
       <c r="AE64" s="104"/>
       <c r="AF64" s="104"/>
       <c r="AG64" s="104"/>
       <c r="AH64" s="95"/>
     </row>
     <row r="65" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="60"/>
       <c r="B65" s="104"/>
       <c r="C65" s="104" t="s">
         <v>217</v>
       </c>
       <c r="D65" s="104"/>
       <c r="E65" s="104"/>
       <c r="F65" s="104"/>
-      <c r="G65" s="896"/>
-[...3 lines deleted...]
-      <c r="K65" s="898" t="s">
+      <c r="G65" s="890"/>
+      <c r="H65" s="890"/>
+      <c r="I65" s="890"/>
+      <c r="J65" s="890"/>
+      <c r="K65" s="940" t="s">
         <v>51</v>
       </c>
-      <c r="L65" s="898"/>
-[...2 lines deleted...]
-      <c r="O65" s="898" t="s">
+      <c r="L65" s="940"/>
+      <c r="M65" s="890"/>
+      <c r="N65" s="890"/>
+      <c r="O65" s="940" t="s">
         <v>50</v>
       </c>
-      <c r="P65" s="898"/>
-      <c r="Q65" s="898" t="s">
+      <c r="P65" s="940"/>
+      <c r="Q65" s="940" t="s">
         <v>67</v>
       </c>
-      <c r="R65" s="898"/>
-[...4 lines deleted...]
-      <c r="W65" s="898" t="s">
+      <c r="R65" s="940"/>
+      <c r="S65" s="890"/>
+      <c r="T65" s="890"/>
+      <c r="U65" s="890"/>
+      <c r="V65" s="890"/>
+      <c r="W65" s="940" t="s">
         <v>51</v>
       </c>
-      <c r="X65" s="898"/>
-[...2 lines deleted...]
-      <c r="AA65" s="898" t="s">
+      <c r="X65" s="940"/>
+      <c r="Y65" s="890"/>
+      <c r="Z65" s="890"/>
+      <c r="AA65" s="940" t="s">
         <v>50</v>
       </c>
-      <c r="AB65" s="898"/>
+      <c r="AB65" s="940"/>
       <c r="AC65" s="104" t="s">
         <v>216</v>
       </c>
       <c r="AD65" s="104"/>
       <c r="AE65" s="63"/>
       <c r="AF65" s="63"/>
       <c r="AG65" s="63"/>
       <c r="AH65" s="95"/>
     </row>
     <row r="66" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="60"/>
       <c r="B66" s="63"/>
       <c r="C66" s="62" t="s">
         <v>215</v>
       </c>
       <c r="D66" s="62"/>
       <c r="E66" s="70" t="s">
         <v>214</v>
       </c>
       <c r="F66" s="62"/>
-      <c r="G66" s="897"/>
-[...3 lines deleted...]
-      <c r="K66" s="818" t="s">
+      <c r="G66" s="891"/>
+      <c r="H66" s="891"/>
+      <c r="I66" s="891"/>
+      <c r="J66" s="891"/>
+      <c r="K66" s="799" t="s">
         <v>1</v>
       </c>
-      <c r="L66" s="818"/>
-[...2 lines deleted...]
-      <c r="O66" s="818" t="s">
+      <c r="L66" s="799"/>
+      <c r="M66" s="891"/>
+      <c r="N66" s="891"/>
+      <c r="O66" s="799" t="s">
         <v>2</v>
       </c>
-      <c r="P66" s="818"/>
-      <c r="Q66" s="899" t="s">
+      <c r="P66" s="799"/>
+      <c r="Q66" s="941" t="s">
         <v>213</v>
       </c>
-      <c r="R66" s="899"/>
-[...4 lines deleted...]
-      <c r="W66" s="818" t="s">
+      <c r="R66" s="941"/>
+      <c r="S66" s="891"/>
+      <c r="T66" s="891"/>
+      <c r="U66" s="891"/>
+      <c r="V66" s="891"/>
+      <c r="W66" s="799" t="s">
         <v>1</v>
       </c>
-      <c r="X66" s="818"/>
-[...2 lines deleted...]
-      <c r="AA66" s="818" t="s">
+      <c r="X66" s="799"/>
+      <c r="Y66" s="891"/>
+      <c r="Z66" s="891"/>
+      <c r="AA66" s="799" t="s">
         <v>2</v>
       </c>
-      <c r="AB66" s="818"/>
+      <c r="AB66" s="799"/>
       <c r="AC66" s="63"/>
       <c r="AD66" s="63"/>
       <c r="AE66" s="63"/>
       <c r="AF66" s="63"/>
       <c r="AG66" s="63"/>
       <c r="AH66" s="95"/>
     </row>
     <row r="67" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="60"/>
       <c r="B67" s="63"/>
       <c r="C67" s="62"/>
       <c r="D67" s="62"/>
       <c r="E67" s="62"/>
       <c r="F67" s="62"/>
       <c r="G67" s="62"/>
       <c r="H67" s="62"/>
       <c r="I67" s="62"/>
       <c r="J67" s="62"/>
       <c r="K67" s="62"/>
       <c r="L67" s="63"/>
       <c r="M67" s="62"/>
       <c r="N67" s="62"/>
       <c r="O67" s="62"/>
       <c r="P67" s="65"/>
       <c r="Q67" s="62"/>
@@ -32339,126 +32338,126 @@
       <c r="V70" s="63"/>
       <c r="W70" s="63"/>
       <c r="X70" s="63"/>
       <c r="Y70" s="63"/>
       <c r="Z70" s="63"/>
       <c r="AA70" s="63"/>
       <c r="AB70" s="63"/>
       <c r="AC70" s="63"/>
       <c r="AD70" s="112"/>
       <c r="AE70" s="81"/>
       <c r="AF70" s="63"/>
       <c r="AG70" s="63"/>
       <c r="AH70" s="95"/>
     </row>
     <row r="71" spans="1:41" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="60"/>
       <c r="B71" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C71" s="63" t="s">
         <v>209</v>
       </c>
       <c r="D71" s="63"/>
       <c r="E71" s="63"/>
       <c r="F71" s="63"/>
-      <c r="G71" s="890"/>
-[...6 lines deleted...]
-      <c r="N71" s="890"/>
+      <c r="G71" s="948"/>
+      <c r="H71" s="948"/>
+      <c r="I71" s="948"/>
+      <c r="J71" s="948"/>
+      <c r="K71" s="948"/>
+      <c r="L71" s="948"/>
+      <c r="M71" s="948"/>
+      <c r="N71" s="948"/>
       <c r="O71" s="63" t="s">
         <v>195</v>
       </c>
       <c r="P71" s="63"/>
       <c r="Q71" s="63"/>
       <c r="R71" s="63"/>
       <c r="S71" s="99" t="s">
         <v>5</v>
       </c>
       <c r="T71" s="63" t="s">
         <v>208</v>
       </c>
       <c r="U71" s="63"/>
       <c r="V71" s="63"/>
       <c r="W71" s="63"/>
       <c r="X71" s="63"/>
       <c r="Y71" s="63"/>
       <c r="Z71" s="63"/>
-      <c r="AA71" s="892"/>
-[...4 lines deleted...]
-      <c r="AF71" s="892"/>
+      <c r="AA71" s="950"/>
+      <c r="AB71" s="950"/>
+      <c r="AC71" s="950"/>
+      <c r="AD71" s="950"/>
+      <c r="AE71" s="950"/>
+      <c r="AF71" s="950"/>
       <c r="AG71" s="63" t="s">
         <v>195</v>
       </c>
       <c r="AH71" s="95"/>
     </row>
     <row r="72" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="60"/>
       <c r="B72" s="63"/>
       <c r="C72" s="62" t="s">
         <v>207</v>
       </c>
       <c r="D72" s="62"/>
       <c r="E72" s="62"/>
       <c r="F72" s="62"/>
-      <c r="G72" s="891"/>
-[...6 lines deleted...]
-      <c r="N72" s="891"/>
+      <c r="G72" s="949"/>
+      <c r="H72" s="949"/>
+      <c r="I72" s="949"/>
+      <c r="J72" s="949"/>
+      <c r="K72" s="949"/>
+      <c r="L72" s="949"/>
+      <c r="M72" s="949"/>
+      <c r="N72" s="949"/>
       <c r="O72" s="62" t="s">
         <v>193</v>
       </c>
       <c r="P72" s="62"/>
       <c r="Q72" s="62"/>
       <c r="R72" s="63"/>
       <c r="S72" s="62"/>
       <c r="T72" s="62" t="s">
         <v>13</v>
       </c>
       <c r="U72" s="63"/>
       <c r="V72" s="63"/>
       <c r="W72" s="63"/>
       <c r="X72" s="63"/>
       <c r="Y72" s="63"/>
       <c r="Z72" s="63"/>
-      <c r="AA72" s="893"/>
-[...4 lines deleted...]
-      <c r="AF72" s="893"/>
+      <c r="AA72" s="951"/>
+      <c r="AB72" s="951"/>
+      <c r="AC72" s="951"/>
+      <c r="AD72" s="951"/>
+      <c r="AE72" s="951"/>
+      <c r="AF72" s="951"/>
       <c r="AG72" s="62" t="s">
         <v>193</v>
       </c>
       <c r="AH72" s="95"/>
     </row>
     <row r="73" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="60"/>
       <c r="B73" s="63"/>
       <c r="C73" s="62"/>
       <c r="D73" s="62"/>
       <c r="E73" s="62"/>
       <c r="F73" s="62"/>
       <c r="G73" s="62"/>
       <c r="H73" s="62"/>
       <c r="I73" s="62"/>
       <c r="J73" s="62"/>
       <c r="K73" s="62"/>
       <c r="L73" s="62"/>
       <c r="M73" s="62"/>
       <c r="N73" s="62"/>
       <c r="O73" s="62"/>
       <c r="P73" s="62"/>
       <c r="Q73" s="62"/>
       <c r="R73" s="62"/>
       <c r="S73" s="62"/>
@@ -32470,123 +32469,123 @@
       <c r="Y73" s="63"/>
       <c r="Z73" s="63"/>
       <c r="AA73" s="63"/>
       <c r="AB73" s="63"/>
       <c r="AC73" s="63"/>
       <c r="AD73" s="63"/>
       <c r="AE73" s="63"/>
       <c r="AF73" s="63"/>
       <c r="AG73" s="62"/>
       <c r="AH73" s="95"/>
     </row>
     <row r="74" spans="1:41" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="60"/>
       <c r="B74" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C74" s="63" t="s">
         <v>206</v>
       </c>
       <c r="D74" s="63"/>
       <c r="E74" s="63"/>
       <c r="F74" s="63"/>
       <c r="G74" s="63"/>
       <c r="H74" s="63"/>
       <c r="I74" s="63"/>
-      <c r="J74" s="892"/>
-[...6 lines deleted...]
-      <c r="Q74" s="892"/>
+      <c r="J74" s="950"/>
+      <c r="K74" s="950"/>
+      <c r="L74" s="950"/>
+      <c r="M74" s="950"/>
+      <c r="N74" s="950"/>
+      <c r="O74" s="950"/>
+      <c r="P74" s="950"/>
+      <c r="Q74" s="950"/>
       <c r="R74" s="64" t="s">
         <v>195</v>
       </c>
       <c r="S74" s="63"/>
       <c r="T74" s="63"/>
       <c r="U74" s="63"/>
       <c r="V74" s="99" t="s">
         <v>5</v>
       </c>
       <c r="W74" s="63" t="s">
         <v>205</v>
       </c>
       <c r="X74" s="63"/>
       <c r="Y74" s="63"/>
       <c r="Z74" s="63"/>
-      <c r="AA74" s="892"/>
-[...4 lines deleted...]
-      <c r="AF74" s="892"/>
+      <c r="AA74" s="950"/>
+      <c r="AB74" s="950"/>
+      <c r="AC74" s="950"/>
+      <c r="AD74" s="950"/>
+      <c r="AE74" s="950"/>
+      <c r="AF74" s="950"/>
       <c r="AG74" s="81" t="s">
         <v>195</v>
       </c>
       <c r="AH74" s="95"/>
     </row>
     <row r="75" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="60"/>
       <c r="B75" s="62"/>
       <c r="C75" s="62" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="62"/>
       <c r="E75" s="62"/>
       <c r="F75" s="62"/>
       <c r="G75" s="62"/>
       <c r="H75" s="62"/>
       <c r="I75" s="62"/>
-      <c r="J75" s="893"/>
-[...6 lines deleted...]
-      <c r="Q75" s="893"/>
+      <c r="J75" s="951"/>
+      <c r="K75" s="951"/>
+      <c r="L75" s="951"/>
+      <c r="M75" s="951"/>
+      <c r="N75" s="951"/>
+      <c r="O75" s="951"/>
+      <c r="P75" s="951"/>
+      <c r="Q75" s="951"/>
       <c r="R75" s="62" t="s">
         <v>193</v>
       </c>
       <c r="S75" s="62"/>
       <c r="T75" s="62"/>
       <c r="U75" s="63"/>
       <c r="V75" s="62"/>
       <c r="W75" s="62" t="s">
         <v>204</v>
       </c>
       <c r="X75" s="62"/>
       <c r="Y75" s="63"/>
       <c r="Z75" s="63"/>
-      <c r="AA75" s="893"/>
-[...4 lines deleted...]
-      <c r="AF75" s="893"/>
+      <c r="AA75" s="951"/>
+      <c r="AB75" s="951"/>
+      <c r="AC75" s="951"/>
+      <c r="AD75" s="951"/>
+      <c r="AE75" s="951"/>
+      <c r="AF75" s="951"/>
       <c r="AG75" s="62" t="s">
         <v>193</v>
       </c>
       <c r="AH75" s="95"/>
     </row>
     <row r="76" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="60"/>
       <c r="B76" s="62"/>
       <c r="C76" s="62"/>
       <c r="D76" s="62"/>
       <c r="E76" s="62"/>
       <c r="F76" s="62"/>
       <c r="G76" s="62"/>
       <c r="H76" s="62"/>
       <c r="I76" s="62"/>
       <c r="J76" s="62"/>
       <c r="K76" s="62"/>
       <c r="L76" s="62"/>
       <c r="M76" s="62"/>
       <c r="N76" s="62"/>
       <c r="O76" s="62"/>
       <c r="P76" s="62"/>
       <c r="Q76" s="62"/>
       <c r="R76" s="62"/>
       <c r="S76" s="62"/>
@@ -32594,98 +32593,98 @@
       <c r="U76" s="62"/>
       <c r="V76" s="62"/>
       <c r="W76" s="62"/>
       <c r="X76" s="63"/>
       <c r="Y76" s="63"/>
       <c r="Z76" s="63"/>
       <c r="AA76" s="63"/>
       <c r="AB76" s="63"/>
       <c r="AC76" s="63"/>
       <c r="AD76" s="63"/>
       <c r="AE76" s="63"/>
       <c r="AF76" s="63"/>
       <c r="AG76" s="62"/>
       <c r="AH76" s="95"/>
     </row>
     <row r="77" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="60"/>
       <c r="B77" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C77" s="63" t="s">
         <v>203</v>
       </c>
       <c r="D77" s="63"/>
       <c r="E77" s="63"/>
-      <c r="F77" s="846"/>
-[...6 lines deleted...]
-      <c r="M77" s="846"/>
+      <c r="F77" s="786"/>
+      <c r="G77" s="786"/>
+      <c r="H77" s="786"/>
+      <c r="I77" s="786"/>
+      <c r="J77" s="786"/>
+      <c r="K77" s="786"/>
+      <c r="L77" s="786"/>
+      <c r="M77" s="786"/>
       <c r="N77" s="63" t="s">
         <v>195</v>
       </c>
       <c r="O77" s="63"/>
       <c r="P77" s="63"/>
       <c r="Q77" s="63"/>
       <c r="R77" s="63"/>
       <c r="S77" s="63"/>
       <c r="T77" s="63"/>
       <c r="U77" s="63"/>
       <c r="V77" s="63"/>
       <c r="W77" s="63"/>
       <c r="X77" s="63"/>
       <c r="Y77" s="63"/>
       <c r="Z77" s="63"/>
       <c r="AA77" s="63"/>
       <c r="AB77" s="63"/>
       <c r="AC77" s="63"/>
       <c r="AD77" s="63"/>
       <c r="AE77" s="63"/>
       <c r="AF77" s="63"/>
       <c r="AG77" s="63"/>
       <c r="AH77" s="95"/>
     </row>
     <row r="78" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="60"/>
       <c r="B78" s="63"/>
       <c r="C78" s="62" t="s">
         <v>83</v>
       </c>
       <c r="D78" s="63"/>
       <c r="E78" s="63"/>
-      <c r="F78" s="847"/>
-[...6 lines deleted...]
-      <c r="M78" s="847"/>
+      <c r="F78" s="787"/>
+      <c r="G78" s="787"/>
+      <c r="H78" s="787"/>
+      <c r="I78" s="787"/>
+      <c r="J78" s="787"/>
+      <c r="K78" s="787"/>
+      <c r="L78" s="787"/>
+      <c r="M78" s="787"/>
       <c r="N78" s="62" t="s">
         <v>193</v>
       </c>
       <c r="O78" s="63"/>
       <c r="P78" s="63"/>
       <c r="Q78" s="63"/>
       <c r="R78" s="63"/>
       <c r="S78" s="63"/>
       <c r="T78" s="63"/>
       <c r="U78" s="63"/>
       <c r="V78" s="63"/>
       <c r="W78" s="63"/>
       <c r="X78" s="63"/>
       <c r="Y78" s="63"/>
       <c r="Z78" s="63"/>
       <c r="AA78" s="63"/>
       <c r="AB78" s="63"/>
       <c r="AC78" s="63"/>
       <c r="AD78" s="63"/>
       <c r="AE78" s="63"/>
       <c r="AF78" s="63"/>
       <c r="AG78" s="63"/>
       <c r="AH78" s="95"/>
       <c r="AO78" s="41"/>
     </row>
@@ -32782,249 +32781,249 @@
       <c r="O81" s="63"/>
       <c r="P81" s="63"/>
       <c r="Q81" s="63"/>
       <c r="R81" s="63"/>
       <c r="S81" s="63"/>
       <c r="T81" s="63"/>
       <c r="U81" s="63"/>
       <c r="V81" s="63"/>
       <c r="W81" s="63"/>
       <c r="X81" s="63"/>
       <c r="Y81" s="63"/>
       <c r="Z81" s="63"/>
       <c r="AA81" s="63"/>
       <c r="AB81" s="63"/>
       <c r="AC81" s="63"/>
       <c r="AD81" s="63"/>
       <c r="AE81" s="63"/>
       <c r="AF81" s="63"/>
       <c r="AG81" s="63"/>
       <c r="AH81" s="95"/>
       <c r="AO81" s="41"/>
     </row>
     <row r="82" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="60"/>
       <c r="B82" s="63"/>
-      <c r="C82" s="894" t="s">
+      <c r="C82" s="952" t="s">
         <v>202</v>
       </c>
-      <c r="D82" s="894"/>
-[...29 lines deleted...]
-      <c r="AH82" s="895"/>
+      <c r="D82" s="952"/>
+      <c r="E82" s="952"/>
+      <c r="F82" s="952"/>
+      <c r="G82" s="952"/>
+      <c r="H82" s="952"/>
+      <c r="I82" s="952"/>
+      <c r="J82" s="952"/>
+      <c r="K82" s="952"/>
+      <c r="L82" s="952"/>
+      <c r="M82" s="952"/>
+      <c r="N82" s="952"/>
+      <c r="O82" s="952"/>
+      <c r="P82" s="952"/>
+      <c r="Q82" s="952"/>
+      <c r="R82" s="952"/>
+      <c r="S82" s="952"/>
+      <c r="T82" s="952"/>
+      <c r="U82" s="952"/>
+      <c r="V82" s="952"/>
+      <c r="W82" s="952"/>
+      <c r="X82" s="952"/>
+      <c r="Y82" s="952"/>
+      <c r="Z82" s="952"/>
+      <c r="AA82" s="952"/>
+      <c r="AB82" s="952"/>
+      <c r="AC82" s="952"/>
+      <c r="AD82" s="952"/>
+      <c r="AE82" s="952"/>
+      <c r="AF82" s="952"/>
+      <c r="AG82" s="952"/>
+      <c r="AH82" s="953"/>
       <c r="AO82" s="41"/>
     </row>
     <row r="83" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="60"/>
       <c r="B83" s="63"/>
       <c r="C83" s="63" t="s">
         <v>201</v>
       </c>
       <c r="D83" s="63"/>
       <c r="E83" s="63"/>
       <c r="F83" s="63"/>
-      <c r="G83" s="848" t="str">
+      <c r="G83" s="788" t="str">
         <f>'Form 1'!D96&amp;""</f>
         <v/>
       </c>
-      <c r="H83" s="848"/>
-[...12 lines deleted...]
-      <c r="U83" s="848"/>
+      <c r="H83" s="788"/>
+      <c r="I83" s="788"/>
+      <c r="J83" s="788"/>
+      <c r="K83" s="788"/>
+      <c r="L83" s="788"/>
+      <c r="M83" s="788"/>
+      <c r="N83" s="788"/>
+      <c r="O83" s="788"/>
+      <c r="P83" s="788"/>
+      <c r="Q83" s="788"/>
+      <c r="R83" s="788"/>
+      <c r="S83" s="788"/>
+      <c r="T83" s="788"/>
+      <c r="U83" s="788"/>
       <c r="V83" s="63"/>
       <c r="W83" s="63"/>
       <c r="X83" s="63"/>
       <c r="Y83" s="63"/>
       <c r="Z83" s="63"/>
       <c r="AA83" s="63"/>
       <c r="AB83" s="63"/>
       <c r="AC83" s="63"/>
       <c r="AD83" s="63"/>
       <c r="AE83" s="63"/>
       <c r="AF83" s="63"/>
       <c r="AG83" s="63"/>
       <c r="AH83" s="95"/>
     </row>
     <row r="84" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="60"/>
       <c r="B84" s="63"/>
       <c r="C84" s="63"/>
       <c r="D84" s="62" t="s">
         <v>31</v>
       </c>
       <c r="E84" s="63"/>
       <c r="F84" s="63"/>
-      <c r="G84" s="849"/>
-[...13 lines deleted...]
-      <c r="U84" s="849"/>
+      <c r="G84" s="789"/>
+      <c r="H84" s="789"/>
+      <c r="I84" s="789"/>
+      <c r="J84" s="789"/>
+      <c r="K84" s="789"/>
+      <c r="L84" s="789"/>
+      <c r="M84" s="789"/>
+      <c r="N84" s="789"/>
+      <c r="O84" s="789"/>
+      <c r="P84" s="789"/>
+      <c r="Q84" s="789"/>
+      <c r="R84" s="789"/>
+      <c r="S84" s="789"/>
+      <c r="T84" s="789"/>
+      <c r="U84" s="789"/>
       <c r="V84" s="63"/>
       <c r="W84" s="63"/>
       <c r="X84" s="63"/>
       <c r="Y84" s="63"/>
       <c r="Z84" s="63"/>
       <c r="AA84" s="63"/>
       <c r="AB84" s="63"/>
       <c r="AC84" s="63"/>
       <c r="AD84" s="63"/>
       <c r="AE84" s="63"/>
       <c r="AF84" s="63"/>
       <c r="AG84" s="63"/>
       <c r="AH84" s="95"/>
     </row>
     <row r="85" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="60"/>
       <c r="B85" s="63"/>
       <c r="C85" s="63" t="s">
         <v>200</v>
       </c>
       <c r="D85" s="63"/>
       <c r="E85" s="63"/>
       <c r="F85" s="63"/>
-      <c r="G85" s="884" t="str">
+      <c r="G85" s="942" t="str">
         <f>'Form 1'!D97&amp;""</f>
         <v/>
       </c>
-      <c r="H85" s="884"/>
-[...12 lines deleted...]
-      <c r="U85" s="884"/>
+      <c r="H85" s="942"/>
+      <c r="I85" s="942"/>
+      <c r="J85" s="942"/>
+      <c r="K85" s="942"/>
+      <c r="L85" s="942"/>
+      <c r="M85" s="942"/>
+      <c r="N85" s="942"/>
+      <c r="O85" s="942"/>
+      <c r="P85" s="942"/>
+      <c r="Q85" s="942"/>
+      <c r="R85" s="942"/>
+      <c r="S85" s="942"/>
+      <c r="T85" s="942"/>
+      <c r="U85" s="942"/>
       <c r="V85" s="63"/>
       <c r="W85" s="63" t="s">
         <v>159</v>
       </c>
       <c r="X85" s="63"/>
       <c r="Y85" s="63"/>
       <c r="Z85" s="63"/>
-      <c r="AA85" s="848" t="str">
+      <c r="AA85" s="788" t="str">
         <f>'Form 1'!G99&amp;"-"&amp;'Form 1'!L99</f>
         <v>-</v>
       </c>
-      <c r="AB85" s="848"/>
-[...4 lines deleted...]
-      <c r="AG85" s="848"/>
+      <c r="AB85" s="788"/>
+      <c r="AC85" s="788"/>
+      <c r="AD85" s="788"/>
+      <c r="AE85" s="788"/>
+      <c r="AF85" s="788"/>
+      <c r="AG85" s="788"/>
       <c r="AH85" s="95"/>
     </row>
     <row r="86" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="60"/>
       <c r="B86" s="63"/>
       <c r="C86" s="63"/>
       <c r="D86" s="62" t="s">
         <v>199</v>
       </c>
       <c r="E86" s="62"/>
       <c r="F86" s="62"/>
-      <c r="G86" s="885"/>
-[...13 lines deleted...]
-      <c r="U86" s="885"/>
+      <c r="G86" s="943"/>
+      <c r="H86" s="943"/>
+      <c r="I86" s="943"/>
+      <c r="J86" s="943"/>
+      <c r="K86" s="943"/>
+      <c r="L86" s="943"/>
+      <c r="M86" s="943"/>
+      <c r="N86" s="943"/>
+      <c r="O86" s="943"/>
+      <c r="P86" s="943"/>
+      <c r="Q86" s="943"/>
+      <c r="R86" s="943"/>
+      <c r="S86" s="943"/>
+      <c r="T86" s="943"/>
+      <c r="U86" s="943"/>
       <c r="V86" s="62"/>
       <c r="W86" s="62" t="s">
         <v>157</v>
       </c>
       <c r="X86" s="62"/>
       <c r="Y86" s="63"/>
       <c r="Z86" s="63"/>
-      <c r="AA86" s="849"/>
-[...5 lines deleted...]
-      <c r="AG86" s="849"/>
+      <c r="AA86" s="789"/>
+      <c r="AB86" s="789"/>
+      <c r="AC86" s="789"/>
+      <c r="AD86" s="789"/>
+      <c r="AE86" s="789"/>
+      <c r="AF86" s="789"/>
+      <c r="AG86" s="789"/>
       <c r="AH86" s="95"/>
     </row>
     <row r="87" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="60"/>
       <c r="B87" s="63"/>
       <c r="C87" s="63"/>
       <c r="D87" s="62"/>
       <c r="E87" s="62"/>
       <c r="F87" s="62"/>
       <c r="G87" s="62"/>
       <c r="H87" s="62"/>
       <c r="I87" s="62"/>
       <c r="J87" s="62"/>
       <c r="K87" s="62"/>
       <c r="L87" s="62"/>
       <c r="M87" s="62"/>
       <c r="N87" s="62"/>
       <c r="O87" s="62"/>
       <c r="P87" s="62"/>
       <c r="Q87" s="62"/>
       <c r="R87" s="62"/>
       <c r="S87" s="62"/>
       <c r="T87" s="62"/>
       <c r="U87" s="62"/>
       <c r="V87" s="62"/>
@@ -33033,218 +33032,218 @@
       <c r="Y87" s="63"/>
       <c r="Z87" s="63"/>
       <c r="AA87" s="63"/>
       <c r="AB87" s="63"/>
       <c r="AC87" s="63"/>
       <c r="AD87" s="63"/>
       <c r="AE87" s="63"/>
       <c r="AF87" s="63"/>
       <c r="AG87" s="63"/>
       <c r="AH87" s="95"/>
     </row>
     <row r="88" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="114"/>
       <c r="B88" s="63"/>
       <c r="C88" s="63" t="s">
         <v>198</v>
       </c>
       <c r="D88" s="63"/>
       <c r="E88" s="63"/>
       <c r="F88" s="63"/>
       <c r="G88" s="63"/>
       <c r="H88" s="63"/>
       <c r="I88" s="63"/>
       <c r="J88" s="63"/>
       <c r="K88" s="63"/>
-      <c r="L88" s="886" t="str">
+      <c r="L88" s="944" t="str">
         <f>'Form 1'!D101&amp;"("&amp;'Form 1'!D103&amp;")"</f>
         <v>()</v>
       </c>
-      <c r="M88" s="886"/>
-[...7 lines deleted...]
-      <c r="U88" s="886"/>
+      <c r="M88" s="944"/>
+      <c r="N88" s="944"/>
+      <c r="O88" s="944"/>
+      <c r="P88" s="944"/>
+      <c r="Q88" s="944"/>
+      <c r="R88" s="944"/>
+      <c r="S88" s="944"/>
+      <c r="T88" s="944"/>
+      <c r="U88" s="944"/>
       <c r="V88" s="63"/>
       <c r="W88" s="63" t="s">
         <v>159</v>
       </c>
       <c r="X88" s="63"/>
       <c r="Y88" s="63"/>
       <c r="Z88" s="63"/>
-      <c r="AA88" s="848" t="str">
+      <c r="AA88" s="788" t="str">
         <f>'Form 1'!G104&amp;"-"&amp;'Form 1'!L104</f>
         <v>-</v>
       </c>
-      <c r="AB88" s="848"/>
-[...4 lines deleted...]
-      <c r="AG88" s="848"/>
+      <c r="AB88" s="788"/>
+      <c r="AC88" s="788"/>
+      <c r="AD88" s="788"/>
+      <c r="AE88" s="788"/>
+      <c r="AF88" s="788"/>
+      <c r="AG88" s="788"/>
       <c r="AH88" s="95"/>
     </row>
     <row r="89" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="60"/>
       <c r="B89" s="63"/>
       <c r="C89" s="63"/>
       <c r="D89" s="62" t="s">
         <v>197</v>
       </c>
       <c r="E89" s="62"/>
       <c r="F89" s="62"/>
       <c r="G89" s="62"/>
       <c r="H89" s="62"/>
       <c r="I89" s="62"/>
       <c r="J89" s="62"/>
       <c r="K89" s="62"/>
-      <c r="L89" s="887"/>
-[...8 lines deleted...]
-      <c r="U89" s="887"/>
+      <c r="L89" s="945"/>
+      <c r="M89" s="945"/>
+      <c r="N89" s="945"/>
+      <c r="O89" s="945"/>
+      <c r="P89" s="945"/>
+      <c r="Q89" s="945"/>
+      <c r="R89" s="945"/>
+      <c r="S89" s="945"/>
+      <c r="T89" s="945"/>
+      <c r="U89" s="945"/>
       <c r="V89" s="62"/>
       <c r="W89" s="62" t="s">
         <v>157</v>
       </c>
       <c r="X89" s="62"/>
       <c r="Y89" s="63"/>
       <c r="Z89" s="63"/>
-      <c r="AA89" s="849"/>
-[...5 lines deleted...]
-      <c r="AG89" s="849"/>
+      <c r="AA89" s="789"/>
+      <c r="AB89" s="789"/>
+      <c r="AC89" s="789"/>
+      <c r="AD89" s="789"/>
+      <c r="AE89" s="789"/>
+      <c r="AF89" s="789"/>
+      <c r="AG89" s="789"/>
       <c r="AH89" s="95"/>
     </row>
     <row r="90" spans="1:41" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="60"/>
       <c r="B90" s="63"/>
       <c r="C90" s="63"/>
       <c r="D90" s="62"/>
       <c r="E90" s="62"/>
       <c r="F90" s="62"/>
       <c r="G90" s="62"/>
       <c r="H90" s="62"/>
       <c r="I90" s="62"/>
       <c r="J90" s="62"/>
       <c r="K90" s="62"/>
       <c r="L90" s="115"/>
       <c r="M90" s="115"/>
       <c r="N90" s="115"/>
       <c r="O90" s="115"/>
       <c r="P90" s="115"/>
       <c r="Q90" s="115"/>
       <c r="R90" s="115"/>
       <c r="S90" s="115"/>
       <c r="T90" s="115"/>
       <c r="U90" s="115"/>
       <c r="V90" s="62"/>
       <c r="W90" s="62"/>
       <c r="X90" s="62"/>
       <c r="Y90" s="63"/>
       <c r="Z90" s="63"/>
       <c r="AA90" s="115"/>
       <c r="AB90" s="115"/>
       <c r="AC90" s="115"/>
       <c r="AD90" s="115"/>
       <c r="AE90" s="115"/>
       <c r="AF90" s="115"/>
       <c r="AG90" s="115"/>
       <c r="AH90" s="95"/>
     </row>
     <row r="91" spans="1:41" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="60"/>
       <c r="B91" s="81"/>
       <c r="C91" s="81" t="s">
         <v>196</v>
       </c>
       <c r="D91" s="81"/>
       <c r="E91" s="63"/>
       <c r="F91" s="63"/>
       <c r="G91" s="63"/>
-      <c r="H91" s="888">
+      <c r="H91" s="946">
         <f>'Form 1'!D106</f>
         <v>0</v>
       </c>
-      <c r="I91" s="888"/>
-[...4 lines deleted...]
-      <c r="N91" s="888"/>
+      <c r="I91" s="946"/>
+      <c r="J91" s="946"/>
+      <c r="K91" s="946"/>
+      <c r="L91" s="946"/>
+      <c r="M91" s="946"/>
+      <c r="N91" s="946"/>
       <c r="O91" s="63" t="s">
         <v>195</v>
       </c>
       <c r="P91" s="63"/>
       <c r="Q91" s="63"/>
       <c r="R91" s="63"/>
       <c r="S91" s="63"/>
       <c r="T91" s="63"/>
       <c r="U91" s="63"/>
       <c r="V91" s="63"/>
       <c r="W91" s="112"/>
       <c r="X91" s="112"/>
       <c r="Y91" s="112"/>
       <c r="Z91" s="63"/>
       <c r="AA91" s="63"/>
       <c r="AB91" s="63"/>
       <c r="AC91" s="63"/>
       <c r="AD91" s="63"/>
       <c r="AE91" s="63"/>
       <c r="AF91" s="63"/>
       <c r="AG91" s="63"/>
       <c r="AH91" s="95"/>
     </row>
     <row r="92" spans="1:41" s="28" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="60"/>
       <c r="B92" s="81"/>
       <c r="C92" s="81"/>
       <c r="D92" s="70" t="s">
         <v>194</v>
       </c>
       <c r="E92" s="63"/>
       <c r="F92" s="63"/>
       <c r="G92" s="63"/>
-      <c r="H92" s="889"/>
-[...5 lines deleted...]
-      <c r="N92" s="889"/>
+      <c r="H92" s="947"/>
+      <c r="I92" s="947"/>
+      <c r="J92" s="947"/>
+      <c r="K92" s="947"/>
+      <c r="L92" s="947"/>
+      <c r="M92" s="947"/>
+      <c r="N92" s="947"/>
       <c r="O92" s="62" t="s">
         <v>193</v>
       </c>
       <c r="P92" s="63"/>
       <c r="Q92" s="63"/>
       <c r="R92" s="63"/>
       <c r="S92" s="63"/>
       <c r="T92" s="63"/>
       <c r="U92" s="63"/>
       <c r="V92" s="63"/>
       <c r="W92" s="112"/>
       <c r="X92" s="112"/>
       <c r="Y92" s="112"/>
       <c r="Z92" s="63"/>
       <c r="AA92" s="63"/>
       <c r="AB92" s="63"/>
       <c r="AC92" s="63"/>
       <c r="AD92" s="63"/>
       <c r="AE92" s="63"/>
       <c r="AF92" s="63"/>
       <c r="AG92" s="63"/>
       <c r="AH92" s="95"/>
     </row>
     <row r="93" spans="1:41" s="28" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="86"/>
@@ -33299,171 +33298,171 @@
       <c r="N94" s="121"/>
       <c r="O94" s="121"/>
       <c r="P94" s="121"/>
       <c r="Q94" s="121"/>
       <c r="R94" s="121"/>
       <c r="S94" s="121"/>
       <c r="T94" s="121"/>
       <c r="U94" s="121"/>
       <c r="V94" s="121"/>
       <c r="W94" s="121"/>
       <c r="X94" s="121"/>
       <c r="Y94" s="121"/>
       <c r="Z94" s="121"/>
       <c r="AA94" s="121"/>
       <c r="AB94" s="121"/>
       <c r="AC94" s="121"/>
       <c r="AD94" s="121"/>
       <c r="AE94" s="121"/>
       <c r="AF94" s="121"/>
       <c r="AG94" s="121"/>
       <c r="AH94" s="120"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="GmljrV5MET9y+Qugo2sPe5dOcq8Iz/3k99iFyIi+m5gaqf3MH49MQsSvilFwGDj2HeOqkI7garI+u1oBXeh4QQ==" saltValue="BwxqILglRQgj4fg7q3lMWg==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="121">
-    <mergeCell ref="G5:AG6"/>
-[...23 lines deleted...]
-    <mergeCell ref="Z26:AH26"/>
+    <mergeCell ref="G83:U84"/>
+    <mergeCell ref="G85:U86"/>
+    <mergeCell ref="AA85:AG86"/>
+    <mergeCell ref="L88:U89"/>
+    <mergeCell ref="AA88:AG89"/>
+    <mergeCell ref="H91:N92"/>
+    <mergeCell ref="G71:N72"/>
+    <mergeCell ref="AA71:AF72"/>
+    <mergeCell ref="J74:Q75"/>
+    <mergeCell ref="AA74:AF75"/>
+    <mergeCell ref="F77:M78"/>
+    <mergeCell ref="C82:AH82"/>
+    <mergeCell ref="Y65:Z66"/>
+    <mergeCell ref="AA65:AB65"/>
+    <mergeCell ref="K66:L66"/>
+    <mergeCell ref="O66:P66"/>
+    <mergeCell ref="Q66:R66"/>
+    <mergeCell ref="W66:X66"/>
+    <mergeCell ref="AA66:AB66"/>
+    <mergeCell ref="F52:AG53"/>
+    <mergeCell ref="F55:AG56"/>
+    <mergeCell ref="G62:T63"/>
+    <mergeCell ref="G65:J66"/>
+    <mergeCell ref="K65:L65"/>
+    <mergeCell ref="M65:N66"/>
+    <mergeCell ref="O65:P65"/>
+    <mergeCell ref="Q65:R65"/>
+    <mergeCell ref="S65:V66"/>
+    <mergeCell ref="W65:X65"/>
+    <mergeCell ref="W49:X49"/>
+    <mergeCell ref="Y49:Z50"/>
+    <mergeCell ref="AA49:AB49"/>
+    <mergeCell ref="K50:L50"/>
+    <mergeCell ref="O50:P50"/>
+    <mergeCell ref="Q50:R50"/>
+    <mergeCell ref="W50:X50"/>
+    <mergeCell ref="AA50:AB50"/>
+    <mergeCell ref="G46:T47"/>
+    <mergeCell ref="G49:J50"/>
+    <mergeCell ref="K49:L49"/>
+    <mergeCell ref="M49:N50"/>
+    <mergeCell ref="O49:P49"/>
+    <mergeCell ref="Q49:R49"/>
+    <mergeCell ref="S49:V50"/>
+    <mergeCell ref="X34:Y35"/>
+    <mergeCell ref="Z34:AH35"/>
+    <mergeCell ref="B38:AG39"/>
+    <mergeCell ref="AF40:AG40"/>
+    <mergeCell ref="E42:R43"/>
+    <mergeCell ref="V42:AG43"/>
+    <mergeCell ref="X32:Y33"/>
+    <mergeCell ref="Z32:AH33"/>
+    <mergeCell ref="A34:B35"/>
+    <mergeCell ref="C34:D35"/>
+    <mergeCell ref="E34:F35"/>
+    <mergeCell ref="G34:H35"/>
+    <mergeCell ref="I34:Q35"/>
+    <mergeCell ref="R34:S35"/>
+    <mergeCell ref="T34:U35"/>
+    <mergeCell ref="V34:W35"/>
+    <mergeCell ref="Z30:AH31"/>
+    <mergeCell ref="A32:B33"/>
+    <mergeCell ref="C32:D33"/>
+    <mergeCell ref="E32:F33"/>
+    <mergeCell ref="G32:H33"/>
+    <mergeCell ref="I32:Q33"/>
+    <mergeCell ref="R32:S33"/>
+    <mergeCell ref="T32:U33"/>
+    <mergeCell ref="V32:W33"/>
+    <mergeCell ref="A30:B31"/>
+    <mergeCell ref="C30:D31"/>
+    <mergeCell ref="E30:F31"/>
+    <mergeCell ref="G30:H31"/>
+    <mergeCell ref="I30:Q31"/>
+    <mergeCell ref="R30:S31"/>
+    <mergeCell ref="T30:U31"/>
+    <mergeCell ref="V30:W31"/>
+    <mergeCell ref="X30:Y31"/>
     <mergeCell ref="T28:U28"/>
     <mergeCell ref="V28:W28"/>
     <mergeCell ref="X28:Y28"/>
     <mergeCell ref="Z28:AH28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="G29:H29"/>
     <mergeCell ref="R29:S29"/>
     <mergeCell ref="T29:U29"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="E28:F28"/>
     <mergeCell ref="G28:H28"/>
     <mergeCell ref="I28:Q28"/>
     <mergeCell ref="R28:S28"/>
     <mergeCell ref="V29:W29"/>
     <mergeCell ref="X29:Y29"/>
-    <mergeCell ref="Z30:AH31"/>
-[...76 lines deleted...]
-    <mergeCell ref="C82:AH82"/>
+    <mergeCell ref="A27:D27"/>
+    <mergeCell ref="E27:H27"/>
+    <mergeCell ref="I27:Q27"/>
+    <mergeCell ref="R27:U27"/>
+    <mergeCell ref="V27:Y27"/>
+    <mergeCell ref="Z27:AH27"/>
+    <mergeCell ref="P22:W22"/>
+    <mergeCell ref="AF22:AG22"/>
+    <mergeCell ref="B25:AH25"/>
+    <mergeCell ref="A26:D26"/>
+    <mergeCell ref="E26:H26"/>
+    <mergeCell ref="I26:Q26"/>
+    <mergeCell ref="R26:U26"/>
+    <mergeCell ref="V26:Y26"/>
+    <mergeCell ref="Z26:AH26"/>
+    <mergeCell ref="G5:AG6"/>
+    <mergeCell ref="F8:S9"/>
+    <mergeCell ref="Y8:AG9"/>
+    <mergeCell ref="V11:Y12"/>
+    <mergeCell ref="Z19:AF20"/>
+    <mergeCell ref="H21:N22"/>
+    <mergeCell ref="O21:W21"/>
+    <mergeCell ref="X21:AB22"/>
+    <mergeCell ref="AD21:AE22"/>
+    <mergeCell ref="AF21:AG21"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C17 S71 V74 B77 B74 B71 H15 M15 R15 X15 J17 Q17 V17 AB17 P19 J19 C19 B40 B45 B52 V19" xr:uid="{6BB062CA-E1C9-4E41-9272-FB078136C2C5}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A693DAA4-E9CD-4DC5-9C5A-8F075B506AED}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
@@ -34160,98 +34159,98 @@
       <c r="D16" s="81" t="s">
         <v>308</v>
       </c>
       <c r="E16" s="81"/>
       <c r="F16" s="81"/>
       <c r="G16" s="81"/>
       <c r="H16" s="81"/>
       <c r="I16" s="81"/>
       <c r="J16" s="81"/>
       <c r="K16" s="81"/>
       <c r="L16" s="81"/>
       <c r="M16" s="81"/>
       <c r="N16" s="81"/>
       <c r="O16" s="81"/>
       <c r="P16" s="81"/>
       <c r="Q16" s="81"/>
       <c r="R16" s="63"/>
       <c r="S16" s="99" t="s">
         <v>5</v>
       </c>
       <c r="T16" s="81" t="s">
         <v>241</v>
       </c>
       <c r="U16" s="81"/>
       <c r="V16" s="81"/>
-      <c r="W16" s="949"/>
-[...4 lines deleted...]
-      <c r="AB16" s="949"/>
+      <c r="W16" s="892"/>
+      <c r="X16" s="892"/>
+      <c r="Y16" s="892"/>
+      <c r="Z16" s="892"/>
+      <c r="AA16" s="892"/>
+      <c r="AB16" s="892"/>
       <c r="AC16" s="81" t="s">
         <v>63</v>
       </c>
       <c r="AD16" s="81"/>
       <c r="AE16" s="81"/>
       <c r="AF16" s="81"/>
       <c r="AG16" s="81"/>
       <c r="AH16" s="95"/>
     </row>
     <row r="17" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="60"/>
       <c r="B17" s="63"/>
       <c r="C17" s="81"/>
       <c r="D17" s="62" t="s">
         <v>307</v>
       </c>
       <c r="E17" s="62"/>
       <c r="F17" s="62"/>
       <c r="G17" s="62"/>
       <c r="H17" s="62"/>
       <c r="I17" s="62"/>
       <c r="J17" s="62"/>
       <c r="K17" s="62"/>
       <c r="L17" s="62"/>
       <c r="M17" s="62"/>
       <c r="N17" s="62"/>
       <c r="O17" s="62"/>
       <c r="P17" s="62"/>
       <c r="Q17" s="62"/>
       <c r="R17" s="63"/>
       <c r="S17" s="62"/>
       <c r="T17" s="62" t="s">
         <v>83</v>
       </c>
       <c r="U17" s="62"/>
       <c r="V17" s="81"/>
-      <c r="W17" s="949"/>
-[...4 lines deleted...]
-      <c r="AB17" s="949"/>
+      <c r="W17" s="892"/>
+      <c r="X17" s="892"/>
+      <c r="Y17" s="892"/>
+      <c r="Z17" s="892"/>
+      <c r="AA17" s="892"/>
+      <c r="AB17" s="892"/>
       <c r="AC17" s="81"/>
       <c r="AD17" s="81"/>
       <c r="AE17" s="81"/>
       <c r="AF17" s="81"/>
       <c r="AG17" s="81"/>
       <c r="AH17" s="95"/>
     </row>
     <row r="18" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="60"/>
       <c r="B18" s="63"/>
       <c r="C18" s="81"/>
       <c r="D18" s="62"/>
       <c r="E18" s="62"/>
       <c r="F18" s="62"/>
       <c r="G18" s="62"/>
       <c r="H18" s="62"/>
       <c r="I18" s="62"/>
       <c r="J18" s="62"/>
       <c r="K18" s="62"/>
       <c r="L18" s="62"/>
       <c r="M18" s="62"/>
       <c r="N18" s="62"/>
       <c r="O18" s="62"/>
       <c r="P18" s="62"/>
       <c r="Q18" s="62"/>
@@ -34292,84 +34291,84 @@
       <c r="N19" s="81"/>
       <c r="O19" s="81"/>
       <c r="P19" s="81"/>
       <c r="Q19" s="81"/>
       <c r="R19" s="81"/>
       <c r="S19" s="81"/>
       <c r="T19" s="81"/>
       <c r="U19" s="81"/>
       <c r="V19" s="81"/>
       <c r="W19" s="81"/>
       <c r="X19" s="81"/>
       <c r="Y19" s="81"/>
       <c r="Z19" s="81"/>
       <c r="AA19" s="81"/>
       <c r="AB19" s="81"/>
       <c r="AC19" s="81"/>
       <c r="AD19" s="81"/>
       <c r="AE19" s="81"/>
       <c r="AF19" s="81"/>
       <c r="AG19" s="81"/>
       <c r="AH19" s="95"/>
     </row>
     <row r="20" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="60"/>
       <c r="B20" s="63"/>
-      <c r="C20" s="894" t="s">
+      <c r="C20" s="952" t="s">
         <v>506</v>
       </c>
-      <c r="D20" s="894"/>
-[...29 lines deleted...]
-      <c r="AH20" s="895"/>
+      <c r="D20" s="952"/>
+      <c r="E20" s="952"/>
+      <c r="F20" s="952"/>
+      <c r="G20" s="952"/>
+      <c r="H20" s="952"/>
+      <c r="I20" s="952"/>
+      <c r="J20" s="952"/>
+      <c r="K20" s="952"/>
+      <c r="L20" s="952"/>
+      <c r="M20" s="952"/>
+      <c r="N20" s="952"/>
+      <c r="O20" s="952"/>
+      <c r="P20" s="952"/>
+      <c r="Q20" s="952"/>
+      <c r="R20" s="952"/>
+      <c r="S20" s="952"/>
+      <c r="T20" s="952"/>
+      <c r="U20" s="952"/>
+      <c r="V20" s="952"/>
+      <c r="W20" s="952"/>
+      <c r="X20" s="952"/>
+      <c r="Y20" s="952"/>
+      <c r="Z20" s="952"/>
+      <c r="AA20" s="952"/>
+      <c r="AB20" s="952"/>
+      <c r="AC20" s="952"/>
+      <c r="AD20" s="952"/>
+      <c r="AE20" s="952"/>
+      <c r="AF20" s="952"/>
+      <c r="AG20" s="952"/>
+      <c r="AH20" s="953"/>
     </row>
     <row r="21" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="60"/>
       <c r="B21" s="63"/>
       <c r="C21" s="62"/>
       <c r="D21" s="81"/>
       <c r="E21" s="81"/>
       <c r="F21" s="81"/>
       <c r="G21" s="81"/>
       <c r="H21" s="81"/>
       <c r="I21" s="81"/>
       <c r="J21" s="81"/>
       <c r="K21" s="81"/>
       <c r="L21" s="81"/>
       <c r="M21" s="81"/>
       <c r="N21" s="81"/>
       <c r="O21" s="81"/>
       <c r="P21" s="81"/>
       <c r="Q21" s="81"/>
       <c r="R21" s="81"/>
       <c r="S21" s="81"/>
       <c r="T21" s="81"/>
       <c r="U21" s="81"/>
       <c r="V21" s="81"/>
       <c r="W21" s="81"/>
@@ -34495,147 +34494,147 @@
       <c r="Q24" s="62"/>
       <c r="R24" s="62"/>
       <c r="S24" s="81"/>
       <c r="T24" s="81"/>
       <c r="U24" s="81"/>
       <c r="V24" s="81"/>
       <c r="W24" s="81"/>
       <c r="X24" s="81"/>
       <c r="Y24" s="81"/>
       <c r="Z24" s="81"/>
       <c r="AA24" s="81"/>
       <c r="AB24" s="81"/>
       <c r="AC24" s="81"/>
       <c r="AD24" s="81"/>
       <c r="AE24" s="81"/>
       <c r="AF24" s="81"/>
       <c r="AG24" s="81"/>
       <c r="AH24" s="95"/>
     </row>
     <row r="25" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="60"/>
       <c r="B25" s="63"/>
       <c r="C25" s="99" t="s">
         <v>5</v>
       </c>
-      <c r="D25" s="978" t="s">
+      <c r="D25" s="956" t="s">
         <v>303</v>
       </c>
-      <c r="E25" s="979"/>
-[...15 lines deleted...]
-      <c r="U25" s="949"/>
+      <c r="E25" s="957"/>
+      <c r="F25" s="957"/>
+      <c r="G25" s="957"/>
+      <c r="H25" s="957"/>
+      <c r="I25" s="957"/>
+      <c r="J25" s="957"/>
+      <c r="K25" s="957"/>
+      <c r="L25" s="957"/>
+      <c r="M25" s="957"/>
+      <c r="N25" s="957"/>
+      <c r="O25" s="892"/>
+      <c r="P25" s="892"/>
+      <c r="Q25" s="892"/>
+      <c r="R25" s="892"/>
+      <c r="S25" s="892"/>
+      <c r="T25" s="892"/>
+      <c r="U25" s="892"/>
       <c r="V25" s="81" t="s">
         <v>63</v>
       </c>
       <c r="W25" s="99" t="s">
         <v>5</v>
       </c>
       <c r="X25" s="81" t="s">
         <v>241</v>
       </c>
       <c r="Y25" s="81"/>
       <c r="Z25" s="63"/>
-      <c r="AA25" s="949"/>
-[...4 lines deleted...]
-      <c r="AF25" s="949"/>
+      <c r="AA25" s="892"/>
+      <c r="AB25" s="892"/>
+      <c r="AC25" s="892"/>
+      <c r="AD25" s="892"/>
+      <c r="AE25" s="892"/>
+      <c r="AF25" s="892"/>
       <c r="AG25" s="81" t="s">
         <v>63</v>
       </c>
       <c r="AH25" s="95"/>
     </row>
     <row r="26" spans="1:34" s="28" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="60"/>
       <c r="B26" s="63"/>
       <c r="C26" s="62"/>
-      <c r="D26" s="908" t="s">
+      <c r="D26" s="937" t="s">
         <v>302</v>
       </c>
-      <c r="E26" s="908"/>
-[...15 lines deleted...]
-      <c r="U26" s="949"/>
+      <c r="E26" s="937"/>
+      <c r="F26" s="937"/>
+      <c r="G26" s="937"/>
+      <c r="H26" s="937"/>
+      <c r="I26" s="937"/>
+      <c r="J26" s="937"/>
+      <c r="K26" s="937"/>
+      <c r="L26" s="937"/>
+      <c r="M26" s="937"/>
+      <c r="N26" s="937"/>
+      <c r="O26" s="892"/>
+      <c r="P26" s="892"/>
+      <c r="Q26" s="892"/>
+      <c r="R26" s="892"/>
+      <c r="S26" s="892"/>
+      <c r="T26" s="892"/>
+      <c r="U26" s="892"/>
       <c r="V26" s="81"/>
       <c r="W26" s="81"/>
       <c r="X26" s="62" t="s">
         <v>83</v>
       </c>
       <c r="Y26" s="81"/>
       <c r="Z26" s="81"/>
-      <c r="AA26" s="949"/>
-[...4 lines deleted...]
-      <c r="AF26" s="949"/>
+      <c r="AA26" s="892"/>
+      <c r="AB26" s="892"/>
+      <c r="AC26" s="892"/>
+      <c r="AD26" s="892"/>
+      <c r="AE26" s="892"/>
+      <c r="AF26" s="892"/>
       <c r="AG26" s="81"/>
       <c r="AH26" s="95"/>
     </row>
     <row r="27" spans="1:34" s="28" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="60"/>
       <c r="B27" s="63"/>
       <c r="C27" s="62"/>
-      <c r="D27" s="908"/>
-[...9 lines deleted...]
-      <c r="N27" s="908"/>
+      <c r="D27" s="937"/>
+      <c r="E27" s="937"/>
+      <c r="F27" s="937"/>
+      <c r="G27" s="937"/>
+      <c r="H27" s="937"/>
+      <c r="I27" s="937"/>
+      <c r="J27" s="937"/>
+      <c r="K27" s="937"/>
+      <c r="L27" s="937"/>
+      <c r="M27" s="937"/>
+      <c r="N27" s="937"/>
       <c r="O27" s="62"/>
       <c r="P27" s="62"/>
       <c r="Q27" s="63"/>
       <c r="R27" s="62"/>
       <c r="S27" s="81"/>
       <c r="T27" s="81"/>
       <c r="U27" s="81"/>
       <c r="V27" s="81"/>
       <c r="W27" s="81"/>
       <c r="X27" s="62"/>
       <c r="Y27" s="81"/>
       <c r="Z27" s="81"/>
       <c r="AA27" s="81"/>
       <c r="AB27" s="81"/>
       <c r="AC27" s="81"/>
       <c r="AD27" s="81"/>
       <c r="AE27" s="81"/>
       <c r="AF27" s="81"/>
       <c r="AG27" s="81"/>
       <c r="AH27" s="95"/>
     </row>
     <row r="28" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="60"/>
       <c r="B28" s="63"/>
       <c r="C28" s="62"/>
@@ -34870,108 +34869,108 @@
     <row r="34" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="60"/>
       <c r="B34" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="63" t="s">
         <v>296</v>
       </c>
       <c r="D34" s="62"/>
       <c r="E34" s="62"/>
       <c r="F34" s="62"/>
       <c r="G34" s="62"/>
       <c r="H34" s="125"/>
       <c r="I34" s="62"/>
       <c r="J34" s="62"/>
       <c r="K34" s="63"/>
       <c r="L34" s="63"/>
       <c r="M34" s="99" t="s">
         <v>5</v>
       </c>
       <c r="N34" s="81" t="s">
         <v>241</v>
       </c>
       <c r="O34" s="62"/>
       <c r="P34" s="62"/>
-      <c r="Q34" s="969"/>
-[...14 lines deleted...]
-      <c r="AF34" s="969"/>
+      <c r="Q34" s="960"/>
+      <c r="R34" s="960"/>
+      <c r="S34" s="960"/>
+      <c r="T34" s="960"/>
+      <c r="U34" s="960"/>
+      <c r="V34" s="960"/>
+      <c r="W34" s="960"/>
+      <c r="X34" s="960"/>
+      <c r="Y34" s="960"/>
+      <c r="Z34" s="960"/>
+      <c r="AA34" s="960"/>
+      <c r="AB34" s="960"/>
+      <c r="AC34" s="960"/>
+      <c r="AD34" s="960"/>
+      <c r="AE34" s="960"/>
+      <c r="AF34" s="960"/>
       <c r="AG34" s="81" t="s">
         <v>63</v>
       </c>
       <c r="AH34" s="101"/>
     </row>
     <row r="35" spans="1:34" s="28" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="60"/>
       <c r="B35" s="63"/>
       <c r="C35" s="62" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="62"/>
       <c r="E35" s="62"/>
       <c r="F35" s="62"/>
       <c r="G35" s="62"/>
       <c r="H35" s="125"/>
       <c r="I35" s="62"/>
       <c r="J35" s="62"/>
       <c r="K35" s="63"/>
       <c r="L35" s="63"/>
       <c r="M35" s="62"/>
       <c r="N35" s="62" t="s">
         <v>295</v>
       </c>
       <c r="O35" s="62"/>
       <c r="P35" s="62"/>
-      <c r="Q35" s="969"/>
-[...14 lines deleted...]
-      <c r="AF35" s="969"/>
+      <c r="Q35" s="960"/>
+      <c r="R35" s="960"/>
+      <c r="S35" s="960"/>
+      <c r="T35" s="960"/>
+      <c r="U35" s="960"/>
+      <c r="V35" s="960"/>
+      <c r="W35" s="960"/>
+      <c r="X35" s="960"/>
+      <c r="Y35" s="960"/>
+      <c r="Z35" s="960"/>
+      <c r="AA35" s="960"/>
+      <c r="AB35" s="960"/>
+      <c r="AC35" s="960"/>
+      <c r="AD35" s="960"/>
+      <c r="AE35" s="960"/>
+      <c r="AF35" s="960"/>
       <c r="AG35" s="81"/>
       <c r="AH35" s="101"/>
     </row>
     <row r="36" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
       <c r="A36" s="60" t="s">
         <v>547</v>
       </c>
       <c r="B36" s="63"/>
       <c r="C36" s="63"/>
       <c r="D36" s="63"/>
       <c r="E36" s="63"/>
       <c r="F36" s="63"/>
       <c r="G36" s="63"/>
       <c r="H36" s="63"/>
       <c r="I36" s="63"/>
       <c r="J36" s="63"/>
       <c r="K36" s="63"/>
       <c r="L36" s="63"/>
       <c r="M36" s="63"/>
       <c r="N36" s="63"/>
       <c r="O36" s="63"/>
       <c r="P36" s="63"/>
       <c r="Q36" s="63"/>
       <c r="R36" s="63"/>
       <c r="S36" s="63"/>
@@ -35051,348 +35050,348 @@
       <c r="S38" s="63"/>
       <c r="T38" s="63"/>
       <c r="U38" s="63"/>
       <c r="V38" s="63"/>
       <c r="W38" s="63"/>
       <c r="X38" s="63"/>
       <c r="Y38" s="63"/>
       <c r="Z38" s="63"/>
       <c r="AA38" s="63"/>
       <c r="AB38" s="63"/>
       <c r="AC38" s="63"/>
       <c r="AD38" s="63"/>
       <c r="AE38" s="63"/>
       <c r="AF38" s="63"/>
       <c r="AG38" s="63"/>
       <c r="AH38" s="95"/>
     </row>
     <row r="39" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
       <c r="A39" s="60"/>
       <c r="B39" s="63" t="s">
         <v>279</v>
       </c>
       <c r="C39" s="63"/>
       <c r="D39" s="63"/>
       <c r="E39" s="63"/>
-      <c r="F39" s="970"/>
-[...9 lines deleted...]
-      <c r="P39" s="970"/>
+      <c r="F39" s="961"/>
+      <c r="G39" s="961"/>
+      <c r="H39" s="961"/>
+      <c r="I39" s="961"/>
+      <c r="J39" s="961"/>
+      <c r="K39" s="961"/>
+      <c r="L39" s="961"/>
+      <c r="M39" s="961"/>
+      <c r="N39" s="961"/>
+      <c r="O39" s="961"/>
+      <c r="P39" s="961"/>
       <c r="Q39" s="63"/>
       <c r="R39" s="63" t="s">
         <v>293</v>
       </c>
       <c r="S39" s="63"/>
       <c r="T39" s="63"/>
       <c r="U39" s="63"/>
       <c r="V39" s="63"/>
       <c r="W39" s="63"/>
       <c r="X39" s="63"/>
       <c r="Y39" s="63"/>
       <c r="Z39" s="63"/>
-      <c r="AA39" s="970"/>
-[...5 lines deleted...]
-      <c r="AG39" s="970"/>
+      <c r="AA39" s="961"/>
+      <c r="AB39" s="961"/>
+      <c r="AC39" s="961"/>
+      <c r="AD39" s="961"/>
+      <c r="AE39" s="961"/>
+      <c r="AF39" s="961"/>
+      <c r="AG39" s="961"/>
       <c r="AH39" s="95"/>
     </row>
     <row r="40" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="60"/>
       <c r="B40" s="63"/>
       <c r="C40" s="126" t="s">
         <v>31</v>
       </c>
       <c r="D40" s="126"/>
       <c r="E40" s="126"/>
-      <c r="F40" s="971"/>
-[...9 lines deleted...]
-      <c r="P40" s="971"/>
+      <c r="F40" s="962"/>
+      <c r="G40" s="962"/>
+      <c r="H40" s="962"/>
+      <c r="I40" s="962"/>
+      <c r="J40" s="962"/>
+      <c r="K40" s="962"/>
+      <c r="L40" s="962"/>
+      <c r="M40" s="962"/>
+      <c r="N40" s="962"/>
+      <c r="O40" s="962"/>
+      <c r="P40" s="962"/>
       <c r="Q40" s="126"/>
       <c r="R40" s="126"/>
       <c r="S40" s="126" t="s">
         <v>292</v>
       </c>
       <c r="T40" s="126"/>
       <c r="U40" s="126"/>
       <c r="V40" s="126"/>
       <c r="W40" s="126"/>
       <c r="X40" s="126"/>
       <c r="Y40" s="126"/>
       <c r="Z40" s="126"/>
-      <c r="AA40" s="971"/>
-[...5 lines deleted...]
-      <c r="AG40" s="971"/>
+      <c r="AA40" s="962"/>
+      <c r="AB40" s="962"/>
+      <c r="AC40" s="962"/>
+      <c r="AD40" s="962"/>
+      <c r="AE40" s="962"/>
+      <c r="AF40" s="962"/>
+      <c r="AG40" s="962"/>
       <c r="AH40" s="95"/>
     </row>
     <row r="41" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="60"/>
       <c r="B41" s="63"/>
       <c r="C41" s="126"/>
       <c r="D41" s="126"/>
       <c r="E41" s="126"/>
       <c r="F41" s="115"/>
       <c r="G41" s="115"/>
       <c r="H41" s="115"/>
       <c r="I41" s="115"/>
       <c r="J41" s="115"/>
       <c r="K41" s="115"/>
       <c r="L41" s="115"/>
       <c r="M41" s="115"/>
       <c r="N41" s="115"/>
       <c r="O41" s="115"/>
       <c r="P41" s="115"/>
       <c r="Q41" s="126"/>
       <c r="R41" s="126"/>
       <c r="S41" s="126"/>
       <c r="T41" s="126"/>
       <c r="U41" s="126"/>
       <c r="V41" s="126"/>
       <c r="W41" s="126"/>
       <c r="X41" s="126"/>
       <c r="Y41" s="126"/>
       <c r="Z41" s="126"/>
       <c r="AA41" s="115"/>
       <c r="AB41" s="115"/>
       <c r="AC41" s="115"/>
       <c r="AD41" s="115"/>
       <c r="AE41" s="115"/>
       <c r="AF41" s="115"/>
       <c r="AG41" s="115"/>
       <c r="AH41" s="95"/>
     </row>
     <row r="42" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
       <c r="A42" s="60"/>
       <c r="B42" s="63" t="s">
         <v>291</v>
       </c>
       <c r="C42" s="63"/>
       <c r="D42" s="63"/>
       <c r="E42" s="63"/>
-      <c r="F42" s="970"/>
-[...26 lines deleted...]
-      <c r="AG42" s="970"/>
+      <c r="F42" s="961"/>
+      <c r="G42" s="961"/>
+      <c r="H42" s="961"/>
+      <c r="I42" s="961"/>
+      <c r="J42" s="961"/>
+      <c r="K42" s="961"/>
+      <c r="L42" s="961"/>
+      <c r="M42" s="961"/>
+      <c r="N42" s="961"/>
+      <c r="O42" s="961"/>
+      <c r="P42" s="961"/>
+      <c r="Q42" s="961"/>
+      <c r="R42" s="961"/>
+      <c r="S42" s="961"/>
+      <c r="T42" s="961"/>
+      <c r="U42" s="961"/>
+      <c r="V42" s="961"/>
+      <c r="W42" s="961"/>
+      <c r="X42" s="961"/>
+      <c r="Y42" s="961"/>
+      <c r="Z42" s="961"/>
+      <c r="AA42" s="961"/>
+      <c r="AB42" s="961"/>
+      <c r="AC42" s="961"/>
+      <c r="AD42" s="961"/>
+      <c r="AE42" s="961"/>
+      <c r="AF42" s="961"/>
+      <c r="AG42" s="961"/>
       <c r="AH42" s="95"/>
     </row>
     <row r="43" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="60"/>
       <c r="B43" s="63"/>
       <c r="C43" s="62" t="s">
         <v>199</v>
       </c>
       <c r="D43" s="62"/>
       <c r="E43" s="62"/>
-      <c r="F43" s="971"/>
-[...26 lines deleted...]
-      <c r="AG43" s="971"/>
+      <c r="F43" s="962"/>
+      <c r="G43" s="962"/>
+      <c r="H43" s="962"/>
+      <c r="I43" s="962"/>
+      <c r="J43" s="962"/>
+      <c r="K43" s="962"/>
+      <c r="L43" s="962"/>
+      <c r="M43" s="962"/>
+      <c r="N43" s="962"/>
+      <c r="O43" s="962"/>
+      <c r="P43" s="962"/>
+      <c r="Q43" s="962"/>
+      <c r="R43" s="962"/>
+      <c r="S43" s="962"/>
+      <c r="T43" s="962"/>
+      <c r="U43" s="962"/>
+      <c r="V43" s="962"/>
+      <c r="W43" s="962"/>
+      <c r="X43" s="962"/>
+      <c r="Y43" s="962"/>
+      <c r="Z43" s="962"/>
+      <c r="AA43" s="962"/>
+      <c r="AB43" s="962"/>
+      <c r="AC43" s="962"/>
+      <c r="AD43" s="962"/>
+      <c r="AE43" s="962"/>
+      <c r="AF43" s="962"/>
+      <c r="AG43" s="962"/>
       <c r="AH43" s="95"/>
     </row>
     <row r="44" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="60"/>
       <c r="B44" s="63"/>
       <c r="C44" s="62"/>
       <c r="D44" s="62"/>
       <c r="E44" s="62"/>
       <c r="F44" s="115"/>
       <c r="G44" s="115"/>
       <c r="H44" s="115"/>
       <c r="I44" s="115"/>
       <c r="J44" s="115"/>
       <c r="K44" s="115"/>
       <c r="L44" s="115"/>
       <c r="M44" s="115"/>
       <c r="N44" s="115"/>
       <c r="O44" s="115"/>
       <c r="P44" s="115"/>
       <c r="Q44" s="115"/>
       <c r="R44" s="115"/>
       <c r="S44" s="115"/>
       <c r="T44" s="115"/>
       <c r="U44" s="115"/>
       <c r="V44" s="115"/>
       <c r="W44" s="115"/>
       <c r="X44" s="115"/>
       <c r="Y44" s="115"/>
       <c r="Z44" s="115"/>
       <c r="AA44" s="115"/>
       <c r="AB44" s="115"/>
       <c r="AC44" s="115"/>
       <c r="AD44" s="115"/>
       <c r="AE44" s="115"/>
       <c r="AF44" s="115"/>
       <c r="AG44" s="115"/>
       <c r="AH44" s="95"/>
     </row>
     <row r="45" spans="1:34" s="24" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="60"/>
       <c r="B45" s="63"/>
       <c r="C45" s="63" t="s">
         <v>159</v>
       </c>
       <c r="D45" s="63"/>
       <c r="E45" s="63"/>
       <c r="F45" s="63"/>
-      <c r="G45" s="972"/>
-[...8 lines deleted...]
-      <c r="P45" s="972"/>
+      <c r="G45" s="963"/>
+      <c r="H45" s="963"/>
+      <c r="I45" s="963"/>
+      <c r="J45" s="963"/>
+      <c r="K45" s="963"/>
+      <c r="L45" s="963"/>
+      <c r="M45" s="963"/>
+      <c r="N45" s="963"/>
+      <c r="O45" s="963"/>
+      <c r="P45" s="963"/>
       <c r="Q45" s="63"/>
       <c r="R45" s="63"/>
       <c r="S45" s="63" t="s">
         <v>158</v>
       </c>
       <c r="T45" s="63"/>
       <c r="U45" s="63"/>
       <c r="V45" s="63"/>
       <c r="W45" s="63"/>
-      <c r="X45" s="972"/>
-[...8 lines deleted...]
-      <c r="AG45" s="972"/>
+      <c r="X45" s="963"/>
+      <c r="Y45" s="963"/>
+      <c r="Z45" s="963"/>
+      <c r="AA45" s="963"/>
+      <c r="AB45" s="963"/>
+      <c r="AC45" s="963"/>
+      <c r="AD45" s="963"/>
+      <c r="AE45" s="963"/>
+      <c r="AF45" s="963"/>
+      <c r="AG45" s="963"/>
       <c r="AH45" s="95"/>
     </row>
     <row r="46" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="60"/>
       <c r="B46" s="63"/>
       <c r="C46" s="126" t="s">
         <v>157</v>
       </c>
       <c r="D46" s="126"/>
       <c r="E46" s="126"/>
       <c r="F46" s="126"/>
-      <c r="G46" s="973"/>
-[...8 lines deleted...]
-      <c r="P46" s="973"/>
+      <c r="G46" s="964"/>
+      <c r="H46" s="964"/>
+      <c r="I46" s="964"/>
+      <c r="J46" s="964"/>
+      <c r="K46" s="964"/>
+      <c r="L46" s="964"/>
+      <c r="M46" s="964"/>
+      <c r="N46" s="964"/>
+      <c r="O46" s="964"/>
+      <c r="P46" s="964"/>
       <c r="Q46" s="126"/>
       <c r="R46" s="126"/>
       <c r="S46" s="126" t="s">
         <v>290</v>
       </c>
       <c r="T46" s="126"/>
       <c r="U46" s="126"/>
       <c r="V46" s="126"/>
       <c r="W46" s="126"/>
-      <c r="X46" s="973"/>
-[...8 lines deleted...]
-      <c r="AG46" s="973"/>
+      <c r="X46" s="964"/>
+      <c r="Y46" s="964"/>
+      <c r="Z46" s="964"/>
+      <c r="AA46" s="964"/>
+      <c r="AB46" s="964"/>
+      <c r="AC46" s="964"/>
+      <c r="AD46" s="964"/>
+      <c r="AE46" s="964"/>
+      <c r="AF46" s="964"/>
+      <c r="AG46" s="964"/>
       <c r="AH46" s="95"/>
     </row>
     <row r="47" spans="1:34" s="28" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="60"/>
       <c r="B47" s="63"/>
       <c r="C47" s="125"/>
       <c r="D47" s="62"/>
       <c r="E47" s="62"/>
       <c r="F47" s="62"/>
       <c r="G47" s="62"/>
       <c r="H47" s="125"/>
       <c r="I47" s="62"/>
       <c r="J47" s="62"/>
       <c r="K47" s="63"/>
       <c r="L47" s="63"/>
       <c r="M47" s="62"/>
       <c r="N47" s="62"/>
       <c r="O47" s="62"/>
       <c r="P47" s="62"/>
       <c r="Q47" s="125"/>
       <c r="R47" s="62"/>
       <c r="S47" s="62"/>
       <c r="T47" s="62"/>
       <c r="U47" s="62"/>
       <c r="V47" s="63"/>
@@ -35507,416 +35506,416 @@
       <c r="S50" s="63"/>
       <c r="T50" s="63"/>
       <c r="U50" s="63"/>
       <c r="V50" s="63"/>
       <c r="W50" s="63"/>
       <c r="X50" s="63"/>
       <c r="Y50" s="63"/>
       <c r="Z50" s="63"/>
       <c r="AA50" s="63"/>
       <c r="AB50" s="63"/>
       <c r="AC50" s="63"/>
       <c r="AD50" s="63"/>
       <c r="AE50" s="63"/>
       <c r="AF50" s="63"/>
       <c r="AG50" s="63"/>
       <c r="AH50" s="95"/>
     </row>
     <row r="51" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
       <c r="A51" s="60"/>
       <c r="B51" s="63" t="s">
         <v>279</v>
       </c>
       <c r="C51" s="63"/>
       <c r="D51" s="63"/>
       <c r="E51" s="63"/>
-      <c r="F51" s="974" t="s">
+      <c r="F51" s="965" t="s">
         <v>622</v>
       </c>
-      <c r="G51" s="974"/>
-[...8 lines deleted...]
-      <c r="P51" s="974"/>
+      <c r="G51" s="965"/>
+      <c r="H51" s="965"/>
+      <c r="I51" s="965"/>
+      <c r="J51" s="965"/>
+      <c r="K51" s="965"/>
+      <c r="L51" s="965"/>
+      <c r="M51" s="965"/>
+      <c r="N51" s="965"/>
+      <c r="O51" s="965"/>
+      <c r="P51" s="965"/>
       <c r="Q51" s="63"/>
       <c r="R51" s="63" t="s">
         <v>293</v>
       </c>
       <c r="S51" s="63"/>
       <c r="T51" s="63"/>
       <c r="U51" s="63"/>
       <c r="V51" s="63"/>
       <c r="W51" s="63"/>
       <c r="X51" s="63"/>
       <c r="Y51" s="63"/>
       <c r="Z51" s="63"/>
-      <c r="AA51" s="943" t="s">
+      <c r="AA51" s="884" t="s">
         <v>524</v>
       </c>
-      <c r="AB51" s="943"/>
-[...4 lines deleted...]
-      <c r="AG51" s="943"/>
+      <c r="AB51" s="884"/>
+      <c r="AC51" s="884"/>
+      <c r="AD51" s="884"/>
+      <c r="AE51" s="884"/>
+      <c r="AF51" s="884"/>
+      <c r="AG51" s="884"/>
       <c r="AH51" s="95"/>
     </row>
     <row r="52" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="60"/>
       <c r="B52" s="63"/>
       <c r="C52" s="126" t="s">
         <v>31</v>
       </c>
       <c r="D52" s="126"/>
       <c r="E52" s="126"/>
-      <c r="F52" s="975"/>
-[...9 lines deleted...]
-      <c r="P52" s="975"/>
+      <c r="F52" s="966"/>
+      <c r="G52" s="966"/>
+      <c r="H52" s="966"/>
+      <c r="I52" s="966"/>
+      <c r="J52" s="966"/>
+      <c r="K52" s="966"/>
+      <c r="L52" s="966"/>
+      <c r="M52" s="966"/>
+      <c r="N52" s="966"/>
+      <c r="O52" s="966"/>
+      <c r="P52" s="966"/>
       <c r="Q52" s="126"/>
       <c r="R52" s="126"/>
       <c r="S52" s="126" t="s">
         <v>292</v>
       </c>
       <c r="T52" s="126"/>
       <c r="U52" s="126"/>
       <c r="V52" s="126"/>
       <c r="W52" s="126"/>
       <c r="X52" s="126"/>
       <c r="Y52" s="126"/>
       <c r="Z52" s="126"/>
-      <c r="AA52" s="944"/>
-[...5 lines deleted...]
-      <c r="AG52" s="944"/>
+      <c r="AA52" s="885"/>
+      <c r="AB52" s="885"/>
+      <c r="AC52" s="885"/>
+      <c r="AD52" s="885"/>
+      <c r="AE52" s="885"/>
+      <c r="AF52" s="885"/>
+      <c r="AG52" s="885"/>
       <c r="AH52" s="95"/>
     </row>
     <row r="53" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="60"/>
       <c r="B53" s="63"/>
       <c r="C53" s="126"/>
       <c r="D53" s="126"/>
       <c r="E53" s="126"/>
       <c r="F53" s="115"/>
       <c r="G53" s="115"/>
       <c r="H53" s="115"/>
       <c r="I53" s="115"/>
       <c r="J53" s="115"/>
       <c r="K53" s="115"/>
       <c r="L53" s="115"/>
       <c r="M53" s="115"/>
       <c r="N53" s="115"/>
       <c r="O53" s="115"/>
       <c r="P53" s="115"/>
       <c r="Q53" s="126"/>
       <c r="R53" s="126"/>
       <c r="S53" s="126"/>
       <c r="T53" s="126"/>
       <c r="U53" s="126"/>
       <c r="V53" s="126"/>
       <c r="W53" s="126"/>
       <c r="X53" s="126"/>
       <c r="Y53" s="126"/>
       <c r="Z53" s="126"/>
       <c r="AA53" s="115"/>
       <c r="AB53" s="115"/>
       <c r="AC53" s="115"/>
       <c r="AD53" s="115"/>
       <c r="AE53" s="115"/>
       <c r="AF53" s="115"/>
       <c r="AG53" s="115"/>
       <c r="AH53" s="95"/>
     </row>
     <row r="54" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
       <c r="A54" s="60"/>
       <c r="B54" s="63" t="s">
         <v>291</v>
       </c>
       <c r="C54" s="63"/>
       <c r="D54" s="63"/>
       <c r="E54" s="63"/>
-      <c r="F54" s="947" t="str">
+      <c r="F54" s="888" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "滋賀県草津市野路東1-1-1 立命館大学 びわこ・くさつキャンパス", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "大阪府茨木市岩倉町2-150 立命館大学 大阪いばらきキャンパス", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "京都府京都市北区等持院北町56-1 立命館大学 衣笠キャンパス"), "")</f>
         <v/>
       </c>
-      <c r="G54" s="947"/>
-[...25 lines deleted...]
-      <c r="AG54" s="947"/>
+      <c r="G54" s="888"/>
+      <c r="H54" s="888"/>
+      <c r="I54" s="888"/>
+      <c r="J54" s="888"/>
+      <c r="K54" s="888"/>
+      <c r="L54" s="888"/>
+      <c r="M54" s="888"/>
+      <c r="N54" s="888"/>
+      <c r="O54" s="888"/>
+      <c r="P54" s="888"/>
+      <c r="Q54" s="888"/>
+      <c r="R54" s="888"/>
+      <c r="S54" s="888"/>
+      <c r="T54" s="888"/>
+      <c r="U54" s="888"/>
+      <c r="V54" s="888"/>
+      <c r="W54" s="888"/>
+      <c r="X54" s="888"/>
+      <c r="Y54" s="888"/>
+      <c r="Z54" s="888"/>
+      <c r="AA54" s="888"/>
+      <c r="AB54" s="888"/>
+      <c r="AC54" s="888"/>
+      <c r="AD54" s="888"/>
+      <c r="AE54" s="888"/>
+      <c r="AF54" s="888"/>
+      <c r="AG54" s="888"/>
       <c r="AH54" s="95"/>
     </row>
     <row r="55" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="60"/>
       <c r="B55" s="63"/>
       <c r="C55" s="62" t="s">
         <v>199</v>
       </c>
       <c r="D55" s="62"/>
       <c r="E55" s="62"/>
-      <c r="F55" s="948"/>
-[...26 lines deleted...]
-      <c r="AG55" s="948"/>
+      <c r="F55" s="889"/>
+      <c r="G55" s="889"/>
+      <c r="H55" s="889"/>
+      <c r="I55" s="889"/>
+      <c r="J55" s="889"/>
+      <c r="K55" s="889"/>
+      <c r="L55" s="889"/>
+      <c r="M55" s="889"/>
+      <c r="N55" s="889"/>
+      <c r="O55" s="889"/>
+      <c r="P55" s="889"/>
+      <c r="Q55" s="889"/>
+      <c r="R55" s="889"/>
+      <c r="S55" s="889"/>
+      <c r="T55" s="889"/>
+      <c r="U55" s="889"/>
+      <c r="V55" s="889"/>
+      <c r="W55" s="889"/>
+      <c r="X55" s="889"/>
+      <c r="Y55" s="889"/>
+      <c r="Z55" s="889"/>
+      <c r="AA55" s="889"/>
+      <c r="AB55" s="889"/>
+      <c r="AC55" s="889"/>
+      <c r="AD55" s="889"/>
+      <c r="AE55" s="889"/>
+      <c r="AF55" s="889"/>
+      <c r="AG55" s="889"/>
       <c r="AH55" s="95"/>
     </row>
     <row r="56" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="60"/>
       <c r="B56" s="63"/>
       <c r="C56" s="62"/>
       <c r="D56" s="62"/>
       <c r="E56" s="62"/>
       <c r="F56" s="115"/>
       <c r="G56" s="115"/>
       <c r="H56" s="115"/>
       <c r="I56" s="115"/>
       <c r="J56" s="115"/>
       <c r="K56" s="115"/>
       <c r="L56" s="115"/>
       <c r="M56" s="115"/>
       <c r="N56" s="115"/>
       <c r="O56" s="115"/>
       <c r="P56" s="115"/>
       <c r="Q56" s="115"/>
       <c r="R56" s="115"/>
       <c r="S56" s="115"/>
       <c r="T56" s="115"/>
       <c r="U56" s="115"/>
       <c r="V56" s="115"/>
       <c r="W56" s="115"/>
       <c r="X56" s="115"/>
       <c r="Y56" s="115"/>
       <c r="Z56" s="115"/>
       <c r="AA56" s="115"/>
       <c r="AB56" s="115"/>
       <c r="AC56" s="115"/>
       <c r="AD56" s="115"/>
       <c r="AE56" s="115"/>
       <c r="AF56" s="115"/>
       <c r="AG56" s="115"/>
       <c r="AH56" s="95"/>
     </row>
     <row r="57" spans="1:34" s="24" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="60"/>
       <c r="B57" s="63"/>
       <c r="C57" s="63" t="s">
         <v>159</v>
       </c>
       <c r="D57" s="63"/>
       <c r="E57" s="63"/>
       <c r="F57" s="63"/>
-      <c r="G57" s="947" t="str">
+      <c r="G57" s="888" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "077-561-3946", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "072-665-2070", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "075-465-8230"), "")</f>
         <v/>
       </c>
-      <c r="H57" s="947"/>
-[...7 lines deleted...]
-      <c r="P57" s="947"/>
+      <c r="H57" s="888"/>
+      <c r="I57" s="888"/>
+      <c r="J57" s="888"/>
+      <c r="K57" s="888"/>
+      <c r="L57" s="888"/>
+      <c r="M57" s="888"/>
+      <c r="N57" s="888"/>
+      <c r="O57" s="888"/>
+      <c r="P57" s="888"/>
       <c r="Q57" s="63"/>
       <c r="R57" s="63"/>
       <c r="S57" s="63" t="s">
         <v>158</v>
       </c>
       <c r="T57" s="63"/>
       <c r="U57" s="63"/>
       <c r="V57" s="63"/>
       <c r="W57" s="63"/>
-      <c r="X57" s="976"/>
-[...8 lines deleted...]
-      <c r="AG57" s="976"/>
+      <c r="X57" s="967"/>
+      <c r="Y57" s="967"/>
+      <c r="Z57" s="967"/>
+      <c r="AA57" s="967"/>
+      <c r="AB57" s="967"/>
+      <c r="AC57" s="967"/>
+      <c r="AD57" s="967"/>
+      <c r="AE57" s="967"/>
+      <c r="AF57" s="967"/>
+      <c r="AG57" s="967"/>
       <c r="AH57" s="95"/>
     </row>
     <row r="58" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="60"/>
       <c r="B58" s="63"/>
       <c r="C58" s="126" t="s">
         <v>157</v>
       </c>
       <c r="D58" s="126"/>
       <c r="E58" s="126"/>
       <c r="F58" s="126"/>
-      <c r="G58" s="948"/>
-[...8 lines deleted...]
-      <c r="P58" s="948"/>
+      <c r="G58" s="889"/>
+      <c r="H58" s="889"/>
+      <c r="I58" s="889"/>
+      <c r="J58" s="889"/>
+      <c r="K58" s="889"/>
+      <c r="L58" s="889"/>
+      <c r="M58" s="889"/>
+      <c r="N58" s="889"/>
+      <c r="O58" s="889"/>
+      <c r="P58" s="889"/>
       <c r="Q58" s="126"/>
       <c r="R58" s="126"/>
       <c r="S58" s="126" t="s">
         <v>290</v>
       </c>
       <c r="T58" s="126"/>
       <c r="U58" s="126"/>
       <c r="V58" s="126"/>
       <c r="W58" s="126"/>
-      <c r="X58" s="977"/>
-[...8 lines deleted...]
-      <c r="AG58" s="977"/>
+      <c r="X58" s="968"/>
+      <c r="Y58" s="968"/>
+      <c r="Z58" s="968"/>
+      <c r="AA58" s="968"/>
+      <c r="AB58" s="968"/>
+      <c r="AC58" s="968"/>
+      <c r="AD58" s="968"/>
+      <c r="AE58" s="968"/>
+      <c r="AF58" s="968"/>
+      <c r="AG58" s="968"/>
       <c r="AH58" s="95"/>
     </row>
     <row r="59" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="60"/>
       <c r="B59" s="63"/>
       <c r="C59" s="126"/>
       <c r="D59" s="126"/>
       <c r="E59" s="126"/>
       <c r="F59" s="126"/>
       <c r="G59" s="126"/>
       <c r="H59" s="126"/>
       <c r="I59" s="126"/>
       <c r="J59" s="126"/>
       <c r="K59" s="126"/>
       <c r="L59" s="126"/>
       <c r="M59" s="126"/>
       <c r="N59" s="126"/>
       <c r="O59" s="126"/>
       <c r="P59" s="126"/>
       <c r="Q59" s="126"/>
       <c r="R59" s="126"/>
       <c r="S59" s="126"/>
       <c r="T59" s="126"/>
       <c r="U59" s="126"/>
       <c r="V59" s="126"/>
       <c r="W59" s="126"/>
       <c r="X59" s="126"/>
       <c r="Y59" s="126"/>
       <c r="Z59" s="126"/>
       <c r="AA59" s="126"/>
       <c r="AB59" s="126"/>
       <c r="AC59" s="126"/>
       <c r="AD59" s="126"/>
       <c r="AE59" s="126"/>
       <c r="AF59" s="126"/>
       <c r="AG59" s="126"/>
       <c r="AH59" s="95"/>
     </row>
     <row r="60" spans="1:34" s="24" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="127"/>
-      <c r="B60" s="967" t="s">
+      <c r="B60" s="958" t="s">
         <v>289</v>
       </c>
-      <c r="C60" s="968"/>
-[...13 lines deleted...]
-      <c r="Q60" s="968"/>
+      <c r="C60" s="959"/>
+      <c r="D60" s="959"/>
+      <c r="E60" s="959"/>
+      <c r="F60" s="959"/>
+      <c r="G60" s="959"/>
+      <c r="H60" s="959"/>
+      <c r="I60" s="959"/>
+      <c r="J60" s="959"/>
+      <c r="K60" s="959"/>
+      <c r="L60" s="959"/>
+      <c r="M60" s="959"/>
+      <c r="N60" s="959"/>
+      <c r="O60" s="959"/>
+      <c r="P60" s="959"/>
+      <c r="Q60" s="959"/>
       <c r="R60" s="107"/>
       <c r="S60" s="128" t="s">
         <v>288</v>
       </c>
       <c r="T60" s="107"/>
       <c r="U60" s="107"/>
       <c r="V60" s="107"/>
       <c r="W60" s="107"/>
       <c r="X60" s="107"/>
       <c r="Y60" s="107"/>
       <c r="Z60" s="107"/>
       <c r="AA60" s="107"/>
       <c r="AB60" s="107"/>
       <c r="AC60" s="107"/>
       <c r="AD60" s="107"/>
       <c r="AE60" s="107"/>
       <c r="AF60" s="107"/>
       <c r="AG60" s="107"/>
       <c r="AH60" s="102"/>
     </row>
     <row r="61" spans="1:34" s="24" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="127"/>
       <c r="B61" s="129" t="s">
         <v>287</v>
       </c>
@@ -36090,202 +36089,202 @@
       <c r="L65" s="62"/>
       <c r="M65" s="62"/>
       <c r="N65" s="62"/>
       <c r="O65" s="62"/>
       <c r="P65" s="62"/>
       <c r="Q65" s="62"/>
       <c r="R65" s="62"/>
       <c r="S65" s="62"/>
       <c r="T65" s="62"/>
       <c r="U65" s="62"/>
       <c r="V65" s="62"/>
       <c r="W65" s="62"/>
       <c r="X65" s="62"/>
       <c r="Y65" s="62"/>
       <c r="Z65" s="62"/>
       <c r="AA65" s="62"/>
       <c r="AB65" s="62"/>
       <c r="AC65" s="62"/>
       <c r="AD65" s="65"/>
       <c r="AE65" s="62"/>
       <c r="AF65" s="62"/>
       <c r="AG65" s="62"/>
       <c r="AH65" s="95"/>
     </row>
     <row r="66" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="958" t="s">
+      <c r="A66" s="971" t="s">
         <v>285</v>
       </c>
-      <c r="B66" s="959"/>
-[...1 lines deleted...]
-      <c r="D66" s="960" t="s">
+      <c r="B66" s="972"/>
+      <c r="C66" s="972"/>
+      <c r="D66" s="973" t="s">
         <v>284</v>
       </c>
-      <c r="E66" s="960"/>
-[...28 lines deleted...]
-      <c r="AH66" s="961"/>
+      <c r="E66" s="973"/>
+      <c r="F66" s="973"/>
+      <c r="G66" s="973"/>
+      <c r="H66" s="973"/>
+      <c r="I66" s="973"/>
+      <c r="J66" s="973"/>
+      <c r="K66" s="973"/>
+      <c r="L66" s="973"/>
+      <c r="M66" s="973"/>
+      <c r="N66" s="973"/>
+      <c r="O66" s="973"/>
+      <c r="P66" s="973"/>
+      <c r="Q66" s="973"/>
+      <c r="R66" s="973"/>
+      <c r="S66" s="973"/>
+      <c r="T66" s="973"/>
+      <c r="U66" s="973"/>
+      <c r="V66" s="973"/>
+      <c r="W66" s="973"/>
+      <c r="X66" s="973"/>
+      <c r="Y66" s="973"/>
+      <c r="Z66" s="973"/>
+      <c r="AA66" s="973"/>
+      <c r="AB66" s="973"/>
+      <c r="AC66" s="973"/>
+      <c r="AD66" s="973"/>
+      <c r="AE66" s="973"/>
+      <c r="AF66" s="973"/>
+      <c r="AG66" s="973"/>
+      <c r="AH66" s="974"/>
     </row>
     <row r="67" spans="1:34" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="133"/>
       <c r="B67" s="134"/>
       <c r="C67" s="134"/>
       <c r="D67" s="3" t="s">
         <v>504</v>
       </c>
       <c r="E67" s="135"/>
       <c r="F67" s="135"/>
       <c r="G67" s="135"/>
       <c r="H67" s="135"/>
       <c r="I67" s="135"/>
       <c r="J67" s="135"/>
       <c r="K67" s="135"/>
       <c r="L67" s="135"/>
       <c r="M67" s="135"/>
       <c r="N67" s="135"/>
       <c r="O67" s="135"/>
       <c r="P67" s="135"/>
       <c r="Q67" s="135"/>
       <c r="R67" s="135"/>
       <c r="S67" s="135"/>
       <c r="T67" s="135"/>
       <c r="U67" s="136"/>
       <c r="V67" s="135"/>
       <c r="W67" s="135"/>
       <c r="X67" s="135"/>
       <c r="Y67" s="135"/>
       <c r="Z67" s="135"/>
       <c r="AA67" s="135"/>
       <c r="AB67" s="135"/>
       <c r="AC67" s="135"/>
       <c r="AD67" s="135"/>
       <c r="AE67" s="135"/>
       <c r="AF67" s="135"/>
       <c r="AG67" s="135"/>
       <c r="AH67" s="137"/>
     </row>
     <row r="68" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="962" t="s">
+      <c r="A68" s="975" t="s">
         <v>283</v>
       </c>
-      <c r="B68" s="963"/>
-[...1 lines deleted...]
-      <c r="D68" s="908" t="s">
+      <c r="B68" s="976"/>
+      <c r="C68" s="976"/>
+      <c r="D68" s="937" t="s">
         <v>282</v>
       </c>
-      <c r="E68" s="908"/>
-[...28 lines deleted...]
-      <c r="AH68" s="964"/>
+      <c r="E68" s="937"/>
+      <c r="F68" s="937"/>
+      <c r="G68" s="937"/>
+      <c r="H68" s="937"/>
+      <c r="I68" s="937"/>
+      <c r="J68" s="937"/>
+      <c r="K68" s="937"/>
+      <c r="L68" s="937"/>
+      <c r="M68" s="937"/>
+      <c r="N68" s="937"/>
+      <c r="O68" s="937"/>
+      <c r="P68" s="937"/>
+      <c r="Q68" s="937"/>
+      <c r="R68" s="937"/>
+      <c r="S68" s="937"/>
+      <c r="T68" s="937"/>
+      <c r="U68" s="937"/>
+      <c r="V68" s="937"/>
+      <c r="W68" s="937"/>
+      <c r="X68" s="937"/>
+      <c r="Y68" s="937"/>
+      <c r="Z68" s="937"/>
+      <c r="AA68" s="937"/>
+      <c r="AB68" s="937"/>
+      <c r="AC68" s="937"/>
+      <c r="AD68" s="937"/>
+      <c r="AE68" s="937"/>
+      <c r="AF68" s="937"/>
+      <c r="AG68" s="937"/>
+      <c r="AH68" s="977"/>
     </row>
     <row r="69" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="138"/>
       <c r="B69" s="111"/>
       <c r="C69" s="139"/>
-      <c r="D69" s="908"/>
-[...29 lines deleted...]
-      <c r="AH69" s="964"/>
+      <c r="D69" s="937"/>
+      <c r="E69" s="937"/>
+      <c r="F69" s="937"/>
+      <c r="G69" s="937"/>
+      <c r="H69" s="937"/>
+      <c r="I69" s="937"/>
+      <c r="J69" s="937"/>
+      <c r="K69" s="937"/>
+      <c r="L69" s="937"/>
+      <c r="M69" s="937"/>
+      <c r="N69" s="937"/>
+      <c r="O69" s="937"/>
+      <c r="P69" s="937"/>
+      <c r="Q69" s="937"/>
+      <c r="R69" s="937"/>
+      <c r="S69" s="937"/>
+      <c r="T69" s="937"/>
+      <c r="U69" s="937"/>
+      <c r="V69" s="937"/>
+      <c r="W69" s="937"/>
+      <c r="X69" s="937"/>
+      <c r="Y69" s="937"/>
+      <c r="Z69" s="937"/>
+      <c r="AA69" s="937"/>
+      <c r="AB69" s="937"/>
+      <c r="AC69" s="937"/>
+      <c r="AD69" s="937"/>
+      <c r="AE69" s="937"/>
+      <c r="AF69" s="937"/>
+      <c r="AG69" s="937"/>
+      <c r="AH69" s="977"/>
     </row>
     <row r="70" spans="1:34" s="24" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="140"/>
       <c r="B70" s="141"/>
       <c r="C70" s="141"/>
       <c r="D70" s="2" t="s">
         <v>503</v>
       </c>
       <c r="E70" s="142"/>
       <c r="F70" s="142"/>
       <c r="G70" s="142"/>
       <c r="H70" s="142"/>
       <c r="I70" s="142"/>
       <c r="J70" s="142"/>
       <c r="K70" s="142"/>
       <c r="L70" s="142"/>
       <c r="M70" s="142"/>
       <c r="N70" s="142"/>
       <c r="O70" s="142"/>
       <c r="P70" s="142"/>
       <c r="Q70" s="142"/>
       <c r="R70" s="142"/>
       <c r="S70" s="142"/>
       <c r="T70" s="142"/>
       <c r="U70" s="142"/>
@@ -36399,121 +36398,121 @@
       <c r="R73" s="28"/>
       <c r="S73" s="28"/>
       <c r="T73" s="28"/>
       <c r="U73" s="28"/>
       <c r="V73" s="28"/>
       <c r="W73" s="28"/>
       <c r="X73" s="28"/>
       <c r="Y73" s="28"/>
       <c r="Z73" s="28"/>
       <c r="AA73" s="28"/>
       <c r="AB73" s="28"/>
       <c r="AC73" s="28"/>
       <c r="AD73" s="28"/>
       <c r="AE73" s="28"/>
       <c r="AF73" s="28"/>
       <c r="AG73" s="28"/>
       <c r="AH73" s="29"/>
     </row>
     <row r="74" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="18"/>
       <c r="B74" s="28" t="s">
         <v>279</v>
       </c>
       <c r="C74" s="28"/>
       <c r="D74" s="28"/>
-      <c r="E74" s="965"/>
-[...6 lines deleted...]
-      <c r="L74" s="965"/>
+      <c r="E74" s="978"/>
+      <c r="F74" s="978"/>
+      <c r="G74" s="978"/>
+      <c r="H74" s="978"/>
+      <c r="I74" s="978"/>
+      <c r="J74" s="978"/>
+      <c r="K74" s="978"/>
+      <c r="L74" s="978"/>
       <c r="M74" s="28"/>
       <c r="N74" s="28" t="s">
         <v>278</v>
       </c>
       <c r="O74" s="28"/>
       <c r="P74" s="28"/>
       <c r="Q74" s="28"/>
-      <c r="R74" s="956"/>
-[...14 lines deleted...]
-      <c r="AG74" s="956"/>
+      <c r="R74" s="969"/>
+      <c r="S74" s="969"/>
+      <c r="T74" s="969"/>
+      <c r="U74" s="969"/>
+      <c r="V74" s="969"/>
+      <c r="W74" s="969"/>
+      <c r="X74" s="969"/>
+      <c r="Y74" s="969"/>
+      <c r="Z74" s="969"/>
+      <c r="AA74" s="969"/>
+      <c r="AB74" s="969"/>
+      <c r="AC74" s="969"/>
+      <c r="AD74" s="969"/>
+      <c r="AE74" s="969"/>
+      <c r="AF74" s="969"/>
+      <c r="AG74" s="969"/>
       <c r="AH74" s="29"/>
     </row>
     <row r="75" spans="1:34" s="24" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="18"/>
       <c r="B75" s="28"/>
       <c r="C75" s="8" t="s">
         <v>31</v>
       </c>
       <c r="D75" s="28"/>
-      <c r="E75" s="966"/>
-[...6 lines deleted...]
-      <c r="L75" s="966"/>
+      <c r="E75" s="979"/>
+      <c r="F75" s="979"/>
+      <c r="G75" s="979"/>
+      <c r="H75" s="979"/>
+      <c r="I75" s="979"/>
+      <c r="J75" s="979"/>
+      <c r="K75" s="979"/>
+      <c r="L75" s="979"/>
       <c r="M75" s="28"/>
       <c r="N75" s="28"/>
       <c r="O75" s="8" t="s">
         <v>199</v>
       </c>
       <c r="P75" s="28"/>
       <c r="Q75" s="28"/>
-      <c r="R75" s="957"/>
-[...14 lines deleted...]
-      <c r="AG75" s="957"/>
+      <c r="R75" s="970"/>
+      <c r="S75" s="970"/>
+      <c r="T75" s="970"/>
+      <c r="U75" s="970"/>
+      <c r="V75" s="970"/>
+      <c r="W75" s="970"/>
+      <c r="X75" s="970"/>
+      <c r="Y75" s="970"/>
+      <c r="Z75" s="970"/>
+      <c r="AA75" s="970"/>
+      <c r="AB75" s="970"/>
+      <c r="AC75" s="970"/>
+      <c r="AD75" s="970"/>
+      <c r="AE75" s="970"/>
+      <c r="AF75" s="970"/>
+      <c r="AG75" s="970"/>
       <c r="AH75" s="29"/>
     </row>
     <row r="76" spans="1:34" s="24" customFormat="1" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="18"/>
       <c r="B76" s="28"/>
       <c r="C76" s="8"/>
       <c r="D76" s="28"/>
       <c r="E76" s="28"/>
       <c r="F76" s="28"/>
       <c r="G76" s="28"/>
       <c r="H76" s="28"/>
       <c r="I76" s="28"/>
       <c r="J76" s="28"/>
       <c r="K76" s="28"/>
       <c r="L76" s="28"/>
       <c r="M76" s="28"/>
       <c r="N76" s="28"/>
       <c r="O76" s="8"/>
       <c r="P76" s="28"/>
       <c r="Q76" s="28"/>
       <c r="R76" s="28"/>
       <c r="S76" s="28"/>
       <c r="T76" s="28"/>
       <c r="U76" s="28"/>
       <c r="V76" s="28"/>
@@ -36555,117 +36554,117 @@
       <c r="R77" s="28"/>
       <c r="S77" s="28"/>
       <c r="T77" s="28"/>
       <c r="U77" s="28"/>
       <c r="V77" s="28"/>
       <c r="W77" s="35" t="s">
         <v>159</v>
       </c>
       <c r="X77" s="35"/>
       <c r="Y77" s="35"/>
       <c r="Z77" s="28"/>
       <c r="AA77" s="8" t="s">
         <v>157</v>
       </c>
       <c r="AB77" s="28"/>
       <c r="AC77" s="28"/>
       <c r="AD77" s="28"/>
       <c r="AE77" s="28"/>
       <c r="AF77" s="28"/>
       <c r="AG77" s="28"/>
       <c r="AH77" s="29"/>
     </row>
     <row r="78" spans="1:34" s="24" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="18"/>
       <c r="B78" s="28"/>
-      <c r="C78" s="956"/>
-[...17 lines deleted...]
-      <c r="U78" s="956"/>
+      <c r="C78" s="969"/>
+      <c r="D78" s="969"/>
+      <c r="E78" s="969"/>
+      <c r="F78" s="969"/>
+      <c r="G78" s="969"/>
+      <c r="H78" s="969"/>
+      <c r="I78" s="969"/>
+      <c r="J78" s="969"/>
+      <c r="K78" s="969"/>
+      <c r="L78" s="969"/>
+      <c r="M78" s="969"/>
+      <c r="N78" s="969"/>
+      <c r="O78" s="969"/>
+      <c r="P78" s="969"/>
+      <c r="Q78" s="969"/>
+      <c r="R78" s="969"/>
+      <c r="S78" s="969"/>
+      <c r="T78" s="969"/>
+      <c r="U78" s="969"/>
       <c r="V78" s="28"/>
-      <c r="W78" s="871"/>
-[...9 lines deleted...]
-      <c r="AG78" s="871"/>
+      <c r="W78" s="772"/>
+      <c r="X78" s="772"/>
+      <c r="Y78" s="772"/>
+      <c r="Z78" s="772"/>
+      <c r="AA78" s="772"/>
+      <c r="AB78" s="772"/>
+      <c r="AC78" s="772"/>
+      <c r="AD78" s="772"/>
+      <c r="AE78" s="772"/>
+      <c r="AF78" s="772"/>
+      <c r="AG78" s="772"/>
       <c r="AH78" s="29"/>
     </row>
     <row r="79" spans="1:34" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.2">
       <c r="A79" s="18"/>
       <c r="B79" s="28"/>
-      <c r="C79" s="957"/>
-[...17 lines deleted...]
-      <c r="U79" s="957"/>
+      <c r="C79" s="970"/>
+      <c r="D79" s="970"/>
+      <c r="E79" s="970"/>
+      <c r="F79" s="970"/>
+      <c r="G79" s="970"/>
+      <c r="H79" s="970"/>
+      <c r="I79" s="970"/>
+      <c r="J79" s="970"/>
+      <c r="K79" s="970"/>
+      <c r="L79" s="970"/>
+      <c r="M79" s="970"/>
+      <c r="N79" s="970"/>
+      <c r="O79" s="970"/>
+      <c r="P79" s="970"/>
+      <c r="Q79" s="970"/>
+      <c r="R79" s="970"/>
+      <c r="S79" s="970"/>
+      <c r="T79" s="970"/>
+      <c r="U79" s="970"/>
       <c r="V79" s="28"/>
-      <c r="W79" s="872"/>
-[...9 lines deleted...]
-      <c r="AG79" s="872"/>
+      <c r="W79" s="773"/>
+      <c r="X79" s="773"/>
+      <c r="Y79" s="773"/>
+      <c r="Z79" s="773"/>
+      <c r="AA79" s="773"/>
+      <c r="AB79" s="773"/>
+      <c r="AC79" s="773"/>
+      <c r="AD79" s="773"/>
+      <c r="AE79" s="773"/>
+      <c r="AF79" s="773"/>
+      <c r="AG79" s="773"/>
       <c r="AH79" s="29"/>
     </row>
     <row r="80" spans="1:34" s="24" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="144"/>
       <c r="B80" s="145"/>
       <c r="C80" s="145"/>
       <c r="D80" s="145"/>
       <c r="E80" s="145"/>
       <c r="F80" s="145"/>
       <c r="G80" s="145"/>
       <c r="H80" s="145"/>
       <c r="I80" s="145"/>
       <c r="J80" s="145"/>
       <c r="K80" s="145"/>
       <c r="L80" s="145"/>
       <c r="M80" s="145"/>
       <c r="N80" s="145"/>
       <c r="O80" s="145"/>
       <c r="P80" s="145"/>
       <c r="Q80" s="145"/>
       <c r="R80" s="145"/>
       <c r="S80" s="145"/>
       <c r="T80" s="145"/>
       <c r="U80" s="145"/>
       <c r="V80" s="145"/>
@@ -36813,76 +36812,76 @@
       <c r="T84" s="145"/>
       <c r="U84" s="145"/>
       <c r="V84" s="145"/>
       <c r="W84" s="145"/>
       <c r="X84" s="145"/>
       <c r="Y84" s="145"/>
       <c r="Z84" s="145"/>
       <c r="AA84" s="145"/>
       <c r="AB84" s="145"/>
       <c r="AC84" s="145"/>
       <c r="AD84" s="145"/>
       <c r="AE84" s="145"/>
       <c r="AF84" s="145"/>
       <c r="AG84" s="145"/>
       <c r="AH84" s="87"/>
     </row>
     <row r="85" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="86" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="87" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="88" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="89" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="90" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="jC6Ft2NWPR2C+nZ/NB3CDjVXEF8RJUDPRn7wILQ2Q+rQTinkjHp+2b4W+iTsKVYwT4VcPKAKkV1rGVYCUWm1wA==" saltValue="tReOdQ5P7Dfwd9Ty3nkvvw==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="26">
-    <mergeCell ref="W16:AB17"/>
-[...4 lines deleted...]
-    <mergeCell ref="D26:N27"/>
+    <mergeCell ref="C78:U79"/>
+    <mergeCell ref="W78:AG79"/>
+    <mergeCell ref="A66:C66"/>
+    <mergeCell ref="D66:AH66"/>
+    <mergeCell ref="A68:C68"/>
+    <mergeCell ref="D68:AH69"/>
+    <mergeCell ref="E74:L75"/>
+    <mergeCell ref="R74:AG75"/>
     <mergeCell ref="B60:Q60"/>
     <mergeCell ref="Q34:AF35"/>
     <mergeCell ref="F39:P40"/>
     <mergeCell ref="AA39:AG40"/>
     <mergeCell ref="F42:AG43"/>
     <mergeCell ref="G45:P46"/>
     <mergeCell ref="X45:AG46"/>
     <mergeCell ref="F51:P52"/>
     <mergeCell ref="AA51:AG52"/>
     <mergeCell ref="F54:AG55"/>
     <mergeCell ref="G57:P58"/>
     <mergeCell ref="X57:AG58"/>
-    <mergeCell ref="C78:U79"/>
-[...6 lines deleted...]
-    <mergeCell ref="R74:AG75"/>
+    <mergeCell ref="W16:AB17"/>
+    <mergeCell ref="C20:AH20"/>
+    <mergeCell ref="D25:N25"/>
+    <mergeCell ref="O25:U26"/>
+    <mergeCell ref="AA25:AF26"/>
+    <mergeCell ref="D26:N27"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S16 B31 B34 M34 M31 W25 C25 P22 I22 C22 L13 C16 C13 C10 I10 S10 AA10 AA7 W7 S7 O7 L7 I7 F7 C7" xr:uid="{93B62C1F-5D35-4295-BBBB-CF549E007F69}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51FDD82F-0C8D-40D3-B36B-460032A55343}">
   <sheetPr codeName="Sheet8">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AJ73"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
@@ -36926,561 +36925,561 @@
       <c r="Q3" s="304"/>
       <c r="R3" s="304"/>
       <c r="S3" s="304"/>
       <c r="T3" s="304"/>
       <c r="U3" s="304"/>
       <c r="V3" s="304"/>
       <c r="W3" s="304"/>
       <c r="X3" s="304"/>
       <c r="Y3" s="304"/>
       <c r="Z3" s="304"/>
       <c r="AA3" s="304"/>
       <c r="AB3" s="304"/>
       <c r="AC3" s="304"/>
       <c r="AD3" s="304"/>
       <c r="AE3" s="304"/>
       <c r="AF3" s="304"/>
       <c r="AG3" s="304"/>
       <c r="AH3" s="304"/>
       <c r="AI3" s="304"/>
       <c r="AJ3" s="305"/>
     </row>
     <row r="4" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="18" t="s">
         <v>399</v>
       </c>
-      <c r="L4" s="992" t="str">
+      <c r="L4" s="981" t="str">
         <f>'1 申請人'!G20&amp;""</f>
         <v/>
       </c>
-      <c r="M4" s="992"/>
-[...20 lines deleted...]
-      <c r="AH4" s="992"/>
+      <c r="M4" s="981"/>
+      <c r="N4" s="981"/>
+      <c r="O4" s="981"/>
+      <c r="P4" s="981"/>
+      <c r="Q4" s="981"/>
+      <c r="R4" s="981"/>
+      <c r="S4" s="981"/>
+      <c r="T4" s="981"/>
+      <c r="U4" s="981"/>
+      <c r="V4" s="981"/>
+      <c r="W4" s="981"/>
+      <c r="X4" s="981"/>
+      <c r="Y4" s="981"/>
+      <c r="Z4" s="981"/>
+      <c r="AA4" s="981"/>
+      <c r="AB4" s="981"/>
+      <c r="AC4" s="981"/>
+      <c r="AD4" s="981"/>
+      <c r="AE4" s="981"/>
+      <c r="AF4" s="981"/>
+      <c r="AG4" s="981"/>
+      <c r="AH4" s="981"/>
       <c r="AJ4" s="154"/>
     </row>
     <row r="5" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="153"/>
       <c r="B5" s="8" t="s">
         <v>398</v>
       </c>
       <c r="C5" s="306"/>
       <c r="D5" s="306"/>
-      <c r="L5" s="993"/>
-[...21 lines deleted...]
-      <c r="AH5" s="993"/>
+      <c r="L5" s="982"/>
+      <c r="M5" s="982"/>
+      <c r="N5" s="982"/>
+      <c r="O5" s="982"/>
+      <c r="P5" s="982"/>
+      <c r="Q5" s="982"/>
+      <c r="R5" s="982"/>
+      <c r="S5" s="982"/>
+      <c r="T5" s="982"/>
+      <c r="U5" s="982"/>
+      <c r="V5" s="982"/>
+      <c r="W5" s="982"/>
+      <c r="X5" s="982"/>
+      <c r="Y5" s="982"/>
+      <c r="Z5" s="982"/>
+      <c r="AA5" s="982"/>
+      <c r="AB5" s="982"/>
+      <c r="AC5" s="982"/>
+      <c r="AD5" s="982"/>
+      <c r="AE5" s="982"/>
+      <c r="AF5" s="982"/>
+      <c r="AG5" s="982"/>
+      <c r="AH5" s="982"/>
       <c r="AJ5" s="154"/>
     </row>
     <row r="6" spans="1:36" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="21"/>
       <c r="C6" s="8"/>
       <c r="AJ6" s="20"/>
     </row>
     <row r="7" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="18" t="s">
         <v>397</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>396</v>
       </c>
       <c r="AJ7" s="154"/>
     </row>
     <row r="8" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="153"/>
       <c r="B8" s="28" t="s">
         <v>395</v>
       </c>
-      <c r="G8" s="994" t="s">
+      <c r="G8" s="983" t="s">
         <v>526</v>
       </c>
-      <c r="H8" s="994"/>
-[...25 lines deleted...]
-      <c r="AH8" s="994"/>
+      <c r="H8" s="983"/>
+      <c r="I8" s="983"/>
+      <c r="J8" s="983"/>
+      <c r="K8" s="983"/>
+      <c r="L8" s="983"/>
+      <c r="M8" s="983"/>
+      <c r="N8" s="983"/>
+      <c r="O8" s="983"/>
+      <c r="P8" s="983"/>
+      <c r="Q8" s="983"/>
+      <c r="R8" s="983"/>
+      <c r="S8" s="983"/>
+      <c r="T8" s="983"/>
+      <c r="U8" s="983"/>
+      <c r="V8" s="983"/>
+      <c r="W8" s="983"/>
+      <c r="X8" s="983"/>
+      <c r="Y8" s="983"/>
+      <c r="Z8" s="983"/>
+      <c r="AA8" s="983"/>
+      <c r="AB8" s="983"/>
+      <c r="AC8" s="983"/>
+      <c r="AD8" s="983"/>
+      <c r="AE8" s="983"/>
+      <c r="AF8" s="983"/>
+      <c r="AG8" s="983"/>
+      <c r="AH8" s="983"/>
       <c r="AJ8" s="154"/>
     </row>
     <row r="9" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="153"/>
       <c r="C9" s="8" t="s">
         <v>394</v>
       </c>
-      <c r="G9" s="995"/>
-[...26 lines deleted...]
-      <c r="AH9" s="995"/>
+      <c r="G9" s="984"/>
+      <c r="H9" s="984"/>
+      <c r="I9" s="984"/>
+      <c r="J9" s="984"/>
+      <c r="K9" s="984"/>
+      <c r="L9" s="984"/>
+      <c r="M9" s="984"/>
+      <c r="N9" s="984"/>
+      <c r="O9" s="984"/>
+      <c r="P9" s="984"/>
+      <c r="Q9" s="984"/>
+      <c r="R9" s="984"/>
+      <c r="S9" s="984"/>
+      <c r="T9" s="984"/>
+      <c r="U9" s="984"/>
+      <c r="V9" s="984"/>
+      <c r="W9" s="984"/>
+      <c r="X9" s="984"/>
+      <c r="Y9" s="984"/>
+      <c r="Z9" s="984"/>
+      <c r="AA9" s="984"/>
+      <c r="AB9" s="984"/>
+      <c r="AC9" s="984"/>
+      <c r="AD9" s="984"/>
+      <c r="AE9" s="984"/>
+      <c r="AF9" s="984"/>
+      <c r="AG9" s="984"/>
+      <c r="AH9" s="984"/>
       <c r="AJ9" s="154"/>
     </row>
     <row r="10" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="153"/>
       <c r="C10" s="8"/>
       <c r="G10" s="44"/>
       <c r="H10" s="44"/>
       <c r="I10" s="44"/>
       <c r="J10" s="44"/>
       <c r="K10" s="44"/>
       <c r="L10" s="44"/>
       <c r="M10" s="44"/>
       <c r="N10" s="44"/>
       <c r="O10" s="44"/>
       <c r="P10" s="44"/>
       <c r="Q10" s="44"/>
       <c r="R10" s="44"/>
       <c r="S10" s="44"/>
       <c r="T10" s="44"/>
       <c r="U10" s="44"/>
       <c r="V10" s="44"/>
       <c r="W10" s="44"/>
       <c r="X10" s="44"/>
       <c r="Y10" s="44"/>
       <c r="Z10" s="44"/>
       <c r="AA10" s="44"/>
       <c r="AB10" s="44"/>
       <c r="AC10" s="44"/>
       <c r="AD10" s="44"/>
       <c r="AE10" s="44"/>
       <c r="AF10" s="44"/>
       <c r="AG10" s="44"/>
       <c r="AH10" s="44"/>
       <c r="AJ10" s="154"/>
     </row>
     <row r="11" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="153"/>
       <c r="B11" s="28" t="s">
         <v>268</v>
       </c>
-      <c r="G11" s="996" t="str">
+      <c r="G11" s="985" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "滋賀県草津市野路東1-1-1 立命館大学 びわこ・くさつキャンパス", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "大阪府茨木市岩倉町2-150 立命館大学 大阪いばらきキャンパス", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "京都府京都市北区等持院北町56-1 立命館大学 衣笠キャンパス"), "")</f>
         <v/>
       </c>
-      <c r="H11" s="996"/>
-[...25 lines deleted...]
-      <c r="AH11" s="996"/>
+      <c r="H11" s="985"/>
+      <c r="I11" s="985"/>
+      <c r="J11" s="985"/>
+      <c r="K11" s="985"/>
+      <c r="L11" s="985"/>
+      <c r="M11" s="985"/>
+      <c r="N11" s="985"/>
+      <c r="O11" s="985"/>
+      <c r="P11" s="985"/>
+      <c r="Q11" s="985"/>
+      <c r="R11" s="985"/>
+      <c r="S11" s="985"/>
+      <c r="T11" s="985"/>
+      <c r="U11" s="985"/>
+      <c r="V11" s="985"/>
+      <c r="W11" s="985"/>
+      <c r="X11" s="985"/>
+      <c r="Y11" s="985"/>
+      <c r="Z11" s="985"/>
+      <c r="AA11" s="985"/>
+      <c r="AB11" s="985"/>
+      <c r="AC11" s="985"/>
+      <c r="AD11" s="985"/>
+      <c r="AE11" s="985"/>
+      <c r="AF11" s="985"/>
+      <c r="AG11" s="985"/>
+      <c r="AH11" s="985"/>
       <c r="AJ11" s="154"/>
     </row>
     <row r="12" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="153"/>
       <c r="C12" s="8" t="s">
         <v>199</v>
       </c>
-      <c r="G12" s="997"/>
-[...26 lines deleted...]
-      <c r="AH12" s="997"/>
+      <c r="G12" s="986"/>
+      <c r="H12" s="986"/>
+      <c r="I12" s="986"/>
+      <c r="J12" s="986"/>
+      <c r="K12" s="986"/>
+      <c r="L12" s="986"/>
+      <c r="M12" s="986"/>
+      <c r="N12" s="986"/>
+      <c r="O12" s="986"/>
+      <c r="P12" s="986"/>
+      <c r="Q12" s="986"/>
+      <c r="R12" s="986"/>
+      <c r="S12" s="986"/>
+      <c r="T12" s="986"/>
+      <c r="U12" s="986"/>
+      <c r="V12" s="986"/>
+      <c r="W12" s="986"/>
+      <c r="X12" s="986"/>
+      <c r="Y12" s="986"/>
+      <c r="Z12" s="986"/>
+      <c r="AA12" s="986"/>
+      <c r="AB12" s="986"/>
+      <c r="AC12" s="986"/>
+      <c r="AD12" s="986"/>
+      <c r="AE12" s="986"/>
+      <c r="AF12" s="986"/>
+      <c r="AG12" s="986"/>
+      <c r="AH12" s="986"/>
       <c r="AJ12" s="154"/>
     </row>
     <row r="13" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="153"/>
       <c r="C13" s="8"/>
       <c r="G13" s="44"/>
       <c r="H13" s="44"/>
       <c r="I13" s="44"/>
       <c r="J13" s="44"/>
       <c r="K13" s="44"/>
       <c r="L13" s="44"/>
       <c r="M13" s="44"/>
       <c r="N13" s="44"/>
       <c r="O13" s="44"/>
       <c r="P13" s="44"/>
       <c r="Q13" s="44"/>
       <c r="R13" s="44"/>
       <c r="S13" s="44"/>
       <c r="T13" s="44"/>
       <c r="U13" s="44"/>
       <c r="V13" s="44"/>
       <c r="W13" s="44"/>
       <c r="X13" s="44"/>
       <c r="Y13" s="44"/>
       <c r="Z13" s="44"/>
       <c r="AA13" s="44"/>
       <c r="AB13" s="44"/>
       <c r="AC13" s="44"/>
       <c r="AD13" s="44"/>
       <c r="AE13" s="44"/>
       <c r="AF13" s="44"/>
       <c r="AG13" s="44"/>
       <c r="AH13" s="44"/>
       <c r="AJ13" s="154"/>
     </row>
     <row r="14" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="153"/>
       <c r="C14" s="28" t="s">
         <v>159</v>
       </c>
-      <c r="G14" s="869" t="str">
+      <c r="G14" s="770" t="str">
         <f>IFERROR(_xlfn.IFS('Form 1'!D8="滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga", "077-561-3946", 'Form 1'!D8="大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka", "072-665-2070", 'Form 1'!D8="京都 衣笠キャンパス Kinugasa Campus in Kyoto", "075-465-8230"), "")</f>
         <v/>
       </c>
-      <c r="H14" s="869"/>
-[...8 lines deleted...]
-      <c r="Q14" s="869"/>
+      <c r="H14" s="770"/>
+      <c r="I14" s="770"/>
+      <c r="J14" s="770"/>
+      <c r="K14" s="770"/>
+      <c r="L14" s="770"/>
+      <c r="M14" s="770"/>
+      <c r="N14" s="770"/>
+      <c r="O14" s="770"/>
+      <c r="P14" s="770"/>
+      <c r="Q14" s="770"/>
       <c r="W14" s="28"/>
       <c r="AD14" s="28"/>
       <c r="AJ14" s="154"/>
     </row>
     <row r="15" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="153"/>
       <c r="C15" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="G15" s="870"/>
-[...9 lines deleted...]
-      <c r="Q15" s="870"/>
+      <c r="G15" s="771"/>
+      <c r="H15" s="771"/>
+      <c r="I15" s="771"/>
+      <c r="J15" s="771"/>
+      <c r="K15" s="771"/>
+      <c r="L15" s="771"/>
+      <c r="M15" s="771"/>
+      <c r="N15" s="771"/>
+      <c r="O15" s="771"/>
+      <c r="P15" s="771"/>
+      <c r="Q15" s="771"/>
       <c r="AJ15" s="154"/>
     </row>
     <row r="16" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="153"/>
       <c r="C16" s="8"/>
       <c r="G16" s="57"/>
       <c r="H16" s="57"/>
       <c r="I16" s="57"/>
       <c r="J16" s="57"/>
       <c r="K16" s="57"/>
       <c r="L16" s="57"/>
       <c r="M16" s="57"/>
       <c r="N16" s="57"/>
       <c r="O16" s="57"/>
       <c r="P16" s="57"/>
       <c r="Q16" s="57"/>
       <c r="AJ16" s="154"/>
     </row>
     <row r="17" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="153"/>
       <c r="B17" s="28" t="s">
         <v>393</v>
       </c>
       <c r="C17" s="8"/>
-      <c r="G17" s="998" t="s">
+      <c r="G17" s="987" t="s">
         <v>525</v>
       </c>
-      <c r="H17" s="998"/>
-[...25 lines deleted...]
-      <c r="AH17" s="998"/>
+      <c r="H17" s="987"/>
+      <c r="I17" s="987"/>
+      <c r="J17" s="987"/>
+      <c r="K17" s="987"/>
+      <c r="L17" s="987"/>
+      <c r="M17" s="987"/>
+      <c r="N17" s="987"/>
+      <c r="O17" s="987"/>
+      <c r="P17" s="987"/>
+      <c r="Q17" s="987"/>
+      <c r="R17" s="987"/>
+      <c r="S17" s="987"/>
+      <c r="T17" s="987"/>
+      <c r="U17" s="987"/>
+      <c r="V17" s="987"/>
+      <c r="W17" s="987"/>
+      <c r="X17" s="987"/>
+      <c r="Y17" s="987"/>
+      <c r="Z17" s="987"/>
+      <c r="AA17" s="987"/>
+      <c r="AB17" s="987"/>
+      <c r="AC17" s="987"/>
+      <c r="AD17" s="987"/>
+      <c r="AE17" s="987"/>
+      <c r="AF17" s="987"/>
+      <c r="AG17" s="987"/>
+      <c r="AH17" s="987"/>
       <c r="AJ17" s="154"/>
     </row>
     <row r="18" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="153"/>
       <c r="B18" s="28"/>
-      <c r="C18" s="984" t="s">
+      <c r="C18" s="980" t="s">
         <v>392</v>
       </c>
-      <c r="D18" s="984"/>
-[...29 lines deleted...]
-      <c r="AH18" s="999"/>
+      <c r="D18" s="980"/>
+      <c r="E18" s="980"/>
+      <c r="F18" s="980"/>
+      <c r="G18" s="988"/>
+      <c r="H18" s="988"/>
+      <c r="I18" s="988"/>
+      <c r="J18" s="988"/>
+      <c r="K18" s="988"/>
+      <c r="L18" s="988"/>
+      <c r="M18" s="988"/>
+      <c r="N18" s="988"/>
+      <c r="O18" s="988"/>
+      <c r="P18" s="988"/>
+      <c r="Q18" s="988"/>
+      <c r="R18" s="988"/>
+      <c r="S18" s="988"/>
+      <c r="T18" s="988"/>
+      <c r="U18" s="988"/>
+      <c r="V18" s="988"/>
+      <c r="W18" s="988"/>
+      <c r="X18" s="988"/>
+      <c r="Y18" s="988"/>
+      <c r="Z18" s="988"/>
+      <c r="AA18" s="988"/>
+      <c r="AB18" s="988"/>
+      <c r="AC18" s="988"/>
+      <c r="AD18" s="988"/>
+      <c r="AE18" s="988"/>
+      <c r="AF18" s="988"/>
+      <c r="AG18" s="988"/>
+      <c r="AH18" s="988"/>
       <c r="AJ18" s="154"/>
     </row>
     <row r="19" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="153"/>
       <c r="B19" s="28"/>
       <c r="C19" s="8"/>
       <c r="G19" s="57"/>
       <c r="H19" s="57"/>
       <c r="I19" s="57"/>
       <c r="J19" s="57"/>
       <c r="K19" s="57"/>
       <c r="L19" s="57"/>
       <c r="M19" s="57"/>
       <c r="N19" s="57"/>
       <c r="O19" s="57"/>
       <c r="P19" s="57"/>
       <c r="Q19" s="57"/>
       <c r="AJ19" s="154"/>
     </row>
     <row r="20" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="153"/>
       <c r="B20" s="28" t="s">
         <v>391</v>
       </c>
       <c r="C20" s="8"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
-      <c r="O20" s="988">
+      <c r="O20" s="995">
         <v>9</v>
       </c>
-      <c r="P20" s="988">
+      <c r="P20" s="995">
         <v>1</v>
       </c>
-      <c r="Q20" s="988">
+      <c r="Q20" s="995">
         <v>3</v>
       </c>
       <c r="R20" s="990">
         <v>0</v>
       </c>
       <c r="S20" s="990">
         <v>0</v>
       </c>
       <c r="T20" s="990">
         <v>0</v>
       </c>
       <c r="U20" s="990">
         <v>5</v>
       </c>
       <c r="V20" s="990">
         <v>0</v>
       </c>
       <c r="W20" s="990">
         <v>0</v>
       </c>
       <c r="X20" s="990">
         <v>4</v>
       </c>
       <c r="Y20" s="990">
         <v>2</v>
       </c>
       <c r="Z20" s="990">
         <v>8</v>
       </c>
       <c r="AA20" s="990">
         <v>9</v>
       </c>
       <c r="AJ20" s="154"/>
     </row>
     <row r="21" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="153"/>
       <c r="B21" s="28"/>
-      <c r="C21" s="984" t="s">
+      <c r="C21" s="980" t="s">
         <v>390</v>
       </c>
-      <c r="D21" s="984"/>
-[...12 lines deleted...]
-      <c r="Q21" s="989"/>
+      <c r="D21" s="980"/>
+      <c r="E21" s="980"/>
+      <c r="F21" s="980"/>
+      <c r="G21" s="980"/>
+      <c r="H21" s="980"/>
+      <c r="I21" s="980"/>
+      <c r="J21" s="980"/>
+      <c r="K21" s="980"/>
+      <c r="L21" s="980"/>
+      <c r="M21" s="980"/>
+      <c r="N21" s="980"/>
+      <c r="O21" s="996"/>
+      <c r="P21" s="996"/>
+      <c r="Q21" s="996"/>
       <c r="R21" s="991"/>
       <c r="S21" s="991"/>
       <c r="T21" s="991"/>
       <c r="U21" s="991"/>
       <c r="V21" s="991"/>
       <c r="W21" s="991"/>
       <c r="X21" s="991"/>
       <c r="Y21" s="991"/>
       <c r="Z21" s="991"/>
       <c r="AA21" s="991"/>
       <c r="AJ21" s="154"/>
     </row>
     <row r="22" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="153"/>
       <c r="C22" s="8"/>
       <c r="AJ22" s="154"/>
     </row>
     <row r="23" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="153"/>
       <c r="B23" s="28" t="s">
         <v>389</v>
       </c>
       <c r="G23" s="8" t="s">
         <v>388</v>
       </c>
@@ -37587,149 +37586,149 @@
       <c r="AJ28" s="154"/>
     </row>
     <row r="29" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="153"/>
       <c r="D29" s="8" t="s">
         <v>378</v>
       </c>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
       <c r="J29" s="8"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8"/>
       <c r="P29" s="8"/>
       <c r="Q29" s="8"/>
       <c r="AJ29" s="154"/>
     </row>
     <row r="30" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="153"/>
       <c r="B30" s="28" t="s">
-        <v>726</v>
-[...4 lines deleted...]
-      <c r="AH30" s="985"/>
+        <v>725</v>
+      </c>
+      <c r="AE30" s="992"/>
+      <c r="AF30" s="992"/>
+      <c r="AG30" s="992"/>
+      <c r="AH30" s="992"/>
       <c r="AJ30" s="154"/>
     </row>
     <row r="31" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="153"/>
       <c r="C31" s="8" t="s">
         <v>377</v>
       </c>
-      <c r="AE31" s="770"/>
-[...2 lines deleted...]
-      <c r="AH31" s="770"/>
+      <c r="AE31" s="876"/>
+      <c r="AF31" s="876"/>
+      <c r="AG31" s="876"/>
+      <c r="AH31" s="876"/>
       <c r="AJ31" s="154"/>
     </row>
     <row r="32" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="153"/>
       <c r="C32" s="8" t="s">
         <v>376</v>
       </c>
       <c r="AF32" s="156"/>
       <c r="AG32" s="156"/>
       <c r="AH32" s="156"/>
       <c r="AJ32" s="154"/>
     </row>
     <row r="33" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="153"/>
       <c r="B33" s="28" t="s">
         <v>375</v>
       </c>
       <c r="C33" s="157"/>
       <c r="D33" s="157"/>
       <c r="E33" s="157"/>
       <c r="F33" s="157"/>
       <c r="G33" s="157"/>
       <c r="H33" s="157"/>
       <c r="I33" s="157"/>
       <c r="J33" s="157"/>
       <c r="K33" s="157"/>
       <c r="L33" s="157"/>
       <c r="M33" s="157"/>
       <c r="N33" s="157"/>
       <c r="O33" s="157"/>
       <c r="P33" s="157"/>
       <c r="Q33" s="157"/>
       <c r="R33" s="157"/>
       <c r="S33" s="157"/>
       <c r="T33" s="157"/>
       <c r="U33" s="157"/>
       <c r="V33" s="157"/>
       <c r="Z33" s="157"/>
       <c r="AA33" s="157"/>
-      <c r="AB33" s="986" t="s">
+      <c r="AB33" s="993" t="s">
         <v>374</v>
       </c>
-      <c r="AC33" s="986"/>
-      <c r="AD33" s="986"/>
+      <c r="AC33" s="993"/>
+      <c r="AD33" s="993"/>
       <c r="AH33" s="157"/>
       <c r="AJ33" s="154"/>
     </row>
     <row r="34" spans="1:36" s="31" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="30"/>
       <c r="B34" s="300"/>
       <c r="C34" s="28" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="D34" s="300"/>
       <c r="E34" s="300"/>
       <c r="F34" s="300"/>
       <c r="G34" s="300"/>
       <c r="H34" s="300"/>
       <c r="I34" s="300"/>
       <c r="J34" s="300"/>
       <c r="K34" s="300"/>
       <c r="L34" s="300"/>
       <c r="M34" s="300"/>
       <c r="N34" s="300"/>
       <c r="O34" s="300"/>
       <c r="P34" s="300"/>
       <c r="Q34" s="300"/>
       <c r="R34" s="300"/>
       <c r="S34" s="300"/>
       <c r="T34" s="300"/>
       <c r="U34" s="300"/>
       <c r="V34" s="300"/>
       <c r="W34" s="300"/>
       <c r="X34" s="300"/>
       <c r="Y34" s="300"/>
       <c r="Z34" s="300"/>
       <c r="AA34" s="300"/>
-      <c r="AB34" s="987" t="s">
+      <c r="AB34" s="994" t="s">
         <v>22</v>
       </c>
-      <c r="AC34" s="987"/>
-      <c r="AD34" s="987"/>
+      <c r="AC34" s="994"/>
+      <c r="AD34" s="994"/>
       <c r="AE34" s="300"/>
       <c r="AF34" s="300"/>
       <c r="AG34" s="300"/>
       <c r="AH34" s="300"/>
       <c r="AJ34" s="158"/>
     </row>
     <row r="35" spans="1:36" s="31" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="30"/>
       <c r="B35" s="300"/>
       <c r="C35" s="8" t="s">
         <v>373</v>
       </c>
       <c r="D35" s="300"/>
       <c r="E35" s="300"/>
       <c r="F35" s="300"/>
       <c r="G35" s="300"/>
       <c r="H35" s="300"/>
       <c r="I35" s="300"/>
       <c r="J35" s="300"/>
       <c r="K35" s="300"/>
       <c r="L35" s="300"/>
       <c r="M35" s="300"/>
       <c r="N35" s="300"/>
       <c r="O35" s="300"/>
       <c r="P35" s="300"/>
@@ -37844,207 +37843,207 @@
         <v>365</v>
       </c>
       <c r="Z38" s="31"/>
       <c r="AB38" s="31"/>
       <c r="AC38" s="31"/>
       <c r="AF38" s="31" t="s">
         <v>364</v>
       </c>
       <c r="AG38" s="31"/>
       <c r="AJ38" s="34"/>
     </row>
     <row r="39" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="18"/>
       <c r="C39" s="155" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="28" t="s">
         <v>363</v>
       </c>
       <c r="W39" s="155" t="s">
         <v>5</v>
       </c>
       <c r="X39" s="28" t="s">
         <v>241</v>
       </c>
-      <c r="AA39" s="980"/>
-[...4 lines deleted...]
-      <c r="AF39" s="980"/>
+      <c r="AA39" s="989"/>
+      <c r="AB39" s="989"/>
+      <c r="AC39" s="989"/>
+      <c r="AD39" s="989"/>
+      <c r="AE39" s="989"/>
+      <c r="AF39" s="989"/>
       <c r="AG39" s="35" t="s">
         <v>63</v>
       </c>
       <c r="AH39" s="160"/>
       <c r="AJ39" s="29"/>
     </row>
     <row r="40" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="153"/>
       <c r="D40" s="31" t="s">
         <v>362</v>
       </c>
       <c r="X40" s="31" t="s">
         <v>83</v>
       </c>
-      <c r="AA40" s="980"/>
-[...4 lines deleted...]
-      <c r="AF40" s="980"/>
+      <c r="AA40" s="989"/>
+      <c r="AB40" s="989"/>
+      <c r="AC40" s="989"/>
+      <c r="AD40" s="989"/>
+      <c r="AE40" s="989"/>
+      <c r="AF40" s="989"/>
       <c r="AG40" s="160"/>
       <c r="AH40" s="160"/>
       <c r="AJ40" s="154"/>
     </row>
     <row r="41" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="18" t="s">
         <v>361</v>
       </c>
       <c r="H41" s="161"/>
-      <c r="I41" s="982"/>
-[...3 lines deleted...]
-      <c r="M41" s="845" t="s">
+      <c r="I41" s="997"/>
+      <c r="J41" s="997"/>
+      <c r="K41" s="997"/>
+      <c r="L41" s="997"/>
+      <c r="M41" s="768" t="s">
         <v>51</v>
       </c>
-      <c r="N41" s="845"/>
-[...2 lines deleted...]
-      <c r="Q41" s="845" t="s">
+      <c r="N41" s="768"/>
+      <c r="O41" s="997"/>
+      <c r="P41" s="997"/>
+      <c r="Q41" s="768" t="s">
         <v>50</v>
       </c>
-      <c r="R41" s="845"/>
-[...1 lines deleted...]
-      <c r="T41" s="982"/>
+      <c r="R41" s="768"/>
+      <c r="S41" s="997"/>
+      <c r="T41" s="997"/>
       <c r="U41" s="28" t="s">
         <v>49</v>
       </c>
       <c r="AJ41" s="154"/>
     </row>
     <row r="42" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="153"/>
       <c r="B42" s="8" t="s">
         <v>360</v>
       </c>
       <c r="C42" s="8"/>
       <c r="D42" s="8"/>
       <c r="E42" s="8"/>
       <c r="F42" s="8"/>
       <c r="G42" s="8"/>
       <c r="H42" s="57"/>
-      <c r="I42" s="983"/>
-[...3 lines deleted...]
-      <c r="M42" s="819" t="s">
+      <c r="I42" s="998"/>
+      <c r="J42" s="998"/>
+      <c r="K42" s="998"/>
+      <c r="L42" s="998"/>
+      <c r="M42" s="769" t="s">
         <v>1</v>
       </c>
-      <c r="N42" s="819"/>
-[...2 lines deleted...]
-      <c r="Q42" s="819" t="s">
+      <c r="N42" s="769"/>
+      <c r="O42" s="998"/>
+      <c r="P42" s="998"/>
+      <c r="Q42" s="769" t="s">
         <v>359</v>
       </c>
-      <c r="R42" s="819"/>
-[...1 lines deleted...]
-      <c r="T42" s="983"/>
+      <c r="R42" s="769"/>
+      <c r="S42" s="998"/>
+      <c r="T42" s="998"/>
       <c r="U42" s="45" t="s">
         <v>3</v>
       </c>
       <c r="AJ42" s="154"/>
     </row>
     <row r="43" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="153"/>
       <c r="B43" s="8"/>
       <c r="C43" s="8"/>
       <c r="D43" s="8"/>
       <c r="E43" s="8"/>
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
       <c r="I43" s="8"/>
       <c r="J43" s="8"/>
       <c r="K43" s="8"/>
       <c r="L43" s="8"/>
       <c r="M43" s="8"/>
       <c r="N43" s="8"/>
       <c r="O43" s="8"/>
       <c r="Q43" s="42"/>
       <c r="R43" s="8"/>
       <c r="S43" s="8"/>
       <c r="T43" s="8"/>
       <c r="U43" s="8"/>
       <c r="AJ43" s="154"/>
     </row>
     <row r="44" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="18" t="s">
         <v>358</v>
       </c>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
-      <c r="N44" s="859">
+      <c r="N44" s="766">
         <v>10.5</v>
       </c>
-      <c r="O44" s="859"/>
-[...7 lines deleted...]
-      <c r="W44" s="859"/>
+      <c r="O44" s="766"/>
+      <c r="P44" s="766"/>
+      <c r="Q44" s="766"/>
+      <c r="R44" s="766"/>
+      <c r="S44" s="766"/>
+      <c r="T44" s="766"/>
+      <c r="U44" s="766"/>
+      <c r="V44" s="766"/>
+      <c r="W44" s="766"/>
       <c r="X44" s="28" t="s">
         <v>357</v>
       </c>
       <c r="AJ44" s="154"/>
     </row>
     <row r="45" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="153"/>
       <c r="B45" s="8" t="s">
         <v>356</v>
       </c>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
-      <c r="N45" s="860"/>
-[...8 lines deleted...]
-      <c r="W45" s="860"/>
+      <c r="N45" s="767"/>
+      <c r="O45" s="767"/>
+      <c r="P45" s="767"/>
+      <c r="Q45" s="767"/>
+      <c r="R45" s="767"/>
+      <c r="S45" s="767"/>
+      <c r="T45" s="767"/>
+      <c r="U45" s="767"/>
+      <c r="V45" s="767"/>
+      <c r="W45" s="767"/>
       <c r="X45" s="31" t="s">
         <v>355</v>
       </c>
       <c r="AJ45" s="154"/>
     </row>
     <row r="46" spans="1:36" s="24" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="153"/>
       <c r="B46" s="8"/>
       <c r="I46" s="57"/>
       <c r="J46" s="57"/>
       <c r="K46" s="57"/>
       <c r="L46" s="57"/>
       <c r="M46" s="57"/>
       <c r="N46" s="57"/>
       <c r="O46" s="57"/>
       <c r="P46" s="57"/>
       <c r="Q46" s="57"/>
       <c r="R46" s="57"/>
       <c r="S46" s="57"/>
       <c r="T46" s="57"/>
       <c r="U46" s="57"/>
       <c r="AJ46" s="154"/>
     </row>
     <row r="47" spans="1:36" s="24" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="18" t="s">
@@ -38077,429 +38076,429 @@
         <v>351</v>
       </c>
       <c r="O48" s="35"/>
       <c r="R48" s="35"/>
       <c r="S48" s="35"/>
       <c r="T48" s="35"/>
       <c r="U48" s="35"/>
       <c r="V48" s="35"/>
       <c r="W48" s="35"/>
       <c r="X48" s="35"/>
       <c r="Y48" s="35"/>
       <c r="Z48" s="24"/>
       <c r="AA48" s="162"/>
       <c r="AB48" s="35"/>
       <c r="AC48" s="24"/>
       <c r="AD48" s="24"/>
       <c r="AE48" s="35"/>
       <c r="AF48" s="35"/>
       <c r="AH48" s="35"/>
       <c r="AJ48" s="29"/>
     </row>
     <row r="49" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="153"/>
       <c r="B49" s="33"/>
       <c r="C49" s="31" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="D49" s="31"/>
       <c r="E49" s="31"/>
       <c r="F49" s="31"/>
       <c r="G49" s="31"/>
       <c r="H49" s="31"/>
       <c r="I49" s="31"/>
       <c r="J49" s="31"/>
       <c r="K49" s="31"/>
       <c r="L49" s="31"/>
       <c r="M49" s="31"/>
       <c r="N49" s="31" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="O49" s="31"/>
       <c r="P49" s="31"/>
       <c r="Q49" s="31"/>
       <c r="R49" s="31"/>
       <c r="S49" s="31"/>
       <c r="T49" s="31"/>
       <c r="U49" s="31"/>
       <c r="V49" s="31"/>
       <c r="W49" s="31"/>
       <c r="X49" s="31"/>
       <c r="Y49" s="31"/>
       <c r="Z49" s="31"/>
       <c r="AA49" s="31"/>
       <c r="AB49" s="31"/>
       <c r="AC49" s="24"/>
       <c r="AD49" s="24"/>
       <c r="AE49" s="31"/>
       <c r="AF49" s="33"/>
       <c r="AG49" s="33"/>
       <c r="AH49" s="33"/>
       <c r="AJ49" s="29"/>
     </row>
     <row r="50" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="153"/>
       <c r="B50" s="59" t="s">
         <v>0</v>
       </c>
       <c r="C50" s="35" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="D50" s="35"/>
       <c r="E50" s="24"/>
       <c r="F50" s="24"/>
       <c r="G50" s="35"/>
       <c r="H50" s="31"/>
       <c r="I50" s="31"/>
       <c r="J50" s="31"/>
       <c r="K50" s="31"/>
       <c r="L50" s="31"/>
       <c r="M50" s="31"/>
       <c r="N50" s="31"/>
       <c r="O50" s="59"/>
       <c r="P50" s="59" t="s">
         <v>0</v>
       </c>
       <c r="Q50" s="35" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50" s="31"/>
       <c r="U50" s="24"/>
       <c r="V50" s="24"/>
       <c r="W50" s="31"/>
       <c r="X50" s="33"/>
       <c r="Y50" s="33"/>
       <c r="Z50" s="33"/>
       <c r="AA50" s="59"/>
       <c r="AB50" s="35"/>
       <c r="AC50" s="59" t="s">
         <v>0</v>
       </c>
       <c r="AD50" s="35" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="AE50" s="35"/>
       <c r="AF50" s="35"/>
       <c r="AG50" s="35"/>
       <c r="AH50" s="35"/>
       <c r="AJ50" s="29"/>
     </row>
     <row r="51" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="153"/>
       <c r="B51" s="33"/>
-      <c r="C51" s="981" t="s">
-[...11 lines deleted...]
-      <c r="M51" s="981"/>
+      <c r="C51" s="999" t="s">
+        <v>732</v>
+      </c>
+      <c r="D51" s="999"/>
+      <c r="E51" s="999"/>
+      <c r="F51" s="999"/>
+      <c r="G51" s="999"/>
+      <c r="H51" s="999"/>
+      <c r="I51" s="999"/>
+      <c r="J51" s="999"/>
+      <c r="K51" s="999"/>
+      <c r="L51" s="999"/>
+      <c r="M51" s="999"/>
       <c r="N51" s="31"/>
       <c r="O51" s="31"/>
       <c r="P51" s="307"/>
-      <c r="Q51" s="981" t="s">
-[...9 lines deleted...]
-      <c r="Y51" s="981"/>
+      <c r="Q51" s="999" t="s">
+        <v>733</v>
+      </c>
+      <c r="R51" s="999"/>
+      <c r="S51" s="999"/>
+      <c r="T51" s="999"/>
+      <c r="U51" s="999"/>
+      <c r="V51" s="999"/>
+      <c r="W51" s="999"/>
+      <c r="X51" s="999"/>
+      <c r="Y51" s="999"/>
       <c r="Z51" s="307"/>
       <c r="AA51" s="307"/>
       <c r="AB51" s="31"/>
       <c r="AC51" s="31"/>
       <c r="AD51" s="31" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="AE51" s="31"/>
       <c r="AF51" s="31"/>
       <c r="AG51" s="31"/>
       <c r="AJ51" s="34"/>
     </row>
     <row r="52" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="153"/>
       <c r="B52" s="33"/>
-      <c r="C52" s="981"/>
-[...9 lines deleted...]
-      <c r="M52" s="981"/>
+      <c r="C52" s="999"/>
+      <c r="D52" s="999"/>
+      <c r="E52" s="999"/>
+      <c r="F52" s="999"/>
+      <c r="G52" s="999"/>
+      <c r="H52" s="999"/>
+      <c r="I52" s="999"/>
+      <c r="J52" s="999"/>
+      <c r="K52" s="999"/>
+      <c r="L52" s="999"/>
+      <c r="M52" s="999"/>
       <c r="N52" s="31"/>
       <c r="O52" s="31"/>
       <c r="P52" s="307"/>
-      <c r="Q52" s="981"/>
-[...7 lines deleted...]
-      <c r="Y52" s="981"/>
+      <c r="Q52" s="999"/>
+      <c r="R52" s="999"/>
+      <c r="S52" s="999"/>
+      <c r="T52" s="999"/>
+      <c r="U52" s="999"/>
+      <c r="V52" s="999"/>
+      <c r="W52" s="999"/>
+      <c r="X52" s="999"/>
+      <c r="Y52" s="999"/>
       <c r="Z52" s="307"/>
       <c r="AA52" s="307"/>
       <c r="AJ52" s="34"/>
     </row>
     <row r="53" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="153"/>
       <c r="B53" s="59" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="35" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="D53" s="31"/>
       <c r="E53" s="31"/>
       <c r="F53" s="31"/>
       <c r="G53" s="31"/>
       <c r="H53" s="31"/>
       <c r="I53" s="31"/>
       <c r="J53" s="31"/>
       <c r="K53" s="31"/>
       <c r="L53" s="31"/>
       <c r="M53" s="31"/>
       <c r="N53" s="31"/>
       <c r="O53" s="59"/>
       <c r="P53" s="59" t="s">
         <v>0</v>
       </c>
       <c r="Q53" s="35" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="R53"/>
       <c r="S53"/>
       <c r="T53" s="31"/>
       <c r="U53" s="24"/>
       <c r="V53" s="24"/>
       <c r="W53" s="31"/>
       <c r="X53" s="31"/>
       <c r="Y53" s="308"/>
       <c r="Z53" s="309"/>
       <c r="AA53" s="59"/>
       <c r="AB53" s="35"/>
       <c r="AC53" s="59" t="s">
         <v>5</v>
       </c>
       <c r="AD53" s="35" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="AE53" s="35"/>
       <c r="AF53" s="310"/>
       <c r="AG53" s="310"/>
       <c r="AH53" s="311"/>
       <c r="AI53" s="311"/>
       <c r="AJ53" s="312"/>
     </row>
     <row r="54" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="153"/>
       <c r="B54" s="33"/>
-      <c r="C54" s="981" t="s">
-[...11 lines deleted...]
-      <c r="M54" s="981"/>
+      <c r="C54" s="999" t="s">
+        <v>738</v>
+      </c>
+      <c r="D54" s="999"/>
+      <c r="E54" s="999"/>
+      <c r="F54" s="999"/>
+      <c r="G54" s="999"/>
+      <c r="H54" s="999"/>
+      <c r="I54" s="999"/>
+      <c r="J54" s="999"/>
+      <c r="K54" s="999"/>
+      <c r="L54" s="999"/>
+      <c r="M54" s="999"/>
       <c r="N54" s="31"/>
       <c r="O54" s="31"/>
       <c r="P54" s="307"/>
-      <c r="Q54" s="981" t="s">
-[...9 lines deleted...]
-      <c r="Y54" s="981"/>
+      <c r="Q54" s="999" t="s">
+        <v>739</v>
+      </c>
+      <c r="R54" s="999"/>
+      <c r="S54" s="999"/>
+      <c r="T54" s="999"/>
+      <c r="U54" s="999"/>
+      <c r="V54" s="999"/>
+      <c r="W54" s="999"/>
+      <c r="X54" s="999"/>
+      <c r="Y54" s="999"/>
       <c r="Z54" s="313"/>
       <c r="AA54" s="33"/>
       <c r="AB54" s="31"/>
       <c r="AC54" s="33"/>
       <c r="AD54" s="31" t="s">
         <v>350</v>
       </c>
       <c r="AE54" s="31"/>
       <c r="AF54" s="313"/>
       <c r="AG54" s="313"/>
       <c r="AH54" s="311"/>
       <c r="AI54" s="311"/>
       <c r="AJ54" s="314"/>
     </row>
     <row r="55" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="153"/>
       <c r="B55" s="33"/>
-      <c r="C55" s="981"/>
-[...9 lines deleted...]
-      <c r="M55" s="981"/>
+      <c r="C55" s="999"/>
+      <c r="D55" s="999"/>
+      <c r="E55" s="999"/>
+      <c r="F55" s="999"/>
+      <c r="G55" s="999"/>
+      <c r="H55" s="999"/>
+      <c r="I55" s="999"/>
+      <c r="J55" s="999"/>
+      <c r="K55" s="999"/>
+      <c r="L55" s="999"/>
+      <c r="M55" s="999"/>
       <c r="N55" s="31"/>
       <c r="O55" s="31"/>
       <c r="P55" s="307"/>
-      <c r="Q55" s="981"/>
-[...7 lines deleted...]
-      <c r="Y55" s="981"/>
+      <c r="Q55" s="999"/>
+      <c r="R55" s="999"/>
+      <c r="S55" s="999"/>
+      <c r="T55" s="999"/>
+      <c r="U55" s="999"/>
+      <c r="V55" s="999"/>
+      <c r="W55" s="999"/>
+      <c r="X55" s="999"/>
+      <c r="Y55" s="999"/>
       <c r="AC55" s="35"/>
       <c r="AD55" s="35"/>
       <c r="AE55" s="35"/>
       <c r="AF55" s="35"/>
       <c r="AG55" s="35"/>
       <c r="AJ55" s="29"/>
     </row>
     <row r="56" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="153"/>
       <c r="B56" s="59" t="s">
         <v>0</v>
       </c>
       <c r="C56" s="35" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="D56" s="28"/>
       <c r="E56" s="28"/>
       <c r="F56" s="35"/>
       <c r="G56" s="28"/>
       <c r="H56" s="35"/>
       <c r="J56" s="28"/>
       <c r="K56" s="28"/>
       <c r="L56" s="28"/>
       <c r="M56" s="28"/>
       <c r="Q56" s="59" t="s">
         <v>0</v>
       </c>
       <c r="R56" s="35" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="S56" s="28"/>
       <c r="T56" s="35"/>
       <c r="U56" s="28"/>
       <c r="V56" s="35"/>
       <c r="W56" s="35"/>
       <c r="X56" s="35"/>
       <c r="Y56" s="35"/>
       <c r="AA56" s="35"/>
       <c r="AC56" s="31"/>
       <c r="AD56" s="31"/>
       <c r="AE56" s="31"/>
       <c r="AF56" s="31"/>
       <c r="AG56" s="31"/>
       <c r="AJ56" s="34"/>
     </row>
     <row r="57" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="153"/>
       <c r="B57" s="31"/>
-      <c r="C57" s="981" t="s">
+      <c r="C57" s="999" t="s">
+        <v>742</v>
+      </c>
+      <c r="D57" s="999"/>
+      <c r="E57" s="999"/>
+      <c r="F57" s="999"/>
+      <c r="G57" s="999"/>
+      <c r="H57" s="999"/>
+      <c r="I57" s="999"/>
+      <c r="J57" s="999"/>
+      <c r="K57" s="999"/>
+      <c r="L57" s="999"/>
+      <c r="M57" s="999"/>
+      <c r="Q57" s="31"/>
+      <c r="R57" s="999" t="s">
         <v>743</v>
       </c>
-      <c r="D57" s="981"/>
-[...21 lines deleted...]
-      <c r="AA57" s="981"/>
+      <c r="S57" s="999"/>
+      <c r="T57" s="999"/>
+      <c r="U57" s="999"/>
+      <c r="V57" s="999"/>
+      <c r="W57" s="999"/>
+      <c r="X57" s="999"/>
+      <c r="Y57" s="999"/>
+      <c r="Z57" s="999"/>
+      <c r="AA57" s="999"/>
       <c r="AJ57" s="34"/>
     </row>
     <row r="58" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="153"/>
       <c r="B58" s="31"/>
-      <c r="C58" s="981"/>
-[...9 lines deleted...]
-      <c r="M58" s="981"/>
+      <c r="C58" s="999"/>
+      <c r="D58" s="999"/>
+      <c r="E58" s="999"/>
+      <c r="F58" s="999"/>
+      <c r="G58" s="999"/>
+      <c r="H58" s="999"/>
+      <c r="I58" s="999"/>
+      <c r="J58" s="999"/>
+      <c r="K58" s="999"/>
+      <c r="L58" s="999"/>
+      <c r="M58" s="999"/>
       <c r="Q58" s="31"/>
-      <c r="R58" s="981"/>
-[...8 lines deleted...]
-      <c r="AA58" s="981"/>
+      <c r="R58" s="999"/>
+      <c r="S58" s="999"/>
+      <c r="T58" s="999"/>
+      <c r="U58" s="999"/>
+      <c r="V58" s="999"/>
+      <c r="W58" s="999"/>
+      <c r="X58" s="999"/>
+      <c r="Y58" s="999"/>
+      <c r="Z58" s="999"/>
+      <c r="AA58" s="999"/>
       <c r="AB58" s="310"/>
       <c r="AC58" s="308"/>
       <c r="AD58" s="310"/>
       <c r="AE58" s="310"/>
       <c r="AF58" s="310"/>
       <c r="AG58" s="310"/>
       <c r="AH58" s="310"/>
       <c r="AI58" s="308"/>
       <c r="AJ58" s="29"/>
     </row>
     <row r="59" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="153"/>
       <c r="B59" s="59" t="s">
         <v>0</v>
       </c>
       <c r="C59" s="35" t="s">
         <v>349</v>
       </c>
       <c r="D59" s="35"/>
       <c r="E59" s="35"/>
       <c r="F59" s="35"/>
       <c r="G59" s="35"/>
       <c r="H59" s="35"/>
       <c r="I59" s="35"/>
       <c r="J59" s="35"/>
@@ -38635,145 +38634,145 @@
       <c r="L62" s="31"/>
       <c r="M62" s="31"/>
       <c r="N62" s="31" t="s">
         <v>340</v>
       </c>
       <c r="O62" s="31"/>
       <c r="P62" s="31"/>
       <c r="Q62" s="31"/>
       <c r="R62" s="31"/>
       <c r="S62" s="31"/>
       <c r="T62" s="31"/>
       <c r="X62" s="33"/>
       <c r="Y62" s="33"/>
       <c r="AE62" s="33"/>
       <c r="AF62" s="33"/>
       <c r="AG62" s="33"/>
       <c r="AH62" s="33"/>
       <c r="AJ62" s="34"/>
     </row>
     <row r="63" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="153"/>
       <c r="B63" s="59" t="s">
         <v>0</v>
       </c>
       <c r="C63" s="35" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="D63" s="35"/>
       <c r="E63" s="35"/>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63" s="24"/>
       <c r="J63" s="35"/>
       <c r="L63" s="35"/>
       <c r="Q63" s="59" t="s">
         <v>0</v>
       </c>
       <c r="R63" s="35" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="S63" s="35"/>
       <c r="AJ63" s="29"/>
     </row>
     <row r="64" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="153"/>
       <c r="B64" s="33"/>
       <c r="C64" s="31" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="D64" s="33"/>
       <c r="E64" s="31"/>
       <c r="F64" s="24"/>
       <c r="G64" s="31"/>
       <c r="H64" s="24"/>
       <c r="I64" s="31"/>
       <c r="J64" s="33"/>
       <c r="L64" s="33"/>
       <c r="Q64" s="33"/>
       <c r="R64" s="31" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="S64" s="33"/>
       <c r="AJ64" s="34"/>
     </row>
     <row r="65" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="153"/>
       <c r="B65" s="59" t="s">
         <v>0</v>
       </c>
       <c r="C65" s="35" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="F65" s="35"/>
       <c r="G65" s="35"/>
       <c r="H65" s="35"/>
       <c r="I65" s="35"/>
       <c r="J65" s="35"/>
       <c r="K65" s="35"/>
       <c r="L65" s="310"/>
       <c r="M65" s="310"/>
       <c r="N65" s="35"/>
       <c r="O65" s="35"/>
       <c r="Q65" s="59" t="s">
         <v>0</v>
       </c>
       <c r="R65" s="35" t="s">
         <v>339</v>
       </c>
       <c r="S65"/>
       <c r="T65"/>
       <c r="Y65" s="35"/>
       <c r="Z65" s="35"/>
       <c r="AA65" s="35"/>
       <c r="AB65" s="35"/>
       <c r="AC65" s="35"/>
       <c r="AD65" s="35"/>
       <c r="AE65" s="35"/>
       <c r="AF65" s="35"/>
       <c r="AG65" s="35"/>
       <c r="AH65" s="35"/>
       <c r="AJ65" s="29"/>
     </row>
     <row r="66" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="153"/>
       <c r="C66" s="31" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="F66" s="33"/>
       <c r="G66" s="33"/>
       <c r="H66" s="33"/>
       <c r="I66" s="33"/>
       <c r="J66" s="33"/>
       <c r="K66" s="33"/>
       <c r="L66" s="313"/>
       <c r="M66" s="313"/>
       <c r="N66" s="33"/>
       <c r="O66" s="33"/>
       <c r="P66" s="33"/>
       <c r="R66" s="31" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="S66" s="31"/>
       <c r="Y66" s="33"/>
       <c r="Z66" s="33"/>
       <c r="AA66" s="33"/>
       <c r="AB66" s="33"/>
       <c r="AC66" s="33"/>
       <c r="AD66" s="33"/>
       <c r="AE66" s="33"/>
       <c r="AF66" s="33"/>
       <c r="AG66" s="33"/>
       <c r="AH66" s="33"/>
       <c r="AJ66" s="34"/>
     </row>
     <row r="67" spans="1:36" s="28" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="153"/>
       <c r="B67" s="59" t="s">
         <v>0</v>
       </c>
       <c r="C67" s="35" t="s">
         <v>338</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" s="35"/>
@@ -38784,51 +38783,51 @@
       <c r="K67" s="35"/>
       <c r="L67" s="31"/>
       <c r="N67" s="33"/>
       <c r="O67" s="35"/>
       <c r="P67" s="35"/>
       <c r="Q67" s="35"/>
       <c r="R67" s="35"/>
       <c r="S67" s="35"/>
       <c r="T67" s="7"/>
       <c r="U67" s="35"/>
       <c r="Y67"/>
       <c r="Z67" s="35"/>
       <c r="AA67" s="33"/>
       <c r="AB67" s="35"/>
       <c r="AC67" s="35"/>
       <c r="AD67" s="35"/>
       <c r="AE67" s="35"/>
       <c r="AF67" s="35"/>
       <c r="AG67" s="35"/>
       <c r="AJ67" s="29"/>
     </row>
     <row r="68" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="153"/>
       <c r="B68" s="33"/>
       <c r="C68" s="31" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="D68" s="31"/>
       <c r="E68" s="31"/>
       <c r="F68" s="31"/>
       <c r="G68" s="31"/>
       <c r="H68" s="31"/>
       <c r="I68" s="31"/>
       <c r="J68" s="31"/>
       <c r="K68" s="31"/>
       <c r="L68" s="31"/>
       <c r="N68" s="31"/>
       <c r="O68" s="31"/>
       <c r="P68" s="24"/>
       <c r="Q68" s="31"/>
       <c r="R68" s="31"/>
       <c r="S68" s="31"/>
       <c r="T68" s="31"/>
       <c r="U68" s="31"/>
       <c r="Y68" s="31"/>
       <c r="AB68"/>
       <c r="AC68"/>
       <c r="AD68"/>
       <c r="AE68"/>
       <c r="AF68"/>
       <c r="AG68"/>
@@ -38857,104 +38856,104 @@
       </c>
       <c r="L69" s="31"/>
       <c r="M69" s="31"/>
       <c r="N69" s="35"/>
       <c r="O69" s="35"/>
       <c r="P69" s="35"/>
       <c r="Q69" s="59" t="s">
         <v>0</v>
       </c>
       <c r="R69" s="35" t="s">
         <v>242</v>
       </c>
       <c r="S69" s="35"/>
       <c r="T69" s="31"/>
       <c r="U69" s="35"/>
       <c r="V69" s="31"/>
       <c r="W69" s="35"/>
       <c r="X69" s="59" t="s">
         <v>0</v>
       </c>
       <c r="Y69" s="35" t="s">
         <v>241</v>
       </c>
       <c r="Z69" s="35"/>
       <c r="AA69" s="35"/>
-      <c r="AB69" s="980"/>
-[...4 lines deleted...]
-      <c r="AG69" s="980"/>
+      <c r="AB69" s="989"/>
+      <c r="AC69" s="989"/>
+      <c r="AD69" s="989"/>
+      <c r="AE69" s="989"/>
+      <c r="AF69" s="989"/>
+      <c r="AG69" s="989"/>
       <c r="AH69" s="35" t="s">
         <v>63</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" s="29"/>
     </row>
     <row r="70" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="159"/>
       <c r="B70" s="35"/>
       <c r="C70" s="31" t="s">
         <v>240</v>
       </c>
       <c r="D70" s="35"/>
       <c r="E70" s="35"/>
       <c r="F70" s="35"/>
       <c r="G70" s="35"/>
       <c r="H70" s="35"/>
       <c r="I70" s="35"/>
       <c r="J70" s="35"/>
       <c r="K70" s="8" t="s">
         <v>239</v>
       </c>
       <c r="L70" s="35"/>
       <c r="M70"/>
       <c r="N70" s="35"/>
       <c r="O70" s="35"/>
       <c r="P70" s="35"/>
       <c r="Q70" s="35"/>
       <c r="R70" s="8" t="s">
         <v>238</v>
       </c>
       <c r="S70" s="35"/>
       <c r="T70" s="35"/>
       <c r="U70" s="35"/>
       <c r="V70" s="35"/>
       <c r="W70" s="35"/>
       <c r="X70" s="35"/>
       <c r="Y70" s="31" t="s">
         <v>83</v>
       </c>
       <c r="Z70" s="35"/>
       <c r="AA70" s="162"/>
-      <c r="AB70" s="980"/>
-[...4 lines deleted...]
-      <c r="AG70" s="980"/>
+      <c r="AB70" s="989"/>
+      <c r="AC70" s="989"/>
+      <c r="AD70" s="989"/>
+      <c r="AE70" s="989"/>
+      <c r="AF70" s="989"/>
+      <c r="AG70" s="989"/>
       <c r="AH70" s="35"/>
       <c r="AJ70" s="34"/>
     </row>
     <row r="71" spans="1:36" s="7" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="159"/>
       <c r="AJ71" s="34"/>
     </row>
     <row r="72" spans="1:36" ht="13.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="144"/>
       <c r="B72" s="315"/>
       <c r="C72" s="315"/>
       <c r="D72" s="315"/>
       <c r="E72" s="315"/>
       <c r="F72" s="315"/>
       <c r="G72" s="315"/>
       <c r="H72" s="315"/>
       <c r="I72" s="315"/>
       <c r="J72" s="315"/>
       <c r="K72" s="315"/>
       <c r="L72" s="315"/>
       <c r="M72" s="315"/>
       <c r="N72" s="315"/>
       <c r="O72" s="315"/>
       <c r="P72" s="315"/>
       <c r="Q72" s="315"/>
@@ -38995,101 +38994,107 @@
       <c r="N73" s="35"/>
       <c r="O73" s="35"/>
       <c r="P73" s="35"/>
       <c r="Q73" s="35"/>
       <c r="R73" s="8"/>
       <c r="S73" s="35"/>
       <c r="T73" s="35"/>
       <c r="U73" s="35"/>
       <c r="V73" s="35"/>
       <c r="W73" s="35"/>
       <c r="X73" s="35"/>
       <c r="Y73" s="31"/>
       <c r="Z73" s="31"/>
       <c r="AA73" s="162"/>
       <c r="AB73" s="35"/>
       <c r="AC73" s="28"/>
       <c r="AD73" s="28"/>
       <c r="AE73" s="35"/>
       <c r="AF73" s="35"/>
       <c r="AG73" s="35"/>
       <c r="AH73" s="35"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="qRBywfrrOaR1699wahoxVgv405+F3eHF1yIncB18w/Lw7StzomlbVaTDdFW1UgfbgtdsHRehN69NIJ4YsuEomw==" saltValue="IPKZTF7kx5u+XWwQJSWCow==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="39">
-    <mergeCell ref="C18:F18"/>
-[...12 lines deleted...]
-    <mergeCell ref="AA20:AA21"/>
+    <mergeCell ref="AB69:AG70"/>
+    <mergeCell ref="N44:W45"/>
+    <mergeCell ref="C51:M52"/>
+    <mergeCell ref="Q51:Y52"/>
+    <mergeCell ref="C54:M55"/>
+    <mergeCell ref="Q54:Y55"/>
+    <mergeCell ref="C57:M58"/>
+    <mergeCell ref="R57:AA58"/>
+    <mergeCell ref="I41:L42"/>
+    <mergeCell ref="M41:N41"/>
+    <mergeCell ref="O41:P42"/>
+    <mergeCell ref="Q41:R41"/>
+    <mergeCell ref="S41:T42"/>
+    <mergeCell ref="M42:N42"/>
+    <mergeCell ref="Q42:R42"/>
     <mergeCell ref="C21:N21"/>
     <mergeCell ref="AE30:AH31"/>
     <mergeCell ref="AB33:AD33"/>
     <mergeCell ref="AB34:AD34"/>
     <mergeCell ref="O20:O21"/>
     <mergeCell ref="P20:P21"/>
     <mergeCell ref="Q20:Q21"/>
     <mergeCell ref="R20:R21"/>
     <mergeCell ref="S20:S21"/>
     <mergeCell ref="T20:T21"/>
-    <mergeCell ref="I41:L42"/>
-[...13 lines deleted...]
-    <mergeCell ref="R57:AA58"/>
+    <mergeCell ref="AA39:AF40"/>
+    <mergeCell ref="U20:U21"/>
+    <mergeCell ref="V20:V21"/>
+    <mergeCell ref="W20:W21"/>
+    <mergeCell ref="X20:X21"/>
+    <mergeCell ref="Y20:Y21"/>
+    <mergeCell ref="Z20:Z21"/>
+    <mergeCell ref="AA20:AA21"/>
+    <mergeCell ref="C18:F18"/>
+    <mergeCell ref="L4:AH5"/>
+    <mergeCell ref="G8:AH9"/>
+    <mergeCell ref="G11:AH12"/>
+    <mergeCell ref="G14:Q15"/>
+    <mergeCell ref="G17:AH18"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M61 X69 C26 B67 B63 AA50 M48 B56 M59 Q56 Z59 Q65 B65 B69 Q63 J69 AE37 W39 W37 O37 C39 C37 C28 O24 I24 C24 B50 O50:P50 O53:P53 Q69 B53 B59 B61 B48 Z53:AA53 AC50 AC53" xr:uid="{60D9E2B5-D476-4EA4-B2AD-604B97B229ED}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="99" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{e296e639-91e9-4bb7-a1e8-7ae7de7d97ca}" enabled="1" method="Privileged" siteId="{a449438d-3606-490b-844f-c4e15e535fca}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="19" baseType="lpstr">