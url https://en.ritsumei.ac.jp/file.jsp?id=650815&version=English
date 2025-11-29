--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -3,72 +3,85 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20415"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
   <workbookPr saveExternalLinkValues="0" codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\国際入学課\課内共有\2_英語基準入試\26_入学手続\262_入学手続\277_COE申請関連書類\学生用COE申請用書類\7. 2025年9月からのCOE申請書変更に伴う作業ファイル\作業中\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\国際入学課\課内共有\2_英語基準入試\26_入学手続\262_入学手続\277_COE申請関連書類\学生用COE申請用書類\1. フォーム＆指示書_編集作業用\26S\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6B70249-57DC-43D8-AE1E-8EFC20C3BE43}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{896B2645-98D4-45EC-B80B-DFF45848A5E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20340" windowHeight="7425" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Form 1" sheetId="36" r:id="rId1"/>
     <sheet name="Form 2-1" sheetId="37" r:id="rId2"/>
     <sheet name="Form 2-2" sheetId="38" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Form 1'!$A$1:$P$83</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Form 2-1'!$A$1:$K$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Form 2-2'!$A$1:$K$51</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M62" i="36" l="1"/>
   <c r="M66" i="36" l="1"/>
   <c r="M79" i="36" l="1"/>
   <c r="M81" i="36" s="1"/>
   <c r="M69" i="36"/>
   <c r="H81" i="36" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="150">
   <si>
     <t>YYYY</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>DD</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
@@ -502,193 +515,50 @@
     </rPh>
     <phoneticPr fontId="41"/>
   </si>
   <si>
     <t>申請者との関係 
 Relationship with Applicant</t>
     <rPh sb="0" eb="3">
       <t>シンセイシャ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>カンケイ</t>
     </rPh>
     <phoneticPr fontId="41"/>
   </si>
   <si>
     <t>記入日 Date</t>
     <rPh sb="0" eb="3">
       <t>キニュウビ</t>
     </rPh>
     <phoneticPr fontId="41"/>
   </si>
   <si>
     <t>年 Year</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
-    </rPh>
-[...141 lines deleted...]
-      <t>テイシュツ</t>
     </rPh>
     <phoneticPr fontId="41"/>
   </si>
   <si>
     <t>申請者との関係及び申請者の経費支弁を引受けた経緯について具体的に記載してください。
 Please describe your relationship with the above-mentioned applicant and the circumstances under which you decided to support financially the applicant’s stay in Japan.</t>
     <phoneticPr fontId="41"/>
   </si>
   <si>
     <t>所属キャンパス  Campus</t>
     <rPh sb="0" eb="2">
       <t>ショゾク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>出生地 
 Place of Birth</t>
     <rPh sb="0" eb="3">
       <t>シュッセイチ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t xml:space="preserve">現在の住所 Current Address </t>
@@ -1127,96 +997,486 @@
     <rPh sb="11" eb="12">
       <t>フク</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>スベ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ジュウショ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="31" eb="32">
       <t>クダ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>市・郡 City</t>
     <rPh sb="2" eb="3">
       <t>グン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>*経費支弁者が主婦（夫）の場合は「なし」、経費支弁者が年金受給者の場合は「年金受給者」と記入して下さい。
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">*会社員の場合は会社の代表番号、自営業の場合は業務に使用している番号を記入して下さい。
 Enter the main number of company if s/he is a company employee, or the telephone number used for business if s/he is self-employed. </t>
     <rPh sb="1" eb="3">
       <t>カイシャ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>イン</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>バアイ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>カイシャ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ダイヒョウ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>バンゴウ</t>
     </rPh>
     <rPh sb="16" eb="19">
       <t>ジエイギョウ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>バアイ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ギョウム</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>シヨウ</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>バンゴウ</t>
     </rPh>
     <rPh sb="35" eb="37">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="39" eb="40">
       <t>クダ</t>
     </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">第一経費支弁者
+Your 1st Financial Supporter
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*Form 3-1も記入してください。
+Please also complete Form 3-1.</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>ダイイチ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ケイヒ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>シベン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="47" eb="49">
+      <t>キニュウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">第二経費支弁者（必要な場合）
+Your 2nd Financial Supporter (if required)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*Form 3-2も記入してください。
+Please also complete Form 3-2.</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>ダイニ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ケイヒ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>シベン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>バアイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t>経費の一部または全部を奨学金で支弁する場合のみ入力して下さい。</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*授業料減免については記載不要です。</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1" tint="0.249977111117893"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+Enter only if all or part of tuition fee and your living costs in Japan will be funded by scholarship organization.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*The information of tuition fee reduction is not required to filli in.</t>
+    </r>
+    <rPh sb="23" eb="25">
+      <t>ニュウリョク</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>クダ</t>
+    </rPh>
+    <rPh sb="32" eb="37">
+      <t>ジュギョウリョウゲンメン</t>
+    </rPh>
+    <rPh sb="42" eb="44">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>フヨウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*日本入国後のアルバイトは経費支弁方法に含まれません。
+Part-time work after entry to Japan cannot be considered as a method of paying expenses.</t>
+    <rPh sb="20" eb="21">
+      <t>フク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Form 2（経費支弁書）の入力に進んでください。Please proceed to Form 2 (Statement of Financial Support).  ➡</t>
+    <rPh sb="14" eb="16">
+      <t>ニュウリョク</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>スス</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">経費支弁書
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1" tint="0.249977111117893"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>Statement of Financial Support</t>
+    </r>
+    <rPh sb="0" eb="5">
+      <t>ケイヒシベンショ</t>
+    </rPh>
+    <phoneticPr fontId="41"/>
+  </si>
+  <si>
+    <t>*パスポートの記載通りにアルファベット大文字で入力して下さい。
+Type his/her FULL name in CAPITAL LETTERS as written on their passport.</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>キャンパス（日本語基準）</t>
+    <rPh sb="6" eb="11">
+      <t>ニホンゴキジュン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>キャンパス（英語基準）</t>
+    <rPh sb="6" eb="8">
+      <t>エイゴ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>キジュン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>京都 衣笠キャンパス Kinugasa Campus in Kyoto</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>大阪いばらきキャンパス Osaka-Ibaraki Campus in Osaka</t>
+  </si>
+  <si>
+    <t>滋賀 びわこ・くさつキャンパス Biwako-Kusatsu Campus in Shiga</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>学部/研究科（英語基準）</t>
+    <rPh sb="0" eb="2">
+      <t>ガクブ</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ケンキュウカ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>エイゴ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>キジュン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>国籍 Nationality</t>
+    <rPh sb="0" eb="2">
+      <t>コクセキ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>配偶者の有無 Marital Status</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">国籍 Nationality
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="メイリオ"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*複数の国籍がある場合は全て記載してください
+If you have more than one nationality, please list them all.</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>コクセキ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>フクスウ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>コクセキ</t>
+    </rPh>
+    <rPh sb="24" eb="26">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>スベ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>キサイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>性別 Gender</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*証明書に基づき現在の預金残高・収入金額を入力してください。またその中から支出予定の1年間の経費支弁金額を右隣のセルに入力してください。
+Please enter the current bank balance and income amount based on the certificate. 
+Then, in the cell to the right, enter the amount you plan to spend on expenses for 1 year from these funds.</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*第二国籍 Second Nationality</t>
+    <rPh sb="1" eb="2">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ニ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>コクセキ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*第三国籍 Third Nationality</t>
+    <rPh sb="1" eb="3">
+      <t>ダイサン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>コクセキ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>このフォームは、①在留資格「留学」の更新、②在留資格「留学」への変更、③入学許可証交付のみの申請、いずれかの手続きのために提出いただくものです。新入生のうち在留資格認定証明書（COE）の申請が必要な方は、これとは別の"在留資格認定証明書（COE）交付申請のための個人情報入力フォーム"を提出してください。
+This form is to be submitted for either (1) renewal of status of residence “Student”, (2) change of status of residence to “Student”, or (3) application for issuance of Certificate of Scheduled Enrollment only. If you are a new student and need to apply for a Certificate of Eligibility (COE), please submit the separate “Personal Data for for Application for Certificate of Eligibility (COE) for Status of Residence”.</t>
+    <rPh sb="9" eb="13">
+      <t>ザイリュウシカク</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>リュウガク</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>コウシン</t>
+    </rPh>
+    <rPh sb="22" eb="26">
+      <t>ザイリュウシカク</t>
+    </rPh>
+    <rPh sb="27" eb="29">
+      <t>リュウガク</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>ヘンコウ</t>
+    </rPh>
+    <rPh sb="36" eb="41">
+      <t>ニュウガクキョカショウ</t>
+    </rPh>
+    <rPh sb="41" eb="43">
+      <t>コウフ</t>
+    </rPh>
+    <rPh sb="46" eb="48">
+      <t>シンセイ</t>
+    </rPh>
+    <rPh sb="54" eb="56">
+      <t>テツヅ</t>
+    </rPh>
+    <rPh sb="61" eb="63">
+      <t>テイシュツ</t>
+    </rPh>
+    <rPh sb="72" eb="75">
+      <t>シンニュウセイ</t>
+    </rPh>
+    <rPh sb="78" eb="87">
+      <t>ザイリュウシカクニンテイショウメイショ</t>
+    </rPh>
+    <rPh sb="93" eb="95">
+      <t>シンセイ</t>
+    </rPh>
+    <rPh sb="96" eb="98">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="99" eb="100">
+      <t>カタ</t>
+    </rPh>
+    <rPh sb="106" eb="107">
+      <t>ベツ</t>
+    </rPh>
+    <rPh sb="109" eb="113">
+      <t>ザイリュウシカク</t>
+    </rPh>
+    <rPh sb="113" eb="118">
+      <t>ニンテイショウメイショ</t>
+    </rPh>
+    <rPh sb="123" eb="125">
+      <t>コウフ</t>
+    </rPh>
+    <rPh sb="125" eb="127">
+      <t>シンセイ</t>
+    </rPh>
+    <rPh sb="131" eb="135">
+      <t>コジンジョウホウ</t>
+    </rPh>
+    <rPh sb="135" eb="137">
+      <t>ニュウリョク</t>
+    </rPh>
+    <rPh sb="143" eb="145">
+      <t>テイシュツ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>日本での年間生活費には、少なくとも120万円（10万円／月）を見積もって下さい。Minimum living expenses for a year in Japan is 1,200,000 JPY (100,000 JPY/month).</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>経費支弁情報　Information of Financial Support</t>
+    <rPh sb="0" eb="2">
+      <t>ケイヒ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>シベン</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>ジョウホウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*部屋番号まですべて記入してください。Enter full address details, including room number.</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>*経費支弁者が主婦（夫）の場合は「なし」、経費支弁者が年金受給者の場合は「年金受給者」と記入して下さい。
+Enter "None" if s/he is a homemaker, or "Pensioner" if s/he is a pensioner.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="9"/>
         <color theme="1" tint="0.249977111117893"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>1年間の</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1" tint="0.249977111117893"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>経費支弁金額</t>
     </r>
@@ -1251,467 +1511,220 @@
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>for 1 year</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1" tint="0.249977111117893"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="メイリオ"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>*左記の合計金額ではありません
-not the total shown on the left</t>
+NOT the total shown on the left</t>
     </r>
     <rPh sb="1" eb="3">
       <t>ネンカン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ケイヒ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>シベン</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>キンガク</t>
     </rPh>
     <rPh sb="41" eb="43">
       <t>サキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-      <t>ケイヒ</t>
+    <t>　私は、上記の者の日本滞在について、経費支弁を引き受けた経緯を説明するとともに、経費支弁について証明いたします。私は上記の者が立命館大学に留学する間の総費用について、責任を持って負担いたします。また、上記の者が在留期間更新許可申請を行う際には、送金証明書又は本人名義の預金通帳(送金事実、経費支弁事実が記載されたもの)の写し等で、生活費等の支弁事実を明らかにする書類を提出します。
+ I hereby certify that I will provide financial support to the above-mentioned applicant for the duration of his/her stay in Japan. I will be responsible for the total cost for the duration of the applicant’s study abroad at Ritsumeikan University. Furthermore, when the applicant applies to extend his/her status of residence, I agree to provide documents, such as certificates of remittance and/or photocopies of bank statements to show as proof of paying such living expenses and other fees.</t>
+    <rPh sb="1" eb="2">
+      <t>ワタシ</t>
     </rPh>
     <rPh sb="4" eb="6">
-      <t>シベン</t>
-[...91 lines deleted...]
-    <rPh sb="42" eb="44">
+      <t>ジョウキ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>モノ</t>
+    </rPh>
+    <rPh sb="9" eb="13">
+      <t>ニホンタイザイ</t>
+    </rPh>
+    <rPh sb="18" eb="22">
+      <t>ケイヒシベン</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>ヒ</t>
+    </rPh>
+    <rPh sb="25" eb="26">
+      <t>ウ</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>ケイイ</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>セツメイ</t>
+    </rPh>
+    <rPh sb="40" eb="44">
+      <t>ケイヒシベン</t>
+    </rPh>
+    <rPh sb="48" eb="50">
+      <t>ショウメイ</t>
+    </rPh>
+    <rPh sb="56" eb="57">
+      <t>ワタシ</t>
+    </rPh>
+    <rPh sb="58" eb="60">
+      <t>ジョウキ</t>
+    </rPh>
+    <rPh sb="61" eb="62">
+      <t>モノ</t>
+    </rPh>
+    <rPh sb="63" eb="68">
+      <t>リツメイカンダイガク</t>
+    </rPh>
+    <rPh sb="69" eb="71">
+      <t>リュウガク</t>
+    </rPh>
+    <rPh sb="73" eb="74">
+      <t>アイダ</t>
+    </rPh>
+    <rPh sb="75" eb="78">
+      <t>ソウヒヨウ</t>
+    </rPh>
+    <rPh sb="83" eb="85">
+      <t>セキニン</t>
+    </rPh>
+    <rPh sb="86" eb="87">
+      <t>モ</t>
+    </rPh>
+    <rPh sb="89" eb="91">
+      <t>フタン</t>
+    </rPh>
+    <rPh sb="100" eb="102">
+      <t>ジョウキ</t>
+    </rPh>
+    <rPh sb="103" eb="104">
+      <t>モノ</t>
+    </rPh>
+    <rPh sb="105" eb="107">
+      <t>ザイリュウ</t>
+    </rPh>
+    <rPh sb="107" eb="111">
+      <t>キカンコウシン</t>
+    </rPh>
+    <rPh sb="111" eb="115">
+      <t>キョカシンセイ</t>
+    </rPh>
+    <rPh sb="116" eb="117">
+      <t>オコナ</t>
+    </rPh>
+    <rPh sb="118" eb="119">
+      <t>サイ</t>
+    </rPh>
+    <rPh sb="122" eb="127">
+      <t>ソウキンショウメイショ</t>
+    </rPh>
+    <rPh sb="127" eb="128">
+      <t>マタ</t>
+    </rPh>
+    <rPh sb="129" eb="133">
+      <t>ホンニンメイギ</t>
+    </rPh>
+    <rPh sb="134" eb="136">
+      <t>ヨキン</t>
+    </rPh>
+    <rPh sb="136" eb="138">
+      <t>ツウチョウ</t>
+    </rPh>
+    <rPh sb="139" eb="141">
+      <t>ソウキン</t>
+    </rPh>
+    <rPh sb="141" eb="143">
+      <t>ジジツ</t>
+    </rPh>
+    <rPh sb="144" eb="148">
+      <t>ケイヒシベン</t>
+    </rPh>
+    <rPh sb="148" eb="150">
+      <t>ジジツ</t>
+    </rPh>
+    <rPh sb="151" eb="153">
       <t>キサイ</t>
     </rPh>
-    <rPh sb="44" eb="46">
-[...39 lines deleted...]
-      <t>ケイヒシベンショ</t>
+    <rPh sb="160" eb="161">
+      <t>ウツ</t>
+    </rPh>
+    <rPh sb="162" eb="163">
+      <t>ナド</t>
+    </rPh>
+    <rPh sb="165" eb="168">
+      <t>セイカツヒ</t>
+    </rPh>
+    <rPh sb="168" eb="169">
+      <t>ナド</t>
+    </rPh>
+    <rPh sb="170" eb="174">
+      <t>シベンジジツ</t>
+    </rPh>
+    <rPh sb="175" eb="176">
+      <t>アキ</t>
+    </rPh>
+    <rPh sb="181" eb="183">
+      <t>ショルイ</t>
+    </rPh>
+    <rPh sb="184" eb="186">
+      <t>テイシュツ</t>
     </rPh>
     <phoneticPr fontId="41"/>
   </si>
   <si>
-    <t>*パスポートの記載通りにアルファベット大文字で入力して下さい。
-[...3 lines deleted...]
-  <si>
     <t>*部屋番号まですべて記入してください。
-Enter full address details incuding room number.</t>
+Enter full address details, including room number.</t>
     <rPh sb="1" eb="5">
       <t>ヘヤバンゴウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>キニュウ</t>
-    </rPh>
-[...220 lines deleted...]
-      <t>ジョウホウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
   </numFmts>
   <fonts count="64" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
@@ -3874,1079 +3887,990 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="3" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="14" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="391">
+  <cellXfs count="355">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="176" fontId="29" fillId="19" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="44" applyFont="1"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="44" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="44" applyFont="1"/>
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="44" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1"/>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="44" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="44" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="44" applyFont="1"/>
-    <xf numFmtId="0" fontId="30" fillId="19" borderId="22" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="19" borderId="22" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="19" borderId="50" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="19" borderId="50" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="30" fillId="19" borderId="106" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="19" borderId="106" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...20 lines deleted...]
-    <xf numFmtId="176" fontId="29" fillId="19" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="19" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="29" fillId="19" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="176" fontId="29" fillId="19" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="26" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="22" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="106" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="29" fillId="19" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="24" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="24" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="25" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="29" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="26" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="26" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="26" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="26" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="20" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="20" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="26" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="26" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="26" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="26" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="18" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="21" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="21" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="18" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="18" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="18" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="18" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="23" fillId="21" borderId="52" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="23" fillId="21" borderId="49" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="24" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="24" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="24" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="24" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="19" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="127" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="128" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="129" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="130" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="40" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="32" fillId="19" borderId="117" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="32" fillId="19" borderId="117" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="32" fillId="19" borderId="118" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="32" fillId="19" borderId="118" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="32" fillId="19" borderId="119" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="32" fillId="19" borderId="119" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="27" fillId="19" borderId="0" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="26" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="26" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="107" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="21" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="21" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="21" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="21" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="28" fillId="19" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="28" fillId="19" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="28" fillId="19" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="28" fillId="19" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="21" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="22" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="22" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="22" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="27" fillId="21" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="27" fillId="21" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="27" fillId="21" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    <xf numFmtId="176" fontId="27" fillId="21" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="27" fillId="21" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="28" fillId="19" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="28" fillId="19" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="28" fillId="19" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="21" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="176" fontId="27" fillId="21" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="27" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="27" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="27" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="28" fillId="19" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="25" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="25" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="29" fillId="19" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="27" fillId="21" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...81 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="125" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="18" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="18" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="26" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="26" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="26" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="26" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="18" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="18" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="25" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="25" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="25" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="25" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="24" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="33" fillId="24" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="24" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="18" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="18" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="18" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="18" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="19" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="19" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="0" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="27" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="23" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="27" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="18" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...82 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="17" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="16" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="15" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="97" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="98" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="99" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -5004,162 +4928,153 @@
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="13" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="11" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="12" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="14" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="20" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="19" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="18" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="100" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="100" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="101" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="101" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="102" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="102" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="36" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="59" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="54" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="57" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="54" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="57" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="95" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="95" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="25" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="21" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="51" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="94" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="94" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="59" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="19" borderId="23" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="59" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="54" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="57" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="23" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="19" borderId="24" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="24" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="19" borderId="96" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="96" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="45">
     <cellStyle name="20 % - Accent1" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20 % - Accent2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20 % - Accent3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20 % - Accent4" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20 % - Accent5" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20 % - Accent6" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40 % - Accent1" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40 % - Accent2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40 % - Accent3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40 % - Accent4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40 % - Accent5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40 % - Accent6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60 % - Accent1" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60 % - Accent2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60 % - Accent3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60 % - Accent4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60 % - Accent5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60 % - Accent6" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Accent1" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Accent2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Accent3" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
@@ -5530,2864 +5445,2644 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{643F1CA2-9557-48E8-B285-DB77D288ACCB}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
-  <dimension ref="A1:AB293"/>
+  <dimension ref="A1:U293"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:O2"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="18.75" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="17.5" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.25" style="86" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16" width="3.25" style="1" customWidth="1"/>
+    <col min="1" max="1" width="3.26953125" style="65" customWidth="1"/>
+    <col min="2" max="2" width="3.90625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="40.453125" style="2" customWidth="1"/>
+    <col min="4" max="15" width="8.90625" style="3" customWidth="1"/>
+    <col min="16" max="16" width="3.26953125" style="1" customWidth="1"/>
     <col min="17" max="17" width="9" style="1"/>
-    <col min="18" max="18" width="63.5" style="1" hidden="1" customWidth="1"/>
-    <col min="19" max="19" width="46.125" style="1" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="63.453125" style="1" hidden="1" customWidth="1"/>
+    <col min="19" max="19" width="46.08984375" style="1" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="47" style="1" hidden="1" customWidth="1"/>
-    <col min="21" max="21" width="40.875" style="1" hidden="1" customWidth="1"/>
+    <col min="21" max="21" width="40.90625" style="1" hidden="1" customWidth="1"/>
     <col min="22" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-[...1 lines deleted...]
-      <c r="B1" s="192" t="s">
+    <row r="1" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="66"/>
+      <c r="B1" s="165" t="s">
+        <v>111</v>
+      </c>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
+      <c r="K1" s="165"/>
+      <c r="L1" s="165"/>
+      <c r="M1" s="165"/>
+      <c r="N1" s="165"/>
+      <c r="O1" s="165"/>
+    </row>
+    <row r="2" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="66"/>
+      <c r="B2" s="165"/>
+      <c r="C2" s="165"/>
+      <c r="D2" s="165"/>
+      <c r="E2" s="165"/>
+      <c r="F2" s="165"/>
+      <c r="G2" s="165"/>
+      <c r="H2" s="165"/>
+      <c r="I2" s="165"/>
+      <c r="J2" s="165"/>
+      <c r="K2" s="165"/>
+      <c r="L2" s="165"/>
+      <c r="M2" s="165"/>
+      <c r="N2" s="165"/>
+      <c r="O2" s="165"/>
+    </row>
+    <row r="3" spans="1:21" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="67"/>
+      <c r="B3" s="27"/>
+      <c r="C3" s="27"/>
+      <c r="D3" s="27"/>
+      <c r="E3" s="27"/>
+      <c r="F3" s="27"/>
+      <c r="G3" s="27"/>
+      <c r="H3" s="27"/>
+      <c r="I3" s="27"/>
+      <c r="J3" s="27"/>
+      <c r="K3" s="27"/>
+      <c r="L3" s="27"/>
+      <c r="M3" s="27"/>
+      <c r="N3" s="27"/>
+      <c r="O3" s="27"/>
+      <c r="R3" s="63" t="s">
+        <v>70</v>
+      </c>
+      <c r="S3" s="63" t="s">
+        <v>134</v>
+      </c>
+      <c r="T3" s="63" t="s">
+        <v>129</v>
+      </c>
+      <c r="U3" s="63" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="3"/>
+      <c r="C4" s="28"/>
+      <c r="D4" s="44"/>
+      <c r="E4" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="O4" s="1"/>
+      <c r="R4" s="63" t="s">
+        <v>71</v>
+      </c>
+      <c r="S4" s="63" t="s">
+        <v>73</v>
+      </c>
+      <c r="T4" s="63" t="s">
+        <v>131</v>
+      </c>
+      <c r="U4" s="63" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="3"/>
+      <c r="C5" s="28"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="O5" s="1"/>
+      <c r="R5" s="63" t="s">
+        <v>72</v>
+      </c>
+      <c r="S5" s="63" t="s">
+        <v>82</v>
+      </c>
+      <c r="T5" s="63" t="s">
+        <v>132</v>
+      </c>
+      <c r="U5" s="63" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="3"/>
+      <c r="C6" s="28"/>
+      <c r="D6" s="31"/>
+      <c r="E6" s="31"/>
+      <c r="O6" s="1"/>
+      <c r="R6" s="63" t="s">
+        <v>73</v>
+      </c>
+      <c r="S6" s="63" t="s">
+        <v>85</v>
+      </c>
+      <c r="T6" s="63" t="s">
+        <v>133</v>
+      </c>
+      <c r="U6" s="63"/>
+    </row>
+    <row r="7" spans="1:21" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="192" t="s">
+        <v>142</v>
+      </c>
+      <c r="C7" s="192"/>
+      <c r="D7" s="192"/>
+      <c r="E7" s="192"/>
+      <c r="F7" s="192"/>
+      <c r="G7" s="192"/>
+      <c r="H7" s="192"/>
+      <c r="I7" s="192"/>
+      <c r="J7" s="192"/>
+      <c r="K7" s="192"/>
+      <c r="L7" s="192"/>
+      <c r="M7" s="192"/>
+      <c r="N7" s="192"/>
+      <c r="O7" s="192"/>
+      <c r="R7" s="63" t="s">
+        <v>74</v>
+      </c>
+      <c r="S7" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="T7" s="63"/>
+      <c r="U7" s="63"/>
+    </row>
+    <row r="8" spans="1:21" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="193"/>
+      <c r="C8" s="193"/>
+      <c r="D8" s="193"/>
+      <c r="E8" s="193"/>
+      <c r="F8" s="193"/>
+      <c r="G8" s="193"/>
+      <c r="H8" s="193"/>
+      <c r="I8" s="193"/>
+      <c r="J8" s="193"/>
+      <c r="K8" s="193"/>
+      <c r="L8" s="193"/>
+      <c r="M8" s="193"/>
+      <c r="N8" s="193"/>
+      <c r="O8" s="193"/>
+      <c r="R8" s="63" t="s">
+        <v>75</v>
+      </c>
+      <c r="S8" s="63"/>
+      <c r="T8" s="63"/>
+      <c r="U8" s="63"/>
+    </row>
+    <row r="9" spans="1:21" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="65">
+        <v>1</v>
+      </c>
+      <c r="B9" s="241" t="s">
+        <v>113</v>
+      </c>
+      <c r="C9" s="242"/>
+      <c r="D9" s="243"/>
+      <c r="E9" s="243"/>
+      <c r="F9" s="243"/>
+      <c r="G9" s="244" t="s">
+        <v>114</v>
+      </c>
+      <c r="H9" s="242"/>
+      <c r="I9" s="242"/>
+      <c r="J9" s="245"/>
+      <c r="K9" s="245"/>
+      <c r="L9" s="245"/>
+      <c r="M9" s="245"/>
+      <c r="N9" s="245"/>
+      <c r="O9" s="246"/>
+      <c r="R9" s="63" t="s">
+        <v>76</v>
+      </c>
+      <c r="S9" s="63"/>
+      <c r="T9" s="63"/>
+      <c r="U9" s="63"/>
+    </row>
+    <row r="10" spans="1:21" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="65">
+        <v>2</v>
+      </c>
+      <c r="B10" s="190" t="s">
+        <v>115</v>
+      </c>
+      <c r="C10" s="191"/>
+      <c r="D10" s="247"/>
+      <c r="E10" s="247"/>
+      <c r="F10" s="247"/>
+      <c r="G10" s="248" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" s="249"/>
+      <c r="I10" s="249"/>
+      <c r="J10" s="194"/>
+      <c r="K10" s="194"/>
+      <c r="L10" s="194"/>
+      <c r="M10" s="194"/>
+      <c r="N10" s="194"/>
+      <c r="O10" s="195"/>
+      <c r="R10" s="63" t="s">
+        <v>77</v>
+      </c>
+      <c r="S10" s="63"/>
+      <c r="T10" s="63"/>
+      <c r="U10" s="63"/>
+    </row>
+    <row r="11" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="65">
+        <v>3</v>
+      </c>
+      <c r="B11" s="69" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="70"/>
+      <c r="D11" s="71"/>
+      <c r="E11" s="71"/>
+      <c r="F11" s="71"/>
+      <c r="G11" s="71"/>
+      <c r="H11" s="71"/>
+      <c r="I11" s="71"/>
+      <c r="J11" s="71"/>
+      <c r="K11" s="71"/>
+      <c r="L11" s="71"/>
+      <c r="M11" s="71"/>
+      <c r="N11" s="71"/>
+      <c r="O11" s="72"/>
+      <c r="R11" s="63" t="s">
+        <v>78</v>
+      </c>
+      <c r="S11" s="63"/>
+      <c r="T11" s="63"/>
+      <c r="U11" s="63"/>
+    </row>
+    <row r="12" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="65">
+        <v>4</v>
+      </c>
+      <c r="B12" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="89"/>
+      <c r="D12" s="90" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="91"/>
+      <c r="F12" s="91"/>
+      <c r="G12" s="91"/>
+      <c r="H12" s="91"/>
+      <c r="I12" s="91"/>
+      <c r="J12" s="92"/>
+      <c r="K12" s="92"/>
+      <c r="L12" s="92"/>
+      <c r="M12" s="92"/>
+      <c r="N12" s="93"/>
+      <c r="O12" s="94"/>
+      <c r="R12" s="63" t="s">
+        <v>79</v>
+      </c>
+      <c r="S12" s="63"/>
+      <c r="T12" s="63"/>
+      <c r="U12" s="63"/>
+    </row>
+    <row r="13" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="88"/>
+      <c r="C13" s="89"/>
+      <c r="D13" s="95" t="s">
+        <v>6</v>
+      </c>
+      <c r="E13" s="96"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="96"/>
+      <c r="I13" s="96"/>
+      <c r="J13" s="97"/>
+      <c r="K13" s="97"/>
+      <c r="L13" s="97"/>
+      <c r="M13" s="97"/>
+      <c r="N13" s="97"/>
+      <c r="O13" s="98"/>
+      <c r="R13" s="63" t="s">
+        <v>80</v>
+      </c>
+      <c r="S13" s="63"/>
+      <c r="T13" s="63"/>
+      <c r="U13" s="63"/>
+    </row>
+    <row r="14" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="88"/>
+      <c r="C14" s="89"/>
+      <c r="D14" s="99" t="s">
+        <v>7</v>
+      </c>
+      <c r="E14" s="100"/>
+      <c r="F14" s="100"/>
+      <c r="G14" s="100"/>
+      <c r="H14" s="100"/>
+      <c r="I14" s="100"/>
+      <c r="J14" s="97"/>
+      <c r="K14" s="97"/>
+      <c r="L14" s="97"/>
+      <c r="M14" s="97"/>
+      <c r="N14" s="97"/>
+      <c r="O14" s="98"/>
+      <c r="R14" s="63" t="s">
+        <v>81</v>
+      </c>
+      <c r="S14" s="63"/>
+      <c r="T14" s="63"/>
+      <c r="U14" s="63"/>
+    </row>
+    <row r="15" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="88"/>
+      <c r="C15" s="89"/>
+      <c r="D15" s="136" t="s">
+        <v>8</v>
+      </c>
+      <c r="E15" s="137"/>
+      <c r="F15" s="137"/>
+      <c r="G15" s="137"/>
+      <c r="H15" s="137"/>
+      <c r="I15" s="137"/>
+      <c r="J15" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="K15" s="45"/>
+      <c r="L15" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="M15" s="45"/>
+      <c r="N15" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="O15" s="46"/>
+      <c r="R15" s="63" t="s">
+        <v>82</v>
+      </c>
+      <c r="S15" s="63"/>
+      <c r="T15" s="63"/>
+      <c r="U15" s="63"/>
+    </row>
+    <row r="16" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="65">
+        <v>5</v>
+      </c>
+      <c r="B16" s="73" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="74"/>
+      <c r="D16" s="77"/>
+      <c r="E16" s="78"/>
+      <c r="F16" s="78"/>
+      <c r="G16" s="78"/>
+      <c r="H16" s="78"/>
+      <c r="I16" s="78"/>
+      <c r="J16" s="78"/>
+      <c r="K16" s="78"/>
+      <c r="L16" s="78"/>
+      <c r="M16" s="78"/>
+      <c r="N16" s="78"/>
+      <c r="O16" s="79"/>
+      <c r="P16" s="6"/>
+      <c r="R16" s="63" t="s">
+        <v>83</v>
+      </c>
+      <c r="S16" s="63"/>
+      <c r="T16" s="63"/>
+      <c r="U16" s="63"/>
+    </row>
+    <row r="17" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="75"/>
+      <c r="C17" s="76"/>
+      <c r="D17" s="80" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" s="81"/>
+      <c r="F17" s="81"/>
+      <c r="G17" s="81"/>
+      <c r="H17" s="81"/>
+      <c r="I17" s="81"/>
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="82"/>
+      <c r="P17" s="6"/>
+      <c r="R17" s="63" t="s">
+        <v>84</v>
+      </c>
+      <c r="S17" s="63"/>
+      <c r="T17" s="63"/>
+      <c r="U17" s="63"/>
+    </row>
+    <row r="18" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="65">
+        <v>6</v>
+      </c>
+      <c r="B18" s="73" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" s="119"/>
+      <c r="D18" s="101" t="s">
+        <v>135</v>
+      </c>
+      <c r="E18" s="102"/>
+      <c r="F18" s="102"/>
+      <c r="G18" s="102"/>
+      <c r="H18" s="103"/>
+      <c r="I18" s="103"/>
+      <c r="J18" s="103"/>
+      <c r="K18" s="103"/>
+      <c r="L18" s="103"/>
+      <c r="M18" s="103"/>
+      <c r="N18" s="103"/>
+      <c r="O18" s="104"/>
+      <c r="P18" s="6"/>
+      <c r="R18" s="63" t="s">
+        <v>85</v>
+      </c>
+      <c r="S18" s="63"/>
+      <c r="T18" s="63"/>
+      <c r="U18" s="63"/>
+    </row>
+    <row r="19" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="120"/>
+      <c r="C19" s="121"/>
+      <c r="D19" s="105" t="s">
+        <v>140</v>
+      </c>
+      <c r="E19" s="106"/>
+      <c r="F19" s="106"/>
+      <c r="G19" s="106"/>
+      <c r="H19" s="107"/>
+      <c r="I19" s="107"/>
+      <c r="J19" s="107"/>
+      <c r="K19" s="107"/>
+      <c r="L19" s="107"/>
+      <c r="M19" s="107"/>
+      <c r="N19" s="107"/>
+      <c r="O19" s="108"/>
+      <c r="P19" s="6"/>
+      <c r="R19" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="S19" s="63"/>
+      <c r="T19" s="63"/>
+      <c r="U19" s="63"/>
+    </row>
+    <row r="20" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="65">
+        <v>7</v>
+      </c>
+      <c r="B20" s="122"/>
+      <c r="C20" s="123"/>
+      <c r="D20" s="109" t="s">
+        <v>141</v>
+      </c>
+      <c r="E20" s="110"/>
+      <c r="F20" s="110"/>
+      <c r="G20" s="110"/>
+      <c r="H20" s="111"/>
+      <c r="I20" s="111"/>
+      <c r="J20" s="111"/>
+      <c r="K20" s="111"/>
+      <c r="L20" s="111"/>
+      <c r="M20" s="111"/>
+      <c r="N20" s="111"/>
+      <c r="O20" s="112"/>
+      <c r="P20" s="6"/>
+      <c r="R20" s="63" t="s">
+        <v>87</v>
+      </c>
+      <c r="S20" s="63"/>
+      <c r="T20" s="63"/>
+      <c r="U20" s="63"/>
+    </row>
+    <row r="21" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="65">
+        <v>8</v>
+      </c>
+      <c r="B21" s="283" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" s="284"/>
+      <c r="D21" s="113"/>
+      <c r="E21" s="114"/>
+      <c r="F21" s="114"/>
+      <c r="G21" s="114"/>
+      <c r="H21" s="115" t="s">
+        <v>136</v>
+      </c>
+      <c r="I21" s="116"/>
+      <c r="J21" s="116"/>
+      <c r="K21" s="116"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
+      <c r="N21" s="117"/>
+      <c r="O21" s="118"/>
+      <c r="P21" s="6"/>
+      <c r="R21" s="63" t="s">
+        <v>88</v>
+      </c>
+      <c r="S21" s="63"/>
+      <c r="T21" s="63"/>
+      <c r="U21" s="63"/>
+    </row>
+    <row r="22" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A22" s="65">
+        <v>9</v>
+      </c>
+      <c r="B22" s="83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="84"/>
+      <c r="D22" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="E22" s="45"/>
+      <c r="F22" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="G22" s="45"/>
+      <c r="H22" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="I22" s="45"/>
+      <c r="J22" s="87"/>
+      <c r="K22" s="87"/>
+      <c r="L22" s="87"/>
+      <c r="M22" s="85"/>
+      <c r="N22" s="85"/>
+      <c r="O22" s="86"/>
+      <c r="P22" s="6"/>
+      <c r="R22" s="63" t="s">
+        <v>89</v>
+      </c>
+      <c r="S22" s="63"/>
+      <c r="T22" s="63"/>
+      <c r="U22" s="63"/>
+    </row>
+    <row r="23" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="65">
+        <v>10</v>
+      </c>
+      <c r="B23" s="73" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" s="74"/>
+      <c r="D23" s="138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" s="139"/>
+      <c r="F23" s="139"/>
+      <c r="G23" s="139"/>
+      <c r="H23" s="139"/>
+      <c r="I23" s="139"/>
+      <c r="J23" s="142"/>
+      <c r="K23" s="142"/>
+      <c r="L23" s="142"/>
+      <c r="M23" s="142"/>
+      <c r="N23" s="142"/>
+      <c r="O23" s="143"/>
+      <c r="P23" s="6"/>
+      <c r="R23" s="63" t="s">
+        <v>90</v>
+      </c>
+      <c r="S23" s="63"/>
+      <c r="T23" s="63"/>
+      <c r="U23" s="63"/>
+    </row>
+    <row r="24" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="88"/>
+      <c r="C24" s="89"/>
+      <c r="D24" s="144" t="s">
+        <v>68</v>
+      </c>
+      <c r="E24" s="145"/>
+      <c r="F24" s="145"/>
+      <c r="G24" s="145"/>
+      <c r="H24" s="145"/>
+      <c r="I24" s="145"/>
+      <c r="J24" s="107"/>
+      <c r="K24" s="107"/>
+      <c r="L24" s="107"/>
+      <c r="M24" s="107"/>
+      <c r="N24" s="107"/>
+      <c r="O24" s="108"/>
+      <c r="P24" s="6"/>
+      <c r="R24" s="63" t="s">
+        <v>91</v>
+      </c>
+      <c r="S24" s="63"/>
+      <c r="T24" s="63"/>
+      <c r="U24" s="63"/>
+    </row>
+    <row r="25" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="75"/>
+      <c r="C25" s="76"/>
+      <c r="D25" s="140" t="s">
+        <v>120</v>
+      </c>
+      <c r="E25" s="141"/>
+      <c r="F25" s="141"/>
+      <c r="G25" s="141"/>
+      <c r="H25" s="141"/>
+      <c r="I25" s="141"/>
+      <c r="J25" s="111"/>
+      <c r="K25" s="111"/>
+      <c r="L25" s="111"/>
+      <c r="M25" s="111"/>
+      <c r="N25" s="111"/>
+      <c r="O25" s="112"/>
+      <c r="P25" s="6"/>
+      <c r="R25" s="63" t="s">
+        <v>92</v>
+      </c>
+      <c r="S25" s="63"/>
+      <c r="T25" s="63"/>
+      <c r="U25" s="63"/>
+    </row>
+    <row r="26" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="65">
+        <v>11</v>
+      </c>
+      <c r="B26" s="161" t="s">
         <v>112</v>
       </c>
-      <c r="C1" s="192"/>
-[...216 lines deleted...]
-      <c r="A9" s="82">
+      <c r="C26" s="119"/>
+      <c r="D26" s="146"/>
+      <c r="E26" s="147"/>
+      <c r="F26" s="147"/>
+      <c r="G26" s="147"/>
+      <c r="H26" s="147"/>
+      <c r="I26" s="147"/>
+      <c r="J26" s="147"/>
+      <c r="K26" s="147"/>
+      <c r="L26" s="147"/>
+      <c r="M26" s="147"/>
+      <c r="N26" s="147"/>
+      <c r="O26" s="148"/>
+      <c r="P26" s="6"/>
+      <c r="R26" s="63" t="s">
+        <v>93</v>
+      </c>
+      <c r="S26" s="63"/>
+      <c r="T26" s="63"/>
+      <c r="U26" s="63"/>
+    </row>
+    <row r="27" spans="1:21" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="122"/>
+      <c r="C27" s="123"/>
+      <c r="D27" s="80" t="s">
+        <v>118</v>
+      </c>
+      <c r="E27" s="178"/>
+      <c r="F27" s="178"/>
+      <c r="G27" s="178"/>
+      <c r="H27" s="178"/>
+      <c r="I27" s="178"/>
+      <c r="J27" s="178"/>
+      <c r="K27" s="178"/>
+      <c r="L27" s="178"/>
+      <c r="M27" s="178"/>
+      <c r="N27" s="178"/>
+      <c r="O27" s="179"/>
+      <c r="P27" s="6"/>
+      <c r="R27" s="63" t="s">
+        <v>94</v>
+      </c>
+      <c r="S27" s="63"/>
+      <c r="T27" s="63"/>
+      <c r="U27" s="63"/>
+    </row>
+    <row r="28" spans="1:21" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="65">
+        <v>12</v>
+      </c>
+      <c r="B28" s="161" t="s">
+        <v>58</v>
+      </c>
+      <c r="C28" s="119"/>
+      <c r="D28" s="146"/>
+      <c r="E28" s="147"/>
+      <c r="F28" s="147"/>
+      <c r="G28" s="147"/>
+      <c r="H28" s="147"/>
+      <c r="I28" s="147"/>
+      <c r="J28" s="147"/>
+      <c r="K28" s="147"/>
+      <c r="L28" s="147"/>
+      <c r="M28" s="147"/>
+      <c r="N28" s="147"/>
+      <c r="O28" s="148"/>
+      <c r="P28" s="6"/>
+      <c r="R28" s="63" t="s">
+        <v>95</v>
+      </c>
+      <c r="S28" s="63"/>
+      <c r="T28" s="63"/>
+      <c r="U28" s="63"/>
+    </row>
+    <row r="29" spans="1:21" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="122"/>
+      <c r="C29" s="123"/>
+      <c r="D29" s="80" t="s">
+        <v>119</v>
+      </c>
+      <c r="E29" s="178"/>
+      <c r="F29" s="178"/>
+      <c r="G29" s="178"/>
+      <c r="H29" s="178"/>
+      <c r="I29" s="178"/>
+      <c r="J29" s="178"/>
+      <c r="K29" s="178"/>
+      <c r="L29" s="178"/>
+      <c r="M29" s="178"/>
+      <c r="N29" s="178"/>
+      <c r="O29" s="179"/>
+      <c r="P29" s="6"/>
+      <c r="R29" s="63" t="s">
+        <v>96</v>
+      </c>
+      <c r="S29" s="63"/>
+      <c r="T29" s="63"/>
+      <c r="U29" s="63"/>
+    </row>
+    <row r="30" spans="1:21" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="65">
+        <v>13</v>
+      </c>
+      <c r="B30" s="196" t="s">
+        <v>2</v>
+      </c>
+      <c r="C30" s="197"/>
+      <c r="D30" s="198"/>
+      <c r="E30" s="199"/>
+      <c r="F30" s="199"/>
+      <c r="G30" s="199"/>
+      <c r="H30" s="199"/>
+      <c r="I30" s="199"/>
+      <c r="J30" s="199"/>
+      <c r="K30" s="199"/>
+      <c r="L30" s="199"/>
+      <c r="M30" s="199"/>
+      <c r="N30" s="199"/>
+      <c r="O30" s="200"/>
+      <c r="P30" s="6"/>
+      <c r="R30" s="63" t="s">
+        <v>97</v>
+      </c>
+      <c r="S30" s="63"/>
+      <c r="T30" s="63"/>
+      <c r="U30" s="63"/>
+    </row>
+    <row r="31" spans="1:21" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="65">
+        <v>14</v>
+      </c>
+      <c r="B31" s="176" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" s="177"/>
+      <c r="D31" s="201" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="202"/>
+      <c r="F31" s="202"/>
+      <c r="G31" s="47"/>
+      <c r="H31" s="203" t="s">
+        <v>15</v>
+      </c>
+      <c r="I31" s="203"/>
+      <c r="J31" s="203"/>
+      <c r="K31" s="203"/>
+      <c r="L31" s="199"/>
+      <c r="M31" s="199"/>
+      <c r="N31" s="199"/>
+      <c r="O31" s="200"/>
+      <c r="R31" s="63" t="s">
+        <v>98</v>
+      </c>
+      <c r="S31" s="64"/>
+      <c r="T31" s="63"/>
+      <c r="U31" s="63"/>
+    </row>
+    <row r="32" spans="1:21" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="65">
+        <v>15</v>
+      </c>
+      <c r="B32" s="122" t="s">
+        <v>60</v>
+      </c>
+      <c r="C32" s="123"/>
+      <c r="D32" s="291"/>
+      <c r="E32" s="214"/>
+      <c r="F32" s="214"/>
+      <c r="G32" s="214"/>
+      <c r="H32" s="214"/>
+      <c r="I32" s="214"/>
+      <c r="J32" s="214"/>
+      <c r="K32" s="214"/>
+      <c r="L32" s="214"/>
+      <c r="M32" s="214"/>
+      <c r="N32" s="214"/>
+      <c r="O32" s="292"/>
+      <c r="R32" s="63" t="s">
+        <v>99</v>
+      </c>
+      <c r="S32" s="64"/>
+      <c r="T32" s="63"/>
+      <c r="U32" s="63"/>
+    </row>
+    <row r="33" spans="1:21" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="65">
+        <v>16</v>
+      </c>
+      <c r="B33" s="293" t="s">
+        <v>61</v>
+      </c>
+      <c r="C33" s="208"/>
+      <c r="D33" s="201" t="s">
+        <v>0</v>
+      </c>
+      <c r="E33" s="202"/>
+      <c r="F33" s="214"/>
+      <c r="G33" s="214"/>
+      <c r="H33" s="202" t="s">
+        <v>5</v>
+      </c>
+      <c r="I33" s="202"/>
+      <c r="J33" s="214"/>
+      <c r="K33" s="214"/>
+      <c r="L33" s="202" t="s">
         <v>1</v>
       </c>
-      <c r="B9" s="270" t="s">
-[...646 lines deleted...]
-      <c r="A28" s="82">
+      <c r="M33" s="202"/>
+      <c r="N33" s="214"/>
+      <c r="O33" s="292"/>
+      <c r="R33" s="63" t="s">
+        <v>100</v>
+      </c>
+      <c r="S33" s="64"/>
+      <c r="T33" s="63"/>
+      <c r="U33" s="63"/>
+    </row>
+    <row r="34" spans="1:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="32"/>
+      <c r="C34" s="32"/>
+      <c r="D34" s="33"/>
+      <c r="E34" s="33"/>
+      <c r="F34" s="33"/>
+      <c r="G34" s="33"/>
+      <c r="H34" s="33"/>
+      <c r="I34" s="33"/>
+      <c r="J34" s="33"/>
+      <c r="K34" s="33"/>
+      <c r="L34" s="33"/>
+      <c r="M34" s="33"/>
+      <c r="N34" s="33"/>
+      <c r="O34" s="33"/>
+      <c r="R34" s="63" t="s">
+        <v>101</v>
+      </c>
+      <c r="S34" s="64"/>
+      <c r="T34" s="63"/>
+      <c r="U34" s="63"/>
+    </row>
+    <row r="35" spans="1:21" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="1"/>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+      <c r="L35" s="1"/>
+      <c r="M35" s="1"/>
+      <c r="N35" s="1"/>
+      <c r="O35" s="1"/>
+      <c r="R35" s="63" t="s">
+        <v>102</v>
+      </c>
+      <c r="S35" s="64"/>
+      <c r="T35" s="63"/>
+      <c r="U35" s="63"/>
+    </row>
+    <row r="36" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="65"/>
+      <c r="B36" s="285" t="s">
+        <v>144</v>
+      </c>
+      <c r="C36" s="286"/>
+      <c r="D36" s="286"/>
+      <c r="E36" s="286"/>
+      <c r="F36" s="286"/>
+      <c r="G36" s="286"/>
+      <c r="H36" s="286"/>
+      <c r="I36" s="286"/>
+      <c r="J36" s="286"/>
+      <c r="K36" s="286"/>
+      <c r="L36" s="286"/>
+      <c r="M36" s="286"/>
+      <c r="N36" s="286"/>
+      <c r="O36" s="287"/>
+      <c r="R36" s="63" t="s">
+        <v>103</v>
+      </c>
+      <c r="S36" s="64"/>
+      <c r="T36" s="64"/>
+      <c r="U36" s="64"/>
+    </row>
+    <row r="37" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="65"/>
+      <c r="B37" s="288" t="s">
         <v>12</v>
       </c>
-      <c r="B28" s="205" t="s">
-[...274 lines deleted...]
-      <c r="O37" s="322"/>
+      <c r="C37" s="289"/>
+      <c r="D37" s="289"/>
+      <c r="E37" s="289"/>
+      <c r="F37" s="289"/>
+      <c r="G37" s="289"/>
+      <c r="H37" s="289"/>
+      <c r="I37" s="289"/>
+      <c r="J37" s="289"/>
+      <c r="K37" s="289"/>
+      <c r="L37" s="289"/>
+      <c r="M37" s="289"/>
+      <c r="N37" s="289"/>
+      <c r="O37" s="290"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
-      <c r="R37" s="81" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="82">
+      <c r="R37" s="63" t="s">
+        <v>104</v>
+      </c>
+      <c r="S37" s="64"/>
+      <c r="T37" s="64"/>
+      <c r="U37" s="64"/>
+    </row>
+    <row r="38" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="65">
         <v>17</v>
       </c>
-      <c r="B38" s="152" t="s">
+      <c r="B38" s="134" t="s">
         <v>10</v>
       </c>
-      <c r="C38" s="153"/>
-[...11 lines deleted...]
-      <c r="O38" s="182"/>
+      <c r="C38" s="135"/>
+      <c r="D38" s="156"/>
+      <c r="E38" s="157"/>
+      <c r="F38" s="157"/>
+      <c r="G38" s="157"/>
+      <c r="H38" s="157"/>
+      <c r="I38" s="157"/>
+      <c r="J38" s="157"/>
+      <c r="K38" s="157"/>
+      <c r="L38" s="157"/>
+      <c r="M38" s="157"/>
+      <c r="N38" s="157"/>
+      <c r="O38" s="158"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
-      <c r="R38" s="81" t="s">
+      <c r="R38" s="63" t="s">
+        <v>105</v>
+      </c>
+      <c r="S38" s="63"/>
+      <c r="T38" s="64"/>
+      <c r="U38" s="64"/>
+    </row>
+    <row r="39" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="65">
+        <v>18</v>
+      </c>
+      <c r="B39" s="149" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" s="150"/>
+      <c r="D39" s="131"/>
+      <c r="E39" s="132"/>
+      <c r="F39" s="132"/>
+      <c r="G39" s="132"/>
+      <c r="H39" s="132"/>
+      <c r="I39" s="132"/>
+      <c r="J39" s="132"/>
+      <c r="K39" s="132"/>
+      <c r="L39" s="132"/>
+      <c r="M39" s="132"/>
+      <c r="N39" s="132"/>
+      <c r="O39" s="133"/>
+      <c r="R39" s="63" t="s">
         <v>106</v>
       </c>
-      <c r="S38" s="78"/>
-[...23 lines deleted...]
-      <c r="R39" s="81" t="s">
+      <c r="S39" s="64"/>
+      <c r="T39" s="64"/>
+      <c r="U39" s="64"/>
+    </row>
+    <row r="40" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="65"/>
+      <c r="B40" s="151"/>
+      <c r="C40" s="152"/>
+      <c r="D40" s="153" t="s">
+        <v>145</v>
+      </c>
+      <c r="E40" s="154"/>
+      <c r="F40" s="154"/>
+      <c r="G40" s="154"/>
+      <c r="H40" s="154"/>
+      <c r="I40" s="154"/>
+      <c r="J40" s="154"/>
+      <c r="K40" s="154"/>
+      <c r="L40" s="154"/>
+      <c r="M40" s="154"/>
+      <c r="N40" s="154"/>
+      <c r="O40" s="155"/>
+      <c r="R40" s="63" t="s">
         <v>107</v>
       </c>
-      <c r="S39" s="80"/>
-[...21 lines deleted...]
-      <c r="R40" s="81" t="s">
+      <c r="S40" s="64"/>
+      <c r="T40" s="64"/>
+      <c r="U40" s="64"/>
+    </row>
+    <row r="41" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="68">
+        <v>19</v>
+      </c>
+      <c r="B41" s="129" t="s">
+        <v>62</v>
+      </c>
+      <c r="C41" s="130"/>
+      <c r="D41" s="169" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="170"/>
+      <c r="F41" s="170"/>
+      <c r="G41" s="48"/>
+      <c r="H41" s="171" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="171"/>
+      <c r="J41" s="171"/>
+      <c r="K41" s="171"/>
+      <c r="L41" s="132"/>
+      <c r="M41" s="132"/>
+      <c r="N41" s="132"/>
+      <c r="O41" s="133"/>
+      <c r="R41" s="63" t="s">
         <v>108</v>
       </c>
-      <c r="S40" s="80"/>
-[...35 lines deleted...]
-      <c r="A42" s="85">
+      <c r="S41" s="64"/>
+      <c r="T41" s="64"/>
+      <c r="U41" s="64"/>
+    </row>
+    <row r="42" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="68">
         <v>20</v>
       </c>
-      <c r="B42" s="147" t="s">
+      <c r="B42" s="129" t="s">
         <v>16</v>
       </c>
-      <c r="C42" s="148"/>
-[...11 lines deleted...]
-      <c r="O42" s="151"/>
+      <c r="C42" s="130"/>
+      <c r="D42" s="131"/>
+      <c r="E42" s="132"/>
+      <c r="F42" s="132"/>
+      <c r="G42" s="132"/>
+      <c r="H42" s="132"/>
+      <c r="I42" s="132"/>
+      <c r="J42" s="132"/>
+      <c r="K42" s="132"/>
+      <c r="L42" s="132"/>
+      <c r="M42" s="132"/>
+      <c r="N42" s="132"/>
+      <c r="O42" s="133"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
-      <c r="R42" s="81" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="85">
+      <c r="R42" s="63" t="s">
+        <v>109</v>
+      </c>
+      <c r="S42" s="64"/>
+      <c r="T42" s="64"/>
+      <c r="U42" s="64"/>
+    </row>
+    <row r="43" spans="1:21" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="68">
         <v>21</v>
       </c>
-      <c r="B43" s="147" t="s">
+      <c r="B43" s="129" t="s">
         <v>17</v>
       </c>
-      <c r="C43" s="148"/>
-[...40 lines deleted...]
-      <c r="A45" s="85">
+      <c r="C43" s="130"/>
+      <c r="D43" s="166"/>
+      <c r="E43" s="167"/>
+      <c r="F43" s="167"/>
+      <c r="G43" s="167"/>
+      <c r="H43" s="167"/>
+      <c r="I43" s="167"/>
+      <c r="J43" s="167"/>
+      <c r="K43" s="167"/>
+      <c r="L43" s="167"/>
+      <c r="M43" s="167"/>
+      <c r="N43" s="167"/>
+      <c r="O43" s="168"/>
+      <c r="R43" s="4"/>
+      <c r="S43" s="64"/>
+      <c r="T43" s="63"/>
+      <c r="U43" s="63"/>
+    </row>
+    <row r="44" spans="1:21" s="4" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="68"/>
+      <c r="B44" s="129"/>
+      <c r="C44" s="130"/>
+      <c r="D44" s="162" t="s">
+        <v>146</v>
+      </c>
+      <c r="E44" s="163"/>
+      <c r="F44" s="163"/>
+      <c r="G44" s="163"/>
+      <c r="H44" s="163"/>
+      <c r="I44" s="163"/>
+      <c r="J44" s="163"/>
+      <c r="K44" s="163"/>
+      <c r="L44" s="163"/>
+      <c r="M44" s="163"/>
+      <c r="N44" s="163"/>
+      <c r="O44" s="164"/>
+      <c r="S44" s="64"/>
+      <c r="T44" s="64"/>
+      <c r="U44" s="64"/>
+    </row>
+    <row r="45" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="68">
         <v>22</v>
       </c>
-      <c r="B45" s="147" t="s">
+      <c r="B45" s="129" t="s">
+        <v>63</v>
+      </c>
+      <c r="C45" s="130"/>
+      <c r="D45" s="131"/>
+      <c r="E45" s="132"/>
+      <c r="F45" s="132"/>
+      <c r="G45" s="132"/>
+      <c r="H45" s="132"/>
+      <c r="I45" s="132"/>
+      <c r="J45" s="132"/>
+      <c r="K45" s="132"/>
+      <c r="L45" s="132"/>
+      <c r="M45" s="132"/>
+      <c r="N45" s="132"/>
+      <c r="O45" s="133"/>
+      <c r="S45" s="64"/>
+      <c r="T45" s="64"/>
+      <c r="U45" s="64"/>
+    </row>
+    <row r="46" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="68">
+        <v>23</v>
+      </c>
+      <c r="B46" s="129" t="s">
         <v>64</v>
       </c>
-      <c r="C45" s="148"/>
-[...24 lines deleted...]
-      <c r="D46" s="183" t="s">
+      <c r="C46" s="130"/>
+      <c r="D46" s="159" t="s">
         <v>14</v>
       </c>
-      <c r="E46" s="184"/>
-[...2 lines deleted...]
-      <c r="H46" s="199" t="s">
+      <c r="E46" s="160"/>
+      <c r="F46" s="160"/>
+      <c r="G46" s="49"/>
+      <c r="H46" s="172" t="s">
         <v>15</v>
       </c>
-      <c r="I46" s="199"/>
-[...30 lines deleted...]
-      <c r="A48" s="85">
+      <c r="I46" s="172"/>
+      <c r="J46" s="172"/>
+      <c r="K46" s="172"/>
+      <c r="L46" s="167"/>
+      <c r="M46" s="167"/>
+      <c r="N46" s="167"/>
+      <c r="O46" s="168"/>
+      <c r="S46" s="64"/>
+      <c r="T46" s="64"/>
+      <c r="U46" s="64"/>
+    </row>
+    <row r="47" spans="1:21" s="4" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="68"/>
+      <c r="B47" s="129"/>
+      <c r="C47" s="130"/>
+      <c r="D47" s="162" t="s">
+        <v>121</v>
+      </c>
+      <c r="E47" s="163"/>
+      <c r="F47" s="163"/>
+      <c r="G47" s="163"/>
+      <c r="H47" s="163"/>
+      <c r="I47" s="163"/>
+      <c r="J47" s="163"/>
+      <c r="K47" s="163"/>
+      <c r="L47" s="163"/>
+      <c r="M47" s="163"/>
+      <c r="N47" s="163"/>
+      <c r="O47" s="164"/>
+    </row>
+    <row r="48" spans="1:21" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="68">
         <v>24</v>
       </c>
-      <c r="B48" s="47"/>
-      <c r="C48" s="48" t="s">
+      <c r="B48" s="34"/>
+      <c r="C48" s="35" t="s">
         <v>39</v>
       </c>
-      <c r="D48" s="142"/>
-[...10 lines deleted...]
-      <c r="O48" s="49" t="s">
+      <c r="D48" s="124"/>
+      <c r="E48" s="125"/>
+      <c r="F48" s="125"/>
+      <c r="G48" s="125"/>
+      <c r="H48" s="125"/>
+      <c r="I48" s="125"/>
+      <c r="J48" s="125"/>
+      <c r="K48" s="125"/>
+      <c r="L48" s="125"/>
+      <c r="M48" s="125"/>
+      <c r="N48" s="125"/>
+      <c r="O48" s="36" t="s">
         <v>21</v>
       </c>
-      <c r="R48" s="67"/>
-[...3 lines deleted...]
-      <c r="B49" s="200" t="s">
+      <c r="R48" s="53"/>
+    </row>
+    <row r="49" spans="1:18" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="65"/>
+      <c r="B49" s="173" t="s">
         <v>18</v>
       </c>
-      <c r="C49" s="201"/>
-[...15 lines deleted...]
-      <c r="A50" s="85">
+      <c r="C49" s="174"/>
+      <c r="D49" s="174"/>
+      <c r="E49" s="174"/>
+      <c r="F49" s="174"/>
+      <c r="G49" s="174"/>
+      <c r="H49" s="174"/>
+      <c r="I49" s="174"/>
+      <c r="J49" s="174"/>
+      <c r="K49" s="174"/>
+      <c r="L49" s="174"/>
+      <c r="M49" s="174"/>
+      <c r="N49" s="174"/>
+      <c r="O49" s="175"/>
+      <c r="R49" s="1"/>
+    </row>
+    <row r="50" spans="1:18" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="68">
         <v>25</v>
       </c>
-      <c r="B50" s="152" t="s">
+      <c r="B50" s="134" t="s">
         <v>10</v>
       </c>
-      <c r="C50" s="153"/>
-[...15 lines deleted...]
-      <c r="A51" s="85">
+      <c r="C50" s="135"/>
+      <c r="D50" s="156"/>
+      <c r="E50" s="157"/>
+      <c r="F50" s="157"/>
+      <c r="G50" s="157"/>
+      <c r="H50" s="157"/>
+      <c r="I50" s="157"/>
+      <c r="J50" s="157"/>
+      <c r="K50" s="157"/>
+      <c r="L50" s="157"/>
+      <c r="M50" s="157"/>
+      <c r="N50" s="157"/>
+      <c r="O50" s="158"/>
+      <c r="R50" s="1"/>
+    </row>
+    <row r="51" spans="1:18" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="68">
         <v>26</v>
       </c>
-      <c r="B51" s="173" t="s">
+      <c r="B51" s="149" t="s">
         <v>13</v>
       </c>
-      <c r="C51" s="174"/>
-[...11 lines deleted...]
-      <c r="O51" s="151"/>
+      <c r="C51" s="150"/>
+      <c r="D51" s="131"/>
+      <c r="E51" s="132"/>
+      <c r="F51" s="132"/>
+      <c r="G51" s="132"/>
+      <c r="H51" s="132"/>
+      <c r="I51" s="132"/>
+      <c r="J51" s="132"/>
+      <c r="K51" s="132"/>
+      <c r="L51" s="132"/>
+      <c r="M51" s="132"/>
+      <c r="N51" s="132"/>
+      <c r="O51" s="133"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
-      <c r="R51" s="3"/>
-[...18 lines deleted...]
-      <c r="O52" s="179"/>
+      <c r="R51" s="1"/>
+    </row>
+    <row r="52" spans="1:18" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="68"/>
+      <c r="B52" s="151"/>
+      <c r="C52" s="152"/>
+      <c r="D52" s="153" t="s">
+        <v>145</v>
+      </c>
+      <c r="E52" s="154"/>
+      <c r="F52" s="154"/>
+      <c r="G52" s="154"/>
+      <c r="H52" s="154"/>
+      <c r="I52" s="154"/>
+      <c r="J52" s="154"/>
+      <c r="K52" s="154"/>
+      <c r="L52" s="154"/>
+      <c r="M52" s="154"/>
+      <c r="N52" s="154"/>
+      <c r="O52" s="155"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
-      <c r="R52" s="3"/>
-[...2 lines deleted...]
-      <c r="A53" s="85">
+      <c r="R52" s="1"/>
+    </row>
+    <row r="53" spans="1:18" s="4" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="68">
         <v>27</v>
       </c>
-      <c r="B53" s="147" t="s">
+      <c r="B53" s="129" t="s">
+        <v>62</v>
+      </c>
+      <c r="C53" s="130"/>
+      <c r="D53" s="169" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="170"/>
+      <c r="F53" s="170"/>
+      <c r="G53" s="48"/>
+      <c r="H53" s="171" t="s">
+        <v>15</v>
+      </c>
+      <c r="I53" s="171"/>
+      <c r="J53" s="171"/>
+      <c r="K53" s="171"/>
+      <c r="L53" s="132"/>
+      <c r="M53" s="132"/>
+      <c r="N53" s="132"/>
+      <c r="O53" s="133"/>
+      <c r="R53" s="1"/>
+    </row>
+    <row r="54" spans="1:18" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="68">
+        <v>28</v>
+      </c>
+      <c r="B54" s="129" t="s">
+        <v>16</v>
+      </c>
+      <c r="C54" s="130"/>
+      <c r="D54" s="131"/>
+      <c r="E54" s="132"/>
+      <c r="F54" s="132"/>
+      <c r="G54" s="132"/>
+      <c r="H54" s="132"/>
+      <c r="I54" s="132"/>
+      <c r="J54" s="132"/>
+      <c r="K54" s="132"/>
+      <c r="L54" s="132"/>
+      <c r="M54" s="132"/>
+      <c r="N54" s="132"/>
+      <c r="O54" s="133"/>
+    </row>
+    <row r="55" spans="1:18" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="68">
+        <v>29</v>
+      </c>
+      <c r="B55" s="129" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="130"/>
+      <c r="D55" s="166"/>
+      <c r="E55" s="167"/>
+      <c r="F55" s="167"/>
+      <c r="G55" s="167"/>
+      <c r="H55" s="167"/>
+      <c r="I55" s="167"/>
+      <c r="J55" s="167"/>
+      <c r="K55" s="167"/>
+      <c r="L55" s="167"/>
+      <c r="M55" s="167"/>
+      <c r="N55" s="167"/>
+      <c r="O55" s="168"/>
+    </row>
+    <row r="56" spans="1:18" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="68"/>
+      <c r="B56" s="129"/>
+      <c r="C56" s="130"/>
+      <c r="D56" s="162" t="s">
+        <v>146</v>
+      </c>
+      <c r="E56" s="163"/>
+      <c r="F56" s="163"/>
+      <c r="G56" s="163"/>
+      <c r="H56" s="163"/>
+      <c r="I56" s="163"/>
+      <c r="J56" s="163"/>
+      <c r="K56" s="163"/>
+      <c r="L56" s="163"/>
+      <c r="M56" s="163"/>
+      <c r="N56" s="163"/>
+      <c r="O56" s="164"/>
+      <c r="P56" s="9"/>
+    </row>
+    <row r="57" spans="1:18" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="68">
+        <v>30</v>
+      </c>
+      <c r="B57" s="129" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="148"/>
-      <c r="D53" s="196" t="s">
+      <c r="C57" s="130"/>
+      <c r="D57" s="131"/>
+      <c r="E57" s="132"/>
+      <c r="F57" s="132"/>
+      <c r="G57" s="132"/>
+      <c r="H57" s="132"/>
+      <c r="I57" s="132"/>
+      <c r="J57" s="132"/>
+      <c r="K57" s="132"/>
+      <c r="L57" s="132"/>
+      <c r="M57" s="132"/>
+      <c r="N57" s="132"/>
+      <c r="O57" s="133"/>
+      <c r="P57" s="9"/>
+    </row>
+    <row r="58" spans="1:18" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="68">
+        <v>31</v>
+      </c>
+      <c r="B58" s="129" t="s">
+        <v>64</v>
+      </c>
+      <c r="C58" s="130"/>
+      <c r="D58" s="159" t="s">
         <v>14</v>
       </c>
-      <c r="E53" s="197"/>
-[...2 lines deleted...]
-      <c r="H53" s="198" t="s">
+      <c r="E58" s="160"/>
+      <c r="F58" s="160"/>
+      <c r="G58" s="49"/>
+      <c r="H58" s="172" t="s">
         <v>15</v>
       </c>
-      <c r="I53" s="198"/>
-[...145 lines deleted...]
-      <c r="A60" s="85">
+      <c r="I58" s="172"/>
+      <c r="J58" s="172"/>
+      <c r="K58" s="172"/>
+      <c r="L58" s="167"/>
+      <c r="M58" s="167"/>
+      <c r="N58" s="167"/>
+      <c r="O58" s="168"/>
+      <c r="P58" s="9"/>
+    </row>
+    <row r="59" spans="1:18" ht="32.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="68"/>
+      <c r="B59" s="129"/>
+      <c r="C59" s="130"/>
+      <c r="D59" s="162" t="s">
+        <v>121</v>
+      </c>
+      <c r="E59" s="163"/>
+      <c r="F59" s="163"/>
+      <c r="G59" s="163"/>
+      <c r="H59" s="163"/>
+      <c r="I59" s="163"/>
+      <c r="J59" s="163"/>
+      <c r="K59" s="163"/>
+      <c r="L59" s="163"/>
+      <c r="M59" s="163"/>
+      <c r="N59" s="163"/>
+      <c r="O59" s="164"/>
+      <c r="P59" s="9"/>
+    </row>
+    <row r="60" spans="1:18" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="68">
         <v>32</v>
       </c>
-      <c r="B60" s="47"/>
-      <c r="C60" s="48" t="s">
+      <c r="B60" s="34"/>
+      <c r="C60" s="35" t="s">
         <v>39</v>
       </c>
-      <c r="D60" s="142"/>
-[...10 lines deleted...]
-      <c r="O60" s="49" t="s">
+      <c r="D60" s="124"/>
+      <c r="E60" s="125"/>
+      <c r="F60" s="125"/>
+      <c r="G60" s="125"/>
+      <c r="H60" s="125"/>
+      <c r="I60" s="125"/>
+      <c r="J60" s="125"/>
+      <c r="K60" s="125"/>
+      <c r="L60" s="125"/>
+      <c r="M60" s="125"/>
+      <c r="N60" s="125"/>
+      <c r="O60" s="36" t="s">
         <v>21</v>
       </c>
-      <c r="P60" s="12"/>
-[...3 lines deleted...]
-      <c r="B61" s="144" t="s">
+      <c r="P60" s="9"/>
+    </row>
+    <row r="61" spans="1:18" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="68"/>
+      <c r="B61" s="126" t="s">
         <v>33</v>
       </c>
-      <c r="C61" s="145"/>
-[...15 lines deleted...]
-      <c r="A62" s="82">
+      <c r="C61" s="127"/>
+      <c r="D61" s="127"/>
+      <c r="E61" s="127"/>
+      <c r="F61" s="127"/>
+      <c r="G61" s="127"/>
+      <c r="H61" s="127"/>
+      <c r="I61" s="127"/>
+      <c r="J61" s="127"/>
+      <c r="K61" s="127"/>
+      <c r="L61" s="127"/>
+      <c r="M61" s="127"/>
+      <c r="N61" s="127"/>
+      <c r="O61" s="128"/>
+      <c r="P61" s="8"/>
+    </row>
+    <row r="62" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="65">
         <v>33</v>
       </c>
-      <c r="B62" s="289"/>
-      <c r="C62" s="291" t="s">
+      <c r="B62" s="259"/>
+      <c r="C62" s="261" t="s">
         <v>26</v>
       </c>
-      <c r="D62" s="293" t="s">
-[...11 lines deleted...]
-        <f>_xlfn.IFS(J9=S4, "1,398,800", J9=S5,"1,294,200", J9=S6,"1,721,400",J9=S7,"2,300,000")</f>
+      <c r="D62" s="263" t="s">
+        <v>67</v>
+      </c>
+      <c r="E62" s="264"/>
+      <c r="F62" s="264"/>
+      <c r="G62" s="264"/>
+      <c r="H62" s="264"/>
+      <c r="I62" s="264"/>
+      <c r="J62" s="264"/>
+      <c r="K62" s="264"/>
+      <c r="L62" s="264"/>
+      <c r="M62" s="265" t="e">
+        <f>_xlfn.IFS(J9=S4, "1,439,200", J9=S5,"1,331,600", J9=S6,"1,771,600",J9=S7,"2,400,000")</f>
         <v>#N/A</v>
       </c>
-      <c r="N62" s="297"/>
-      <c r="O62" s="298" t="s">
+      <c r="N62" s="265"/>
+      <c r="O62" s="266" t="s">
         <v>21</v>
       </c>
-      <c r="P62" s="11"/>
-[...23 lines deleted...]
-      <c r="D64" s="285" t="s">
+      <c r="P62" s="8"/>
+    </row>
+    <row r="63" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="259"/>
+      <c r="C63" s="261"/>
+      <c r="D63" s="257"/>
+      <c r="E63" s="258"/>
+      <c r="F63" s="258"/>
+      <c r="G63" s="258"/>
+      <c r="H63" s="258"/>
+      <c r="I63" s="258"/>
+      <c r="J63" s="258"/>
+      <c r="K63" s="258"/>
+      <c r="L63" s="258"/>
+      <c r="M63" s="265"/>
+      <c r="N63" s="265"/>
+      <c r="O63" s="266"/>
+      <c r="P63" s="8"/>
+    </row>
+    <row r="64" spans="1:18" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="259"/>
+      <c r="C64" s="261"/>
+      <c r="D64" s="255" t="s">
         <v>37</v>
       </c>
-      <c r="E64" s="286"/>
-[...34 lines deleted...]
-      <c r="D66" s="303" t="s">
+      <c r="E64" s="256"/>
+      <c r="F64" s="256"/>
+      <c r="G64" s="256"/>
+      <c r="H64" s="256"/>
+      <c r="I64" s="256"/>
+      <c r="J64" s="256"/>
+      <c r="K64" s="256"/>
+      <c r="L64" s="256"/>
+      <c r="M64" s="267"/>
+      <c r="N64" s="267"/>
+      <c r="O64" s="268"/>
+      <c r="P64" s="8"/>
+    </row>
+    <row r="65" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="259"/>
+      <c r="C65" s="261"/>
+      <c r="D65" s="257"/>
+      <c r="E65" s="258"/>
+      <c r="F65" s="258"/>
+      <c r="G65" s="258"/>
+      <c r="H65" s="258"/>
+      <c r="I65" s="258"/>
+      <c r="J65" s="258"/>
+      <c r="K65" s="258"/>
+      <c r="L65" s="258"/>
+      <c r="M65" s="269"/>
+      <c r="N65" s="269"/>
+      <c r="O65" s="270"/>
+      <c r="P65" s="8"/>
+    </row>
+    <row r="66" spans="1:16" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="259"/>
+      <c r="C66" s="262"/>
+      <c r="D66" s="271" t="s">
         <v>34</v>
       </c>
-      <c r="E66" s="304"/>
-[...7 lines deleted...]
-      <c r="M66" s="305" t="str">
+      <c r="E66" s="272"/>
+      <c r="F66" s="272"/>
+      <c r="G66" s="272"/>
+      <c r="H66" s="272"/>
+      <c r="I66" s="272"/>
+      <c r="J66" s="272"/>
+      <c r="K66" s="272"/>
+      <c r="L66" s="272"/>
+      <c r="M66" s="273" t="str">
         <f>IFERROR(_xlfn.IFS(M64="いいえ NO",M62, M64="20％ 減免 Reduction", M62*0.8, M64="50％ 減免 Reduction", M62*0.5, M64="100％ 減免 Reduction", "0", M64="",M62), "")</f>
         <v/>
       </c>
-      <c r="N66" s="305"/>
-      <c r="O66" s="50" t="s">
+      <c r="N66" s="273"/>
+      <c r="O66" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="P66" s="11"/>
-[...2 lines deleted...]
-      <c r="A67" s="82">
+      <c r="P66" s="8"/>
+    </row>
+    <row r="67" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="65">
         <v>34</v>
       </c>
-      <c r="B67" s="289"/>
-      <c r="C67" s="306" t="s">
+      <c r="B67" s="259"/>
+      <c r="C67" s="274" t="s">
         <v>22</v>
       </c>
-      <c r="D67" s="307" t="s">
-[...12 lines deleted...]
-      <c r="O67" s="312" t="s">
+      <c r="D67" s="275" t="s">
+        <v>143</v>
+      </c>
+      <c r="E67" s="276"/>
+      <c r="F67" s="276"/>
+      <c r="G67" s="276"/>
+      <c r="H67" s="276"/>
+      <c r="I67" s="276"/>
+      <c r="J67" s="276"/>
+      <c r="K67" s="276"/>
+      <c r="L67" s="276"/>
+      <c r="M67" s="213"/>
+      <c r="N67" s="213"/>
+      <c r="O67" s="280" t="s">
         <v>21</v>
       </c>
-      <c r="P67" s="11"/>
-[...23 lines deleted...]
-      <c r="D69" s="68" t="s">
+      <c r="P67" s="8"/>
+    </row>
+    <row r="68" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="259"/>
+      <c r="C68" s="261"/>
+      <c r="D68" s="277"/>
+      <c r="E68" s="278"/>
+      <c r="F68" s="278"/>
+      <c r="G68" s="278"/>
+      <c r="H68" s="278"/>
+      <c r="I68" s="278"/>
+      <c r="J68" s="278"/>
+      <c r="K68" s="278"/>
+      <c r="L68" s="278"/>
+      <c r="M68" s="220"/>
+      <c r="N68" s="220"/>
+      <c r="O68" s="281"/>
+      <c r="P68" s="8"/>
+    </row>
+    <row r="69" spans="1:16" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="260"/>
+      <c r="C69" s="61"/>
+      <c r="D69" s="54" t="s">
         <v>25</v>
       </c>
-      <c r="E69" s="314" t="s">
+      <c r="E69" s="282" t="s">
         <v>24</v>
       </c>
-      <c r="F69" s="314"/>
-[...6 lines deleted...]
-      <c r="M69" s="311" t="str">
+      <c r="F69" s="282"/>
+      <c r="G69" s="282"/>
+      <c r="H69" s="282"/>
+      <c r="I69" s="282"/>
+      <c r="J69" s="282"/>
+      <c r="K69" s="282"/>
+      <c r="L69" s="282"/>
+      <c r="M69" s="279" t="str">
         <f>IFERROR(M66+M67," ")</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="N69" s="311"/>
-      <c r="O69" s="51" t="s">
+      <c r="N69" s="279"/>
+      <c r="O69" s="38" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="70" spans="1:16" ht="37.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
-[...34 lines deleted...]
-      <c r="M71" s="267" t="s">
+    <row r="70" spans="1:16" ht="37.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="252" t="s">
+        <v>65</v>
+      </c>
+      <c r="C70" s="253"/>
+      <c r="D70" s="253"/>
+      <c r="E70" s="253"/>
+      <c r="F70" s="253"/>
+      <c r="G70" s="253"/>
+      <c r="H70" s="253"/>
+      <c r="I70" s="253"/>
+      <c r="J70" s="253"/>
+      <c r="K70" s="253"/>
+      <c r="L70" s="253"/>
+      <c r="M70" s="253"/>
+      <c r="N70" s="253"/>
+      <c r="O70" s="254"/>
+      <c r="P70" s="8"/>
+    </row>
+    <row r="71" spans="1:16" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="233"/>
+      <c r="C71" s="235" t="s">
+        <v>139</v>
+      </c>
+      <c r="D71" s="236"/>
+      <c r="E71" s="236"/>
+      <c r="F71" s="236"/>
+      <c r="G71" s="236"/>
+      <c r="H71" s="236"/>
+      <c r="I71" s="236"/>
+      <c r="J71" s="236"/>
+      <c r="K71" s="236"/>
+      <c r="L71" s="237"/>
+      <c r="M71" s="238" t="s">
+        <v>147</v>
+      </c>
+      <c r="N71" s="239"/>
+      <c r="O71" s="240"/>
+    </row>
+    <row r="72" spans="1:16" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="65">
+        <v>35</v>
+      </c>
+      <c r="B72" s="234"/>
+      <c r="C72" s="208" t="s">
+        <v>122</v>
+      </c>
+      <c r="D72" s="209" t="s">
+        <v>30</v>
+      </c>
+      <c r="E72" s="210"/>
+      <c r="F72" s="211" t="s">
+        <v>28</v>
+      </c>
+      <c r="G72" s="212"/>
+      <c r="H72" s="212"/>
+      <c r="I72" s="212"/>
+      <c r="J72" s="213"/>
+      <c r="K72" s="213"/>
+      <c r="L72" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="M72" s="218"/>
+      <c r="N72" s="213"/>
+      <c r="O72" s="221" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="234"/>
+      <c r="C73" s="208"/>
+      <c r="D73" s="223" t="s">
+        <v>27</v>
+      </c>
+      <c r="E73" s="224"/>
+      <c r="F73" s="223" t="s">
+        <v>35</v>
+      </c>
+      <c r="G73" s="225"/>
+      <c r="H73" s="225"/>
+      <c r="I73" s="225"/>
+      <c r="J73" s="226"/>
+      <c r="K73" s="226"/>
+      <c r="L73" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="M73" s="219"/>
+      <c r="N73" s="220"/>
+      <c r="O73" s="222"/>
+    </row>
+    <row r="74" spans="1:16" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="65">
+        <v>36</v>
+      </c>
+      <c r="B74" s="234"/>
+      <c r="C74" s="208" t="s">
+        <v>123</v>
+      </c>
+      <c r="D74" s="209" t="s">
+        <v>30</v>
+      </c>
+      <c r="E74" s="210"/>
+      <c r="F74" s="211" t="s">
+        <v>28</v>
+      </c>
+      <c r="G74" s="212"/>
+      <c r="H74" s="212"/>
+      <c r="I74" s="212"/>
+      <c r="J74" s="213"/>
+      <c r="K74" s="213"/>
+      <c r="L74" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="M74" s="218"/>
+      <c r="N74" s="213"/>
+      <c r="O74" s="221" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16" ht="35.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="234"/>
+      <c r="C75" s="208"/>
+      <c r="D75" s="223" t="s">
+        <v>27</v>
+      </c>
+      <c r="E75" s="224"/>
+      <c r="F75" s="223" t="s">
+        <v>36</v>
+      </c>
+      <c r="G75" s="225"/>
+      <c r="H75" s="225"/>
+      <c r="I75" s="225"/>
+      <c r="J75" s="226"/>
+      <c r="K75" s="226"/>
+      <c r="L75" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="M75" s="219"/>
+      <c r="N75" s="220"/>
+      <c r="O75" s="222"/>
+    </row>
+    <row r="76" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="65">
+        <v>37</v>
+      </c>
+      <c r="B76" s="234"/>
+      <c r="C76" s="230" t="s">
+        <v>29</v>
+      </c>
+      <c r="D76" s="211" t="s">
+        <v>30</v>
+      </c>
+      <c r="E76" s="232"/>
+      <c r="F76" s="211" t="s">
+        <v>28</v>
+      </c>
+      <c r="G76" s="212"/>
+      <c r="H76" s="212"/>
+      <c r="I76" s="212"/>
+      <c r="J76" s="213"/>
+      <c r="K76" s="213"/>
+      <c r="L76" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="M76" s="218"/>
+      <c r="N76" s="213"/>
+      <c r="O76" s="11" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="234"/>
+      <c r="C77" s="231"/>
+      <c r="D77" s="180" t="s">
+        <v>125</v>
+      </c>
+      <c r="E77" s="181"/>
+      <c r="F77" s="181"/>
+      <c r="G77" s="181"/>
+      <c r="H77" s="181"/>
+      <c r="I77" s="181"/>
+      <c r="J77" s="181"/>
+      <c r="K77" s="181"/>
+      <c r="L77" s="181"/>
+      <c r="M77" s="181"/>
+      <c r="N77" s="181"/>
+      <c r="O77" s="182"/>
+    </row>
+    <row r="78" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="65">
+        <v>38</v>
+      </c>
+      <c r="B78" s="234"/>
+      <c r="C78" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="D78" s="183" t="s">
         <v>124</v>
       </c>
-      <c r="N71" s="268"/>
-[...22 lines deleted...]
-      <c r="L72" s="52" t="s">
+      <c r="E78" s="184"/>
+      <c r="F78" s="184"/>
+      <c r="G78" s="184"/>
+      <c r="H78" s="184"/>
+      <c r="I78" s="184"/>
+      <c r="J78" s="184"/>
+      <c r="K78" s="184"/>
+      <c r="L78" s="184"/>
+      <c r="M78" s="206"/>
+      <c r="N78" s="207"/>
+      <c r="O78" s="42" t="s">
         <v>21</v>
       </c>
-      <c r="M72" s="247"/>
-[...157 lines deleted...]
-      <c r="D79" s="69" t="s">
+    </row>
+    <row r="79" spans="1:16" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="234"/>
+      <c r="C79" s="62"/>
+      <c r="D79" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="E79" s="213" t="s">
+      <c r="E79" s="185" t="s">
         <v>32</v>
       </c>
-      <c r="F79" s="213"/>
-[...6 lines deleted...]
-      <c r="M79" s="232">
+      <c r="F79" s="185"/>
+      <c r="G79" s="185"/>
+      <c r="H79" s="185"/>
+      <c r="I79" s="185"/>
+      <c r="J79" s="185"/>
+      <c r="K79" s="185"/>
+      <c r="L79" s="185"/>
+      <c r="M79" s="204">
         <f>SUM(M72:N78)</f>
         <v>0</v>
       </c>
-      <c r="N79" s="233"/>
-      <c r="O79" s="66" t="s">
+      <c r="N79" s="205"/>
+      <c r="O79" s="11" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="80" spans="1:16" ht="33.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
-[...25 lines deleted...]
-      <c r="G81" s="73" t="s">
+    <row r="80" spans="1:16" ht="33.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="215" t="s">
+        <v>110</v>
+      </c>
+      <c r="C80" s="216"/>
+      <c r="D80" s="216"/>
+      <c r="E80" s="216"/>
+      <c r="F80" s="216"/>
+      <c r="G80" s="216"/>
+      <c r="H80" s="216"/>
+      <c r="I80" s="216"/>
+      <c r="J80" s="216"/>
+      <c r="K80" s="216"/>
+      <c r="L80" s="216"/>
+      <c r="M80" s="216"/>
+      <c r="N80" s="216"/>
+      <c r="O80" s="217"/>
+    </row>
+    <row r="81" spans="2:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="56"/>
+      <c r="G81" s="59" t="s">
         <v>25</v>
       </c>
-      <c r="H81" s="215" t="str">
+      <c r="H81" s="187" t="str">
         <f>IFERROR(M69,"")</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="I81" s="215"/>
-      <c r="J81" s="71" t="s">
+      <c r="I81" s="187"/>
+      <c r="J81" s="57" t="s">
         <v>21</v>
       </c>
-      <c r="K81" s="15" t="s">
+      <c r="K81" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="L81" s="74" t="s">
+      <c r="L81" s="60" t="s">
         <v>23</v>
       </c>
-      <c r="M81" s="214">
+      <c r="M81" s="186">
         <f>M79</f>
         <v>0</v>
       </c>
-      <c r="N81" s="214"/>
-      <c r="O81" s="72" t="s">
+      <c r="N81" s="186"/>
+      <c r="O81" s="58" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="82" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.15">
-[...37 lines deleted...]
-    <row r="84" spans="1:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="82" spans="2:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="188" t="s">
+        <v>66</v>
+      </c>
+      <c r="C82" s="189"/>
+      <c r="D82" s="189"/>
+      <c r="E82" s="189"/>
+      <c r="F82" s="189"/>
+      <c r="G82" s="189"/>
+      <c r="H82" s="189"/>
+      <c r="I82" s="189"/>
+      <c r="J82" s="189"/>
+      <c r="K82" s="189"/>
+      <c r="L82" s="189"/>
+      <c r="M82" s="189"/>
+      <c r="N82" s="250"/>
+      <c r="O82" s="251"/>
+    </row>
+    <row r="83" spans="2:18" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="227" t="s">
+        <v>126</v>
+      </c>
+      <c r="C83" s="228"/>
+      <c r="D83" s="228"/>
+      <c r="E83" s="228"/>
+      <c r="F83" s="228"/>
+      <c r="G83" s="228"/>
+      <c r="H83" s="228"/>
+      <c r="I83" s="228"/>
+      <c r="J83" s="228"/>
+      <c r="K83" s="228"/>
+      <c r="L83" s="228"/>
+      <c r="M83" s="228"/>
+      <c r="N83" s="228"/>
+      <c r="O83" s="229"/>
+    </row>
+    <row r="84" spans="2:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C84" s="1"/>
       <c r="D84" s="1"/>
       <c r="E84" s="1"/>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
     </row>
-    <row r="85" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="85" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
     </row>
-    <row r="86" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="86" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C86" s="1"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
     </row>
-    <row r="87" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="87" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
     </row>
-    <row r="88" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="88" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
     </row>
-    <row r="89" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="89" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C89" s="1"/>
       <c r="D89" s="1"/>
       <c r="E89" s="1"/>
       <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
     </row>
-    <row r="90" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="90" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C90" s="1"/>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
     </row>
-    <row r="91" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="91" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
     </row>
-    <row r="92" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="92" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
-      <c r="R92" s="6"/>
-[...1 lines deleted...]
-    <row r="93" spans="1:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R92" s="4"/>
+    </row>
+    <row r="93" spans="2:18" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
     </row>
-    <row r="94" spans="1:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="94" spans="2:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
     </row>
-    <row r="95" spans="1:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="95" spans="2:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C95" s="1"/>
       <c r="D95" s="1"/>
       <c r="E95" s="1"/>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
-      <c r="R95" s="6"/>
-[...1 lines deleted...]
-    <row r="96" spans="1:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R95" s="4"/>
+    </row>
+    <row r="96" spans="2:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C96" s="1"/>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
-      <c r="R96" s="6"/>
-[...1 lines deleted...]
-    <row r="97" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R96" s="4"/>
+    </row>
+    <row r="97" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C97" s="1"/>
       <c r="D97" s="1"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
     </row>
-    <row r="98" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="98" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C98" s="1"/>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
     </row>
-    <row r="99" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="99" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C99" s="1"/>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
-      <c r="R99" s="6"/>
-[...1 lines deleted...]
-    <row r="100" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R99" s="4"/>
+    </row>
+    <row r="100" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
-      <c r="R100" s="6"/>
-[...1 lines deleted...]
-    <row r="101" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R100" s="4"/>
+    </row>
+    <row r="101" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C101" s="1"/>
       <c r="D101" s="1"/>
       <c r="E101" s="1"/>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
-      <c r="R101" s="6"/>
-[...1 lines deleted...]
-    <row r="102" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R101" s="4"/>
+    </row>
+    <row r="102" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C102" s="1"/>
       <c r="D102" s="1"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
-      <c r="R102" s="6"/>
-[...1 lines deleted...]
-    <row r="103" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R102" s="4"/>
+    </row>
+    <row r="103" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C103" s="1"/>
       <c r="D103" s="1"/>
       <c r="E103" s="1"/>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
-      <c r="R103" s="6"/>
-[...1 lines deleted...]
-    <row r="104" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R103" s="4"/>
+    </row>
+    <row r="104" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C104" s="1"/>
       <c r="D104" s="1"/>
       <c r="E104" s="1"/>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
-      <c r="R104" s="6"/>
-[...1 lines deleted...]
-    <row r="105" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R104" s="4"/>
+    </row>
+    <row r="105" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C105" s="1"/>
       <c r="D105" s="1"/>
       <c r="E105" s="1"/>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
-      <c r="R105" s="6"/>
-[...1 lines deleted...]
-    <row r="106" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="R105" s="4"/>
+    </row>
+    <row r="106" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C106" s="1"/>
       <c r="D106" s="1"/>
       <c r="E106" s="1"/>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
     </row>
-    <row r="107" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
-[...187 lines deleted...]
-    <row r="293" ht="20.25" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="107" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R107" s="4"/>
+    </row>
+    <row r="108" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" spans="3:18" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="166">
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B41:C41"/>
     <mergeCell ref="D41:F41"/>
     <mergeCell ref="H41:K41"/>
     <mergeCell ref="L41:O41"/>
     <mergeCell ref="B45:C45"/>
     <mergeCell ref="D45:O45"/>
     <mergeCell ref="B36:O36"/>
     <mergeCell ref="B37:O37"/>
     <mergeCell ref="B43:C44"/>
     <mergeCell ref="D43:O43"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="D26:O26"/>
     <mergeCell ref="D27:O27"/>
     <mergeCell ref="D33:E33"/>
     <mergeCell ref="F33:G33"/>
     <mergeCell ref="H33:I33"/>
     <mergeCell ref="B32:C32"/>
     <mergeCell ref="D32:O32"/>
     <mergeCell ref="B33:C33"/>
     <mergeCell ref="D39:O39"/>
     <mergeCell ref="N33:O33"/>
@@ -8560,1471 +8255,1471 @@
       <formula1>$S$8</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J9:O9" xr:uid="{236E4A59-907F-4D0F-B1F8-2A51DF65791D}">
       <formula1>$S$4:$S$7</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Minimum living expenses for a year in Japan is 1,200,000 JPY (100,000 JPY/month)." sqref="M67:N68" xr:uid="{45DA7586-2FB8-464B-B3FA-13B2D9CC21EB}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Submission of the Certificate of Bank Balance in your name is required." sqref="J76:K76" xr:uid="{08C89F70-F494-4BD8-806D-2C5786CC5A9F}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="57" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="34" max="15" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24EC457D-F124-4FFC-96C3-67C21E7AB075}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A2:K52"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5:H7"/>
+      <selection activeCell="B2" sqref="B2:J3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.6328125" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="9.625" style="18"/>
+    <col min="1" max="16384" width="9.6328125" style="13"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.15">
-[...95 lines deleted...]
-      <c r="B9" s="23" t="s">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A2" s="12"/>
+      <c r="B2" s="341" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" s="342"/>
+      <c r="D2" s="342"/>
+      <c r="E2" s="342"/>
+      <c r="F2" s="342"/>
+      <c r="G2" s="342"/>
+      <c r="H2" s="342"/>
+      <c r="I2" s="342"/>
+      <c r="J2" s="342"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="14"/>
+      <c r="B3" s="342"/>
+      <c r="C3" s="342"/>
+      <c r="D3" s="342"/>
+      <c r="E3" s="342"/>
+      <c r="F3" s="342"/>
+      <c r="G3" s="342"/>
+      <c r="H3" s="342"/>
+      <c r="I3" s="342"/>
+      <c r="J3" s="342"/>
+      <c r="K3" s="14"/>
+    </row>
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A4" s="14"/>
+      <c r="B4" s="43"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="43"/>
+      <c r="F4" s="43"/>
+      <c r="G4" s="43"/>
+      <c r="H4" s="43"/>
+      <c r="I4" s="43"/>
+      <c r="J4" s="43"/>
+      <c r="K4" s="14"/>
+    </row>
+    <row r="5" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A5" s="14"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
+      <c r="D5" s="344" t="s">
+        <v>127</v>
+      </c>
+      <c r="E5" s="344"/>
+      <c r="F5" s="344"/>
+      <c r="G5" s="344"/>
+      <c r="H5" s="344"/>
+      <c r="I5" s="14"/>
+      <c r="J5" s="14"/>
+      <c r="K5" s="14"/>
+    </row>
+    <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.95">
+      <c r="A6" s="14"/>
+      <c r="B6" s="14"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="344"/>
+      <c r="E6" s="344"/>
+      <c r="F6" s="344"/>
+      <c r="G6" s="344"/>
+      <c r="H6" s="344"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="14"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A7" s="14"/>
+      <c r="B7" s="14"/>
+      <c r="C7" s="16"/>
+      <c r="D7" s="344"/>
+      <c r="E7" s="344"/>
+      <c r="F7" s="344"/>
+      <c r="G7" s="344"/>
+      <c r="H7" s="344"/>
+      <c r="I7" s="14"/>
+      <c r="J7" s="14"/>
+      <c r="K7" s="14"/>
+    </row>
+    <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A8" s="14"/>
+      <c r="B8" s="14"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
+      <c r="E8" s="17"/>
+      <c r="F8" s="14"/>
+      <c r="G8" s="14"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="14"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A9" s="14"/>
+      <c r="B9" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="C9" s="24"/>
-[...11 lines deleted...]
-      <c r="B10" s="23" t="s">
+      <c r="C9" s="18"/>
+      <c r="D9" s="18"/>
+      <c r="E9" s="18"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="18"/>
+      <c r="J9" s="18"/>
+      <c r="K9" s="14"/>
+    </row>
+    <row r="10" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A10" s="14"/>
+      <c r="B10" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="23"/>
-[...24 lines deleted...]
-      <c r="B12" s="382" t="s">
+      <c r="C10" s="18"/>
+      <c r="D10" s="18"/>
+      <c r="E10" s="18"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+      <c r="K10" s="14"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A11" s="14"/>
+      <c r="B11" s="18"/>
+      <c r="C11" s="18"/>
+      <c r="D11" s="18"/>
+      <c r="E11" s="18"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+      <c r="K11" s="14"/>
+    </row>
+    <row r="12" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A12" s="14"/>
+      <c r="B12" s="349" t="s">
         <v>42</v>
       </c>
-      <c r="C12" s="383"/>
-[...26 lines deleted...]
-      <c r="B14" s="381" t="s">
+      <c r="C12" s="350"/>
+      <c r="D12" s="351"/>
+      <c r="E12" s="345"/>
+      <c r="F12" s="346"/>
+      <c r="G12" s="346"/>
+      <c r="H12" s="346"/>
+      <c r="I12" s="346"/>
+      <c r="J12" s="347"/>
+      <c r="K12" s="14"/>
+    </row>
+    <row r="13" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A13" s="14"/>
+      <c r="B13" s="324"/>
+      <c r="C13" s="325"/>
+      <c r="D13" s="326"/>
+      <c r="E13" s="352" t="s">
+        <v>128</v>
+      </c>
+      <c r="F13" s="353"/>
+      <c r="G13" s="353"/>
+      <c r="H13" s="353"/>
+      <c r="I13" s="353"/>
+      <c r="J13" s="354"/>
+      <c r="K13" s="14"/>
+    </row>
+    <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A14" s="14"/>
+      <c r="B14" s="348" t="s">
         <v>43</v>
       </c>
-      <c r="C14" s="381"/>
-[...11 lines deleted...]
-      <c r="B15" s="376" t="s">
+      <c r="C14" s="348"/>
+      <c r="D14" s="348"/>
+      <c r="E14" s="294"/>
+      <c r="F14" s="295"/>
+      <c r="G14" s="295"/>
+      <c r="H14" s="295"/>
+      <c r="I14" s="295"/>
+      <c r="J14" s="296"/>
+      <c r="K14" s="14"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A15" s="14"/>
+      <c r="B15" s="343" t="s">
         <v>44</v>
       </c>
-      <c r="C15" s="376"/>
-[...2 lines deleted...]
-      <c r="F15" s="31" t="s">
+      <c r="C15" s="343"/>
+      <c r="D15" s="343"/>
+      <c r="E15" s="50"/>
+      <c r="F15" s="23" t="s">
         <v>45</v>
       </c>
-      <c r="G15" s="64"/>
-      <c r="H15" s="31" t="s">
+      <c r="G15" s="51"/>
+      <c r="H15" s="23" t="s">
         <v>46</v>
       </c>
-      <c r="I15" s="64"/>
-      <c r="J15" s="32" t="s">
+      <c r="I15" s="51"/>
+      <c r="J15" s="24" t="s">
         <v>47</v>
       </c>
-      <c r="K15" s="19"/>
-[...16 lines deleted...]
-      <c r="B17" s="363" t="s">
+      <c r="K15" s="14"/>
+    </row>
+    <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="14"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="18"/>
+      <c r="E16" s="18"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+      <c r="K16" s="14"/>
+    </row>
+    <row r="17" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="14"/>
+      <c r="B17" s="330" t="s">
+        <v>148</v>
+      </c>
+      <c r="C17" s="331"/>
+      <c r="D17" s="331"/>
+      <c r="E17" s="331"/>
+      <c r="F17" s="331"/>
+      <c r="G17" s="331"/>
+      <c r="H17" s="331"/>
+      <c r="I17" s="331"/>
+      <c r="J17" s="331"/>
+      <c r="K17" s="14"/>
+    </row>
+    <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A18" s="14"/>
+      <c r="B18" s="331"/>
+      <c r="C18" s="331"/>
+      <c r="D18" s="331"/>
+      <c r="E18" s="331"/>
+      <c r="F18" s="331"/>
+      <c r="G18" s="331"/>
+      <c r="H18" s="331"/>
+      <c r="I18" s="331"/>
+      <c r="J18" s="331"/>
+      <c r="K18" s="14"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A19" s="14"/>
+      <c r="B19" s="331"/>
+      <c r="C19" s="331"/>
+      <c r="D19" s="331"/>
+      <c r="E19" s="331"/>
+      <c r="F19" s="331"/>
+      <c r="G19" s="331"/>
+      <c r="H19" s="331"/>
+      <c r="I19" s="331"/>
+      <c r="J19" s="331"/>
+      <c r="K19" s="14"/>
+    </row>
+    <row r="20" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A20" s="14"/>
+      <c r="B20" s="331"/>
+      <c r="C20" s="331"/>
+      <c r="D20" s="331"/>
+      <c r="E20" s="331"/>
+      <c r="F20" s="331"/>
+      <c r="G20" s="331"/>
+      <c r="H20" s="331"/>
+      <c r="I20" s="331"/>
+      <c r="J20" s="331"/>
+      <c r="K20" s="14"/>
+    </row>
+    <row r="21" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A21" s="14"/>
+      <c r="B21" s="331"/>
+      <c r="C21" s="331"/>
+      <c r="D21" s="331"/>
+      <c r="E21" s="331"/>
+      <c r="F21" s="331"/>
+      <c r="G21" s="331"/>
+      <c r="H21" s="331"/>
+      <c r="I21" s="331"/>
+      <c r="J21" s="331"/>
+      <c r="K21" s="14"/>
+    </row>
+    <row r="22" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A22" s="14"/>
+      <c r="B22" s="331"/>
+      <c r="C22" s="331"/>
+      <c r="D22" s="331"/>
+      <c r="E22" s="331"/>
+      <c r="F22" s="331"/>
+      <c r="G22" s="331"/>
+      <c r="H22" s="331"/>
+      <c r="I22" s="331"/>
+      <c r="J22" s="331"/>
+      <c r="K22" s="14"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="14"/>
+      <c r="B23" s="331"/>
+      <c r="C23" s="331"/>
+      <c r="D23" s="331"/>
+      <c r="E23" s="331"/>
+      <c r="F23" s="331"/>
+      <c r="G23" s="331"/>
+      <c r="H23" s="331"/>
+      <c r="I23" s="331"/>
+      <c r="J23" s="331"/>
+      <c r="K23" s="14"/>
+    </row>
+    <row r="24" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="14"/>
+      <c r="B24" s="331"/>
+      <c r="C24" s="331"/>
+      <c r="D24" s="331"/>
+      <c r="E24" s="331"/>
+      <c r="F24" s="331"/>
+      <c r="G24" s="331"/>
+      <c r="H24" s="331"/>
+      <c r="I24" s="331"/>
+      <c r="J24" s="331"/>
+      <c r="K24" s="14"/>
+    </row>
+    <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A25" s="14"/>
+      <c r="B25" s="331"/>
+      <c r="C25" s="331"/>
+      <c r="D25" s="331"/>
+      <c r="E25" s="331"/>
+      <c r="F25" s="331"/>
+      <c r="G25" s="331"/>
+      <c r="H25" s="331"/>
+      <c r="I25" s="331"/>
+      <c r="J25" s="331"/>
+      <c r="K25" s="14"/>
+    </row>
+    <row r="26" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A26" s="14"/>
+      <c r="B26" s="25"/>
+      <c r="C26" s="25"/>
+      <c r="D26" s="25"/>
+      <c r="E26" s="25"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="332"/>
+      <c r="H26" s="332"/>
+      <c r="I26" s="332"/>
+      <c r="J26" s="332"/>
+      <c r="K26" s="14"/>
+    </row>
+    <row r="27" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A27" s="14"/>
+      <c r="B27" s="333" t="s">
         <v>55</v>
       </c>
-      <c r="C17" s="364"/>
-[...311 lines deleted...]
-      <c r="B41" s="34" t="s">
+      <c r="C27" s="331"/>
+      <c r="D27" s="331"/>
+      <c r="E27" s="331"/>
+      <c r="F27" s="331"/>
+      <c r="G27" s="331"/>
+      <c r="H27" s="331"/>
+      <c r="I27" s="331"/>
+      <c r="J27" s="331"/>
+      <c r="K27" s="14"/>
+    </row>
+    <row r="28" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A28" s="14"/>
+      <c r="B28" s="331"/>
+      <c r="C28" s="331"/>
+      <c r="D28" s="331"/>
+      <c r="E28" s="331"/>
+      <c r="F28" s="331"/>
+      <c r="G28" s="331"/>
+      <c r="H28" s="331"/>
+      <c r="I28" s="331"/>
+      <c r="J28" s="331"/>
+      <c r="K28" s="14"/>
+    </row>
+    <row r="29" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A29" s="14"/>
+      <c r="B29" s="334"/>
+      <c r="C29" s="334"/>
+      <c r="D29" s="334"/>
+      <c r="E29" s="334"/>
+      <c r="F29" s="334"/>
+      <c r="G29" s="334"/>
+      <c r="H29" s="334"/>
+      <c r="I29" s="334"/>
+      <c r="J29" s="334"/>
+      <c r="K29" s="14"/>
+    </row>
+    <row r="30" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A30" s="14"/>
+      <c r="B30" s="335"/>
+      <c r="C30" s="335"/>
+      <c r="D30" s="335"/>
+      <c r="E30" s="335"/>
+      <c r="F30" s="335"/>
+      <c r="G30" s="335"/>
+      <c r="H30" s="335"/>
+      <c r="I30" s="335"/>
+      <c r="J30" s="335"/>
+      <c r="K30" s="14"/>
+    </row>
+    <row r="31" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A31" s="14"/>
+      <c r="B31" s="335"/>
+      <c r="C31" s="335"/>
+      <c r="D31" s="335"/>
+      <c r="E31" s="335"/>
+      <c r="F31" s="335"/>
+      <c r="G31" s="335"/>
+      <c r="H31" s="335"/>
+      <c r="I31" s="335"/>
+      <c r="J31" s="335"/>
+      <c r="K31" s="14"/>
+    </row>
+    <row r="32" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A32" s="14"/>
+      <c r="B32" s="335"/>
+      <c r="C32" s="335"/>
+      <c r="D32" s="335"/>
+      <c r="E32" s="335"/>
+      <c r="F32" s="335"/>
+      <c r="G32" s="335"/>
+      <c r="H32" s="335"/>
+      <c r="I32" s="335"/>
+      <c r="J32" s="335"/>
+      <c r="K32" s="14"/>
+    </row>
+    <row r="33" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A33" s="14"/>
+      <c r="B33" s="335"/>
+      <c r="C33" s="335"/>
+      <c r="D33" s="335"/>
+      <c r="E33" s="335"/>
+      <c r="F33" s="335"/>
+      <c r="G33" s="335"/>
+      <c r="H33" s="335"/>
+      <c r="I33" s="335"/>
+      <c r="J33" s="335"/>
+      <c r="K33" s="14"/>
+    </row>
+    <row r="34" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A34" s="14"/>
+      <c r="B34" s="335"/>
+      <c r="C34" s="335"/>
+      <c r="D34" s="335"/>
+      <c r="E34" s="335"/>
+      <c r="F34" s="335"/>
+      <c r="G34" s="335"/>
+      <c r="H34" s="335"/>
+      <c r="I34" s="335"/>
+      <c r="J34" s="335"/>
+      <c r="K34" s="14"/>
+    </row>
+    <row r="35" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A35" s="14"/>
+      <c r="B35" s="335"/>
+      <c r="C35" s="335"/>
+      <c r="D35" s="335"/>
+      <c r="E35" s="335"/>
+      <c r="F35" s="335"/>
+      <c r="G35" s="335"/>
+      <c r="H35" s="335"/>
+      <c r="I35" s="335"/>
+      <c r="J35" s="335"/>
+      <c r="K35" s="14"/>
+    </row>
+    <row r="36" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A36" s="14"/>
+      <c r="B36" s="335"/>
+      <c r="C36" s="335"/>
+      <c r="D36" s="335"/>
+      <c r="E36" s="335"/>
+      <c r="F36" s="335"/>
+      <c r="G36" s="335"/>
+      <c r="H36" s="335"/>
+      <c r="I36" s="335"/>
+      <c r="J36" s="335"/>
+      <c r="K36" s="14"/>
+    </row>
+    <row r="37" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A37" s="14"/>
+      <c r="B37" s="335"/>
+      <c r="C37" s="335"/>
+      <c r="D37" s="335"/>
+      <c r="E37" s="335"/>
+      <c r="F37" s="335"/>
+      <c r="G37" s="335"/>
+      <c r="H37" s="335"/>
+      <c r="I37" s="335"/>
+      <c r="J37" s="335"/>
+      <c r="K37" s="14"/>
+    </row>
+    <row r="38" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A38" s="14"/>
+      <c r="B38" s="335"/>
+      <c r="C38" s="335"/>
+      <c r="D38" s="335"/>
+      <c r="E38" s="335"/>
+      <c r="F38" s="335"/>
+      <c r="G38" s="335"/>
+      <c r="H38" s="335"/>
+      <c r="I38" s="335"/>
+      <c r="J38" s="335"/>
+      <c r="K38" s="14"/>
+    </row>
+    <row r="39" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A39" s="14"/>
+      <c r="B39" s="19"/>
+      <c r="C39" s="19"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="19"/>
+      <c r="F39" s="19"/>
+      <c r="G39" s="19"/>
+      <c r="H39" s="19"/>
+      <c r="I39" s="19"/>
+      <c r="J39" s="19"/>
+      <c r="K39" s="14"/>
+    </row>
+    <row r="40" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A40" s="14"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="18"/>
+      <c r="D40" s="18"/>
+      <c r="E40" s="20"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+      <c r="K40" s="14"/>
+    </row>
+    <row r="41" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B41" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="C41" s="34"/>
-[...9 lines deleted...]
-      <c r="B42" s="369" t="s">
+      <c r="C41" s="18"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B42" s="336" t="s">
         <v>49</v>
       </c>
-      <c r="C42" s="370"/>
-[...9 lines deleted...]
-      <c r="B43" s="351" t="s">
+      <c r="C42" s="337"/>
+      <c r="D42" s="338"/>
+      <c r="E42" s="339"/>
+      <c r="F42" s="339"/>
+      <c r="G42" s="339"/>
+      <c r="H42" s="339"/>
+      <c r="I42" s="339"/>
+      <c r="J42" s="340"/>
+    </row>
+    <row r="43" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="318" t="s">
         <v>50</v>
       </c>
-      <c r="C43" s="352"/>
-[...33 lines deleted...]
-      <c r="B46" s="333" t="s">
+      <c r="C43" s="319"/>
+      <c r="D43" s="320"/>
+      <c r="E43" s="294"/>
+      <c r="F43" s="295"/>
+      <c r="G43" s="295"/>
+      <c r="H43" s="295"/>
+      <c r="I43" s="295"/>
+      <c r="J43" s="296"/>
+    </row>
+    <row r="44" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="321"/>
+      <c r="C44" s="322"/>
+      <c r="D44" s="323"/>
+      <c r="E44" s="297"/>
+      <c r="F44" s="298"/>
+      <c r="G44" s="298"/>
+      <c r="H44" s="298"/>
+      <c r="I44" s="298"/>
+      <c r="J44" s="299"/>
+    </row>
+    <row r="45" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="324"/>
+      <c r="C45" s="325"/>
+      <c r="D45" s="326"/>
+      <c r="E45" s="327" t="s">
+        <v>149</v>
+      </c>
+      <c r="F45" s="328"/>
+      <c r="G45" s="328"/>
+      <c r="H45" s="328"/>
+      <c r="I45" s="328"/>
+      <c r="J45" s="329"/>
+    </row>
+    <row r="46" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="300" t="s">
         <v>51</v>
       </c>
-      <c r="C46" s="334"/>
-[...9 lines deleted...]
-      <c r="B47" s="339" t="s">
+      <c r="C46" s="301"/>
+      <c r="D46" s="302"/>
+      <c r="E46" s="303"/>
+      <c r="F46" s="304"/>
+      <c r="G46" s="304"/>
+      <c r="H46" s="304"/>
+      <c r="I46" s="304"/>
+      <c r="J46" s="305"/>
+    </row>
+    <row r="47" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="306" t="s">
         <v>52</v>
       </c>
-      <c r="C47" s="340"/>
-[...33 lines deleted...]
-      <c r="D50" s="36" t="s">
+      <c r="C47" s="307"/>
+      <c r="D47" s="308"/>
+      <c r="E47" s="312"/>
+      <c r="F47" s="313"/>
+      <c r="G47" s="313"/>
+      <c r="H47" s="313"/>
+      <c r="I47" s="313"/>
+      <c r="J47" s="314"/>
+    </row>
+    <row r="48" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="309"/>
+      <c r="C48" s="310"/>
+      <c r="D48" s="311"/>
+      <c r="E48" s="315"/>
+      <c r="F48" s="316"/>
+      <c r="G48" s="316"/>
+      <c r="H48" s="316"/>
+      <c r="I48" s="316"/>
+      <c r="J48" s="317"/>
+    </row>
+    <row r="49" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B49" s="18"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="18"/>
+      <c r="G49" s="18"/>
+      <c r="H49" s="18"/>
+      <c r="I49" s="18"/>
+      <c r="J49" s="18"/>
+    </row>
+    <row r="50" spans="2:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="B50" s="18"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="21" t="s">
         <v>53</v>
       </c>
-      <c r="E50" s="65"/>
-      <c r="F50" s="35" t="s">
+      <c r="E50" s="52"/>
+      <c r="F50" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="G50" s="65"/>
-      <c r="H50" s="35" t="s">
+      <c r="G50" s="52"/>
+      <c r="H50" s="26" t="s">
         <v>46</v>
       </c>
-      <c r="I50" s="65"/>
-      <c r="J50" s="35" t="s">
+      <c r="I50" s="52"/>
+      <c r="J50" s="26" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="51" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-[...19 lines deleted...]
-      <c r="J52" s="19"/>
+    <row r="51" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B51" s="14"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
+      <c r="E51" s="22"/>
+      <c r="F51" s="14"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="14"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="14"/>
+    </row>
+    <row r="52" spans="2:10" ht="17.5" x14ac:dyDescent="0.6">
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="14"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="14"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="B2:J3"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="D5:H7"/>
     <mergeCell ref="E12:J12"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="E14:J14"/>
     <mergeCell ref="B12:D13"/>
     <mergeCell ref="E13:J13"/>
     <mergeCell ref="B17:J25"/>
     <mergeCell ref="G26:J26"/>
     <mergeCell ref="B27:J29"/>
     <mergeCell ref="B30:J38"/>
     <mergeCell ref="B42:D42"/>
     <mergeCell ref="E42:J42"/>
     <mergeCell ref="E43:J44"/>
     <mergeCell ref="B46:D46"/>
     <mergeCell ref="E46:J46"/>
     <mergeCell ref="B47:D48"/>
     <mergeCell ref="E47:J48"/>
     <mergeCell ref="B43:D45"/>
     <mergeCell ref="E45:J45"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88154F21-FBA5-415F-B5B6-9B6F22582A3B}">
   <sheetPr codeName="Sheet10">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A2:K52"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" topLeftCell="A22" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E45" sqref="E45:J45"/>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2:J3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.6328125" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="9.625" style="18"/>
+    <col min="1" max="16384" width="9.6328125" style="13"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.15">
-[...95 lines deleted...]
-      <c r="B9" s="23" t="s">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A2" s="12"/>
+      <c r="B2" s="341" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" s="342"/>
+      <c r="D2" s="342"/>
+      <c r="E2" s="342"/>
+      <c r="F2" s="342"/>
+      <c r="G2" s="342"/>
+      <c r="H2" s="342"/>
+      <c r="I2" s="342"/>
+      <c r="J2" s="342"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A3" s="14"/>
+      <c r="B3" s="342"/>
+      <c r="C3" s="342"/>
+      <c r="D3" s="342"/>
+      <c r="E3" s="342"/>
+      <c r="F3" s="342"/>
+      <c r="G3" s="342"/>
+      <c r="H3" s="342"/>
+      <c r="I3" s="342"/>
+      <c r="J3" s="342"/>
+      <c r="K3" s="14"/>
+    </row>
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A4" s="14"/>
+      <c r="B4" s="14"/>
+      <c r="C4" s="14"/>
+      <c r="D4" s="14"/>
+      <c r="E4" s="14"/>
+      <c r="F4" s="14"/>
+      <c r="G4" s="14"/>
+      <c r="H4" s="14"/>
+      <c r="I4" s="14"/>
+      <c r="J4" s="14"/>
+      <c r="K4" s="14"/>
+    </row>
+    <row r="5" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A5" s="14"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
+      <c r="D5" s="344" t="s">
+        <v>127</v>
+      </c>
+      <c r="E5" s="344"/>
+      <c r="F5" s="344"/>
+      <c r="G5" s="344"/>
+      <c r="H5" s="344"/>
+      <c r="I5" s="14"/>
+      <c r="J5" s="14"/>
+      <c r="K5" s="14"/>
+    </row>
+    <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.95">
+      <c r="A6" s="14"/>
+      <c r="B6" s="14"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="344"/>
+      <c r="E6" s="344"/>
+      <c r="F6" s="344"/>
+      <c r="G6" s="344"/>
+      <c r="H6" s="344"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="14"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A7" s="14"/>
+      <c r="B7" s="14"/>
+      <c r="C7" s="16"/>
+      <c r="D7" s="344"/>
+      <c r="E7" s="344"/>
+      <c r="F7" s="344"/>
+      <c r="G7" s="344"/>
+      <c r="H7" s="344"/>
+      <c r="I7" s="14"/>
+      <c r="J7" s="14"/>
+      <c r="K7" s="14"/>
+    </row>
+    <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A8" s="14"/>
+      <c r="B8" s="14"/>
+      <c r="C8" s="17"/>
+      <c r="D8" s="17"/>
+      <c r="E8" s="17"/>
+      <c r="F8" s="14"/>
+      <c r="G8" s="14"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="14"/>
+    </row>
+    <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A9" s="14"/>
+      <c r="B9" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="C9" s="24"/>
-[...11 lines deleted...]
-      <c r="B10" s="23" t="s">
+      <c r="C9" s="18"/>
+      <c r="D9" s="18"/>
+      <c r="E9" s="18"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="18"/>
+      <c r="J9" s="18"/>
+      <c r="K9" s="14"/>
+    </row>
+    <row r="10" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A10" s="14"/>
+      <c r="B10" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="23"/>
-[...24 lines deleted...]
-      <c r="B12" s="382" t="s">
+      <c r="C10" s="18"/>
+      <c r="D10" s="18"/>
+      <c r="E10" s="18"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="18"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+      <c r="K10" s="14"/>
+    </row>
+    <row r="11" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A11" s="14"/>
+      <c r="B11" s="18"/>
+      <c r="C11" s="18"/>
+      <c r="D11" s="18"/>
+      <c r="E11" s="18"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+      <c r="K11" s="14"/>
+    </row>
+    <row r="12" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A12" s="14"/>
+      <c r="B12" s="349" t="s">
         <v>42</v>
       </c>
-      <c r="C12" s="383"/>
-[...26 lines deleted...]
-      <c r="B14" s="381" t="s">
+      <c r="C12" s="350"/>
+      <c r="D12" s="351"/>
+      <c r="E12" s="345"/>
+      <c r="F12" s="346"/>
+      <c r="G12" s="346"/>
+      <c r="H12" s="346"/>
+      <c r="I12" s="346"/>
+      <c r="J12" s="347"/>
+      <c r="K12" s="14"/>
+    </row>
+    <row r="13" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A13" s="14"/>
+      <c r="B13" s="324"/>
+      <c r="C13" s="325"/>
+      <c r="D13" s="326"/>
+      <c r="E13" s="352" t="s">
+        <v>128</v>
+      </c>
+      <c r="F13" s="353"/>
+      <c r="G13" s="353"/>
+      <c r="H13" s="353"/>
+      <c r="I13" s="353"/>
+      <c r="J13" s="354"/>
+      <c r="K13" s="14"/>
+    </row>
+    <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A14" s="14"/>
+      <c r="B14" s="348" t="s">
         <v>43</v>
       </c>
-      <c r="C14" s="381"/>
-[...11 lines deleted...]
-      <c r="B15" s="376" t="s">
+      <c r="C14" s="348"/>
+      <c r="D14" s="348"/>
+      <c r="E14" s="294"/>
+      <c r="F14" s="295"/>
+      <c r="G14" s="295"/>
+      <c r="H14" s="295"/>
+      <c r="I14" s="295"/>
+      <c r="J14" s="296"/>
+      <c r="K14" s="14"/>
+    </row>
+    <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A15" s="14"/>
+      <c r="B15" s="343" t="s">
         <v>44</v>
       </c>
-      <c r="C15" s="376"/>
-[...2 lines deleted...]
-      <c r="F15" s="31" t="s">
+      <c r="C15" s="343"/>
+      <c r="D15" s="343"/>
+      <c r="E15" s="50"/>
+      <c r="F15" s="23" t="s">
         <v>45</v>
       </c>
-      <c r="G15" s="64"/>
-      <c r="H15" s="31" t="s">
+      <c r="G15" s="51"/>
+      <c r="H15" s="23" t="s">
         <v>46</v>
       </c>
-      <c r="I15" s="64"/>
-      <c r="J15" s="32" t="s">
+      <c r="I15" s="51"/>
+      <c r="J15" s="24" t="s">
         <v>47</v>
       </c>
-      <c r="K15" s="19"/>
-[...16 lines deleted...]
-      <c r="B17" s="363" t="s">
+      <c r="K15" s="14"/>
+    </row>
+    <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="14"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="18"/>
+      <c r="E16" s="18"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="18"/>
+      <c r="K16" s="14"/>
+    </row>
+    <row r="17" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="14"/>
+      <c r="B17" s="330" t="s">
+        <v>148</v>
+      </c>
+      <c r="C17" s="331"/>
+      <c r="D17" s="331"/>
+      <c r="E17" s="331"/>
+      <c r="F17" s="331"/>
+      <c r="G17" s="331"/>
+      <c r="H17" s="331"/>
+      <c r="I17" s="331"/>
+      <c r="J17" s="331"/>
+      <c r="K17" s="14"/>
+    </row>
+    <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A18" s="14"/>
+      <c r="B18" s="331"/>
+      <c r="C18" s="331"/>
+      <c r="D18" s="331"/>
+      <c r="E18" s="331"/>
+      <c r="F18" s="331"/>
+      <c r="G18" s="331"/>
+      <c r="H18" s="331"/>
+      <c r="I18" s="331"/>
+      <c r="J18" s="331"/>
+      <c r="K18" s="14"/>
+    </row>
+    <row r="19" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A19" s="14"/>
+      <c r="B19" s="331"/>
+      <c r="C19" s="331"/>
+      <c r="D19" s="331"/>
+      <c r="E19" s="331"/>
+      <c r="F19" s="331"/>
+      <c r="G19" s="331"/>
+      <c r="H19" s="331"/>
+      <c r="I19" s="331"/>
+      <c r="J19" s="331"/>
+      <c r="K19" s="14"/>
+    </row>
+    <row r="20" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A20" s="14"/>
+      <c r="B20" s="331"/>
+      <c r="C20" s="331"/>
+      <c r="D20" s="331"/>
+      <c r="E20" s="331"/>
+      <c r="F20" s="331"/>
+      <c r="G20" s="331"/>
+      <c r="H20" s="331"/>
+      <c r="I20" s="331"/>
+      <c r="J20" s="331"/>
+      <c r="K20" s="14"/>
+    </row>
+    <row r="21" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A21" s="14"/>
+      <c r="B21" s="331"/>
+      <c r="C21" s="331"/>
+      <c r="D21" s="331"/>
+      <c r="E21" s="331"/>
+      <c r="F21" s="331"/>
+      <c r="G21" s="331"/>
+      <c r="H21" s="331"/>
+      <c r="I21" s="331"/>
+      <c r="J21" s="331"/>
+      <c r="K21" s="14"/>
+    </row>
+    <row r="22" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A22" s="14"/>
+      <c r="B22" s="331"/>
+      <c r="C22" s="331"/>
+      <c r="D22" s="331"/>
+      <c r="E22" s="331"/>
+      <c r="F22" s="331"/>
+      <c r="G22" s="331"/>
+      <c r="H22" s="331"/>
+      <c r="I22" s="331"/>
+      <c r="J22" s="331"/>
+      <c r="K22" s="14"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="14"/>
+      <c r="B23" s="331"/>
+      <c r="C23" s="331"/>
+      <c r="D23" s="331"/>
+      <c r="E23" s="331"/>
+      <c r="F23" s="331"/>
+      <c r="G23" s="331"/>
+      <c r="H23" s="331"/>
+      <c r="I23" s="331"/>
+      <c r="J23" s="331"/>
+      <c r="K23" s="14"/>
+    </row>
+    <row r="24" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="14"/>
+      <c r="B24" s="331"/>
+      <c r="C24" s="331"/>
+      <c r="D24" s="331"/>
+      <c r="E24" s="331"/>
+      <c r="F24" s="331"/>
+      <c r="G24" s="331"/>
+      <c r="H24" s="331"/>
+      <c r="I24" s="331"/>
+      <c r="J24" s="331"/>
+      <c r="K24" s="14"/>
+    </row>
+    <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A25" s="14"/>
+      <c r="B25" s="331"/>
+      <c r="C25" s="331"/>
+      <c r="D25" s="331"/>
+      <c r="E25" s="331"/>
+      <c r="F25" s="331"/>
+      <c r="G25" s="331"/>
+      <c r="H25" s="331"/>
+      <c r="I25" s="331"/>
+      <c r="J25" s="331"/>
+      <c r="K25" s="14"/>
+    </row>
+    <row r="26" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A26" s="14"/>
+      <c r="B26" s="25"/>
+      <c r="C26" s="25"/>
+      <c r="D26" s="25"/>
+      <c r="E26" s="25"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="332"/>
+      <c r="H26" s="332"/>
+      <c r="I26" s="332"/>
+      <c r="J26" s="332"/>
+      <c r="K26" s="14"/>
+    </row>
+    <row r="27" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A27" s="14"/>
+      <c r="B27" s="333" t="s">
         <v>55</v>
       </c>
-      <c r="C17" s="364"/>
-[...311 lines deleted...]
-      <c r="B41" s="34" t="s">
+      <c r="C27" s="331"/>
+      <c r="D27" s="331"/>
+      <c r="E27" s="331"/>
+      <c r="F27" s="331"/>
+      <c r="G27" s="331"/>
+      <c r="H27" s="331"/>
+      <c r="I27" s="331"/>
+      <c r="J27" s="331"/>
+      <c r="K27" s="14"/>
+    </row>
+    <row r="28" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A28" s="14"/>
+      <c r="B28" s="331"/>
+      <c r="C28" s="331"/>
+      <c r="D28" s="331"/>
+      <c r="E28" s="331"/>
+      <c r="F28" s="331"/>
+      <c r="G28" s="331"/>
+      <c r="H28" s="331"/>
+      <c r="I28" s="331"/>
+      <c r="J28" s="331"/>
+      <c r="K28" s="14"/>
+    </row>
+    <row r="29" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A29" s="14"/>
+      <c r="B29" s="334"/>
+      <c r="C29" s="334"/>
+      <c r="D29" s="334"/>
+      <c r="E29" s="334"/>
+      <c r="F29" s="334"/>
+      <c r="G29" s="334"/>
+      <c r="H29" s="334"/>
+      <c r="I29" s="334"/>
+      <c r="J29" s="334"/>
+      <c r="K29" s="14"/>
+    </row>
+    <row r="30" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A30" s="14"/>
+      <c r="B30" s="335"/>
+      <c r="C30" s="335"/>
+      <c r="D30" s="335"/>
+      <c r="E30" s="335"/>
+      <c r="F30" s="335"/>
+      <c r="G30" s="335"/>
+      <c r="H30" s="335"/>
+      <c r="I30" s="335"/>
+      <c r="J30" s="335"/>
+      <c r="K30" s="14"/>
+    </row>
+    <row r="31" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A31" s="14"/>
+      <c r="B31" s="335"/>
+      <c r="C31" s="335"/>
+      <c r="D31" s="335"/>
+      <c r="E31" s="335"/>
+      <c r="F31" s="335"/>
+      <c r="G31" s="335"/>
+      <c r="H31" s="335"/>
+      <c r="I31" s="335"/>
+      <c r="J31" s="335"/>
+      <c r="K31" s="14"/>
+    </row>
+    <row r="32" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A32" s="14"/>
+      <c r="B32" s="335"/>
+      <c r="C32" s="335"/>
+      <c r="D32" s="335"/>
+      <c r="E32" s="335"/>
+      <c r="F32" s="335"/>
+      <c r="G32" s="335"/>
+      <c r="H32" s="335"/>
+      <c r="I32" s="335"/>
+      <c r="J32" s="335"/>
+      <c r="K32" s="14"/>
+    </row>
+    <row r="33" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A33" s="14"/>
+      <c r="B33" s="335"/>
+      <c r="C33" s="335"/>
+      <c r="D33" s="335"/>
+      <c r="E33" s="335"/>
+      <c r="F33" s="335"/>
+      <c r="G33" s="335"/>
+      <c r="H33" s="335"/>
+      <c r="I33" s="335"/>
+      <c r="J33" s="335"/>
+      <c r="K33" s="14"/>
+    </row>
+    <row r="34" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A34" s="14"/>
+      <c r="B34" s="335"/>
+      <c r="C34" s="335"/>
+      <c r="D34" s="335"/>
+      <c r="E34" s="335"/>
+      <c r="F34" s="335"/>
+      <c r="G34" s="335"/>
+      <c r="H34" s="335"/>
+      <c r="I34" s="335"/>
+      <c r="J34" s="335"/>
+      <c r="K34" s="14"/>
+    </row>
+    <row r="35" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A35" s="14"/>
+      <c r="B35" s="335"/>
+      <c r="C35" s="335"/>
+      <c r="D35" s="335"/>
+      <c r="E35" s="335"/>
+      <c r="F35" s="335"/>
+      <c r="G35" s="335"/>
+      <c r="H35" s="335"/>
+      <c r="I35" s="335"/>
+      <c r="J35" s="335"/>
+      <c r="K35" s="14"/>
+    </row>
+    <row r="36" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A36" s="14"/>
+      <c r="B36" s="335"/>
+      <c r="C36" s="335"/>
+      <c r="D36" s="335"/>
+      <c r="E36" s="335"/>
+      <c r="F36" s="335"/>
+      <c r="G36" s="335"/>
+      <c r="H36" s="335"/>
+      <c r="I36" s="335"/>
+      <c r="J36" s="335"/>
+      <c r="K36" s="14"/>
+    </row>
+    <row r="37" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A37" s="14"/>
+      <c r="B37" s="335"/>
+      <c r="C37" s="335"/>
+      <c r="D37" s="335"/>
+      <c r="E37" s="335"/>
+      <c r="F37" s="335"/>
+      <c r="G37" s="335"/>
+      <c r="H37" s="335"/>
+      <c r="I37" s="335"/>
+      <c r="J37" s="335"/>
+      <c r="K37" s="14"/>
+    </row>
+    <row r="38" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A38" s="14"/>
+      <c r="B38" s="335"/>
+      <c r="C38" s="335"/>
+      <c r="D38" s="335"/>
+      <c r="E38" s="335"/>
+      <c r="F38" s="335"/>
+      <c r="G38" s="335"/>
+      <c r="H38" s="335"/>
+      <c r="I38" s="335"/>
+      <c r="J38" s="335"/>
+      <c r="K38" s="14"/>
+    </row>
+    <row r="39" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A39" s="14"/>
+      <c r="B39" s="19"/>
+      <c r="C39" s="19"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="19"/>
+      <c r="F39" s="19"/>
+      <c r="G39" s="19"/>
+      <c r="H39" s="19"/>
+      <c r="I39" s="19"/>
+      <c r="J39" s="19"/>
+      <c r="K39" s="14"/>
+    </row>
+    <row r="40" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A40" s="14"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="18"/>
+      <c r="D40" s="18"/>
+      <c r="E40" s="20"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="18"/>
+      <c r="H40" s="18"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="18"/>
+      <c r="K40" s="14"/>
+    </row>
+    <row r="41" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B41" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="C41" s="34"/>
-[...9 lines deleted...]
-      <c r="B42" s="369" t="s">
+      <c r="C41" s="18"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+      <c r="J41" s="18"/>
+    </row>
+    <row r="42" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B42" s="336" t="s">
         <v>49</v>
       </c>
-      <c r="C42" s="370"/>
-[...9 lines deleted...]
-      <c r="B43" s="351" t="s">
+      <c r="C42" s="337"/>
+      <c r="D42" s="338"/>
+      <c r="E42" s="339"/>
+      <c r="F42" s="339"/>
+      <c r="G42" s="339"/>
+      <c r="H42" s="339"/>
+      <c r="I42" s="339"/>
+      <c r="J42" s="340"/>
+    </row>
+    <row r="43" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="318" t="s">
         <v>50</v>
       </c>
-      <c r="C43" s="352"/>
-[...33 lines deleted...]
-      <c r="B46" s="333" t="s">
+      <c r="C43" s="319"/>
+      <c r="D43" s="320"/>
+      <c r="E43" s="294"/>
+      <c r="F43" s="295"/>
+      <c r="G43" s="295"/>
+      <c r="H43" s="295"/>
+      <c r="I43" s="295"/>
+      <c r="J43" s="296"/>
+    </row>
+    <row r="44" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="321"/>
+      <c r="C44" s="322"/>
+      <c r="D44" s="323"/>
+      <c r="E44" s="297"/>
+      <c r="F44" s="298"/>
+      <c r="G44" s="298"/>
+      <c r="H44" s="298"/>
+      <c r="I44" s="298"/>
+      <c r="J44" s="299"/>
+    </row>
+    <row r="45" spans="1:11" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="324"/>
+      <c r="C45" s="325"/>
+      <c r="D45" s="326"/>
+      <c r="E45" s="327" t="s">
+        <v>149</v>
+      </c>
+      <c r="F45" s="328"/>
+      <c r="G45" s="328"/>
+      <c r="H45" s="328"/>
+      <c r="I45" s="328"/>
+      <c r="J45" s="329"/>
+    </row>
+    <row r="46" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="300" t="s">
         <v>51</v>
       </c>
-      <c r="C46" s="334"/>
-[...9 lines deleted...]
-      <c r="B47" s="339" t="s">
+      <c r="C46" s="301"/>
+      <c r="D46" s="302"/>
+      <c r="E46" s="303"/>
+      <c r="F46" s="304"/>
+      <c r="G46" s="304"/>
+      <c r="H46" s="304"/>
+      <c r="I46" s="304"/>
+      <c r="J46" s="305"/>
+    </row>
+    <row r="47" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="306" t="s">
         <v>52</v>
       </c>
-      <c r="C47" s="340"/>
-[...33 lines deleted...]
-      <c r="D50" s="36" t="s">
+      <c r="C47" s="307"/>
+      <c r="D47" s="308"/>
+      <c r="E47" s="312"/>
+      <c r="F47" s="313"/>
+      <c r="G47" s="313"/>
+      <c r="H47" s="313"/>
+      <c r="I47" s="313"/>
+      <c r="J47" s="314"/>
+    </row>
+    <row r="48" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="309"/>
+      <c r="C48" s="310"/>
+      <c r="D48" s="311"/>
+      <c r="E48" s="315"/>
+      <c r="F48" s="316"/>
+      <c r="G48" s="316"/>
+      <c r="H48" s="316"/>
+      <c r="I48" s="316"/>
+      <c r="J48" s="317"/>
+    </row>
+    <row r="49" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B49" s="18"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="18"/>
+      <c r="G49" s="18"/>
+      <c r="H49" s="18"/>
+      <c r="I49" s="18"/>
+      <c r="J49" s="18"/>
+    </row>
+    <row r="50" spans="2:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="B50" s="18"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="21" t="s">
         <v>53</v>
       </c>
-      <c r="E50" s="65"/>
-      <c r="F50" s="35" t="s">
+      <c r="E50" s="52"/>
+      <c r="F50" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="G50" s="65"/>
-      <c r="H50" s="35" t="s">
+      <c r="G50" s="52"/>
+      <c r="H50" s="26" t="s">
         <v>46</v>
       </c>
-      <c r="I50" s="65"/>
-      <c r="J50" s="35" t="s">
+      <c r="I50" s="52"/>
+      <c r="J50" s="26" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="51" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-[...19 lines deleted...]
-      <c r="J52" s="19"/>
+    <row r="51" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="B51" s="14"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
+      <c r="E51" s="22"/>
+      <c r="F51" s="14"/>
+      <c r="G51" s="14"/>
+      <c r="H51" s="14"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="14"/>
+    </row>
+    <row r="52" spans="2:10" ht="17.5" x14ac:dyDescent="0.6">
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="14"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="14"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="B2:J3"/>
     <mergeCell ref="E43:J44"/>
     <mergeCell ref="B46:D46"/>
     <mergeCell ref="E46:J46"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="D5:H7"/>
     <mergeCell ref="E12:J12"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="E14:J14"/>
     <mergeCell ref="B12:D13"/>
     <mergeCell ref="E13:J13"/>
     <mergeCell ref="B47:D48"/>
     <mergeCell ref="E47:J48"/>
     <mergeCell ref="B17:J25"/>
     <mergeCell ref="G26:J26"/>
     <mergeCell ref="B27:J29"/>
     <mergeCell ref="B30:J38"/>
     <mergeCell ref="B42:D42"/>
     <mergeCell ref="E42:J42"/>
     <mergeCell ref="B43:D45"/>
     <mergeCell ref="E45:J45"/>
   </mergeCells>