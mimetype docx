--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -3,217 +3,183 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00943933" w:rsidRPr="00E779F0" w:rsidRDefault="00E33BFA" w:rsidP="00943933">
+    <w:p w14:paraId="24643BDE" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00E779F0" w:rsidRDefault="00E33BFA" w:rsidP="00943933">
       <w:pPr>
         <w:spacing w:line="380" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E779F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Application Form for</w:t>
       </w:r>
       <w:r w:rsidR="00943933" w:rsidRPr="00E779F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...33 lines deleted...]
-        <w:t>Graduate School</w:t>
+        <w:t xml:space="preserve"> Ritsumeikan University Graduate School</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943933" w:rsidRPr="00CD6D2E" w:rsidRDefault="00943933" w:rsidP="00943933">
+    <w:p w14:paraId="34597BCE" w14:textId="2C4D9783" w:rsidR="00943933" w:rsidRPr="00CD6D2E" w:rsidRDefault="00943933" w:rsidP="00943933">
       <w:pPr>
         <w:spacing w:line="380" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E779F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Grant for Publication of Doctoral Dissertation</w:t>
       </w:r>
       <w:r w:rsidR="00E64EF4" w:rsidRPr="00E779F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006143FD">
+      <w:r w:rsidR="00E16A03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>S</w:t>
+        <w:t>Fall</w:t>
       </w:r>
       <w:r w:rsidR="006143FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">pring </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E64EF4" w:rsidRPr="00E779F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Semester AY20</w:t>
       </w:r>
       <w:r w:rsidR="00C576FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00205BEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+    <w:p w14:paraId="67EF649A" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>[Month] [Day], 20XX</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00354A28" w:rsidP="00943933">
+    <w:p w14:paraId="65F34ED2" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00354A28" w:rsidP="00943933">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Vice President (in charge of r</w:t>
       </w:r>
       <w:r w:rsidR="00A253D8" w:rsidRPr="00A253D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>esearch</w:t>
       </w:r>
       <w:r>
@@ -228,198 +194,168 @@
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-185" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00943933" w:rsidRPr="00D34886" w:rsidTr="004B4611">
+      <w:tr w:rsidR="00943933" w:rsidRPr="00D34886" w14:paraId="1DCF9B66" w14:textId="77777777" w:rsidTr="004B4611">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00D34886" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="4223B730" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00D34886" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="6F3791AA" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Ritsumeikan</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ritsumeikan University Graduate School of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (         </w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> University Graduate School of</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (         </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="41DC0FCF" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="400" w:hangingChars="200" w:hanging="400"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Major:            </w:t>
-[...16 lines deleted...]
-          <w:p w:rsidR="00943D43" w:rsidRPr="007B0249" w:rsidRDefault="00943D43" w:rsidP="00943933">
+              <w:t>(Major:              ) (Course:                     )</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32574527" w14:textId="77777777" w:rsidR="00943D43" w:rsidRPr="007B0249" w:rsidRDefault="00943D43" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="400" w:hangingChars="200" w:hanging="400"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="006B17D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006B17D5" w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...6 lines deleted...]
-              <w:t>Month]</w:t>
+              <w:t>[Month]</w:t>
             </w:r>
             <w:r w:rsidR="006B17D5" w:rsidRPr="007B0249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007B0249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="006B17D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007B0249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
@@ -428,254 +364,245 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> XX</w:t>
             </w:r>
             <w:r w:rsidR="00925DAF" w:rsidDel="00275C30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007B0249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="00E828BE" w:rsidRPr="007B0249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Expected to complete / Withdraw</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="5904B18C" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="400" w:hangingChars="200" w:hanging="400"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Grade:           </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (Student Number:             )</w:t>
+              <w:t>(Grade:             ) (Student Number:             )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="241C3389" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="004B4611">
+          <w:p w14:paraId="68F1C2EB" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="004B4611">
             <w:pPr>
               <w:ind w:right="800"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidTr="00E23953">
+      <w:tr w:rsidR="00763A53" w:rsidRPr="00D34886" w14:paraId="4BB7F1CA" w14:textId="77777777" w:rsidTr="00E23953">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidRDefault="00763A53" w:rsidP="00FB6A8A">
+          <w:p w14:paraId="40894C5B" w14:textId="77777777" w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidRDefault="00763A53" w:rsidP="00FB6A8A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="6E4310A7" w14:textId="39EBDF12" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Address:                               Tel: (Mobile:                                       </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E36D891" w14:textId="77777777" w:rsidR="009D6B76" w:rsidRPr="00ED4EB8" w:rsidRDefault="009D6B76" w:rsidP="00943933">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DE2CF74" w14:textId="60AFFDA7" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="009D6B76" w:rsidP="00943933">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  )</w:t>
-[...3 lines deleted...]
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+              <w:t xml:space="preserve">Tel(Mobile): </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="213D677D" w14:textId="77777777" w:rsidR="00763A53" w:rsidRDefault="00943933" w:rsidP="009D6B76">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
             <w:r w:rsidR="00C13376">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006B17D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(private E-mail address)</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidTr="00E23953">
+      <w:tr w:rsidR="00763A53" w:rsidRPr="00D34886" w14:paraId="492EC5B7" w14:textId="77777777" w:rsidTr="00E23953">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="176"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidRDefault="00763A53" w:rsidP="00FB6A8A">
+          <w:p w14:paraId="6AC3A1E1" w14:textId="77777777" w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidRDefault="00763A53" w:rsidP="00FB6A8A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E33BFA" w:rsidRPr="006B17D5" w:rsidRDefault="00E33BFA" w:rsidP="00AD69CB">
+          <w:p w14:paraId="6E262A39" w14:textId="77777777" w:rsidR="00E33BFA" w:rsidRPr="006B17D5" w:rsidRDefault="00E33BFA" w:rsidP="00AD69CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B17D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Career path after completing studies (</w:t>
             </w:r>
             <w:r w:rsidR="007D2DC1" w:rsidRPr="006B17D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter your </w:t>
             </w:r>
             <w:r w:rsidR="00470AE0" w:rsidRPr="006B17D5">
               <w:rPr>
@@ -698,291 +625,282 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00D039B2" w:rsidRPr="006B17D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">nter your </w:t>
             </w:r>
             <w:r w:rsidRPr="006B17D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>current affiliation information for those who completed doctoral coursework and withdrew from the university without degree.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidTr="00E23953">
+      <w:tr w:rsidR="00763A53" w:rsidRPr="00D34886" w14:paraId="55E09A93" w14:textId="77777777" w:rsidTr="00E23953">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidRDefault="00763A53" w:rsidP="00FB6A8A">
+          <w:p w14:paraId="2263E4CF" w14:textId="77777777" w:rsidR="00763A53" w:rsidRPr="00D34886" w:rsidRDefault="00763A53" w:rsidP="00FB6A8A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00763A53" w:rsidRDefault="00763A53" w:rsidP="00EF24B4">
+          <w:p w14:paraId="6D4D9F2E" w14:textId="77777777" w:rsidR="00763A53" w:rsidRDefault="00763A53" w:rsidP="00EF24B4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidTr="00E23953">
+      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w14:paraId="725DAD71" w14:textId="77777777" w:rsidTr="00E23953">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00A6473B" w:rsidRDefault="00AB16C7" w:rsidP="00943933">
+          <w:p w14:paraId="2496E4C7" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00A6473B" w:rsidRDefault="00AB16C7" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6473B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="4BD364EF" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Date of approval/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">confirmation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="07D3F8F9" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>[Month] [Day], 20</w:t>
             </w:r>
             <w:r w:rsidR="00C576FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>XX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00E23953" w:rsidP="00943933">
+          <w:p w14:paraId="6A031B42" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00E23953" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature/seal of </w:t>
             </w:r>
             <w:r w:rsidRPr="00E23953">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>academic adviser’s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="143992AA" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Graduate School of </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
-              <w:t xml:space="preserve">(  </w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+              <w:t>(              )</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBC3582" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:ind w:firstLineChars="900" w:firstLine="1801"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>seal</w:t>
             </w:r>
             <w:r w:rsidR="00C50F95" w:rsidRPr="00C50F95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>※</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF24B4" w:rsidRPr="00C50F95" w:rsidRDefault="00C50F95" w:rsidP="00C64861">
+    <w:p w14:paraId="0ED3B394" w14:textId="77777777" w:rsidR="00EF24B4" w:rsidRPr="00C50F95" w:rsidRDefault="00C50F95" w:rsidP="00C64861">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="4400" w:firstLine="6603"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C50F95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>※</w:t>
       </w:r>
       <w:r w:rsidRPr="00C50F95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
@@ -1007,1518 +925,1474 @@
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1834"/>
         <w:gridCol w:w="1050"/>
         <w:gridCol w:w="519"/>
         <w:gridCol w:w="570"/>
         <w:gridCol w:w="1405"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="429"/>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="800"/>
         <w:gridCol w:w="903"/>
         <w:gridCol w:w="335"/>
         <w:gridCol w:w="471"/>
         <w:gridCol w:w="1939"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD5DBD" w:rsidRPr="006568D8" w:rsidTr="007B0249">
+      <w:tr w:rsidR="00AD5DBD" w:rsidRPr="006568D8" w14:paraId="0E55DECD" w14:textId="77777777" w:rsidTr="007B0249">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD5DBD" w:rsidRPr="006568D8" w:rsidRDefault="00943933" w:rsidP="0008663B">
+          <w:p w14:paraId="6A9CDB0D" w14:textId="77777777" w:rsidR="00AD5DBD" w:rsidRPr="006568D8" w:rsidRDefault="00943933" w:rsidP="0008663B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Title of Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8798" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD5DBD" w:rsidRPr="006568D8" w:rsidRDefault="00AD5DBD" w:rsidP="0008663B">
+          <w:p w14:paraId="1E8C7AF6" w14:textId="77777777" w:rsidR="00AD5DBD" w:rsidRPr="006568D8" w:rsidRDefault="00AD5DBD" w:rsidP="0008663B">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C172BB" w:rsidRPr="00C172BB" w:rsidTr="00943933">
+      <w:tr w:rsidR="00C172BB" w:rsidRPr="00C172BB" w14:paraId="1D027EDF" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C172BB" w:rsidRPr="00C172BB" w:rsidRDefault="00943933" w:rsidP="0008663B">
+          <w:p w14:paraId="0F511121" w14:textId="77777777" w:rsidR="00C172BB" w:rsidRPr="00C172BB" w:rsidRDefault="00943933" w:rsidP="0008663B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Publishing Office</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8798" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C172BB" w:rsidRPr="00C172BB" w:rsidRDefault="00C172BB" w:rsidP="0008663B">
+          <w:p w14:paraId="340ACA5F" w14:textId="77777777" w:rsidR="00C172BB" w:rsidRPr="00C172BB" w:rsidRDefault="00C172BB" w:rsidP="0008663B">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w14:paraId="4AF7150E" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="03C9FB1F" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Scheduled Manuscript Submission Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="76B37A06" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653917">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>[Month] [Day], 20</w:t>
             </w:r>
             <w:r w:rsidR="00C576FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>XX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="004F1441" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="5E5D26FF" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="004F1441" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Scheduled Publication Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="36ADF75A" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653917">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>[Month] [Day], 20</w:t>
             </w:r>
             <w:r w:rsidR="00C576FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>XX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w14:paraId="3BFEA408" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="03EFA05E" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Font</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="1AE7E74E" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">Japanese / European / Other </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">    )</w:t>
+              <w:t>Japanese / European / Other (      )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="806" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="4DA154CE" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Size</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="413F48E3" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="806" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="33DC1571" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Total Pages</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1939" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="1D2F55E3" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>pages</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w14:paraId="4D9510CB" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="32E79415" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Number of Copies Printed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="7928C6E9" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>For Sale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="2C63DE51" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="0E54A511" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="604D3645" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>List Price including Tax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3648" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="0D27DEA5" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>yen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w:rsidRPr="00C172BB" w14:paraId="4D8425E0" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="6AB22611" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="4F6B50B6" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>copies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="63043D97" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>copies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="34BBC424" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>copies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="22605D57" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:rPr>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3648" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="65E99849" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00C172BB" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:pStyle w:val="xl112"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007C4502" w:rsidRDefault="007C4502" w:rsidP="005072E3">
+    <w:p w14:paraId="61ADD7CB" w14:textId="77777777" w:rsidR="007C4502" w:rsidRDefault="007C4502" w:rsidP="005072E3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2651"/>
         <w:gridCol w:w="1258"/>
         <w:gridCol w:w="2224"/>
         <w:gridCol w:w="968"/>
         <w:gridCol w:w="3269"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA2F8D" w:rsidTr="00943933">
+      <w:tr w:rsidR="00AA2F8D" w14:paraId="58B9A782" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10578" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA2F8D" w:rsidRDefault="00943933" w:rsidP="00A16A05">
+          <w:p w14:paraId="653C6348" w14:textId="77777777" w:rsidR="00AA2F8D" w:rsidRDefault="00943933" w:rsidP="00A16A05">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="004F1441">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Information on the doctorate degree (to be earned) and application for other grants</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w14:paraId="6DD9CC71" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="655C04B6" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of doctorate degree applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6608" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="162D95D5" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w14:paraId="28EC74AF" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="5784F081" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Date of degree earned (or to be earned)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6608" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="220B5C9B" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w14:paraId="62978043" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="003B2A7E" w:rsidRDefault="00943933" w:rsidP="00110BF0">
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="12453744" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="003B2A7E" w:rsidRDefault="00943933" w:rsidP="00110BF0">
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Other</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> grant application</w:t>
+              <w:t>Other grant application</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00D00B38">
+          <w:p w14:paraId="0465EF71" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00D00B38">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Have you applied for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">any </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>other grant?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="559F7D51" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> /</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w14:paraId="4E981541" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="6920837F" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="1F619454" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of Grant Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="7D841149" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidTr="00943933">
+      <w:tr w:rsidR="00943933" w14:paraId="03B39185" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="3B7442A5" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS UI Gothic" w:eastAsia="MS UI Gothic" w:hAnsi="MS UI Gothic"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="762D7A39" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:ind w:right="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS UI Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Application Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00C80F89" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="49B6C515" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00C80F89" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:ind w:right="96"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS UI Gothic" w:eastAsia="MS UI Gothic" w:hAnsi="MS UI Gothic"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS UI Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS UI Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>yen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035EC4" w:rsidTr="00943933">
+      <w:tr w:rsidR="00035EC4" w14:paraId="12A130C9" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00035EC4" w:rsidRPr="008A15C7" w:rsidRDefault="0010140A" w:rsidP="00035EC4">
+          <w:p w14:paraId="1AE25B75" w14:textId="77777777" w:rsidR="00035EC4" w:rsidRPr="008A15C7" w:rsidRDefault="0010140A" w:rsidP="00035EC4">
             <w:pPr>
               <w:ind w:right="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A15C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Approval Number of the Research Ethics Committee (Fill in only If you have)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00035EC4" w:rsidRPr="00B371C7" w:rsidRDefault="00035EC4" w:rsidP="00B371C7">
+          <w:p w14:paraId="78DB5D8F" w14:textId="77777777" w:rsidR="00035EC4" w:rsidRPr="00B371C7" w:rsidRDefault="00035EC4" w:rsidP="00B371C7">
             <w:pPr>
               <w:ind w:right="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS UI Gothic" w:eastAsia="MS UI Gothic" w:hAnsi="MS UI Gothic"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA2F8D" w:rsidRDefault="00AA2F8D" w:rsidP="005072E3">
+    <w:p w14:paraId="4CD94FFB" w14:textId="77777777" w:rsidR="00AA2F8D" w:rsidRDefault="00AA2F8D" w:rsidP="005072E3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:tblpX="-180" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10542" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="52" w:type="dxa"/>
           <w:right w:w="52" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1902"/>
         <w:gridCol w:w="2068"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2745"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00943933" w:rsidRPr="00292D7B" w:rsidTr="005B4195">
+      <w:tr w:rsidR="00943933" w:rsidRPr="00292D7B" w14:paraId="7060B307" w14:textId="77777777" w:rsidTr="005B4195">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="47DE3C88" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Publication Expenses</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="33C4F9E9" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Total amount of estimate*</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="26B42495" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="67EC1FCC" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Other</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+              <w:t>Other grant-in-aid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="688CD3BC" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="7DA3D272" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Out-of-pocket expenses</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="10CD68FC" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
@@ -2557,1757 +2431,1739 @@
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="334151E8" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Grant-in-aid amount ( </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>c: out-of-pocket expenses)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="6BEFFA42" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Note: up to 1,000,000 yen</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E546C3" w:rsidRPr="00292D7B" w:rsidTr="00943933">
+      <w:tr w:rsidR="00E546C3" w:rsidRPr="00292D7B" w14:paraId="2F599FE4" w14:textId="77777777" w:rsidTr="00943933">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E546C3" w:rsidRPr="00221DFF" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="48C119E4" w14:textId="77777777" w:rsidR="00E546C3" w:rsidRPr="00221DFF" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E546C3" w:rsidRDefault="00E546C3" w:rsidP="00943933">
+          <w:p w14:paraId="330B0D88" w14:textId="77777777" w:rsidR="00E546C3" w:rsidRDefault="00E546C3" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E43D4" w:rsidRPr="00292D7B" w:rsidRDefault="006E43D4" w:rsidP="00943933">
+          <w:p w14:paraId="4A12DBBE" w14:textId="77777777" w:rsidR="006E43D4" w:rsidRPr="00292D7B" w:rsidRDefault="006E43D4" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E546C3" w:rsidRDefault="00E546C3" w:rsidP="00943933">
+          <w:p w14:paraId="5084F0D9" w14:textId="77777777" w:rsidR="00E546C3" w:rsidRDefault="00E546C3" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E43D4" w:rsidRPr="00292D7B" w:rsidRDefault="006E43D4" w:rsidP="00943933">
+          <w:p w14:paraId="17189318" w14:textId="77777777" w:rsidR="006E43D4" w:rsidRPr="00292D7B" w:rsidRDefault="006E43D4" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E546C3" w:rsidRDefault="00E546C3" w:rsidP="00943933">
+          <w:p w14:paraId="24CFC687" w14:textId="77777777" w:rsidR="00E546C3" w:rsidRDefault="00E546C3" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E43D4" w:rsidRPr="00292D7B" w:rsidRDefault="006E43D4" w:rsidP="00943933">
+          <w:p w14:paraId="51FFF578" w14:textId="77777777" w:rsidR="006E43D4" w:rsidRPr="00292D7B" w:rsidRDefault="006E43D4" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E546C3" w:rsidRPr="00292D7B" w:rsidRDefault="00E546C3" w:rsidP="00943933">
+          <w:p w14:paraId="6378E0EC" w14:textId="77777777" w:rsidR="00E546C3" w:rsidRPr="00292D7B" w:rsidRDefault="00E546C3" w:rsidP="00943933">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00925DAF" w:rsidRDefault="00943933" w:rsidP="00943933">
+    <w:p w14:paraId="1C57C5B9" w14:textId="77777777" w:rsidR="00925DAF" w:rsidRDefault="00943933" w:rsidP="00943933">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED4EB8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>* With regard to the total amount of the estimate, put the amount estimated by the publisher of your choice.</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED4EB8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="0099673B">
+    <w:p w14:paraId="6E490027" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="0099673B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:firstLineChars="50" w:firstLine="100"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED4EB8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Sections within thick-frame are for office use only.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099673B" w:rsidRDefault="0099673B" w:rsidP="00943933">
+    <w:p w14:paraId="0197CFFC" w14:textId="77777777" w:rsidR="0099673B" w:rsidRDefault="0099673B" w:rsidP="00943933">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+    <w:p w14:paraId="381294BE" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED4EB8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>For office use only</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10484" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="1215"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1578"/>
         <w:gridCol w:w="2108"/>
         <w:gridCol w:w="2545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00110BF0" w:rsidTr="00A253D8">
+      <w:tr w:rsidR="00110BF0" w14:paraId="4FAAAB3F" w14:textId="77777777" w:rsidTr="00A253D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
+          <w:p w14:paraId="3BE11E95" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A253D8">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>受理日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
+          <w:p w14:paraId="465F0C1A" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A253D8">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>受付番号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
+          <w:p w14:paraId="47601058" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A253D8">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>担当者印</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A253D8" w:rsidRPr="00A253D8" w:rsidRDefault="00A253D8" w:rsidP="006E43D4">
+          <w:p w14:paraId="38BD7A27" w14:textId="2C9BEA12" w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00A253D8" w:rsidP="009D6B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A253D8">
+            <w:r w:rsidRPr="009D6B76">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>RARA</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A253D8">
+            <w:r w:rsidR="00110BF0" w:rsidRPr="009D6B76">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
-                <w:sz w:val="18"/>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>課長印</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
+          <w:p w14:paraId="58040E6C" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A253D8">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>助成金額</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
+          <w:p w14:paraId="2EAA206C" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="00A253D8" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A253D8">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>備考</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00110BF0" w:rsidTr="00A253D8">
+      <w:tr w:rsidR="00110BF0" w14:paraId="22637FBD" w14:textId="77777777" w:rsidTr="00A253D8">
         <w:trPr>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC457C" w:rsidRPr="001F4A98" w:rsidRDefault="00EC457C" w:rsidP="00571B07">
+          <w:p w14:paraId="61786BD2" w14:textId="77777777" w:rsidR="00EC457C" w:rsidRPr="001F4A98" w:rsidRDefault="00EC457C" w:rsidP="00571B07">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="001F4A98" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
+          <w:p w14:paraId="63CD529F" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="001F4A98" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="001F4A98" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
+          <w:p w14:paraId="56E776DA" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="001F4A98" w:rsidRDefault="00110BF0" w:rsidP="00571B07">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="00221DFF" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
+          <w:p w14:paraId="08C761EA" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="00221DFF" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="00221DFF" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
+          <w:p w14:paraId="640403E1" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="00221DFF" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00110BF0" w:rsidRPr="00221DFF" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
+          <w:p w14:paraId="0915BF95" w14:textId="77777777" w:rsidR="00110BF0" w:rsidRPr="00221DFF" w:rsidRDefault="00110BF0" w:rsidP="006E43D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidRPr="006568D8" w:rsidTr="0028004F">
+      <w:tr w:rsidR="00943933" w:rsidRPr="006568D8" w14:paraId="45CD54BD" w14:textId="77777777" w:rsidTr="0028004F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="5E282982" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>I. Overview of Publication</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943933" w:rsidRPr="006568D8" w:rsidTr="0028004F">
+      <w:tr w:rsidR="00943933" w:rsidRPr="006568D8" w14:paraId="296FF24D" w14:textId="77777777" w:rsidTr="0028004F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="7138C1CE" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00ED4EB8" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
             <w:r w:rsidR="00745A12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Briefly describe the purposes and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>significance</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the publication. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1013" w:rsidRPr="006568D8" w:rsidTr="00DA210A">
+      <w:tr w:rsidR="00BE1013" w:rsidRPr="006568D8" w14:paraId="15FB1891" w14:textId="77777777" w:rsidTr="00DA210A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="6989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CB7E78" w:rsidRPr="0028068D" w:rsidRDefault="00CB7E78" w:rsidP="00BE1013">
+          <w:p w14:paraId="46AF2E31" w14:textId="77777777" w:rsidR="00CB7E78" w:rsidRPr="0028068D" w:rsidRDefault="00CB7E78" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EB6B85" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
+          <w:p w14:paraId="498BECCF" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EB6B85" w:rsidRPr="00007B1E" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
+          <w:p w14:paraId="1808A754" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="00007B1E" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EB6B85" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
+          <w:p w14:paraId="1F080B19" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EB6B85" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
+          <w:p w14:paraId="129E7FCC" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EB6B85" w:rsidRPr="002B1EC4" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
-[...95 lines deleted...]
-          <w:p w:rsidR="00571B07" w:rsidRPr="006568D8" w:rsidRDefault="00571B07" w:rsidP="00BE1013"/>
+          <w:p w14:paraId="6599740C" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="002B1EC4" w:rsidRDefault="00EB6B85" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B05E060" w14:textId="77777777" w:rsidR="00BE1013" w:rsidRPr="006568D8" w:rsidRDefault="00BE1013" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B7DB1EB" w14:textId="77777777" w:rsidR="006A1958" w:rsidRDefault="006A1958" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="601F658D" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F87C29E" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0641EC90" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A1CF687" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="342A64F2" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="596F71D4" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="236EAAA8" w14:textId="77777777" w:rsidR="00571B07" w:rsidRPr="006568D8" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6795C44C" w14:textId="77777777" w:rsidR="00D04C1A" w:rsidRPr="006568D8" w:rsidRDefault="00D04C1A" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77988C92" w14:textId="77777777" w:rsidR="00BE1013" w:rsidRPr="006568D8" w:rsidRDefault="00BE1013" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3255ABA2" w14:textId="77777777" w:rsidR="00D2500C" w:rsidRPr="006568D8" w:rsidRDefault="00D2500C" w:rsidP="00BE1013">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BA64397" w14:textId="77777777" w:rsidR="00D2500C" w:rsidRDefault="00D2500C" w:rsidP="00BE1013"/>
+          <w:p w14:paraId="547BB43F" w14:textId="77777777" w:rsidR="00007B1E" w:rsidRDefault="00007B1E" w:rsidP="00BE1013"/>
+          <w:p w14:paraId="28BEBE2A" w14:textId="77777777" w:rsidR="00007B1E" w:rsidRDefault="00007B1E" w:rsidP="00BE1013"/>
+          <w:p w14:paraId="38920C9A" w14:textId="77777777" w:rsidR="00007B1E" w:rsidRDefault="00007B1E" w:rsidP="00BE1013"/>
+          <w:p w14:paraId="55FA4463" w14:textId="77777777" w:rsidR="00007B1E" w:rsidRDefault="00007B1E" w:rsidP="00BE1013"/>
+          <w:p w14:paraId="7D1E7F00" w14:textId="77777777" w:rsidR="00571B07" w:rsidRPr="006568D8" w:rsidRDefault="00571B07" w:rsidP="00BE1013"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB6B85" w:rsidRPr="00EB6B85" w:rsidTr="0028004F">
+      <w:tr w:rsidR="00EB6B85" w:rsidRPr="00EB6B85" w14:paraId="1DC0B81A" w14:textId="77777777" w:rsidTr="0028004F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="55"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB6B85" w:rsidRPr="00EB6B85" w:rsidRDefault="00943933" w:rsidP="00943933">
+          <w:p w14:paraId="5CEA2600" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="00EB6B85" w:rsidRDefault="00943933" w:rsidP="00943933">
             <w:pPr>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>(2)</w:t>
             </w:r>
             <w:r w:rsidR="00745A12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">riefly </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>give an</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> overview of the publication. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB6B85" w:rsidRPr="006568D8" w:rsidTr="00DA210A">
+      <w:tr w:rsidR="00EB6B85" w:rsidRPr="006568D8" w14:paraId="43CAA700" w14:textId="77777777" w:rsidTr="00DA210A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="7191"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB6B85" w:rsidRPr="006568D8" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
-[...405 lines deleted...]
-          <w:p w:rsidR="00007B1E" w:rsidRPr="006568D8" w:rsidRDefault="00007B1E" w:rsidP="0008663B">
+          <w:p w14:paraId="056378B8" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="006568D8" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="541AD1F5" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="00745A12" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23F576CD" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="00007B1E" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1ADB654D" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="006568D8" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DC9F1BE" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="006568D8" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="774BFDC1" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="006568D8" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3952DF82" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRPr="006568D8" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B554496" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5134F779" w14:textId="77777777" w:rsidR="00EB6B85" w:rsidRDefault="00EB6B85" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7806B3A5" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3426C737" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EB54FA3" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CBD0512" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A7849C0" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13B205CC" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F951BAE" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0653C160" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="562E2736" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43A32A51" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="659B4E40" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1215CB83" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="692D2765" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="044D407C" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22AF9304" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44A7BC3F" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71ED94C6" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4271729B" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="154675C2" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B2057F6" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32DB52F5" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="230A4BA2" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D045C64" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B5960AB" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EDE28A7" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BCA9923" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1661A0F8" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A6907FC" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A6429BB" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FA1ED50" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2219CBA3" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52A6012F" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4588412A" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1738C0FA" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="774FECB1" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50383324" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="170EDB33" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFBF551" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FFEEA55" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2170AAC7" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A545D58" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="118DFCFF" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F2F7837" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B238496" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CA24796" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48A0F7D8" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6250F5B4" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56EEEB3B" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26C32567" w14:textId="77777777" w:rsidR="00A16A05" w:rsidRDefault="00A16A05" w:rsidP="0008663B">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="277EBAA2" w14:textId="77777777" w:rsidR="00007B1E" w:rsidRPr="006568D8" w:rsidRDefault="00007B1E" w:rsidP="0008663B">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA210A" w:rsidRPr="006568D8" w:rsidTr="00DA210A">
+      <w:tr w:rsidR="00DA210A" w:rsidRPr="006568D8" w14:paraId="4A0DFFE7" w14:textId="77777777" w:rsidTr="00DA210A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="9900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DA210A" w:rsidRDefault="00DA210A" w:rsidP="00EA01AD">
+          </w:tcPr>
+          <w:p w14:paraId="50759626" w14:textId="77777777" w:rsidR="00DA210A" w:rsidRDefault="00DA210A" w:rsidP="00EA01AD">
             <w:pPr>
               <w:ind w:left="200" w:hangingChars="100" w:hanging="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1013" w:rsidRPr="006568D8" w:rsidTr="0028004F">
+      <w:tr w:rsidR="00BE1013" w:rsidRPr="006568D8" w14:paraId="43522AA3" w14:textId="77777777" w:rsidTr="0028004F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA10B6" w:rsidRPr="00EB6B85" w:rsidRDefault="00943933" w:rsidP="00EA01AD">
+          <w:p w14:paraId="161F216E" w14:textId="77777777" w:rsidR="00DA10B6" w:rsidRPr="00EB6B85" w:rsidRDefault="00943933" w:rsidP="00EA01AD">
             <w:pPr>
               <w:ind w:left="200" w:hangingChars="100" w:hanging="200"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>(3)</w:t>
             </w:r>
             <w:r w:rsidR="00745A12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Write the table of contents (items) of the publication</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1013" w:rsidRPr="006568D8" w:rsidTr="00DA210A">
+      <w:tr w:rsidR="00BE1013" w:rsidRPr="006568D8" w14:paraId="600EEC92" w14:textId="77777777" w:rsidTr="00DA210A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4932"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
+          <w:p w14:paraId="423A9977" w14:textId="77777777" w:rsidR="00571B07" w:rsidRDefault="00571B07" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="5D1E336F" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="6AA814EB" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00BE1013">
+          <w:p w14:paraId="4D377547" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00BE1013">
+          <w:p w14:paraId="639B12F0" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00BE1013">
+          <w:p w14:paraId="4F325B7A" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="59EC2C70" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="5471ABB7" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="27D55BF5" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="3F357CA1" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="01FAEFEE" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="12D31CDC" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="4806DB85" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="4A20659E" w14:textId="77777777" w:rsidR="003B7567" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD6D2E" w:rsidRDefault="00CD6D2E" w:rsidP="00BE1013">
+          <w:p w14:paraId="57E7323E" w14:textId="77777777" w:rsidR="00CD6D2E" w:rsidRDefault="00CD6D2E" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD6D2E" w:rsidRDefault="00CD6D2E" w:rsidP="00BE1013">
+          <w:p w14:paraId="5B7F582D" w14:textId="77777777" w:rsidR="00CD6D2E" w:rsidRDefault="00CD6D2E" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="00C664A5" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="3F66A684" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="00C664A5" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D17C0" w:rsidRPr="006568D8" w:rsidTr="0028004F">
+      <w:tr w:rsidR="005D17C0" w:rsidRPr="006568D8" w14:paraId="2238E8F7" w14:textId="77777777" w:rsidTr="0028004F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00D039B2" w:rsidRPr="00537AE4" w:rsidRDefault="009E0AE0" w:rsidP="00537AE4">
+          <w:p w14:paraId="379675FB" w14:textId="77777777" w:rsidR="00D039B2" w:rsidRPr="00537AE4" w:rsidRDefault="009E0AE0" w:rsidP="00537AE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B0249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>(4)</w:t>
             </w:r>
             <w:r w:rsidR="00745A12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FC0AAE" w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -4354,228 +4210,228 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> explain</w:t>
             </w:r>
             <w:r w:rsidR="00FC0AAE" w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> the reason</w:t>
             </w:r>
             <w:r w:rsidR="00537AE4" w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00FC0AAE" w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D17C0" w:rsidRPr="006568D8" w:rsidTr="00494357">
+      <w:tr w:rsidR="005D17C0" w:rsidRPr="006568D8" w14:paraId="55565F86" w14:textId="77777777" w:rsidTr="00494357">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="7C4E09D8" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="58DC938F" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="2115CAF7" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="5C181C6D" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="2407725E" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="4CBB41C9" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="46D79A5B" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="584962D5" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="1261740D" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="3FADD510" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
+          <w:p w14:paraId="0AD3A573" w14:textId="77777777" w:rsidR="005D17C0" w:rsidRPr="000F6B16" w:rsidRDefault="005D17C0" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EA01AD" w:rsidRPr="000F6B16" w:rsidRDefault="00EA01AD" w:rsidP="00BE1013">
+          <w:p w14:paraId="747EF00F" w14:textId="77777777" w:rsidR="00EA01AD" w:rsidRPr="000F6B16" w:rsidRDefault="00EA01AD" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="44CC73FF" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EA01AD" w:rsidRPr="000F6B16" w:rsidRDefault="00EA01AD" w:rsidP="00BE1013">
+          <w:p w14:paraId="728AE3E9" w14:textId="77777777" w:rsidR="00EA01AD" w:rsidRPr="000F6B16" w:rsidRDefault="00EA01AD" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED77C8" w:rsidRPr="006568D8" w:rsidTr="0028004F">
+      <w:tr w:rsidR="00ED77C8" w:rsidRPr="006568D8" w14:paraId="0044C2A5" w14:textId="77777777" w:rsidTr="0028004F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD4FE2" w:rsidRPr="00FC0AAE" w:rsidRDefault="009E0AE0" w:rsidP="007B0249">
+          <w:p w14:paraId="6D9B7783" w14:textId="77777777" w:rsidR="00DD4FE2" w:rsidRPr="00FC0AAE" w:rsidRDefault="009E0AE0" w:rsidP="007B0249">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>(5)</w:t>
             </w:r>
             <w:r w:rsidR="00745A12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A7338">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
@@ -4597,453 +4453,446 @@
             </w:r>
             <w:r w:rsidR="007A7338">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>, t</w:t>
             </w:r>
             <w:r w:rsidR="00FC0AAE" w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">ell us your current situation regarding the process of publishing your dissertation, such as the latest status with your publisher. </w:t>
             </w:r>
             <w:r w:rsidR="00FC0AAE" w:rsidRPr="00CD6D2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007764D6" w:rsidRPr="006568D8" w:rsidTr="00494357">
+      <w:tr w:rsidR="007764D6" w:rsidRPr="006568D8" w14:paraId="05ABF9E3" w14:textId="77777777" w:rsidTr="00494357">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4774"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007764D6" w:rsidRPr="000F6B16" w:rsidRDefault="007764D6" w:rsidP="00EA01AD">
+          </w:tcPr>
+          <w:p w14:paraId="68EBF6B3" w14:textId="77777777" w:rsidR="007764D6" w:rsidRPr="000F6B16" w:rsidRDefault="007764D6" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="3F642B2A" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="00D8AEF9" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="13BD293A" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="5AE35456" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="5E274A69" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="245E742A" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="569B36D0" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="1B92B550" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="6642792E" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="1F2FBF9E" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="05D6C514" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="1B5337FB" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
+          <w:p w14:paraId="629755FF" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="000F6B16" w:rsidRDefault="003B7567" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007764D6" w:rsidRDefault="007764D6" w:rsidP="00EA01AD">
+          <w:p w14:paraId="62CB1238" w14:textId="77777777" w:rsidR="007764D6" w:rsidRDefault="007764D6" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00494357" w:rsidRPr="000F6B16" w:rsidRDefault="00494357" w:rsidP="00EA01AD">
+          <w:p w14:paraId="2386CE7B" w14:textId="77777777" w:rsidR="00494357" w:rsidRPr="000F6B16" w:rsidRDefault="00494357" w:rsidP="00EA01AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007764D6" w:rsidRPr="006568D8" w:rsidTr="0028004F">
+      <w:tr w:rsidR="007764D6" w:rsidRPr="006568D8" w14:paraId="0E0F5111" w14:textId="77777777" w:rsidTr="0028004F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC0AAE" w:rsidRPr="00E779F0" w:rsidRDefault="00943933" w:rsidP="00FC0AAE">
+          <w:p w14:paraId="319E2B98" w14:textId="77777777" w:rsidR="00FC0AAE" w:rsidRPr="00E779F0" w:rsidRDefault="00943933" w:rsidP="00FC0AAE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>(6)</w:t>
             </w:r>
             <w:r w:rsidR="00FC0AAE" w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Please tell us about your future career plan after earning a doctoral degree. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007764D6" w:rsidRDefault="00FC0AAE" w:rsidP="00FC0AAE">
+          <w:p w14:paraId="1BFB2D8E" w14:textId="77777777" w:rsidR="007764D6" w:rsidRDefault="00FC0AAE" w:rsidP="00FC0AAE">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>If</w:t>
             </w:r>
             <w:r w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E779F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>you plan to continue your research, what vision do you have as a researcher?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED77C8" w:rsidRPr="006568D8" w:rsidTr="00494357">
+      <w:tr w:rsidR="00ED77C8" w:rsidRPr="006568D8" w14:paraId="35BF8132" w14:textId="77777777" w:rsidTr="00494357">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4085"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00ED77C8" w:rsidRPr="00C664A5" w:rsidRDefault="00ED77C8" w:rsidP="00BE1013">
+          <w:p w14:paraId="7CA5C0A7" w14:textId="77777777" w:rsidR="00ED77C8" w:rsidRPr="00C664A5" w:rsidRDefault="00ED77C8" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00306550" w:rsidRDefault="00306550" w:rsidP="00BE1013">
+          <w:p w14:paraId="7DDCD1CE" w14:textId="77777777" w:rsidR="00306550" w:rsidRDefault="00306550" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00306550" w:rsidRDefault="00306550" w:rsidP="00BE1013">
+          <w:p w14:paraId="1B69D7E1" w14:textId="77777777" w:rsidR="00306550" w:rsidRDefault="00306550" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00306550" w:rsidRDefault="00306550" w:rsidP="00BE1013">
+          <w:p w14:paraId="468B98F2" w14:textId="77777777" w:rsidR="00306550" w:rsidRDefault="00306550" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00306550" w:rsidRDefault="00306550" w:rsidP="00BE1013">
+          <w:p w14:paraId="74775D51" w14:textId="77777777" w:rsidR="00306550" w:rsidRDefault="00306550" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00BE1013">
+          <w:p w14:paraId="2243F1BA" w14:textId="77777777" w:rsidR="00943933" w:rsidRDefault="00943933" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003B7567" w:rsidRPr="00C664A5" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
+          <w:p w14:paraId="239D2571" w14:textId="77777777" w:rsidR="003B7567" w:rsidRPr="00C664A5" w:rsidRDefault="003B7567" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED77C8" w:rsidRPr="00C664A5" w:rsidRDefault="00ED77C8" w:rsidP="00BE1013">
+          <w:p w14:paraId="5EB234B8" w14:textId="77777777" w:rsidR="00ED77C8" w:rsidRPr="00C664A5" w:rsidRDefault="00ED77C8" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED77C8" w:rsidRDefault="00ED77C8" w:rsidP="00BE1013">
+          <w:p w14:paraId="759D5A6C" w14:textId="77777777" w:rsidR="00ED77C8" w:rsidRDefault="00ED77C8" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00494357" w:rsidRDefault="00494357" w:rsidP="00BE1013">
+          <w:p w14:paraId="30A2CA6F" w14:textId="77777777" w:rsidR="00494357" w:rsidRDefault="00494357" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00494357" w:rsidRDefault="00494357" w:rsidP="00BE1013">
+          <w:p w14:paraId="703CDF0F" w14:textId="77777777" w:rsidR="00494357" w:rsidRDefault="00494357" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00494357" w:rsidRDefault="00494357" w:rsidP="00BE1013">
+          <w:p w14:paraId="6A464160" w14:textId="77777777" w:rsidR="00494357" w:rsidRDefault="00494357" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00494357" w:rsidRDefault="00494357" w:rsidP="00BE1013">
+          <w:p w14:paraId="2446F4B1" w14:textId="77777777" w:rsidR="00494357" w:rsidRDefault="00494357" w:rsidP="00BE1013">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00494357" w:rsidRPr="00C664A5" w:rsidRDefault="007A7338" w:rsidP="007B0249">
+          <w:p w14:paraId="5125E498" w14:textId="37BA5814" w:rsidR="00494357" w:rsidRPr="00C664A5" w:rsidRDefault="00494357" w:rsidP="00E16A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1400"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00007B1E" w:rsidRPr="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
+    <w:p w14:paraId="0ECC3D2C" w14:textId="77777777" w:rsidR="00007B1E" w:rsidRPr="00943933" w:rsidRDefault="00943933" w:rsidP="00943933">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Note: Modification to th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> form </w:t>
       </w:r>
       <w:r>
@@ -5082,70 +4931,70 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>within 4 pages</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> in total.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00007B1E" w:rsidRPr="00943933" w:rsidSect="00943933">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="567" w:left="851" w:header="340" w:footer="340" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="290" w:charSpace="-2032"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007D4F13" w:rsidRDefault="007D4F13">
+    <w:p w14:paraId="462FD62E" w14:textId="77777777" w:rsidR="007D4F13" w:rsidRDefault="007D4F13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007D4F13" w:rsidRDefault="007D4F13">
+    <w:p w14:paraId="7517CA03" w14:textId="77777777" w:rsidR="007D4F13" w:rsidRDefault="007D4F13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐ明朝">
     <w:panose1 w:val="02020600040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
@@ -5176,328 +5025,298 @@
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS UI Gothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
-    <w:altName w:val="PMingLiU"/>
+    <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D34886" w:rsidRDefault="00D34886">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="661E84EF" w14:textId="77777777" w:rsidR="00D34886" w:rsidRDefault="00D34886">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D34886" w:rsidRDefault="00D34886">
+  <w:p w14:paraId="3BDEA7F4" w14:textId="77777777" w:rsidR="00D34886" w:rsidRDefault="00D34886">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D34886" w:rsidRDefault="00D34886">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4FB3ECCB" w14:textId="77777777" w:rsidR="00D34886" w:rsidRDefault="00D34886">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="003518C5">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00EA01AD" w:rsidRPr="00EA01AD" w:rsidRDefault="007A7338">
+  <w:p w14:paraId="448FFE10" w14:textId="77777777" w:rsidR="00EA01AD" w:rsidRPr="00EA01AD" w:rsidRDefault="007A7338">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A253D8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Modification to this form is not permitted a</w:t>
     </w:r>
     <w:r w:rsidR="005F567C" w:rsidRPr="00A253D8">
       <w:rPr>
         <w:rStyle w:val="a4"/>
         <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">nd use </w:t>
-[...19 lines deleted...]
-      <w:t xml:space="preserve"> font</w:t>
+      <w:t>nd use 10.5 point font</w:t>
     </w:r>
     <w:r w:rsidRPr="00A253D8">
       <w:rPr>
         <w:rStyle w:val="a4"/>
         <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ 明朝" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="005F567C">
       <w:rPr>
         <w:rStyle w:val="a4"/>
         <w:rFonts w:eastAsia="ＭＳ 明朝"/>
         <w:color w:val="000000"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007D4F13" w:rsidRDefault="007D4F13">
+    <w:p w14:paraId="3C05FDBE" w14:textId="77777777" w:rsidR="007D4F13" w:rsidRDefault="007D4F13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007D4F13" w:rsidRDefault="007D4F13">
+    <w:p w14:paraId="697AAEBC" w14:textId="77777777" w:rsidR="007D4F13" w:rsidRDefault="007D4F13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00943933" w:rsidRPr="00DA3B8C" w:rsidRDefault="00D34886" w:rsidP="00943933">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2529E0FE" w14:textId="77777777" w:rsidR="00943933" w:rsidRPr="00DA3B8C" w:rsidRDefault="00D34886" w:rsidP="00943933">
     <w:pPr>
       <w:wordWrap w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BD4B11">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
     </w:r>
     <w:r w:rsidR="00A253D8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>RARA Office</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D34886" w:rsidRPr="009C718D" w:rsidRDefault="00AF323B" w:rsidP="00943933">
+  <w:p w14:paraId="52A93EF3" w14:textId="77777777" w:rsidR="00D34886" w:rsidRPr="009C718D" w:rsidRDefault="00AF323B" w:rsidP="00943933">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:eastAsia="PMingLiU"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Division of </w:t>
     </w:r>
     <w:r w:rsidR="00A253D8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Research,</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00943933" w:rsidRPr="00DA3B8C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Ritsumeikan</w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve"> University</w:t>
+      <w:t>Ritsumeikan University</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05E314E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="376EF906"/>
     <w:lvl w:ilvl="0" w:tplc="06D202F8">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="aiueoFullWidth"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6658,99 +6477,98 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3360"/>
         </w:tabs>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3780"/>
         </w:tabs>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="993073517">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2129202856">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="473328972">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="81993594">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1303577306">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1674407185">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="304353859">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1129667158">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1314531302">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1664510395">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="145"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="15361">
+    <o:shapedefaults v:ext="edit" spidmax="17409">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -6861,50 +6679,51 @@
     <w:rsid w:val="003518C5"/>
     <w:rsid w:val="00354A28"/>
     <w:rsid w:val="00355D9E"/>
     <w:rsid w:val="00356022"/>
     <w:rsid w:val="00361E92"/>
     <w:rsid w:val="00362CE2"/>
     <w:rsid w:val="00366A10"/>
     <w:rsid w:val="00371390"/>
     <w:rsid w:val="003754A2"/>
     <w:rsid w:val="0038272B"/>
     <w:rsid w:val="00384075"/>
     <w:rsid w:val="003A01B0"/>
     <w:rsid w:val="003A0654"/>
     <w:rsid w:val="003B2A7E"/>
     <w:rsid w:val="003B44DD"/>
     <w:rsid w:val="003B4DB0"/>
     <w:rsid w:val="003B7567"/>
     <w:rsid w:val="003C47E0"/>
     <w:rsid w:val="003D047D"/>
     <w:rsid w:val="003E22B4"/>
     <w:rsid w:val="003F0A98"/>
     <w:rsid w:val="003F3B21"/>
     <w:rsid w:val="00404A02"/>
     <w:rsid w:val="00406F9A"/>
     <w:rsid w:val="00406FDE"/>
+    <w:rsid w:val="0040722F"/>
     <w:rsid w:val="00414502"/>
     <w:rsid w:val="004145F9"/>
     <w:rsid w:val="004210EB"/>
     <w:rsid w:val="004355DA"/>
     <w:rsid w:val="00443B5C"/>
     <w:rsid w:val="00445369"/>
     <w:rsid w:val="004509B3"/>
     <w:rsid w:val="00451CA9"/>
     <w:rsid w:val="004521A8"/>
     <w:rsid w:val="004529B3"/>
     <w:rsid w:val="00470AE0"/>
     <w:rsid w:val="004739AE"/>
     <w:rsid w:val="0047714B"/>
     <w:rsid w:val="00477629"/>
     <w:rsid w:val="0048285B"/>
     <w:rsid w:val="00490E25"/>
     <w:rsid w:val="004933AE"/>
     <w:rsid w:val="00494357"/>
     <w:rsid w:val="00494398"/>
     <w:rsid w:val="00496673"/>
     <w:rsid w:val="004A1AE6"/>
     <w:rsid w:val="004A2B8A"/>
     <w:rsid w:val="004B205A"/>
     <w:rsid w:val="004B261B"/>
     <w:rsid w:val="004B448A"/>
@@ -7062,50 +6881,51 @@
     <w:rsid w:val="00940D26"/>
     <w:rsid w:val="009412B0"/>
     <w:rsid w:val="009421FE"/>
     <w:rsid w:val="00943933"/>
     <w:rsid w:val="00943D43"/>
     <w:rsid w:val="00946D93"/>
     <w:rsid w:val="009507BC"/>
     <w:rsid w:val="00952513"/>
     <w:rsid w:val="00961240"/>
     <w:rsid w:val="00971520"/>
     <w:rsid w:val="00972BDE"/>
     <w:rsid w:val="0097490F"/>
     <w:rsid w:val="00985993"/>
     <w:rsid w:val="00992EC5"/>
     <w:rsid w:val="00994FD7"/>
     <w:rsid w:val="0099673B"/>
     <w:rsid w:val="009A1905"/>
     <w:rsid w:val="009A1AFB"/>
     <w:rsid w:val="009A505B"/>
     <w:rsid w:val="009B444F"/>
     <w:rsid w:val="009C5C4A"/>
     <w:rsid w:val="009C718D"/>
     <w:rsid w:val="009D0721"/>
     <w:rsid w:val="009D29A1"/>
     <w:rsid w:val="009D29D1"/>
+    <w:rsid w:val="009D6B76"/>
     <w:rsid w:val="009E0AE0"/>
     <w:rsid w:val="009F140E"/>
     <w:rsid w:val="009F19BB"/>
     <w:rsid w:val="009F2B39"/>
     <w:rsid w:val="009F3CC0"/>
     <w:rsid w:val="009F760C"/>
     <w:rsid w:val="00A16A05"/>
     <w:rsid w:val="00A21BFA"/>
     <w:rsid w:val="00A24C11"/>
     <w:rsid w:val="00A253D8"/>
     <w:rsid w:val="00A3024E"/>
     <w:rsid w:val="00A31BEE"/>
     <w:rsid w:val="00A32C78"/>
     <w:rsid w:val="00A32F0E"/>
     <w:rsid w:val="00A46474"/>
     <w:rsid w:val="00A55145"/>
     <w:rsid w:val="00A57407"/>
     <w:rsid w:val="00A6473B"/>
     <w:rsid w:val="00A65D87"/>
     <w:rsid w:val="00A672FD"/>
     <w:rsid w:val="00A807A9"/>
     <w:rsid w:val="00A80908"/>
     <w:rsid w:val="00A86314"/>
     <w:rsid w:val="00A86828"/>
     <w:rsid w:val="00A8684D"/>
@@ -7221,50 +7041,51 @@
     <w:rsid w:val="00D75BFC"/>
     <w:rsid w:val="00D81BC0"/>
     <w:rsid w:val="00D9047A"/>
     <w:rsid w:val="00D94DDC"/>
     <w:rsid w:val="00DA10B6"/>
     <w:rsid w:val="00DA210A"/>
     <w:rsid w:val="00DA45D0"/>
     <w:rsid w:val="00DA7F81"/>
     <w:rsid w:val="00DB4F1F"/>
     <w:rsid w:val="00DB5245"/>
     <w:rsid w:val="00DB59BD"/>
     <w:rsid w:val="00DC17E4"/>
     <w:rsid w:val="00DC2D19"/>
     <w:rsid w:val="00DC4ABB"/>
     <w:rsid w:val="00DD0FD7"/>
     <w:rsid w:val="00DD4FE2"/>
     <w:rsid w:val="00DD6D6B"/>
     <w:rsid w:val="00DD6EC8"/>
     <w:rsid w:val="00DD78A9"/>
     <w:rsid w:val="00DD7F4F"/>
     <w:rsid w:val="00DE179D"/>
     <w:rsid w:val="00DE4627"/>
     <w:rsid w:val="00DE504D"/>
     <w:rsid w:val="00DF3A0D"/>
     <w:rsid w:val="00E10264"/>
+    <w:rsid w:val="00E16A03"/>
     <w:rsid w:val="00E21070"/>
     <w:rsid w:val="00E23953"/>
     <w:rsid w:val="00E260F9"/>
     <w:rsid w:val="00E26BE2"/>
     <w:rsid w:val="00E27B5E"/>
     <w:rsid w:val="00E324BE"/>
     <w:rsid w:val="00E33BFA"/>
     <w:rsid w:val="00E4075A"/>
     <w:rsid w:val="00E431D8"/>
     <w:rsid w:val="00E44946"/>
     <w:rsid w:val="00E46B0D"/>
     <w:rsid w:val="00E50D13"/>
     <w:rsid w:val="00E516A8"/>
     <w:rsid w:val="00E546C3"/>
     <w:rsid w:val="00E607D2"/>
     <w:rsid w:val="00E60AF0"/>
     <w:rsid w:val="00E649DB"/>
     <w:rsid w:val="00E64EF4"/>
     <w:rsid w:val="00E71C3B"/>
     <w:rsid w:val="00E74307"/>
     <w:rsid w:val="00E774D9"/>
     <w:rsid w:val="00E779F0"/>
     <w:rsid w:val="00E80889"/>
     <w:rsid w:val="00E828BE"/>
     <w:rsid w:val="00E82F29"/>
@@ -7314,77 +7135,77 @@
     <w:rsid w:val="00FD4421"/>
     <w:rsid w:val="00FD6EE9"/>
     <w:rsid w:val="00FE29B0"/>
     <w:rsid w:val="00FE4446"/>
     <w:rsid w:val="00FE5340"/>
     <w:rsid w:val="00FF16A2"/>
     <w:rsid w:val="00FF1AB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="15361">
+    <o:shapedefaults v:ext="edit" spidmax="17409">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4201AF6B"/>
+  <w14:docId w14:val="60C169D0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{35959709-0777-4753-ABEF-8BEEE3AC005A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7619,50 +7440,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008D7EDC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="00566524"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -7901,51 +7723,51 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0038272B"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="50691392">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
@@ -8225,77 +8047,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>454</Words>
-  <Characters>2738</Characters>
+  <Words>448</Words>
+  <Characters>2664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>様式①－１                                                                                              衣笠総合研究機構</vt:lpstr>
       <vt:lpstr>様式①－１                                                                                              衣笠総合研究機構</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3186</CharactersWithSpaces>
+  <CharactersWithSpaces>3106</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>様式①－１                                                                                              衣笠総合研究機構</dc:title>
   <dc:subject/>
   <dc:creator>立命館大学</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>